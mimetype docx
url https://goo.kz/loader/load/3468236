--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,4688 +1,4271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002C36A4" w:rsidRDefault="00AC3B4C" w:rsidP="00AC3B4C">
+    <w:p w:rsidR="004D4DEC" w:rsidRPr="00B42316" w:rsidRDefault="00BE5AB1" w:rsidP="00B42316">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-MO"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-MO"/>
         </w:rPr>
-        <w:t xml:space="preserve">2019-2020 </w:t>
+        <w:t>План мероприятий  по</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00293C06" w:rsidRPr="00B42316">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>оқу жылына арналған дарынды оқушылармен жұмыс жоспары</w:t>
+        <w:t xml:space="preserve"> работе  с одаренными детьми</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4DEC" w:rsidRPr="00B42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>,  201</w:t>
+      </w:r>
+      <w:r w:rsidR="00300890" w:rsidRPr="00B42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4DEC" w:rsidRPr="00B42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00300890" w:rsidRPr="00B42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4DEC" w:rsidRPr="00B42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC3B4C" w:rsidRDefault="00AC3B4C" w:rsidP="00AC3B4C">
+    <w:p w:rsidR="003540FF" w:rsidRPr="00B42316" w:rsidRDefault="003540FF" w:rsidP="004D4DEC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="6379"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1495"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C36A4" w:rsidTr="002C36A4">
+      <w:tr w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidRDefault="00BE5AB1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағыты мен тапсырмалары</w:t>
+              </w:rPr>
+              <w:t>Направления и задачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidRDefault="00BE5AB1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Іс-шара </w:t>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidRDefault="00BE5AB1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Өткізілу орны</w:t>
+              </w:rPr>
+              <w:t>Место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidRDefault="00BE5AB1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Жауапты </w:t>
+              </w:rPr>
+              <w:t>Исполнитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1495" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidRDefault="00BE5AB1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мерзімі</w:t>
+              </w:rPr>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C36A4" w:rsidTr="002C36A4">
+      <w:tr w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-            <w:r w:rsidRPr="002C36A4">
+          </w:tcPr>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="009A59D7" w:rsidP="00B813FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00AC3B4C">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Совершенствова</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002C36A4">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ние</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00AC3B4C">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессионально</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002C36A4">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>го</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00AC3B4C">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мастерств</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="009A59D7" w:rsidP="00E67E38">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Коучинги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="009A59D7" w:rsidP="00E67E38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Совместно со школами, входящими в сообщество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="009A59D7" w:rsidP="00E67E38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шевченко Л.В., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="009A59D7" w:rsidP="00E67E38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002C36A4">
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жазкей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="009A59D7" w:rsidP="00E67E38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кашкимбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.К., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="000A785F" w:rsidP="00E853A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рушанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC6E71" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, Талипова Э.Е.</w:t>
+            </w:r>
+            <w:r w:rsidR="009A59D7" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-  учителя, прошедшие уровневые курсы и курсы  лидерства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A59D7" w:rsidRPr="00B42316" w:rsidRDefault="009A59D7" w:rsidP="00E67E38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="005B6D14">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...1 lines deleted...]
-              <w:t>шеберлігін</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="0058559B">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Практика преподавания</w:t>
+            </w:r>
+            <w:r w:rsidR="000A785F" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уроков, внедряющих обновленное содержание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Открытые уроки</w:t>
+            </w:r>
+            <w:r w:rsidR="000A785F" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="0058559B" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000A785F" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0058559B" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="000A785F" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 5-</w:t>
+            </w:r>
+            <w:r w:rsidR="0058559B" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="000A785F" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="003367F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00E67E38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="005B6D14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="000D7A31">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческие группы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00653571">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STEP by STEP </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00653571">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сетевое сообщество учителей, прошедших уровневые курсы  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="006C08D8">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Областное  сетевое сообщество учителей, прошедших уровневые курсы  (математика, история)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00653571">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Городское  сетевое сообщество учителей, прошедших уровневые курсы  (начальная школа)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="006C08D8">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:left="712"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Школа, город</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="001F00A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мурадымова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00AC3B4C">
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Х. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DC6E71" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00DC6E71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шевченко Л.В.</w:t>
+            </w:r>
+            <w:r w:rsidR="000A785F" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC6E71" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жазкей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC6E71" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DC6E71" w:rsidRPr="00B42316" w:rsidRDefault="00DC6E71" w:rsidP="00DC6E71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кашкимбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.К., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00DC6E71" w:rsidP="00DC6E71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рушанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шапиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.О.</w:t>
+            </w:r>
+            <w:r w:rsidR="0058559B" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0058559B" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0058559B" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  А. Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="005B6D14">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="009E43A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах профессионального мастерства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Разного уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="001F00A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="009E43A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="005B6D14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="009E43A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обобщение ППО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00B813FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городской </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D2A" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уровень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B813FD" w:rsidRPr="00B42316" w:rsidRDefault="00B813FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00383A6A" w:rsidP="0080608D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="00572D2A" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>чител</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">я </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002C36A4">
+            <w:r w:rsidR="0080608D" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0080608D" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ф., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Талипова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="009E43A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="005B6D14">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="27"/>
-[...1 lines deleted...]
-              <w:t>жетілдіру</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="009E43A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание банка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видеоуроков</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="009E43A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпуск печатной продукции (методические рекомендации)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="001F00A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя, прошедшие уровневые курсы, курсы лидерства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="009E43A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="005B6D14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Повышение качества </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обученности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в гимназических </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>классах, классах с углубленным изучением предмета</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="002C36A4" w:rsidRDefault="002C36A4" w:rsidP="002C36A4">
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00D13805">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:left="275" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Проверка вариативной части УП </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00D13805">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:left="275" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педконсилиумы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: 1, 5, 10 классы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A24650" w:rsidRPr="00B42316" w:rsidRDefault="00A24650" w:rsidP="00A24650">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:left="275" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педсовет по гимназическим классам </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A24650" w:rsidRPr="00B42316" w:rsidRDefault="00A24650" w:rsidP="00A24650">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:left="275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баринова О.Н. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аубакирова М.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ниязбекова Г.М. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Машрапова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00DF4C1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00DF4C1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A24650" w:rsidRPr="00B42316" w:rsidRDefault="00A24650" w:rsidP="00DF4C1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A24650" w:rsidRPr="00B42316" w:rsidRDefault="00A24650" w:rsidP="00DF4C1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="005A1791">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...242 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Обновление содержания образования </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
-            <w:tcBorders>
-[...320 lines deleted...]
-              <w:pStyle w:val="a4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00236F75">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              <w:ind w:left="275" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Утверждение РУП школы. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обеспечение вариативной части УП. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="0070276A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:left="275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рабочие программы по углубленному изучению английского языка (</w:t>
+            </w:r>
+            <w:r w:rsidR="00046CEE" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A24650" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00A24650" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  классы –  учителя Горелова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Н.Р.,</w:t>
+            </w:r>
+            <w:r w:rsidR="00046CEE" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Паршукова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00046CEE" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Г., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00046CEE" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Байбусинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00046CEE" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.И.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>); по углубленному изучению казахского языка (</w:t>
+            </w:r>
+            <w:r w:rsidR="00652F11" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5г,7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A24650" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г,</w:t>
+            </w:r>
+            <w:r w:rsidR="00046CEE" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8г – </w:t>
+            </w:r>
+            <w:r w:rsidR="00652F11" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Талипова Г.Е.</w:t>
+            </w:r>
+            <w:r w:rsidR="00046CEE" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, Талипова Э.Е.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="008808CA">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...79 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="176" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка и внедрение курсов с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трех</w:t>
+            </w:r>
+            <w:r w:rsidR="00C37885" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ъ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язычием</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Мектеп, қала </w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00652F11">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кафедры ПГП</w:t>
+            </w:r>
+            <w:r w:rsidR="00652F11" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, инновационного центра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя-предметники </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008808CA" w:rsidRPr="00B42316" w:rsidRDefault="00652F11">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Огурцова Т.П. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008808CA" w:rsidRPr="00B42316" w:rsidRDefault="00652F11">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Мурадымова</w:t>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кончикова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...115 lines deleted...]
-              <w:t xml:space="preserve">  А. Ф.</w:t>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.Г. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00652F11" w:rsidRPr="00B42316" w:rsidRDefault="00652F11">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аубакирова М.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1495" w:type="dxa"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-              <w:t>Жыл ағымында</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Август-сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C36A4" w:rsidTr="002C36A4">
+      <w:tr w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
-            <w:vMerge/>
-[...2518 lines deleted...]
-          <w:p w:rsidR="002C36A4" w:rsidRDefault="003240FA" w:rsidP="002C36A4">
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00676031">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:hanging="284"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Совершенствова</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ние</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> форм, метод</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и средств работы с одаренными детьми. Разви</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> социальн</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> компетенци</w:t>
+            </w:r>
+            <w:r w:rsidR="00B813FD" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> одаренных детей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00676031">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00521FCD" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="001F00A3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
               <w:ind w:left="123" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> «</w:t>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в предметных олимпиадах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ьного мастерстваспечение. ассах с углубленным изучением предмета</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>разного уровня, в том числе дистанционных</w:t>
+            </w:r>
+            <w:r w:rsidR="00521FCD" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00521FCD" w:rsidP="00521FCD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002C36A4">
-[...5 lines deleted...]
-              <w:t>Табыс</w:t>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>полиязычной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002C36A4">
-[...17 lines deleted...]
-          <w:p w:rsidR="006C6354" w:rsidRPr="006C6354" w:rsidRDefault="006C6354" w:rsidP="002C36A4">
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиаде, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Текстознайка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  (начальная школа) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00521FCD" w:rsidRPr="00B42316" w:rsidRDefault="00521FCD" w:rsidP="00521FCD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Комплексная олимпиада (5-6 классы, естествознание, математика) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00521FCD" w:rsidRPr="00B42316" w:rsidRDefault="00521FCD" w:rsidP="00521FCD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Юниорская олимпиада (7-8 классы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B610B3" w:rsidRPr="00B42316" w:rsidRDefault="00B610B3" w:rsidP="00521FCD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Полиязычная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5-7</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23145" w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> классы</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00521FCD" w:rsidRPr="00B42316" w:rsidRDefault="00521FCD" w:rsidP="00521FCD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Предметная олимпиада</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00521FCD" w:rsidRPr="00B42316" w:rsidRDefault="00521FCD" w:rsidP="00521FCD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9. Организация Школы Олимпийского Резерва (июнь)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00521FCD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Разного уровня, в том числе дистанционных олимпиад, конкурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00572D2A" w:rsidRPr="00B42316" w:rsidRDefault="00572D2A" w:rsidP="00AF6204">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="00676031">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="002C36A4" w:rsidRDefault="006C6354" w:rsidP="002C36A4">
+              <w:ind w:left="0" w:hanging="284"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Развитие исследовательской деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в конкурсах научных проектов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зерде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсы научных проектов городского и областного уровней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Разного уровня конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Чайка Н.С. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="00046CEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Черва С.Г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007C6DA8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidTr="005D4B31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="00676031">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0" w:hanging="284"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результативность работы с одаренными детьми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              <w:ind w:left="123" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Создание школьной книги «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Табыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  по результатам достижений учащихся </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="123" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Реализация программ спецкурсов для одаренных учащихся, в том числе с применением </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трехязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="123" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание банка данных по одаренным детям </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
               <w:ind w:hanging="544"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ведение мониторинга работы с одаренными детьми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B610B3" w:rsidRPr="00B42316" w:rsidRDefault="00B610B3" w:rsidP="007B79E3">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:hanging="544"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Минута Славы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-              <w:t>ӘБ  жетекшілері</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Руководители МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1495" w:type="dxa"/>
-            <w:tcBorders>
-[...15 lines deleted...]
-              <w:t>Жыл ағымында</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="004E3914" w:rsidRPr="00B42316" w:rsidRDefault="004E3914" w:rsidP="007C6DA8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B42316">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002C36A4" w:rsidRDefault="002C36A4" w:rsidP="002C36A4">
+    <w:p w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidRDefault="00BE5AB1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00203E03" w:rsidRDefault="00203E03">
-[...5 lines deleted...]
-      <w:pgMar w:top="1276" w:right="1134" w:bottom="850" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="00BE5AB1" w:rsidRPr="00B42316" w:rsidSect="00BE5AB1">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="567" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0B4A4DC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B58005A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="2B2A2288"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B58005A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="561E0670"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15EEA4E6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="61DA4655"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F596FD9A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="7D5B5529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5362EDC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B438F1"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00B438F1"/>
+    <w:rsidRoot w:val="00447438"/>
+    <w:rsid w:val="00046CEE"/>
+    <w:rsid w:val="000A785F"/>
+    <w:rsid w:val="000B0F83"/>
+    <w:rsid w:val="000B363B"/>
+    <w:rsid w:val="000D7A31"/>
+    <w:rsid w:val="000F27B5"/>
+    <w:rsid w:val="00117CE4"/>
+    <w:rsid w:val="00172FA5"/>
+    <w:rsid w:val="00184E5C"/>
+    <w:rsid w:val="001F00A3"/>
+    <w:rsid w:val="001F0FA6"/>
+    <w:rsid w:val="00216DFF"/>
+    <w:rsid w:val="00226ADD"/>
+    <w:rsid w:val="00236F75"/>
+    <w:rsid w:val="0024179A"/>
+    <w:rsid w:val="00293C06"/>
+    <w:rsid w:val="002B20A0"/>
+    <w:rsid w:val="002C0449"/>
+    <w:rsid w:val="002C5838"/>
+    <w:rsid w:val="00300890"/>
+    <w:rsid w:val="00330A81"/>
+    <w:rsid w:val="003367F1"/>
+    <w:rsid w:val="003540FF"/>
+    <w:rsid w:val="00357B79"/>
+    <w:rsid w:val="00383A6A"/>
+    <w:rsid w:val="003B5C89"/>
+    <w:rsid w:val="003C680A"/>
+    <w:rsid w:val="003E1A4A"/>
+    <w:rsid w:val="003F769B"/>
+    <w:rsid w:val="004452EF"/>
+    <w:rsid w:val="00447438"/>
+    <w:rsid w:val="004B57F3"/>
+    <w:rsid w:val="004D4DEC"/>
+    <w:rsid w:val="004D5F43"/>
+    <w:rsid w:val="004E3914"/>
+    <w:rsid w:val="004F4F36"/>
+    <w:rsid w:val="004F5ECC"/>
+    <w:rsid w:val="00521FCD"/>
+    <w:rsid w:val="00534A82"/>
+    <w:rsid w:val="00541A8F"/>
+    <w:rsid w:val="0055709D"/>
+    <w:rsid w:val="00572D2A"/>
+    <w:rsid w:val="00583592"/>
+    <w:rsid w:val="0058559B"/>
+    <w:rsid w:val="0059041C"/>
+    <w:rsid w:val="005A1791"/>
+    <w:rsid w:val="005B6D14"/>
+    <w:rsid w:val="005D4B31"/>
+    <w:rsid w:val="00605689"/>
+    <w:rsid w:val="00607737"/>
+    <w:rsid w:val="00646819"/>
+    <w:rsid w:val="00646BE0"/>
+    <w:rsid w:val="00652F11"/>
+    <w:rsid w:val="00653571"/>
+    <w:rsid w:val="00676031"/>
+    <w:rsid w:val="006809E0"/>
+    <w:rsid w:val="006B25A8"/>
+    <w:rsid w:val="006C08D8"/>
+    <w:rsid w:val="006E3972"/>
+    <w:rsid w:val="006E720F"/>
+    <w:rsid w:val="007023A9"/>
+    <w:rsid w:val="0070276A"/>
+    <w:rsid w:val="007131F6"/>
+    <w:rsid w:val="00753A3B"/>
+    <w:rsid w:val="00755362"/>
+    <w:rsid w:val="00770717"/>
+    <w:rsid w:val="007B79E3"/>
+    <w:rsid w:val="007F6539"/>
+    <w:rsid w:val="0080608D"/>
+    <w:rsid w:val="00854446"/>
+    <w:rsid w:val="00864146"/>
+    <w:rsid w:val="008776E4"/>
+    <w:rsid w:val="008808CA"/>
+    <w:rsid w:val="008A7174"/>
+    <w:rsid w:val="008F0ED5"/>
+    <w:rsid w:val="00936D84"/>
+    <w:rsid w:val="00954CC9"/>
+    <w:rsid w:val="009A59D7"/>
+    <w:rsid w:val="009D7665"/>
+    <w:rsid w:val="009D7988"/>
+    <w:rsid w:val="009E43A0"/>
+    <w:rsid w:val="009F2630"/>
+    <w:rsid w:val="00A02A0A"/>
+    <w:rsid w:val="00A123EC"/>
+    <w:rsid w:val="00A24650"/>
+    <w:rsid w:val="00A3602D"/>
+    <w:rsid w:val="00A42151"/>
+    <w:rsid w:val="00AC3396"/>
+    <w:rsid w:val="00AC7679"/>
+    <w:rsid w:val="00B26EFB"/>
+    <w:rsid w:val="00B42316"/>
+    <w:rsid w:val="00B610B3"/>
+    <w:rsid w:val="00B813FD"/>
+    <w:rsid w:val="00B8610B"/>
+    <w:rsid w:val="00BE5AB1"/>
+    <w:rsid w:val="00BF093F"/>
+    <w:rsid w:val="00C010A5"/>
+    <w:rsid w:val="00C37885"/>
+    <w:rsid w:val="00C623B1"/>
+    <w:rsid w:val="00C75DBF"/>
+    <w:rsid w:val="00C81C49"/>
+    <w:rsid w:val="00CA7EF7"/>
+    <w:rsid w:val="00CB08FD"/>
+    <w:rsid w:val="00CE11FD"/>
+    <w:rsid w:val="00D13805"/>
+    <w:rsid w:val="00D345D4"/>
+    <w:rsid w:val="00D63B44"/>
+    <w:rsid w:val="00DB7A34"/>
+    <w:rsid w:val="00DC6E71"/>
+    <w:rsid w:val="00DE2BB9"/>
+    <w:rsid w:val="00DF4C1C"/>
+    <w:rsid w:val="00E12217"/>
+    <w:rsid w:val="00E23145"/>
+    <w:rsid w:val="00E35493"/>
+    <w:rsid w:val="00E504B3"/>
+    <w:rsid w:val="00E678E9"/>
+    <w:rsid w:val="00E67A35"/>
+    <w:rsid w:val="00E853A2"/>
+    <w:rsid w:val="00E919BC"/>
+    <w:rsid w:val="00ED3434"/>
+    <w:rsid w:val="00EF1FF8"/>
+    <w:rsid w:val="00FE1CD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4784,452 +4367,690 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002C36A4"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00936D84"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="002C36A4"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00BE5AB1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...25 lines deleted...]
-    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D4DEC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D13805"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00BE5AB1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D4DEC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D13805"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2654</Characters>
+  <Pages>2</Pages>
+  <Words>488</Words>
+  <Characters>2784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HP</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3113</CharactersWithSpaces>
+  <CharactersWithSpaces>3266</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>