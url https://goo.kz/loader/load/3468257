--- v0 (2025-12-14)
+++ v1 (2025-12-15)
@@ -1,3177 +1,1627 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008F4CFE" w:rsidRPr="00F23600" w:rsidRDefault="00CC0519" w:rsidP="00F23600">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Талапкер " рөлі бар пайдаланушыға арналған нұсқаулық»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"Талапкер" рөлімен пайдаланушының негізгі функциялары::</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веб-қосымшада тіркелу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электрондық пошта арқылы тіркелуді растау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веб-қосымшада авторизация;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестілеуге қатысуға алдын ала өтініш қосу (кейін құжаттарды тапсыру үшін өтінішті қабылдау пунктіне жүгінумен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> );</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажет болған жағдайда: өтінішті қарау, өңдеу және жою</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Талапкер ұлттық бірыңғай тестілеуге (бұдан әрі - ҰБТ) қатысуға алдын ала өтініш беру үшін тіркелуге, бұдан әрі жүйеде авторлануға тиіс.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Веб-қосымшаны авторизациялау/тіркеу беті төменде көрсетілген (1-сурет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F23600">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-          <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16F2D189" wp14:editId="7C5D39ED">
+            <wp:extent cx="5940425" cy="3441700"/>
+            <wp:effectExtent l="19050" t="19050" r="22225" b="25400"/>
+            <wp:docPr id="2" name="Рисунок 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="3441700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сурет-авторизациялау/веб-қосымшада тіркеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Егер сіз бетке бірінші рет кірген болсаңыз, жүйеге тіркелу қажет. Ол үшін "тіркеу" бастырмасына басу қажет (1-сурет) және ашылған бетте деректерді енгізе отырып нысанды толтыру қажет (2-сурет):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F842C0A" wp14:editId="2C9A47B0">
+            <wp:extent cx="5930476" cy="1924493"/>
+            <wp:effectExtent l="19050" t="19050" r="13335" b="19050"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="1927721"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- Электрондық пошта мекенжайы (e-mail) (міндетті жол));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Тегі (міндетті поле);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Аты (міндетті өріс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Әкесінің аты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Деректерді енгізгеннен кейін "тіркеу"бастырмасына басу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-сурет-жүйеде тіркеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Егер енгізілген деректер дұрыс болса, онда жүйе Ақпараттық хабарлама береді (3-сурет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...361 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A29E80F" wp14:editId="64B88374">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35BCEC6D" wp14:editId="2BC6E1FF">
+            <wp:extent cx="5940425" cy="1437640"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="5" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="3442001"/>
+                      <a:ext cx="5940425" cy="1437640"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln>
-[...3 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4E9E" w:rsidRPr="00F23600" w:rsidRDefault="00CE4E9E" w:rsidP="00F23600">
-[...365 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-сурет-жүйеде тіркеу туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жүйе тіркеу кезінде көрсетілген электрондық мекенжайға хат жібереді, онда жүйеде авторландыру үшін логин мен пароль болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Авторизациядан кейін алдын ала өтініш беру нысаны көрсетілетін бет ашылады (4-сурет). Келесі өрістерді толтыру қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0429FDED" wp14:editId="0EF6ABFA">
-[...2 lines deleted...]
-            <wp:docPr id="12" name="Рисунок 12"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07D8C9A8" wp14:editId="22BCF997">
+            <wp:extent cx="5932967" cy="4136065"/>
+            <wp:effectExtent l="19050" t="19050" r="10795" b="17145"/>
+            <wp:docPr id="6" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="2151404"/>
+                      <a:ext cx="5940425" cy="4141264"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E742F9" w:rsidRPr="00E742F9" w:rsidRDefault="003F1DB8" w:rsidP="00E742F9">
-[...51 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Тегі (міндетті поле);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- Аты (міндетті өріс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Әкесінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Телефон (міндетті алаң));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Электрондық пошта мекенжайы (e-mail) (міндетті жол));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Азаматтық (міндетті өріс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- ЖСН (егер ҚР азаматтығы болса) (міндетті жол);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Туған күні (егер басқа елдің азаматтығы болса) (міндетті жол);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Ұлты (міндетті өріс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Еден (міндетті өріс);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Оқу орны орналасқан облыс (міндетті алаң));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Оқу орны орналасқан аудан (міндетті алаң));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Мектептің атауы (міндетті алаң));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Шығарылған жылы (міндетті алаң));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Тестілеуді тапсыру тілі (міндетті алаң).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-сурет - алдын ала өтініш беру нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...19 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>Барлық міндетті жолдарды толтырып нысанды басу керек, "Сақтау". Егер енгізілген деректер дұрыс болса, онда қосымша өтініш жіберілгені және растау үшін өтініштерді қабылдау пунктіне жүгіну қажет деген хабарлама береді (5-сурет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6682975D" wp14:editId="412AD989">
-[...2 lines deleted...]
-            <wp:docPr id="13" name="Рисунок 13"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46BFDB3D" wp14:editId="494A94A4">
+            <wp:extent cx="5929571" cy="3912781"/>
+            <wp:effectExtent l="19050" t="19050" r="14605" b="12065"/>
+            <wp:docPr id="7" name="Рисунок 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="1437743"/>
+                      <a:ext cx="5940425" cy="3919944"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A11F8" w:rsidRPr="009A11F8" w:rsidRDefault="009A11F8" w:rsidP="009A11F8">
-[...721 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Сондай-ақ бетте алдын ала өтініштің бірегей нөмірі (бұл жағдайда №12), талапкердің аты-жөні және өтініш берілген күн көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>- Область, в которой находится учебное заведение (</w:t>
-[...213 lines deleted...]
-      </w:pPr>
+        <w:tab/>
+        <w:t>Талапкер құжаттар пакетімен өтініштерді қабылдау пунктіне жүгінуі қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Білім туралы құжат (түпнұсқа) немесе оқу мамандығының коды мен атауы көрсетілген білім беру ұйымы берген ағымдағы жылы оқуды аяқтағаны туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Тестілеуді өткізу үшін төлем туралы түбіртек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. 3 * 4 өлшемдегі екі фотосурет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. 086-У нысаны бойынша Медициналық анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Жеке басын куәландыратын құжаттың көшірмесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>техникалық хатшыға өтініштің бірегей нөмірін (бұл жағдайда №12) хабарлай отырып немесе бұйралауды басып шығарады. Алдын ала өтінішті басып шығару үшін "басып шығару" бастырмасына басу қажет (5-сурет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-сурет-алдын ала өтінішті базаға жіберу туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алдын ала өтініштің үлгісі төменде берілген (6-сурет). Жоғарғы оң жақ бұрышында өтініштің бірегей нөмірі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59A2FE65" wp14:editId="32A8B524">
-[...2 lines deleted...]
-            <wp:docPr id="14" name="Рисунок 14"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D353D7B" wp14:editId="0E8472BA">
+            <wp:extent cx="5921286" cy="4242391"/>
+            <wp:effectExtent l="19050" t="19050" r="22860" b="25400"/>
+            <wp:docPr id="8" name="Рисунок 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="5735033"/>
+                      <a:ext cx="5940425" cy="4256103"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F1DB8" w:rsidRDefault="00A15352" w:rsidP="00A15352">
-[...40 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="003C7410" w:rsidRPr="002B09BB" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-сурет-дәнекерлеу өтінішінің үлгісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E454AF" w:rsidRPr="003C7410" w:rsidRDefault="003C7410" w:rsidP="003C7410">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B09BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...647 lines deleted...]
-    <w:sectPr w:rsidR="00CC0519">
+        <w:t>Назар аударыңыз! Егер сіз өз бетіңізбен өтініш беру кезінде дұрыс емес деректерді көрсеткен жағдайда, өтініштерді қабылдау пунктіне өтініш беру кезінде техникалық хатшы осы өтініштерді редакциялай алады.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00E454AF" w:rsidRPr="003C7410">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...211 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D67FA2"/>
-[...44 lines deleted...]
-    <w:rsid w:val="00FF0FC3"/>
+    <w:rsidRoot w:val="00211C28"/>
+    <w:rsid w:val="00211C28"/>
+    <w:rsid w:val="003C7410"/>
+    <w:rsid w:val="00E454AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3243,173 +1693,159 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003C7410"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...16 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00990EC0"/>
+    <w:rsid w:val="003C7410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00990EC0"/>
+    <w:rsid w:val="003C7410"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3481,184 +1917,170 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003C7410"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...16 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00990EC0"/>
+    <w:rsid w:val="003C7410"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00990EC0"/>
+    <w:rsid w:val="003C7410"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3693,225 +2115,237 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3244</Characters>
+  <Pages>4</Pages>
+  <Words>506</Words>
+  <Characters>2887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3805</CharactersWithSpaces>
+  <CharactersWithSpaces>3387</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Тойшыбек Алия</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>ZAVUCH</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>