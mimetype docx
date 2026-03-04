--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -1,10595 +1,5296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00154659" w:rsidRDefault="003C6753" w:rsidP="00154659">
-[...2 lines deleted...]
-        <w:ind w:left="-993" w:right="-143" w:firstLine="567"/>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00707543" w:rsidRDefault="00EF61A9" w:rsidP="008660E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:left="-993" w:right="-143" w:firstLine="567"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Статья Главы государства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00707543" w:rsidRDefault="00CA15B3" w:rsidP="008660E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00154659">
+      <w:r w:rsidR="00EF61A9" w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Взгляд в будущее: моде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>рнизация общественного сознания»</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00EF61A9" w:rsidRDefault="00707543" w:rsidP="008660E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-666115</wp:posOffset>
+              <wp:posOffset>-688340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>138430</wp:posOffset>
+              <wp:posOffset>37465</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2541270" cy="1360170"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="2190115" cy="1306830"/>
+            <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="-162" y="0"/>
-[...3 lines deleted...]
-                <wp:lineTo x="-162" y="0"/>
+                <wp:start x="-188" y="0"/>
+                <wp:lineTo x="-188" y="21411"/>
+                <wp:lineTo x="21606" y="21411"/>
+                <wp:lineTo x="21606" y="0"/>
+                <wp:lineTo x="-188" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Пользователь\Downloads\Логотип Рухани.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\Downloads\Логотип Рухани.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2541270" cy="1360170"/>
+                      <a:ext cx="2190115" cy="1306830"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154659" w:rsidRPr="00154659" w:rsidRDefault="00154659" w:rsidP="00844A5D">
-[...2 lines deleted...]
-        <w:ind w:left="-993" w:right="-143" w:firstLine="567"/>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00EF61A9" w:rsidRDefault="008660E7" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...876 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВВЕДЕНИЕ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан вступил в новый исторический период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом году своим Посланием я объявил о начале Третьей модернизации Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Так мы дали старт двум важнейшим процессам обновления – политической реформе и модернизации экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель известна – войти в тридцатку развитых государств мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оба модернизационных процесса имеют четкие цели и задачи, приоритеты, методы их достижения. Уверен, что все будет сделано в сроки и максимально эффективно. Но этого недостаточно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я убежден: начатые нами масштабные преобразования должны сопровождаться опережающей модернизацией общественного сознания. Она не просто дополнит политическую и экономическую модернизацию - она выступит их сердцевиной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Надо отметить, что за годы Независимости нами был принят и реализован ряд крупных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С 2004 года была реализована программа «Мәденимұра», направленная на восстановление историко-культурных памятников и объектов на территории Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 2013 году мы приняли программу «Халықтарихтолқынында», позволившую нам системно  собрать и изучить документы из ведущих мировых архивов, посвященные истории нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А сегодня мы должны приступить к более масштабной и фундаментальной работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому я решил поделиться своим видением того, как нам вместе сделать шаг навстречу будущему, изменить общественное сознание, чтобы стать единой Нацией сильных и ответственных людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О НАЦИОНАЛЬНОМ СОЗНАНИИ В XXI ВЕКЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На наших глазах мир начинает новый, во многом неясный, исторический цикл. Занять место в передовой группе, сохраняя прежнюю модель сознания и мышления, невозможно. Поэтому важно сконцентрироваться, изменить себя и через адаптацию к меняющимся условиям взять лучшее из того, что несет в себе новая эпоха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В чем был, на мой взгляд, главный недостаток западных моделей модернизации XX века применительно к реалиям нашего времени? В том, что они переносили свой уникальный опыт на все народы и цивилизации без учёта их особенностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даже в значительной степени модернизированные общества содержат в себе коды культуры, истоки которых уходят в прошлое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое условие модернизации нового типа – это сохранение своей культуры, собственного национального кода. Без этого модернизация превратится в пустой звук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но это не значит консервацию всего в национальном самосознании – и того, что дает нам уверенность в будущем, и того, что ведет нас назад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новая модернизация не должна, как прежде, высокомерно смотреть на исторический опыт и традиции. Наоборот, она должна сделать лучшие традиции предпосылкой, важным условием успеха модернизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Бірақ, ұлттық кодымды сақтаймын деп бойыңдағы жақсы мен жаманның бә</w:t>
-[...839 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Без опоры на национально-культурные корни модернизация повиснет в воздухе. Я же хочу, чтобы она твердо стояла на земле. А это значит, что история и национальные традиции должны быть обязательно учтены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это платформа, соединяющая горизонты прошлого, настоящего и будущего народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Убежден: важнейшая миссия  духовной модернизации заключается и в примирении различных полюсов национального сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я бы выделил несколько направлений модернизации сознания как общества в целом, так и каждого казахстанца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Конкурентоспособность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня не только отдельный человек, но и нация в целом имеет шанс на успех, только развивая свою конкурентоспособность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это означает прежде всего способность нации предложить что-либо выигрышное по цене и качеству на региональных и глобальных рынках. И это не только материальный продукт, но и знания, услуги, интеллектуальные продукты, наконец, качество трудового ресурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особенность завтрашнего дня в том, что именно конкурентоспособность человека, а не наличие минеральных ресурсов, становится фактором успеха нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому любому казахстанцу, как и нации в целом, необходимо обладать набором качеств, достойных XXI века.  И среди безусловных предпосылок этого выступают такие факторы, как компьютерная грамотность, знание иностранных языков, культурная открытость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому и программа «Цифровой Казахстан», и программа трехъязычия, и программа культурного и конфессионального согласия – это часть подготовки нации (всех казахстанцев) к жизни в XXI веке. Это часть нашей конкурентоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прагматизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модернизация невозможна без изменения ряда привычек и стереотипов. В нашей истории есть много примеров подлинного прагматизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На протяжении столетий наши предки сохранили уникальный экологически правильный уклад жизни, сохраняя среду обитания, ресурсы земли, очень прагматично и экономно расходуя ее ресурсы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И только за несколько лет в середине прошлого века нерациональное использование ресурсов привело к исчезновению Аральского моря, превращению тысяч гектаров плодородных земель в зоны экологического бедствия. И это пример крайне непрагматичного отношения к окружающей среде. Так прежний национальный прагматизм обратился в расточительность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На пути модернизации нам стоит вспомнить навыки предков. Прагматизм означает точное знание своих национальных и личных ресурсов, их экономное расходование, умение планировать свое будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прагматизм есть противоположность расточительности, кичливости, жизни напоказ. Культура современного общества – это культура умеренности, культура достатка, а не роскоши, это культура рациональности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Умение жить рационально, с акцентом на достижение реальных целей, с акцентом на образование, здоровый образ жизни и профессиональный успех – это и есть прагматизм в поведении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И это единственно успешная модель в современном мире. Когда же нация и индивид не ориентированы на конкретные практические достижения, тогда и появляются несбыточные, популистские идеологии, ведущие к катастрофе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Түгін тартсаң майы шығатын мыңдаған гектар миялы жерлеріміз экологиялық апат аймақтарына, Арал теңізі аңқасы кепкен қу медиен шөлге айналды.</w:t>
-[...835 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>К сожалению, история дает нам немало примеров, когда целые нации, ведомые несбыточными идеологиями, терпели поражение. Мы видели крах трех главных идеологий прошлого века – коммунизма, фашизма и либерализма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Век радикальных идеологий прошел. Нужны ясные, понятные и устремленные в будущее установки. Такой установкой может быть ориентация на достижение конкретных целей с расчетом своих возможностей и пределов как человеком, так и нацией в целом. Реализм и прагматизм – вот лозунг ближайших десятилетий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Сохранение национальной идентичности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Само понятие духовной модернизации предполагает изменения в национальном сознании. Здесь есть два момента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, это изменение в рамках национального сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, это сохранение внутреннего ядра национального «Я» при изменении некоторых его черт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В чем опасность господствующих сегодня моделей модернизации? В том, что модернизация рассматривается как переход от национальной модели развития к некой единой, универсальной. Но жизнь неизменно доказывает, что это ошибка! На практике разные регионы и страны выработали свои модели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наши национальные традиции и обычаи, язык и музыка, литература и свадебные обряды, –одним словом, национальный дух, должны вечно оставаться с нами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мудрость Абая, перо Ауэзова, проникновенные строки Джамбула, волшебные звуки Курмангазы, вечный зов аруаха – это только часть нашей духовной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но модернизация состоит и в том, что ряд архаических и не вписывающихся в глобальный мир привычек и пристрастий нужно оставить в прошлом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это касается и такой особенности нашего сознания, как региональное разделение единой нации. Знать и гордиться историей своего края – дело нужное и полезное. Вот только забывать о гораздо большем – о принадлежности к единой и великой нации – нельзя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы строим меритократическое общество, где каждый должен оцениваться по личному вкладу и по личным профессиональным качествам. Такая система не терпит кумовства. Это форма развития карьеры в отсталых обществах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача не в том, чтобы заниматься перечислением положительного и отрицательного в накопленном опыте. Задача в том, чтобы понять два непреложных правила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Никакая модернизация не может иметь место без сохранения национальной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Чтобы двигаться вперед, нужно отказаться от тех элементов прошлого, которые не дают развиваться нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Культ знания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стремление к образованию всегда было характерно для нашего народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Многое было сделано за годы Независимости. Мы подготовили десятки тысяч молодых специалистов в лучших университетах мира. Начало, как известно, было положено программой «Болашак» еще в начале 90-х годов прошлого века. Мы создали ряд университетов очень высокого уровня, систему интеллектуальных школ и многое другое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но культ образования должен быть всеобщим. И тому есть жесткая и ясная причина. Технологическая революция ведет к тому, что в ближайшие десятилетия половина существующих профессий исчезнет. Такой скорости изменения профессионального облика экономики не знала ни одна эпоха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Біз әркім жеке басының қандай да бі</w:t>
-[...1431 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>И мы вступили в эту эпоху. В таких условиях успешно жить сможет только высокообразованный человек, который может относительно легко менять профессию именно благодаря высокому уровню образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому Казахстан сегодня в числе самых передовых стран мира по доле бюджетных расходов на образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый казахстанец должен понимать, что образование - самый фундаментальный фактор успеха в будущем. В системе приоритетов молодежи образование должно стоять первым номером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если в системе ценностей образованность станет главной ценностью, то нацию ждет успех.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Эволюционное, а не революционное развитие Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом году исполнится 100 лет со дня тех радикальных перемен на огромной части Евразии, что произошли в октябре 1917 года. Весь ХХ век прошел под знаком революционных потрясений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый народ извлекает свои уроки из истории. Это его право, и нельзя навязывать другим свою точку зрения. Но также никто не вправе навязывать нам свое субъективное видение истории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А уроки ХХ  века для нашего народа во многом трагические.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, был сломан естественный путь национального развития и навязаны чуждые формы общественного устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, нанесен страшный демографический удар по нации. Удар, который сказался на протяжении целого столетия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, едва не были утрачены казахский язык и культура.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-четвертых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, территория Казахстана превратилась во многих регионах в территорию экологического бедствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конечно, в истории не бывает только черного и белого цвета. XX век принес немало позитивного Казахстану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это индустриализация, создание социальной и производственной инфра-структуры, формирование новой интеллигенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определенная модернизация произошла. Но это была модернизация территории, а не нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы должны ясно понимать уроки истории. Эпоха революций не прошла. Они сильно изменились по форме и содержанию. Но вся наша недавняя история говорит прямо и недвусмысленно: только эволюционное развитие дает нации шанс на процветание. В противном случае мы снова попадем в исторический капкан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эволюционное развитие как принцип идеологии должно быть одним из ориентиров и на личностном, индивидуальном уровне для каждого казахстанца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конечно, эволюционное развитие общества как принцип не означает вечной консервации, но важно понять не только уроки истории, но и примеры современности и сигналы будущего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Характер революций изменился. Они обретают отчетливую национальную, религиозную, культурную или сепаратистскую окраску. Но в подавляющем большинстве случаев все кончается насилием и экономическим крахом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому серьезное переосмысление того, что происходит в мире, – это часть огромной мировоззренческой, идеологической работы, которую должны провести и общество в целом, и политические партии и движения, и система образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Открытость сознания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Многие проблемы возникают из-за того, что большой, глобальный мир стремительно меняется, а массовое сознание остается в «домашних рамках».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Индустрияландыруды, әлеуметтік және өнді</w:t>
-[...976 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Казалось бы, что доказывать необходимость массового и форсированного обучения английскому языку, когда по всему миру более миллиарда человек изучают его наряду сродным как язык профессиональной коммуникации?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неужели более 400 миллионов граждан Европейского союза не уважают свой родной немецкий, французский, испанский,  итальянский или другой язык? Неужели сотни миллионов китайцев, индонезийцев или малайцев просто так изучают английский?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это не чье-то субъективное желание, это условие для работы в глобальном мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но вопрос не только в этой частности. Открытость сознания означает по крайней мере три особенности сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, понимание того, что творится в большом мире, что происходит вокруг твоей страны, что происходит в твоей части планеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, открытость сознания – это готовность к переменам, которые несет новый технологический уклад. Он изменит в ближайшие 10 лет огромные пласты нашей жизни – работу, быт, отдых, жилище, способы человеческого общения. Нужно быть готовым к этому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, способность перенимать чужой опыт, учиться у других. Две великие азиатские державы, Япония и Китай – классическое воплощение этих способностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Открытость и восприимчивость к лучшим достижениям, а не заведомое отталкивание всего «не своего» – вот залог успеха и один из показателей открытого сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Почему столь важно открытое сознание в будущем мире?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если казахстанцы будут судить о мире из окон своих домов, то можно и не увидеть, какие бури надвигаются в мире, на материке или в соседних странах. Можно не увидеть леса за деревьями, можно не понять даже внешних пружин, которые заставляют нас иногда серьезно менять подходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОВЕСТКА ДНЯ НА БЛИЖАЙШИЕ ГОДЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общественное сознание требует не только выработки принципов модернизации, но и конкретных проектов, которые могли бы позволить ответить на вызовы времени без утраты великой силы традиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я вижу несколько конкретных проектов, которые можно развернуть в ближайшие годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых, необходимо начать работу для поэтапного перехода казахского языка на латиницу. Мы очень бережно и тактично подошли к этому вопросу. Здесь нужна спокойная поэтапность. И мы готовились к этому с осторожностью все годы Независимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>История графики казахского языка имеет глубокие корни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В VI–VII веках,  в ранние средние века,  на территории Евразии зародилось и действовало древнетюркское руническое письмо, известное в науке как орхоно-енисейское письмо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В VI–VII веках возникла древнетюркская письменность – один из древнейших типов буквенного письма человечества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С V по XV век тюркский язык был языком межнационального общения на большей части Евразии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Например, в Золотой Орде официальные документы и международная переписка велись в основном на тюркском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Начиная с X по XX век, почти 900 лет,  на территории Казахстана применялась арабская графика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Егер қазақстандықтар жер жүзіне үйден шық</w:t>
-[...930 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Отход от рунической письменности, распространение арабского языка и арабской графики начались после принятия ислама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 августа 1929 года Президиумом ЦИК СССР и СНК СССР было принято постановление о введении нового латинизированного алфавита «Единый тюркский алфавит».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Латинизированный алфавит официально использовался с 1929 по 1940 год, после чего был заменен кириллицей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13 ноября 1940 года был принят Закон «О переводе казахской письменности с латинизированной на новый алфавит на основе русской графики».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, история изменения алфавита казахского языка определялась в основном конкретными политическими  причинами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В декабре 2012 года в своем ежегодном Послании народу Казахстана «Казахстан-2050» я сказал: «Нам необходимо с 2025 года приступить к переводу нашего алфавита на латиницу».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это означает, что с этого времени мы должны во всех сферах начать переход на латинский алфавит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>То есть к 2025 году делопроизводство, периодические издания, учебники и все остальное мы начинаем издавать на латинице.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А сейчас приступим к подготовке начала перехода на латинский алфавит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Переход на латиницу также имеет свою глубокую историческую логику. Это и особенности современной технологической среды, и особенности коммуникаций в современном мире, и особенности научно-образовательного процесса в XXI веке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому 2025 год не за горами, и Правительству нужно иметь четкий график перехода казахского языка на латиницу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В наших школах все дети изучают английский язык. Это – латиница. То есть для молодежи не будет проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Полагаю, что до конца 2017 года необходимо с помощью ученых и широкой общественности принять единый стандартный вариант казахского алфавита в новой графике. С 2018 года начать подготовку кадров для преподавания нового алфавита и подготовку учебников для средней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ближайшие 2 года провести необходимую организационную и методическую работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конечно, в период адаптации определенное время будет работать и кириллица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых, это проект «Новое гуманитарное знание. 100 новых учебников на казахском языке» по общественным и гуманитарным наукам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суть его состоит в следующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы должны создать условия для полноценного образования студентов по истории, политологии, социологии, философии, психологии, культурологии, филологии. Наша гуманитарная интеллигенция должна быть поддержана государством путем восстановления гуманитарных кафедр в вузах страны. Нам нужны не просто инженеры и медики, но и люди, хорошо понимающие современность и будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нам нужно перевести в ближайшие годы 100 лучших учебников мира с разных языков по всем направлениям гуманитарного знания на казахский язык и дать возможность нашей молодежи учиться по лучшим мировым образцам. Уже в 2018/2019 учебном году мы должны начать обучать наших студентов по этим учебникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для этих целей на базе уже существующих переводческих структур нужно создать негосударственное Национальное бюро переводов, которое бы по заказу Правительства начало эту работу уже летом 2017 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ол кезең де таяп қалды, сондықтан біз уақыт ұттырмай, бұ</w:t>
-[...928 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Чего мы добьемся этой программой? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это прежде всего качественно другой уровень подготовки сотен тысяч наших студентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Далее, это подготовка кадров, адаптированных к глобальной конкуренции в сфере знания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наконец, это те люди, которые и станут главными проводниками принципов модернизации сознания – открытости, прагматизма, конкурентоспособности. Будущее творится в учебных аудиториях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наше социальное и гуманитарное знание долгие годы было законсервировано в рамках одного учения и в рамках одного взгляда на мир. Выход на казахском языке 100 лучших учебников мира даст эффект уже через 5–6 лет. Нужно брать все самое современное и иметь переводы на государственный казахский язык. И это задача государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству необходимо проработать этот вопрос и решить его с учетом переводческих кадров, авторских прав, учебно-методических программ, профессорско-преподавательского состава и т. д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих, патриотизм начинается с любви к своей земле, к своему аулу, городу, региону, с любви к малой родине. Поэтому я предлагаю программу «Туғанжер», которая легко перейдет в более широкую установку –  «Туған ел».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Туғанжерінсүйеалмағансүйеаларматуғанелін?» или «С чего начинается Родина?» В этих произведениях есть большой смысл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Почему малая родина? Человек – существо не только рациональное, но и эмоциональное. Малая родина – это место, где ты родился и вырос, а порой и прожил всю жизнь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Там  горы, реки, рассказы и мифы об их возникновении, имена людей, оставшихся в памяти народа. Можно продолжить перечисление. Все это важно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особое отношение к родной земле, ее культуре, обычаям, традициям – это важнейшая черта патриотизма. Это основа того культурно-генетического кода, который любую нацию делает нацией, а не собранием индивидов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На протяжении столетий наши предки защищали конкретные места и районы, сохранив для нас миллионы квадратных километров благодатной земли. Они сохранили будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что означает на практике любовь к малой родине, что означает программа «Туғанжер»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое: необходимо организовать серьезную краеведческую работу в сфере образования, экологии и благоустройства, изучение региональной истории, восстановление культурно</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исторических памятников и культурных объектов местного масштаба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Например, лучшая форма патриотизма – это изучение истории родного края в средних школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе: это содействие бизнесменам, чиновникам, представителям интеллигенции и молодежи, которые, переехав в другие регионы страны, хотели бы поддержать свою малую родину. Это нормальное и патриотическое желание, и его нужно поддерживать, а не запрещать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третье: местным властям нужно системно и организованно подойти к программе «Туғанжер».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нельзя пускать эту работу на самотек, потому что она требует взвешенности и правильности в понимании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Үкімет мұны аудармашы мамандармен қамтамасыз ету, авторлық құқық, оқ</w:t>
-[...870 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Мы должны найти разные формы поддержки и социального уважения, которые помогут малой родине, включая механизм спонсорской помощи. Здесь огромное поле для работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы можем быстро озеленить наши города, значительно помочь компьютеризации школ, поддержать региональные вузы, художественные фонды местных музеев и галерей и т. д. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00CA15B3" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кратко говоря, программа «Туған</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF61A9" w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жер» станет одним из настоящих оснований нашего общенационального патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От малой родины начинается любовь к большой родине – своей родной стране (к Казахстану).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-четвертых, наряду с проектом «Туғанжер», который направлен на местные, локальные объекты и поселения, нам необходимо укрепить в сознании народа и другое – общенациональные святыни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нам нужен проект «Духовные святыни Казахстана», или, как говорят ученые, «Сакральная география Казахстана».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У каждого народа, у каждой цивилизации есть святые места, которые носят общенациональный характер, которые известны каждому представителю этого народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это одно из оснований духовной традиции. Для Казахстана это особенно важно. Мы – огромная по территории страна с богатой духовной историей. Иногда наши размеры играли разную роль в истории. Но никогда в народе не прерывалась связь в этом духовном географическом поясе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Однако при этом за всю историю мы не создали единое поле, единую цепочку этих важных с точки зрения культуры и духовного наследия святых мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вопрос даже не в реставрации памятников, зданий, сооружений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вопрос в том, чтобы увязать в национальном сознании воедино комплекс памятников вокруг Улытау и мавзолея Кожа Ахмета Яссауи, древние памятники Тараза и захоронения Бекет</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15B3" w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата, древние комплексы Восточного Казахстана и сакральные места Семиречья, и многие другие места. Все они образуют каркас нашей национальной идентичности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Когда сегодня говорят о воздействии чуждых идеологических влияний, мы не должны забывать, что за ними стоят определенные ценности, определенные культурные символы других народов. А им может противостоять только собственная национальная символика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Культурно</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>географический пояс святынь Казахстана – это и есть такая символическая защита и источник гордости, который незримо несет нас через века.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это один из элементов каркаса национальной идентичности, поэтому впервые за тысячелетнюю историю мы должны разработать и осуществить такой проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течение года Правительству в диалоге с общественностью нужно разработать этот проект и увязать в нем три элемента:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Нужна образовательная подготовка каждого казахстанца по роли и месту этого «Культурно-географического пояса».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Наши СМИ должны серьезно и системно заняться национальными информационными проектами в этой связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Внутренний и внешний культурный туризм должен опираться на это символическое наследие народа. По своему культурному значению тот же Туркестан или Алтай имеют не просто национальное или континентальное значение, – это глобальные величины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Қысқаша айтқанда, «Туған жер» бағдарламасы жалпыұлттық патриотизмнің нағыз өзегіне айналады.</w:t>
-[...842 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>В-пятых, конкурентоспособность в современном мире и конкурентоспособность культур. Огромная часть успеха США в эпоху «холодной войны» – это успехи Голливуда. Если мы хотим быть нацией со своим неповторимым местом на глобальной карте XXI века, то мы должны реализовать еще один проект – «Современная казахстанская культура в глобальном мире».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Речь идет о том, чтобы мир узнал нас не только по ресурсам нефти и крупным внешнеполитическим инициативам, но и по нашим культурным достижениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О чем должна пойти речь в этом проекте?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> – нужен целевой подход, чтобы отечественная культура зазвучала на шести языках ООН:английском, русском, китайском, испанском, арабском, французском.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> – это должна быть именно современная культура, та,  что создана и создается нашими современниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третье</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> – это должна быть абсолютно современная по форме подачи материала методика. Например, это не просто книги, но весь набор мультимедийного сопровождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– должна быть серьезная государственная поддержка. В частности, системная работа Министерства иностранных дел, Министерства культуры и спорта, Министерства информации и коммуникаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пятое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  – огромная роль всей нашей творческой интеллигенции, в том числе Союза писателей и Академии наук, университетов и общественных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что из нашей современной культуры должно продвигаться в мире?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это очень серьезная и трудоемкая работа, которая включает не только отбор лучших произведенийнациональной культуры, но и презентацию их за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это и огромная переводческая работа, и специальные методы продвижения наших культурных достижений – книг, пьес, скульптур, картин, музыкальных произведений, научных открытий и т. д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все это конструктивная и благородная задача. Полагаю, что 2017 год должен стать решающим: мы должны четко определиться, что хотим показать миру в сфере культуры. А реализовать эту уникальную программу можно за 5–7 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Впервые за тысячелетнюю историю наша культура зазвучит на всех континентах и на всех главных языках мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-шестых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, я предлагаю направить внимание общества на современность, на историю наших современников. Это можно реализовать в проекте «100 новых лиц Казахстана».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>История Независимости – это всего лишь четверть века. Но какая! Исторический масштаб свершений не вызывает сомнений. Однако часто за рядом цифр и фактов не видно живых человеческих судеб. Разных, ярких, драматических и счастливых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проект «100 новых лиц Казахстана» – это история 100 конкретных людей из разных регионов, разных возрастов и национальностей, которые добились успеха за эти стремительные годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это должны быть конкретные истории конкретных людей, это облик современного Казахстана. Рядом с нами столько выдающихся современников, которых породила эпоха Независимости. Их рассказ о жизни убедительнее любой статистики. Мы должны сделать их героями нашей телевизионной документалистики. Мы должны сделать их образцом для подражания, для трезвого и объективного взгляда на жизнь. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Современнаямедиакультура строится не на «говорящих головах», а на создании подлинных историй жизни. Вот создание таких подлинных историй и должно стать предметом профессиональной работы наших средств массовой коммуникации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этот проект нужно ориентировать на решение трех задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Бесіншіден, заманауи әлемдегі бәсекелік қабілет – </w:t>
-[...1704 lines deleted...]
-    <w:sectPr w:rsidR="0004518E" w:rsidRPr="00154659" w:rsidSect="00154659">
+        <w:t>Показать обществу реальное лицо тех, кто своим умом, руками и талантом творит современный Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создать новую мультимедийную площадку информационной поддержки и популяризации наших выдающихся современников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создать не только общенациональные, но и региональные проекты «100 новых лиц». Мы должны знать тех, кто составляет золотой фонд нации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАКЛЮЧЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государство и нация – не статичная конструкция, а живой развивающийся организм. Чтобы жить, нужно обладать способностью к осмысленной адаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новая глобальная реальность пришла без стука и разрешения ко всем – именно поэтому задачи модернизации стоят сегодня практически перед всеми странами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Время не останавливается, а значит, модернизация, как и сама история, –  продолжающийся процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На новом разломе эпох у Казахстана есть уникальный исторический шанс через обновление и новые идеи самим построить свое лучшее будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я уверен: казахстанцы, особенно молодое поколение, понимают важность предложения нашей модернизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В новой реальности внутреннее стремление к обновлению – это ключевой принцип нашего развития. Чтобы выжить, надо измениться. Тот, кто не сделает этого, будет занесен тяжелым песком истории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0004518E" w:rsidRPr="00CA15B3" w:rsidRDefault="0004518E" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0004518E" w:rsidRPr="00CA15B3" w:rsidSect="008660E7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="850" w:bottom="568" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00C538B2" w:rsidRDefault="00C538B2" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00C538B2" w:rsidRDefault="00C538B2" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00C538B2" w:rsidRDefault="00C538B2" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00C538B2" w:rsidRDefault="00C538B2" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="02F64B42"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE2E4168"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="19D10D8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0EEE343E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1F1B79E1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="163E93DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="2D9C7A03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B26C54E6"/>
+    <w:lvl w:ilvl="0" w:tplc="4D785FEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="796" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1516" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2236" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2956" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3676" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4396" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5836" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="40485CBA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3694522C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="420D3744"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E26CE32E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="48884810"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8984F5B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="67556972"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="10B4435A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="7E8D4E32"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59740BFC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="5"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="6"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="130"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00DE2F65"/>
+    <w:rsidRoot w:val="00130CCC"/>
     <w:rsid w:val="0004518E"/>
-    <w:rsid w:val="000D5665"/>
-    <w:rsid w:val="00154659"/>
+    <w:rsid w:val="00130CCC"/>
     <w:rsid w:val="001A272E"/>
-    <w:rsid w:val="003C6753"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DE2F65"/>
+    <w:rsid w:val="001D46CD"/>
+    <w:rsid w:val="006024E7"/>
+    <w:rsid w:val="00707543"/>
+    <w:rsid w:val="008660E7"/>
+    <w:rsid w:val="009B68FC"/>
+    <w:rsid w:val="00A03471"/>
+    <w:rsid w:val="00C538B2"/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:rsid w:val="00EF61A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -10732,137 +5433,229 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000D5665"/>
+    <w:rsid w:val="001D46CD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008660E7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -10983,270 +5776,375 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008660E7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1158695752">
+    <w:div w:id="635531865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="998576483">
+        <w:div w:id="884175901">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="500199583">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="75"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="8" w:color="E7E7E7"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1308129430">
+        <w:div w:id="1083181892">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="215551015">
+            <w:div w:id="1931114059">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1713772152">
+                <w:div w:id="149519031">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="787353717">
+                    <w:div w:id="1052341586">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="2126581142">
+                        <w:div w:id="1313632622">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="219558709">
+                            <w:div w:id="608045862">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="797533953">
+        <w:div w:id="1603219757">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11494,70 +6392,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>26110</Characters>
+  <Pages>10</Pages>
+  <Words>4085</Words>
+  <Characters>23290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>217</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>194</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30629</CharactersWithSpaces>
+  <CharactersWithSpaces>27321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DJETENOV M.A.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>