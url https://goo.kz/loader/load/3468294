--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -15,197 +15,200 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="135" windowWidth="19980" windowHeight="7815"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
     <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="144525" refMode="R1C1" iterate="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="50">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>1 тур</t>
   </si>
   <si>
     <t>2 тур</t>
   </si>
   <si>
     <t>Каимова София</t>
   </si>
   <si>
+    <t>русский язык и литература</t>
+  </si>
+  <si>
     <t>Сарсикеева Сауле Каировна</t>
   </si>
   <si>
     <t>Вергелес Евгения</t>
   </si>
   <si>
+    <t>Английский язык</t>
+  </si>
+  <si>
     <t>Ряжко Татьяна Михайловна</t>
   </si>
   <si>
     <t>Стальмаков Григорий</t>
   </si>
   <si>
+    <t>История Казахстана</t>
+  </si>
+  <si>
     <t>Шахметова Алма Сапаргалиевна</t>
   </si>
   <si>
     <t>Жалецкая Лиза</t>
   </si>
   <si>
     <t>Жангазина Каламкас Керимхановна</t>
   </si>
   <si>
     <t>Романова Анита</t>
   </si>
   <si>
+    <t>Математика</t>
+  </si>
+  <si>
     <t>Хованова Альфира Наильевна</t>
   </si>
   <si>
+    <t>педагог-исследователь</t>
+  </si>
+  <si>
+    <t>высшая</t>
+  </si>
+  <si>
+    <t>педагог-эксперт</t>
+  </si>
+  <si>
     <t>Романова Лена</t>
   </si>
   <si>
+    <t>Казахский язык</t>
+  </si>
+  <si>
     <t>Абылхаирова Галима Темирболатовна</t>
   </si>
   <si>
     <t>Гресь Валерия</t>
   </si>
   <si>
     <t>Колесников Артем</t>
   </si>
   <si>
     <t>физика</t>
   </si>
   <si>
     <t>Абубакарова Екатерина Ивановна</t>
   </si>
   <si>
     <t>Богдан Дарина</t>
   </si>
   <si>
     <t>биология</t>
   </si>
   <si>
     <t>Хисамова Светлана Васильевна</t>
   </si>
   <si>
-    <t>2018-2019 оқу жылында жалпы білім беретін пәндер бойынша республикалық олимпиаданың қалалық кезеңіне қатысушылардың тізімі</t>
-[...25 lines deleted...]
-  <si>
     <t>орыс</t>
   </si>
   <si>
-    <t>орыс тілі және әдебиет</t>
-[...20 lines deleted...]
-    <t>педагог-сарапшы</t>
+    <t>пятница,14.30</t>
+  </si>
+  <si>
+    <t>среда,14.00.</t>
+  </si>
+  <si>
+    <t>четверг,14.00.</t>
+  </si>
+  <si>
+    <t>вторник,17.00.</t>
+  </si>
+  <si>
+    <t>суббота,4 урок</t>
+  </si>
+  <si>
+    <t>среда, четверг,14.00.</t>
+  </si>
+  <si>
+    <t>суббота,5 урок</t>
   </si>
   <si>
     <t>Консультация</t>
   </si>
   <si>
-    <t>сәрсенбі, бейсенбі, 14.00</t>
-[...20 lines deleted...]
-    <t>сенбі,5 урок</t>
+    <t>среда,четверг, 14.00.</t>
+  </si>
+  <si>
+    <t>вторник, 14.00.</t>
+  </si>
+  <si>
+    <t>Список участников городского этапа  республиканской олимпиады школьников по общеобразовательным предметам в 2018-2019 учебном году</t>
+  </si>
+  <si>
+    <t>Школа</t>
+  </si>
+  <si>
+    <t>Язык обучения</t>
+  </si>
+  <si>
+    <t>ФИ учащихся</t>
+  </si>
+  <si>
+    <t>Класс</t>
+  </si>
+  <si>
+    <t>Предмет</t>
+  </si>
+  <si>
+    <t>Учитель по предмету</t>
+  </si>
+  <si>
+    <t>Категория</t>
+  </si>
+  <si>
+    <t>Общий балл</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -264,96 +267,90 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -623,459 +620,459 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:N11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:K1"/>
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" customWidth="1"/>
     <col min="4" max="4" width="19" customWidth="1"/>
     <col min="6" max="6" width="24" customWidth="1"/>
     <col min="7" max="7" width="34.5703125" customWidth="1"/>
     <col min="8" max="8" width="18.42578125" customWidth="1"/>
-    <col min="12" max="12" width="21.5703125" customWidth="1"/>
+    <col min="12" max="12" width="22.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="16"/>
+      <c r="A1" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="15"/>
+      <c r="H1" s="15"/>
+      <c r="I1" s="15"/>
+      <c r="J1" s="15"/>
+      <c r="K1" s="15"/>
       <c r="L1" s="14"/>
       <c r="M1" s="14"/>
       <c r="N1" s="14"/>
     </row>
     <row r="2" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>43</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>44</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="I2" s="2" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="J2" s="13" t="s">
         <v>1</v>
       </c>
       <c r="K2" s="13" t="s">
         <v>2</v>
       </c>
       <c r="L2" s="13" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="4">
         <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="6">
         <v>9</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="G3" s="5" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H3" s="10" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I3" s="12">
         <v>46</v>
       </c>
       <c r="J3" s="11">
         <v>18</v>
       </c>
       <c r="K3" s="11">
         <v>28</v>
       </c>
-      <c r="L3" s="17" t="s">
-        <v>41</v>
+      <c r="L3" s="11" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="4">
         <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E4" s="6">
         <v>11</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H4" s="10" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I4" s="12">
         <v>73</v>
       </c>
       <c r="J4" s="11">
         <v>61</v>
       </c>
       <c r="K4" s="11">
         <v>12</v>
       </c>
       <c r="L4" s="11" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="4">
         <v>26</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E5" s="6">
         <v>11</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="G5" s="5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="H5" s="10" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I5" s="12">
         <v>39</v>
       </c>
       <c r="J5" s="11">
         <v>23</v>
       </c>
       <c r="K5" s="11">
         <v>16</v>
       </c>
       <c r="L5" s="11" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="4">
         <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E6" s="6">
         <v>9</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H6" s="10" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="I6" s="12">
         <v>81</v>
       </c>
       <c r="J6" s="11">
         <v>31</v>
       </c>
       <c r="K6" s="11">
         <v>50</v>
       </c>
       <c r="L6" s="11" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="4">
         <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="6">
         <v>9</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G7" s="5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H7" s="10" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I7" s="12">
         <v>1</v>
       </c>
       <c r="J7" s="11">
         <v>0</v>
       </c>
       <c r="K7" s="11">
         <v>1</v>
       </c>
       <c r="L7" s="11" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="4">
         <v>26</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E8" s="8">
         <v>8</v>
       </c>
-      <c r="F8" s="5" t="s">
-        <v>36</v>
+      <c r="F8" s="9" t="s">
+        <v>21</v>
       </c>
       <c r="G8" s="9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H8" s="10" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I8" s="12">
         <v>55</v>
       </c>
       <c r="J8" s="11">
         <v>47</v>
       </c>
       <c r="K8" s="11">
         <v>8</v>
       </c>
       <c r="L8" s="11" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="4">
         <v>26</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E9" s="8">
         <v>8</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="G9" s="9" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H9" s="11" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I9" s="12">
         <v>54.5</v>
       </c>
       <c r="J9" s="11">
         <v>23</v>
       </c>
       <c r="K9" s="11">
         <v>31.5</v>
       </c>
       <c r="L9" s="11" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="4">
         <v>26</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E10" s="8">
         <v>10</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="G10" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H10" s="11" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I10" s="12">
         <v>4</v>
       </c>
       <c r="J10" s="11">
         <v>1</v>
       </c>
       <c r="K10" s="11">
         <v>3</v>
       </c>
       <c r="L10" s="11" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="4">
         <v>26</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E11" s="8">
         <v>10</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G11" s="9" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="H11" s="11" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I11" s="12">
         <v>26</v>
       </c>
       <c r="J11" s="11">
         <v>13</v>
       </c>
       <c r="K11" s="11">
         <v>13</v>
       </c>
       <c r="L11" s="11" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">