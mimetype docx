--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,23328 +1,27918 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="39"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...8 lines deleted...]
-        <w:t>Қазақстан Республикасындағы мемлекеттік бақылау және қадағалау туралы</w:t>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон регулирует общие правовые основы государственного контроля и надзора в Республике Казахстан и направлен на установление единых принципов осуществления контрольной и надзорной деятельности, а также на защиту прав и законных интересов государственных органов, физических и юридических лиц, в отношении которых осуществляется государственный контроль и надзор.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...595 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="z5"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) органы контроля и надзора – центральные государственные органы, их ведомства и территориальные подразделения, а также местные исполнительные органы, осуществляющие наблюдение и проверку на предмет соответствия деятельности проверяемых субъектов требованиям, установленным законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="z6"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) меры оперативного реагирования - предусмотренные законами Республики Казахстан способы воздействия на проверяемых субъектов в целях предотвращения наступления общественно опасных последствий, применяемые в ходе осуществления и по результатам проверки;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="z7"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) государственный контроль (далее – контроль) – деятельность органа контроля и надзора по проверке и наблюдению на предмет соответствия деятельности проверяемых субъектов требованиям, установленным законодательством Республики Казахстан, в ходе осуществления и по результатам которой могут применяться меры </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>правоограничительного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характера без оперативного реагирования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="z8"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00C90523">
-[...33 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z471"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) государственный надзор (далее – надзор) – деятельность органа контроля и надзора по проверке и наблюдению за соблюдением проверяемыми субъектами требований законодательства Республики Казахстан, в ходе осуществления и по результатам которой могут применяться меры оперативного реагирования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z232"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) регулирующие государственные органы – государственные органы, осуществляющие руководство в отдельной отрасли или сфере государственного управления, в которой осуществляется государственный контроль и надзор;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="z9"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) риск - вероятность причинения вреда в результате деятельности проверяемого субъекта жизни или здоровью человека, окружающей среде, законным интересам физических и юридических лиц, имущественным интересам государства с учетом степени тяжести его последствий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="z10"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00C90523">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z473"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) критерии оценки степени риска – совокупность количественных и качественных показателей, связанных с непосредственной деятельностью проверяемого субъекта, особенностями отраслевого развития и факторами, влияющими на это развитие, позволяющих отнести проверяемых субъектов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>к различным степеням риска;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z233"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00C90523">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z472"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>система оценки рисков</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – комплекс мероприятий, проводимый органом контроля и надзора, с целью назначения проверок;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z234"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-2) проверяемые объекты – имущество, находящееся на праве собственности или ином законном основании у проверяемого субъекта, подлежащее контролю и надзору;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="z11"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00C90523">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) проверяемые субъекты - физические лица, юридические лица, в том числе государственные органы, филиалы и представительства юридических лиц, за деятельностью которых осуществляются контроль и надзор.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-бапқа өзгеріс енгізілді - ҚР 29.12.2014 </w:t>
-[...8 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:t>Сноска. Статья 1 с изменениями, внесенными Законом РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2735" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Қазақстан Республикасының бақылау және қадағалау</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Статья 2. Законодательство Республики Казахстан о контроле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>туралы заңнамасы</w:t>
+        <w:t>и надзоре</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...46 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="z14"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о контроле и надзоре основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00C90523">
-[...8 lines deleted...]
-        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгiленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z14"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Осы Заңның қолданылу аясы</w:t>
+        <w:t>Статья 3. Сфера применения настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...70 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон регулирует отношения в области организации проведения контроля и надзора за проверяемыми субъектами независимо от правового статуса, форм собственности и видов деятельности, за исключением случаев, предусмотренных пунктами 3, 4 настоящей статьи и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 12 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z17"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00C90523">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="z19"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящим Законом устанавливаются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z18"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00C90523">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) порядок проведения проверок, осуществляемых органами контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z19"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00C90523">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z21"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) порядок взаимодействия органов контроля и надзора при проведении проверок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z20"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00C90523">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z22"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) права и обязанности проверяемых субъектов при проведении контроля и надзора, меры по защите их прав и законных интересов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z21"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00C90523">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="z23"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) права и обязанности органов контроля и надзора и их должностных лиц при проведении проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z22"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Действие настоящего Закона, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статей 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, не распространяется на отношения, связанные с:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z23"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z29" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контролем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением условий контрактов на осуществление инвестиций, предусматривающих инвестиционные преференции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z24"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z1103" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контролем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>недропользователями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условий контрактов на проведение разведки, добычи, совмещенной разведки и добычи полезных ископаемых либо строительство и (или) эксплуатацию подземных сооружений, не связанных с разведкой и (или) добычей, либо на государственное геологическое изучение недр;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z25"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z1768" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>государственным контролем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в сфере таможенного дела.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z26"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1) инвестициялық преференцияларды көздейтін инвестицияларды жүзеге асыруға арналған келісімшарттар талаптарының сақталуын </w:t>
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>      4. Действие настоящего Закона, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, не распространяется на отношения в сферах:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z27"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>высшего надзора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, осуществляемого прокуратурой;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z28"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z1575" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контроля и надзора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в ходе досудебного производства по уголовному делу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z29"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>правосудия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...165 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z30"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оперативно-розыскной деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...181 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="z32"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z31"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="00C90523">
-[...58 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="z474"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z34" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контроля</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением требований законодательства Республики Казахстан о государственных секретах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z32"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="00C90523">
-[...46 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="z475"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отношения, возникающие при проведении контроля и надзора, указанных в пунктах 3 и 4 настоящей статьи, а также связанных с соблюдением требований финансового законодательства Республики Казахстан, контролем и надзором финансового рынка и финансовых организаций, устанавливаются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, регулирующими отношения в указанных сферах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z539"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="00C90523">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Контроль и надзор в отношении субъектов частного предпринимательства осуществляются только в сферах деятельности субъектов частного предпринимательства, предусмотренных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z382" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложении</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему Закону.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z540"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Для включения в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z382" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему Закону новых сфер регулирующие государственные органы должны предварительно провести процедуру анализа регуляторного воздействия в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z546" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О частном предпринимательстве».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z541"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Действие пункта 7 настоящей статьи не распространяется на Национальный Банк Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 3-бапқа өзгеріс енгізілді - 2012.07.05 </w:t>
-[...8 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:t>Сноска. Статья 3 с изменениями, внесенными законами РК от 05.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z566" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 30-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
-[...8 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z2747" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-бап. Бақылаудың және қадағалаудың қағидаттары мен</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Статья 4. Принципы и задачи контроля и надзора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль и надзор основываются на принципах:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z35"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) законности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z36"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) равенства всех перед законом и судом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z37"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) презумпции добросовестности физического или юридического лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z38"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) гласности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z39"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) плановости и системности контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z40"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) профессионализма и компетентности должностных лиц государственных органов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z41"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) ответственности за неисполнение либо ненадлежащее исполнение должностными лицами органов контроля и надзора своих обязанностей и превышение ими своих полномочий;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z42"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) приоритета предупреждения правонарушения перед наказанием;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z43"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) необходимости и достаточности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z44"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) разграничения контрольных полномочий между государственными органами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z45"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      11) поощрения добросовестных проверяемых субъектов, концентрации контроля и надзора на нарушителях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z46"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) повышения способности проверяемых субъектов и потребителей к самостоятельной защите своих законных прав;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z47"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) подотчетности и прозрачности системы государственного контроля и надзора;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z48"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) независимости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z49"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) объективности и беспристрастности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z50"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) достоверности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z51"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Задачей контроля и надзора является обеспечение безопасности производимой и реализуемой проверяемым субъектом продукции, технологических процессов для жизни и здоровья людей, защиты их имущества, безопасности для окружающей среды, национальной безопасности Республики Казахстан, включая экономическую безопасность, предупреждения обманной практики, экономии природных и энергетических ресурсов, повышения конкурентоспособности национальной продукции и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>защиты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конституционных прав, свобод и законных интересов физических и юридических лиц.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z52"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственным органам запрещается принимать подзаконные нормативные правовые акты по вопросам порядка проведения проверок субъектов частного предпринимательства, за исключением нормативных правовых актов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>статьи 13, пунктом 1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, пунктом 1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z166" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z53"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Государственные органы, разрабатывающие проекты нормативных правовых актов, регулирующие вопросы контроля и надзора за деятельностью субъектов частного предпринимательства, согласовывают их с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>уполномоченным органом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по предпринимательству.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z54"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Контроль и надзор за частным предпринимательством осуществляется в соответствии с законодательством Республики Казахстан в сферах деятельности, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z382" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложении</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему Закону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>міндеттері</w:t>
-[...670 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Статья 5. Требования, предъявляемые к деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-бап. Тексерілетін субъектілердің (объектілердің)</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>проверяемых субъектов (объектов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Требования, предъявляемые к деятельности проверяемых субъектов (объектов), устанавливаются нормативными правовыми актами, а в случаях, предусмотренных законами Республики Казахстан, только законами Республики Казахстан, указами Президента Республики Казахстан и постановлениями Правительства Республики Казахстан.     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 5 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z2751" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қызметіне қойылатын талаптар</w:t>
-[...113 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Статья 6. Гарантии субъектов частного предпринимательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-бап. Құқық қорғау органдарының бақылауды және</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>при осуществлении контроля и надзора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қадағалауды жүзеге асыруы кезіндегі жеке</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>правоохранительными органами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В отношении субъектов частного предпринимательства </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>правоохранительные органы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводят контрольные и (или) надзорные мероприятия только в рамках оперативно-розыскной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>деятельности, уголовного преследования, административного производства и (или) реализации регулятивных функций, осуществляемых правоохранительными органами, а также в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>кәсіпкерлік субъектілерінің кепілдіктері</w:t>
+        <w:t>Статья 7. Контроль</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Контроль подразделяется на внутренний контроль и внешний контроль.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z61"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Внутренний контроль - контроль, осуществляемый государственным органом за исполнением его структурными и территориальными подразделениями, подведомственными государственными органами и организациями принятых государственным органом решений, а также требований законодательства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z62"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порядок проведения внутреннего контроля определяется статьей 8 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z63"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действие настоящего пункта не распространяется на внутренний контроль, осуществляемый уполномоченным Правительством Республики Казахстан органом по внутреннему контролю, проводимому в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z1945" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Бюджетным кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z64"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Внешний контроль - контроль, осуществляемый органом контроля и надзора по проверке и наблюдению за деятельностью проверяемых субъектов на соответствие требованиям, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z65"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порядок проведения внешнего контроля определяется </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z97" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>главой 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z66"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      По результатам внешнего контроля в случае выявления нарушений законодательства Республики Казахстан государственные органы в пределах своей компетенции возбуждают административное, дисциплинарное производство либо инициируют соответствующие исковые заявления в пределах своей компетенции и (или) принимают иные меры, предусмотренные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:anchor="z7" w:history="1">
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-бап. Бақылау</w:t>
+        <w:t>Статья 8. Внутренний контроль</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...40 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Внутренний контроль подразделяется на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z69"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением правовых актов (мероприятий, выполнение которых предусмотрено правовыми актами). В этом случае на контроль берутся все правовые акты, в которых содержатся мероприятия, подлежащие исполнению;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z70"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением поручений Президента Республики Казахстан, Правительства Республики Казахстан и руководящих должностных лиц государственного органа, вытекающих из иных документов служебного характера.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z71"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Внутренний контроль производится путем:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z72"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) истребования необходимой информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z73"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) заслушивания и обсуждения отчетов и докладов об исполнении;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z74"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ревизии и иных форм документальной проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z75"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z76"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Республикасы заңнамасының талаптарын орындауды жүзеге асыратын бақылау.</w:t>
-[...171 lines deleted...]
-        <w:t>      Сыртқы бақылау нәтижелері бойынша Қазақстан Республикасының заңнамасын бұзушылықтар анықталған жағдайда мемлекеттік органдар өз құзыреті шегінде әкімшілік, тәртіптік іс жүргізуді қозғайды не өз құзыреті шегінде тиісті талап арызға бастамашылық жасайды және (немесе) Қазақстан Республикасының заңдарында көзделген өзге де шараларды қабылдайды.</w:t>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>другими</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не противоречащими законодательству способами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z77"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Внутренний контроль производится по следующим параметрам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z78"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) соответствия деятельности структурных, территориальных подразделений, подведомственных государственных органов и организаций и должностных лиц поставленным перед ними задачам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z79"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) своевременности и полноты исполнения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z80"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) соблюдения требований законодательства при исполнении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z81"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Должностное лицо либо соответствующее структурное подразделение государственного органа, уполномоченное на осуществление </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением вступившего в силу правового акта, разрабатывает при необходимости мероприятия по контролю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z82"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом должностное лицо либо соответствующее структурное подразделение государственного органа, уполномоченное на осуществление контроля, анализирует поступающую информацию о его исполнении для определения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z83"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) степени и качества исполнения правового акта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z84"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) наличия отклонений в исполнении правового акта, установления их причин и возможных мер для устранения отклонений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z85"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) возможности снятия с контроля либо продления срока исполнения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z86"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) ответственности конкретных должностных лиц за неисполнение или ненадлежащее исполнение правового акта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z87"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Выработанные по итогам анализа информации предложения докладываются руководству государственного органа для принятия соответствующего решения. О принятом решении информируются исполнители государственного органа, проводившие анализ информации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="z88"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Снятие с контроля и продление сроков исполнения мероприятий, предусмотренных правовым актом, осуществляются руководством государственного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="z89"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Контрольная служба вышестоящего государственного органа либо органа-исполнителя до </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>истечения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленного в правовом акте срока исполнения направляет исполнителю соответствующее письменное напоминание в порядке, определяемом регламентом государственного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="z90"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Дополнительные вопросы организации и осуществления внутреннего контроля могут определяться самим государственным органом либо вышестоящим по отношению к нему государственным органом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Ішкі бақылау</w:t>
+        <w:t>Статья 9. Надзор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...472 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Надзор заключается в применении уполномоченным государственным органом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>правоограничительных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мер оперативного реагирования без возбуждения административного производства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="z93"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правоограничительные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меры оперативного реагирования предусматриваются законами Республики Казахстан и применяются государственными органами в случае, если деятельность, товар (работа, услуга) проверяемого субъекта представляют непосредственную угрозу конституционным правам, свободам и законным интересам физических и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>қабылданған шешім туралы хабардар етіледі.</w:t>
-[...59 lines deleted...]
-        <w:t>      Ішкі бақылауды ұйымдастырудың және жүзеге асырудың қосымша мәселелерін мемлекеттік органның өзі не одан жоғары тұрған мемлекеттік орган айқындауы мүмкін.</w:t>
+        <w:t>юридических лиц, жизни и здоровью людей, окружающей среде, национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z94"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Надзор подразделяется на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="z95"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) высший надзор, осуществляемый прокуратурой от имени государства в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "О Прокуратуре" и иным законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="z96"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) надзор, осуществляемый уполномоченными государственными органами в порядке и на условиях, установленных настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>9-бап. Қадағалау</w:t>
+        <w:t>Статья 10. Формы контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...142 lines deleted...]
-        <w:t>      2) осы Заңда және Қазақстан Республикасының өзге де заңдарында белгіленген тәртіппен және жағдайларда уәкілетті мемлекеттік органдар жүзеге асыратын қадағалау болып бөлінеді.</w:t>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Контроль и надзор за деятельностью проверяемых субъектов осуществляются в форме:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проверки, порядок организации и проведения которой определяется настоящим Законом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) иных формах контроля и надзора, носящих предупредительно-профилактический характер, если иное не предусмотрено </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z4180" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс) и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z232" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О Национальном Банке Республики Казахстан», порядок организации и проведения которых определяется настоящей статьей и иными законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="z56"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При проведении иных форм контроля и надзора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) за исключением случаев, предусмотренных пунктом 3 настоящей статьи, органам контроля и надзора запрещается посещать субъекты (объекты) контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) не требуются регистрация в уполномоченном органе по правовой статистике и специальным учетам и предварительное уведомление проверяемого субъекта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) по итогам иных форм контроля и надзора в зависимости от их вида составляются итоговые документы (справка, предписание, заключение и другое) без возбуждения дела об административном правонарушении в случае выявления нарушения, но с обязательным разъяснением проверяемому субъекту порядка его устранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Действие части первой настоящего пункта не распространяется на иные формы государственного контроля, осуществляемые в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z4180" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Действие подпункта 3) части первой настоящего пункта в части невозможности возбуждения дела об административном правонарушении по итогам иных форм контроля и надзора не распространяется на Национальный Банк Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="z99"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Иные формы контроля и надзора с посещением субъекта (объекта) контроля и надзора проводятся в случаях:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) установленных налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z5524" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) установленных трудовым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z1016" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) если посещение связано с проверкой соответствия заявителя квалификационным или разрешительным требованиям до выдачи разрешения и (или) приложения к разрешению в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z230" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О разрешениях и уведомлениях»;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) проведения инспектирования строительно-монтажных работ на соответствие требованиям, предъявляемым к возведению и изменению несущих и ограждающих конструкций зданий и сооружений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) осуществления контроля соблюдения размеров предельно допустимых розничных цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) осуществления контроля органами внутренних дел по вопросам соблюдения правил оборота оружия и патронов к нему в Республике Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) осуществления контроля по соблюдению стандартов оказания специальных социальных услуг;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) инициативного обращения проверяемого субъекта за получением заключения (информации) о соответствии его деятельности требованиям законодательства Республики Казахстан, не связанного с получением разрешительных документов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) если посещение связано с отбором продукции для осуществления мониторинга безопасности продукции, проводимого в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z449" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О здоровье народа и системе здравоохранения»;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) проведения обследования территории на выявление очагов распространения карантинных объектов и особо опасных вредных организмов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) если посещение связано с отбором проб при приемке, отгрузке и количественно-качественном учете зерна, а также государственных ресурсов зерна, хранящихся на хлебоприемных предприятиях, для определения их качества в соответствии с требованиями </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о зерне.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="z100"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При проведении иных форм контроля и надзора с посещением органы контроля и надзора уведомляют органы по правовой статистике и специальным учетам по месту нахождения проверяемого субъекта (объекта) до их проведения, за исключением случаев осуществления иных форм государственного контроля в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z5524" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="z101"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Результаты анализа иных форм контроля и надзора являются основанием для отбора субъектов (объектов) контроля и надзора для проведения выборочных проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 10 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z2751" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>10-бап. Бақылау және қадағалау нысандары</w:t>
+        <w:t>Статья 11. Компетенция регулирующих государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органов и органов контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...100 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(анықтама, нұсқама, қорытынды және басқалары) жасалады.</w:t>
-[...242 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регулирующие государственные органы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) реализуют государственную политику в области контроля и надзора в соответствующей отрасли (сфере), в которой осуществляются контроль и надзор;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) утверждают в пределах своей компетенции нормативные правовые акты, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z143" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктами 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 13, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 14, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 15 настоящего Закона, а также полугодовые графики проведения проверок;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) организуют контроль и надзор в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) осуществляют мониторинг эффективности контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) осуществляют иные функции, предусмотренные настоящим Законом и иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="z103"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Органы контроля и надзора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) реализуют государственную политику в области контроля и надзора в соответствующей сфере;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) разрабатывают в пределах своей компетенции нормативные правовые акты, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z143" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктами 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 13, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 14, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 15 настоящего Закона, а также полугодовые графики проведения проверок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) проводят контроль и надзор в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) проводят мониторинг эффективности контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) вносят предложения по совершенствованию проведения контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) осуществляют иные функции, предусмотренные настоящим Законом и иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 10-бап жаңа редакцияда - ҚР 29.12.2014 </w:t>
-[...8 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:t>Сноска. Статья 11 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z2751" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. ПОРЯДОК ОРГАНИЗАЦИИ И ПРОВЕДЕНИЯ ПРОВЕРОК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Общие вопросы проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Проверка проверяемого субъекта - одна из форм контроля и надзора, которую проводят органы контроля и надзора, путем совершения одного из следующих действий:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="z116"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) посещения проверяемого субъекта (объекта) должностным лицом государственного органа;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="z117"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) запроса необходимой информации, касающейся предмета проверки, за исключением истребования необходимой информации при проведении иных форм контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="90" w:name="z118"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) вызова проверяемого субъекта с целью получения информации о соблюдении им требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="91" w:name="z119"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. Предметом проверки является соблюдение проверяемыми субъектами требований, установленных законодательством Республики Казахстан в соответствии со статьей 5 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="z120"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Действия настоящей главы, за исключением пунктов 2 и 3 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z320" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z373" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, не распространяются на осуществление контроля и надзора, связанного с:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="z121"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) пересечением Государственной границы Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="z122"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) проведением контроля и надзора в области карантина растений, санитарно-карантинного, ветеринарного контроля при пересечении таможенной границы Таможенного союза и (или) Государственной границы Республики Казахстан и (или) местах доставки, местах завершения таможенного оформления, определяемых в соответствии с международными договорами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="z123"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) соблюдением требований безопасности дорожного движения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="z124"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) проездом автотранспортных средств по территории Республики Казахстан на постах транспортного контроля на предмет соблюдения требований безопасности на транспорте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="97" w:name="z125"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) контролем и надзором за выполнением требований по безопасной эксплуатации судов в соответствии с законами Республики Казахстан </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z812" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>о внутреннем водном транспорте</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z952" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>торговом мореплавании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="98" w:name="z126"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) соблюдением физическими лицами требований хранения, ношения и использования гражданского оружия;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="z127"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) осуществлением контроля и надзора по ветеринарии и карантину растений на объектах внутренней торговли, реализующих продукцию и сырье животного и (или) растительного происхождения, в организациях, осуществляющих производство, заготовку (убой), хранение, переработку продуктов и сырья животного и (или) растительного происхождения в едином технологическом цикле;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="100" w:name="z128"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) соблюдением на особо охраняемых природных территориях и территории государственного лесного фонда требований в области особо охраняемых природных территорий, охраны, защиты, пользования лесным фондом, воспроизводства лесов и лесоразведения, а также с целью осуществления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несанкционированным изъятием объектов животного и растительного мира;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="101" w:name="z105"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) соблюдением условий разрешения на пользование животным миром, установленной промысловой меры рыб, размеров и видов орудий и способов рыболовства, ограничений и запретов на пользование животным миром, прилова, а также ведением журнала учета вылова рыбных ресурсов и других водных животных (промысловый журнал);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="z129"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) контролем и надзором мероприятий в карантинных зонах и неблагополучных пунктах по особо опасным болезням животных, очагах распространения карантинных объектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="103" w:name="z130"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) соблюдением физическими и юридическими лицами требований по безопасности полетов и авиационной безопасности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="z131"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) соблюдением требований законодательства Республики Казахстан в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">области легального оборота оружия, взрывчатых веществ, наркотических средств, психотропных веществ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, гражданских пиротехнических веществ и изделий с их применением, в рамках требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона и проводимых оперативно-профилактических мероприятий органов внутренних дел;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="105" w:name="z132"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) контролем на территории субъекта, осуществляющего производство отдельных видов подакцизных товаров, посредством акцизных постов, установленных в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z6963" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, а также проведением контрольного учета этилового спирта и алкогольной продукции в организациях, осуществляющих производство этилового спирта и алкогольной продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="106" w:name="z133"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) соблюдением требований финансового законодательства Республики Казахстан, а также контролем и надзором финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="107" w:name="z134"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) соблюдением требований антимонопольного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z621" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, осуществляемого антимонопольным органом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="108" w:name="z135"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) соблюдением требований бюджетного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и иных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нормативных правовых актов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, регулирующих вопросы исполнения государственного бюджета;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="109" w:name="z491"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z913" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="110" w:name="z500"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17) соблюдением требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z76" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, регламентирующего продажу несовершеннолетним алкогольной и табачной продукции, а также порядок нахождения несовершеннолетних в развлекательных заведениях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="z501"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) соблюдением требований по эксплуатации и техническому состоянию энергетического оборудования электрических станций единой электроэнергетической системы Республики Казахстан, электрических сетей свыше 0,4 киловольта, магистральных тепловых сетей и котельных с установленной мощностью более 100 Гкал/час;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="z515"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19) контролем за соблюдением правил перевозок пассажиров, багажа и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>грузобагажа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в пассажирских поездах в пути следования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="113" w:name="z516"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) торговлей вне мест, установленных местным исполнительным органом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="114" w:name="z517"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21) соблюдением центральными государственными органами, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акиматами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требований по государственной регистрации нормативных правовых актов, а также официальному опубликованию нормативных правовых актов;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="115" w:name="z1311"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22) осуществлением контроля за состоянием антитеррористической защиты объектов, уязвимых в террористическом отношении, за исключением объектов Республики Казахстан, охраняемых Вооруженными Силами, другими войсками и воинскими формированиями Республики Казахстан, а также специальными государственными органами, и соблюдением их руководителями требований, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о противодействии терроризму;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="116" w:name="z536"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) соблюдением требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в области миграции населения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="z538"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>посещением</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным государственным органом по делам архитектуры, градостроительства и строительства объекта с целью установления соответствующего выполнения местными исполнительными органами функций, возложенных на них законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="z148"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) проверкой органами государственного архитектурно-строительного контроля деятельности лиц, осуществляющих технический надзор;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="z149"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролем за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением правил парковки в местах, оборудованных специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом обязательной регистрации в уполномоченном органе по правовой статистике и специальным учетам подлежат проверки, осуществляемые по основаниям, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпунктах 14)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z135" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z501" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>18)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z517" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>21)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> части первой настоящего пункта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="z136"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отношения, возникающие при проведении проверок, указанных в пункте 3 настоящей статьи, регулируются в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="121" w:name="z137"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Особенности порядка, сроки проведения, продления, приостановления проверок, оформления акта о назначении, результатах и завершении проверок, осуществляемых органами государственных доходов, определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z6441" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Налоговым </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="122" w:name="z106"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Запрещается проведение проверок по особому порядку проведения проверок на основе оценки степени риска, выборочных проверок в отношении субъектов малого предпринимательства, в том числе микропредпринимательства, в течение трех лет со дня государственной регистрации (кроме созданных юридических лиц в порядке реорганизации и правопреемников реорганизованных юридических лиц).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Действия настоящего пункта не распространяются на осуществление контроля и надзора, связанного с:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) соблюдением установленных правил обращения и функционирования взрывчатых веществ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) деятельностью физических и юридических лиц, занятых в сфере оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) атомной энергией, радиоактивными веществами;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) деятельностью физических и юридических лиц, занятых в области оборота ядов, вооружения, военной техники и отдельных видов оружия, взрывчатых и пиротехнических веществ и изделий с их применением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12 с изменениями, внесенными законами РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>календарных дней после его первого официального опубликования); от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z911" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011); от 25.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z639" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 548-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z209" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 34-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие со дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z675" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z534" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 132-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z72" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 153-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z1228" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="z394" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="z2793" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015); от 05.05.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z223" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 312-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Распределение проверяемых субъектов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(объектов) по группам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Контроль и надзор проводятся с учетом распределения проверяемых субъектов (объектов) по четырем группам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="123" w:name="z107"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. К первой группе относятся проверяемые субъекты (объекты), в отношении которых применяются особый порядок проведения проверок на основе оценки степени риска, внеплановые проверки и иные формы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Особый порядок проведения проверок применяется при осуществлении контроля и надзора в отношении субъектов (объектов), отнесенных к высокой степени риска в следующих сферах контроля и надзора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) в области радиационной безопасности населения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в области атомной энергии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в области пожарной безопасности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) за соблюдением установленных правил обращения и функционирования взрывчатых и ядовитых веществ, радиоактивных материалов и веществ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) в области оборота ядов, вооружения, военной техники и отдельных видов оружия, взрывчатых и пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) в области санитарно-эпидемиологического благополучия населения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) в области промышленной безопасности. Для проверки соблюдения требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона в области санитарно-эпидемиологического надзора, периодичность проведения проверок на объекты высокой эпидемической значимости не должна быть чаще:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) одного раза в полгода – при высокой степени риска;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) одного раза в год – при средней степени риска.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Распределение объектов, подлежащих санитарно-эпидемиологическому контролю и надзору, по степеням риска осуществляется с учетом положений, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z445" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О здоровье народа и системе здравоохранения». Для сфер деятельности, указанных в подпунктах 1), 2), 3), 4) и 6) части второй настоящего пункта, периодичность проведения проверок определяется критериями оценки степени риска.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Критерии оценки степени риска, применяемые для особого порядка проведения проверок, утверждаются совместным актом регулирующих государственных органов и уполномоченного органа по предпринимательству и публикуются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основанием для назначения особого порядка проведения проверок является полугодовой график, утвержденный регулирующим государственным органом или местным исполнительным органом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В срок до 15 ноября года, предшествующего году проведения проверок, и до 15 апреля текущего календарного года регулирующие государственные органы и местные исполнительные органы направляют проекты полугодовых графиков проведения проверок для согласования в уполномоченный орган по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При установлении в проектах полугодовых графиков проверок одних и тех же проверяемых субъектов (объектов) проекты графиков возвращаются уполномоченным органом по правовой статистике и специальным </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учетам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регулирующим государственным органам и местным исполнительным органам для исключения таких субъектов (объектов) из графиков проведения проверок либо корректировки сроков их проведения с учетом требований настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В срок до 10 декабря года, предшествующего году проведения проверок, и до 10 мая текущего календарного года регулирующие государственные органы и местные исполнительные органы направляют утвержденные полугодовые графики проведения проверок в уполномоченный орган по правовой статистике и специальным учетам для формирования Генеральной прокуратурой Республики Казахстан полугодового сводного графика проведения проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Форма представления полугодовых графиков проведения проверок определяется Генеральной прокуратурой Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внесение изменений и дополнений в полугодовые графики проведения проверок не допускается.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Генеральная прокуратура Республики Казахстан размещает полугодовой сводный график проведения проверок на официальном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генеральной прокуратуры Республики Казахстан в срок до 25 декабря текущего календарного года и до 25 мая текущего календарного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="124" w:name="z108"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ко второй группе относятся проверяемые субъекты (объекты), в отношении которых проводятся выборочные, внеплановые проверки и иные формы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Для проведения выборочной проверки органы контроля и надзора проводят анализ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) отчетности, представляемой субъектами частного предпринимательства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) результатов внеплановых проверок и иных форм контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) иной информации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регулирующие государственные органы разрабатывают и совместно с уполномоченным органом по предпринимательству </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждают</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акты, касающиеся критериев оценки степени риска для отбора проверяемых субъектов (объектов) при проведении выборочной проверки, которые публикуются на официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных органов, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z6426" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="z109"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Методика формирования государственными органами (за исключением Национального Банка Республики Казахстан) системы оценки рисков </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждается</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> уполномоченным органом по предпринимательству.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Формирование </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>системы оценки степени риска органов государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доходов, использующих информационные системы, осуществляется в порядке, установленном Методикой формирования государственными органами системы оценки степени риска с учетом специфики и конфиденциальности критериев оценки степени рисков, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="126" w:name="z110"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. К третьей группе относятся проверяемые субъекты (объекты), в отношении которых проводятся внеплановые проверки по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона, и иные формы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="127" w:name="z111"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. К четвертой группе относятся проверяемые субъекты (объекты), в отношении которых проводятся только иные формы контроля и надзора без проведения проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="z112"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Отнесение сфер деятельности субъектов частного предпринимательства, в которых осуществляются контроль и надзор, по группам, указанным в пунктах 2, 3, 5 и 6 настоящей статьи, осуществляется с учетом оценки рисков для каждой сферы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="z140"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Проверяемые субъекты (объекты), отнесенные ко второй группе, могут быть переведены в третью группу в случаях и порядке, которые установлены законами Республики Казахстан, если такие проверяемые субъекты заключили договоры страхования гражданско-правовой ответственности перед третьими лицами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 13 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z2817" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015); с изменениями, внесенными Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z691" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 432-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="z743" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14. Ведомственный учет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Регулирующие государственные органы разрабатывают и утверждают акты, касающиеся форм обязательной ведомственной отчетности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формы обязательной ведомственной отчетности по вопросам проверок проверяемых субъектов (объектов) и иных форм контроля и надзора с посещением утверждаются совместным актом руководителей регулирующего государственного органа, уполномоченного органа по предпринимательству и уполномоченного органа по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="z141"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Органы контроля и надзора на постоянной и непрерывной основе обязаны вести ведомственный учет количества проверок проверяемых субъектов (объектов) и иных форм контроля и надзора с посещением, а также выявленных нарушений в соответствии с проверочными листами и принятых к ним мер административного воздействия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Сводные данные ведомственной отчетности ежемесячно публикуются на официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центральных и местных исполнительных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сводные данные ведомственной отчетности по проверкам, осуществляемым органами государственных доходов в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="z6441" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, публикуются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официальном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регулирующего государственного органа ежеквартально.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="131" w:name="z142"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. По иным формам государственного контроля, осуществляемым в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="z4180" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс), ведомственный учет не ведется.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 14 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z2817" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Проверочные листы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Для однородных групп проверяемых субъектов (объектов) регулирующие государственные органы в пределах своей компетенции утверждают проверочные листы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формы проверочных листов </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждаются</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместным актом регулирующих государственных органов и уполномоченного органа по предпринимательству и публикуются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="z143"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Проверочный ли</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст вкл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ючает в себя только те требования к деятельности проверяемых субъектов, несоблюдение которых влечет за собой угрозу жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="z144"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Проверке подлежат требования, установленные в проверочных листах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 15 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="z2817" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 16. Виды проверок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Проверки делятся на следующие виды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проверки, проводимые по особому порядку на основе степени риска;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выборочные;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) внеплановые.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Проверка, проводимая по особому порядку, – проверка, назначаемая органом контроля и надзора на основе оценки степени риска в отношении конкретного проверяемого субъекта (объекта) с целью предупреждения и (или) устранения непосредственной угрозы жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Выборочная проверка – проверка, назначаемая органом контроля и надзора в отношении конкретного проверяемого субъекта (объекта) на основе оценки степени риска, по результатам анализа отчетности, результатов иных форм контроля с целью предупреждения и (или) устранения непосредственной угрозы жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внеплановая проверка – проверка, назначаемая органом контроля и надзора по конкретным фактам и обстоятельствам, послужившим основанием назначения проверки, в отношении конкретного проверяемого субъекта (объекта), с целью предупреждения и (или) устранения непосредственной угрозы жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="z179"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="z2873" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="z181"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. По объему проверки подразделяются на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) комплексные;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) тематические.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Комплексная проверка – проверка деятельности проверяемого субъекта (объекта) по комплексу вопросов соблюдения требований, установленных законодательством Республики Казахстан, в соответствии со статьей 5 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Тематическая проверка – проверка деятельности проверяемого субъекта (объекта) по отдельным вопросам соблюдения требований, установленных законодательством Республики Казахстан, в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="z196"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="137" w:name="z197"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="z199"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="139" w:name="z532"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="z200"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Основаниями внеплановой проверки проверяемых субъектов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="z201"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) контроль исполнения предписаний (постановлений, представлений, уведомлений) об устранении выявленных нарушений в результате проверки и по результатам иных форм контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="z202"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) обращения физических и юридических лиц по конкретным </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фактам о возникновении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства, за исключением обращений физических и юридических лиц (потребителей), права которых нарушены, и обращений государственных органов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-1) обращения физических и юридических лиц по конкретным фактам о причинении вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства, за исключением обращений физических и юридических лиц (потребителей), права которых нарушены, и обращений государственных органов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-2) обращения физических и юридических лиц (потребителей), права которых нарушены;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-3) поручения органов прокуратуры по конкретным фактам причинения либо угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-4) обращения государственных органов по конкретным фактам причинения либо угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="z203"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) встречная проверка в отношении третьих лиц, с которыми проверяемый субъект имел гражданско-правовые отношения, с целью получения необходимой для осуществления проверки информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="144" w:name="z204"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="z2889" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="145" w:name="z205"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="z2889" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="z206"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) повторная проверка, связанная с обращением проверяемого субъекта о несогласии с первоначальной проверкой;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="z207"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) поручение органа уголовного преследования по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="z2168" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Уголовно-процессуальным </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="148" w:name="z208"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) обращения налогоплательщика, сведения и вопросы, определенные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z6443" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 627</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Налогового кодекса Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="z171"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) подача проверяемым субъектом уведомления о начале осуществления деятельности или определенных действий в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «Об административных процедурах»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="150" w:name="z150"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) результаты отбора и санитарно-эпидемиологической экспертизы продукции в случаях </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выявления нарушений требований законодательства Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан в сфере санитарно-эпидемиологического </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>благополучия населения, гигиенических нормативов и технических регламентов, представляющих опасность для жизни, здоровья человека и среды его обитания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="z209"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="z210"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Внеплановой проверке подлежат факты и обстоятельства, выявленные в отношении конкретных субъектов частного предпринимательства и послужившие основанием для назначения данной внеплановой проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="153" w:name="z211"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий проводится внеплановая проверка объектов без предварительного уведомления и регистрации акта о назначении проверки с последующим его представлением в течение следующего рабочего дня в уполномоченный орган по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="154" w:name="z172"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10-1.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внеплановые проверки по вопросам производства (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формуляции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), транспортировки, хранения, реализации и применения фальсифицированных пестицидов (ядохимикатов), а также производства, закупки, транспортировки, хранения, реализации фальсифицированных лекарственных средств, изделий медицинского назначения и медицинской техники проводятся без предварительного уведомления проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="155" w:name="z212"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае выявления оснований для проведения внеплановой проверки на объектах или у субъектов, находящихся на значительном отдалении от места расположения органов контроля и надзора и уполномоченного органа по правовой статистике и специальным учетам, внеплановая проверка осуществляется без предварительного уведомления и регистрации акта о назначении проверки с последующим его представлением в течение следующих пяти рабочих дней в уполномоченный орган по правовой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="156" w:name="z502"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Значительным отдалением от места расположения контролирующих и регистрирующих органов считается расстояние, превышающее сто километров от места регистрации акта о назначении проверки до места ее проведения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="z213"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Перечисленные основания для проведения плановой и внеплановой проверки применяются в отношении структурных подразделений государственных органов, юридических лиц, структурных подразделений юридических лиц-нерезидентов, юридических лиц-нерезидентов, осуществляющих деятельность без регистрации в органах юстиции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="158" w:name="z214"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Запрещается проведение иных видов проверок, не установленных настоящим Законом, за исключением проверок, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z6441" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 16 с изменениями, внесенными законами РК от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:anchor="z916" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011); от 21.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 19-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2013); от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:anchor="z679" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:anchor="z717" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.12.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:anchor="z3159" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 61-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2013); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:anchor="z357" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:anchor="z395" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:anchor="z504" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 04.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:anchor="z224" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 233-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:anchor="z2864" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015); от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:anchor="z572" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 376-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 17. Акт о назначении проверок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Проверка проводится на основании акта о назначении проверки государственным органом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="159" w:name="z217"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В акте о назначении проверки указываются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="160" w:name="z218"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) номер и дата акта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="161" w:name="z219"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) наименование государственного органа;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="162" w:name="z220"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) фамилия, имя, отчество (при его наличии) и должность лица (лиц), уполномоченного на проведение проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="163" w:name="z221"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="164" w:name="z222"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      До 1 января 2013 года в подпункте 5) слова "идентификационный номер" считать словами "регистрационный номер налогоплательщика" (см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:anchor="z379" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) наименование проверяемого субъекта или фамилия, имя, отчество (при его наличии) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, участок территории.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="165" w:name="z223"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае проверки филиала и (или) представительства юридического лица в акте о назначении проверки указываются его наименование и место нахождения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="166" w:name="z224"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) предмет назначенной проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="167" w:name="z225"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) срок проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="168" w:name="z226"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) правовые основания проведения проверки, в том числе нормативные правовые акты, обязательные требования которых подлежат проверке;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="169" w:name="z227"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) проверяемый период;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="170" w:name="z228"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) права и обязанности проверяемого субъекта, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:anchor="z335" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="z229"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) подпись лица, уполномоченного подписывать акты, и печать государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18. Регистрация акта о назначении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акт о назначении проверки, за исключением внеплановых проверок по соблюдению требований в области безопасности и охраны труда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственной инспекции труда в случае возникновения угрозы жизни и здоровью работников, встречных проверок, осуществляемых органами государственных доходов в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:anchor="z6481" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, в обязательном порядке регистрируется в уполномоченном органе по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Регистрация акта о назначении проверок носит учетный характер и используется для формирования и совершенствования ведомственных систем управления рисками.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Наличие регистрации акта о назначении проверки не является доказательством законности такой проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Общие сведения об </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о назначении внеплановых проверок по соблюдению требований в области безопасности и охраны труда государственной инспекции труда в случае возникновения угрозы жизни и здоровью работников, встречных проверок, осуществляемых органами государственных доходов, в разрезе субъектов частного предпринимательства ежеквартально передаются в уполномоченный орган по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="172" w:name="z235"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Акт о назначении проверки органом контроля и надзора регистрируется до начала проверки в уполномоченном органе по правовой статистике и специальным учетам путем его представления территориальному подразделению уполномоченного органа по правовой статистике и специальным учетам по месту нахождения проверяемого субъекта, в том числе в электронном формате.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="173" w:name="z236"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порядок регистрации актов о назначении проверки, уведомлений о приостановлении, возобновлении, продлении сроков проверки, об изменении состава участников и представлении информационных учетных документов о проверке и ее результатах </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>определяется</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Генеральной прокуратурой Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="174" w:name="z237"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае, когда необходимость проверки вызвана сложившейся социально-экономической ситуацией, требующей немедленного устранения угрозы общественному порядку, здоровью населения и национальным интересам Республики Казахстан, а также при проведении проверки во внеурочное время (ночное, выходные или праздничные дни) в силу необходимости пресечения нарушений непосредственно в момент их совершения и проведения неотложных действий для закрепления доказательств, регистрация актов о назначении проверок производится в уполномоченном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по правовой статистике и специальным учетам в течение следующего рабочего дня после начала проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18 с изменениями, внесенными законами РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:anchor="z682" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 27.06.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:anchor="z614" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 212-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:anchor="z396" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11-бап. Реттеуші мемлекеттік органдар мен бақылау</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Статья 19. Порядок проведения проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Орган контроля и надзора обязан известить в письменном виде проверяемого субъекта о начале проведения проверки по особому порядку проведения проверок на основе оценки степени риска, выборочной проверки не менее чем за тридцать календарных дней до начала самой проверки с указанием сроков и предмета проведения проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При проведении внеплановой проверки, за исключением случаев, предусмотренных подпунктами 2), 3), 7) и 8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:anchor="z211" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктами 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:anchor="z172" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона, орган контроля и надзора обязан известить проверяемый субъект о начале проведения внеплановой проверки не менее чем за сутки до начала самой проверки с указанием предмета проведения проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="175" w:name="z145"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверки по особому порядку проведения проверок на основе оценки степени риска, выборочные и внеплановые проверки осуществляются в рабочее время проверяемого субъекта (объекта), установленное правилами внутреннего трудового распорядка, если иное не установлено частью второй настоящего пункта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внеплановая проверка может проводиться во внеурочное время (ночное, выходные или праздничные дни) в случаях необходимости пресечения нарушений непосредственно в момент их совершения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="176" w:name="z241"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Должностные лица государственных органов, прибывшие для проверки на объект, обязаны предъявить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="177" w:name="z242"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) акт о назначении проверки с отметкой о регистрации в уполномоченном органе по правовой статистике и специальным учетам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="178" w:name="z243"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) служебное удостоверение;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="179" w:name="z244"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) при необходимости разрешение компетентного органа на посещение режимных объектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="180" w:name="z245"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) медицинский допуск, наличие которого необходимо для посещения объектов, выданный в порядке, установленном уполномоченным органом в области здравоохранения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="181" w:name="z246"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) проверочный лист.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="182" w:name="z247"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Началом проведения проверки считается дата вручения проверяемому субъекту акта о назначении проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="183" w:name="z248"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. В случае отказа в принятии акта о назначении проверки или воспрепятствования доступу должностного лица органа контроля и надзора, осуществляющего проверку, к материалам, необходимым для проведения проверки, составляется протокол. Протокол подписывается должностным лицом органа контроля и надзора, осуществляющим проверку, и уполномоченным лицом проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="184" w:name="z249"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченное лицо проверяемого субъекта вправе отказаться от подписания протокола, дав письменное объяснение о причине отказа. Отказ от получения акта о назначении проверки не является основанием для отмены проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="185" w:name="z250"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Проверка может проводиться только тем должностным лицом (лицами), которое указано в акте о назначении проверки. При этом состав </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>должностных лиц, проводящих проверку, может изменяться по решению органа контроля и надзора, о чем уведомляются проверяемый субъект и орган по правовой статистике и специальным учетам до начала участия в проверке лиц, не указанных в акте о назначении проверки, с указанием причины замены.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="186" w:name="z146"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. При необходимости одновременного проведения проверки проверяемого субъекта (объекта) несколькими органами контроля и надзора каждый из данных органов обязан оформить акт о назначении проверки и зарегистрировать его в уполномоченном органе по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При необходимости одновременного проведения проверки нескольких проверяемых субъектов (объектов) по одному и тому же кругу вопросов одним органом контроля и надзора данный орган обязан оформить акт о назначении проверки на каждого проверяемого субъекта (объекта) и зарегистрировать его в уполномоченном органе по правовой статистике и специальным учетам, за исключением налоговой проверки, проводимой по вопросам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) постановки на регистрационный учет в налоговых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) наличия контрольно-кассовых машин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) наличия и подлинности акцизных и учетно-контрольных марок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) наличия и подлинности сопроводительных накладных на алкогольную продукцию, нефтепродукты и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>биотопливо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) наличия лицензии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) наличия оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 19 с изменениями, внесенными законами РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:anchor="z685" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:anchor="z2890" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>және қадағалау органдарының құзыреті</w:t>
+        <w:t>Статья 20. Срок проведения проверки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...179 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Срок проведения проверки устанавливается с учетом объема предстоящих работ, а также поставленных задач и не должен превышать для субъектов микропредпринимательства – пять рабочих дней, для субъектов малого, среднего и крупного предпринимательства, а также для проверяемых субъектов, не являющихся субъектами частного предпринимательства, – тридцать рабочих дней, за исключением отдельных случаев при проведении налоговой проверки, предусмотренных налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId139" w:anchor="z6512" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, а также проверок, проводимых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в области санитарно-эпидемиологического контроля, ветеринарии, карантина и защиты растений, семеноводства, зернового и хлопкового рынка, соблюдения трудового законодательства Республики Казахстан в части безопасности и охраны труда на строительных объектах, для которых с учетом отраслевой особенности установлены следующие сроки проведения проверок:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) проверки в области санитарно-эпидемиологического контроля – до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>пятнадцати рабочих дней и с продлением до пятнадцати рабочих дней;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в области ветеринарии, карантина и защиты растений, семеноводства, зернового и хлопкового рынка – не более пяти рабочих дней и с продлением до пяти рабочих дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в области соблюдения трудового законодательства Республики Казахстан в части безопасности и охраны труда на строительных объектах с учетом их технической сложности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      относящихся к технически сложным объектам – не более пяти рабочих дней и с продлением до пяти рабочих дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      не относящихся к технически сложным объектам – не более 4 часов рабочего дня и с продлением до 8 часов рабочего дня</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="187" w:name="z255"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ри необходимости проведения специальных исследований, испытаний, экспертиз, а также в связи со значительным объемом проверки срок проведения проверки может быть продлен только один раз руководителем органа контроля и надзора (либо лицом, его замещающим) на срок не более тридцати рабочих дней, за исключением отдельных случаев при проведении налоговой проверки, предусмотренных налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:anchor="z6514" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, и случаев, предусмотренных настоящим пунктом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="188" w:name="z256"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случае продления сроков проверки государственный орган в обязательном порядке оформляет дополнительный акт о продлении проверки с регистрацией в уполномоченном органе по правовой статистике и специальным учетам, в котором указываются номер и дата регистрации предыдущего акта о назначении проверки и причина продления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="189" w:name="z257"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Проверка может быть приостановлена один раз на срок не более одного месяца.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="190" w:name="z258"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случаях необходимости получения сведений и документов от иностранных государств, имеющих существенное значение в рамках проводимой проверки, проведения специальных исследований, испытаний, экспертиз на сроки свыше указанных настоящей статьей, срок проведения проверки приостанавливается до их получения либо выполнения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="191" w:name="z259"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уведомление проверяемого субъекта о приостановлении либо возобновлении проверки производится за один день до приостановления либо возобновления проверки с уведомлением уполномоченного органа по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="192" w:name="z260"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При приостановлении или возобновлении проверки выносится акт о приостановлении либо возобновлении проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="193" w:name="z261"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Исчисление срока проведения приостановленной проверки продолжается со дня ее возобновления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="194" w:name="z262"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Повторное проведение проверки проверяемого субъекта, по которому проверка была приостановлена и не возобновлена в установленные в настоящей статье сроки, не допускается.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="195" w:name="z263"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Особенности порядка и сроки проведения, продления и приостановления проверок, осуществляемых органами государственных доходов, определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId141" w:anchor="z6504" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 11-бап жаңа редакцияда - ҚР 29.12.2014 </w:t>
-[...8 lines deleted...]
-            <w:szCs w:val="20"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Статья 20 с изменениями, внесенными законами РК от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:anchor="z397" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:anchor="z2908" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 21. Порядок отбора образцов продукции для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экспертизы (анализа, испытания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Отбор образцов продукции для проведения контроля и надзора, в том числе количество отбираемых образцов, определяется в соответствии с требованиями нормативных правовых актов и нормативных документов Республики Казахстан на продукцию и методы испытаний продукции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="196" w:name="z266"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Отбор образцов продукции производится должностным лицом органа контроля и надзора в присутствии руководителя или представителя проверяемого субъекта и уполномоченного лица проверяемого субъекта и удостоверяется актом отбора образцов продукции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="197" w:name="z267"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Отобранные образцы продукции должны быть укомплектованы, упакованы и опломбированы (опечатаны).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="198" w:name="z268"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Акт отбора образцов продукции составляется в трех экземплярах. Все экземпляры акта подписываются должностным лицом, отобравшим образцы продукции, и руководителем либо представителем проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="199" w:name="z269"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Один экземпляр акта отбора вместе с направлением и образцами продукции, отобранными должным образом, направляется в организацию, уполномоченную законодательством Республики Казахстан для проведения экспертизы (анализа, испытания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="200" w:name="z270"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Второй экземпляр акта отбора образцов продукции остается у проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="201" w:name="z271"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Третий экземпляр акта отбора образцов продукции хранится у должностного лица органа контроля и надзора, осуществившего отбор образцов продукции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="202" w:name="z272"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Условия хранения и транспортировки отобранных образцов продукции не должны изменять параметров, по которым будет проводиться экспертиза (анализ, испытание) этих образцов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="203" w:name="z273"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Должностное лицо органа контроля и надзора, отбирающее образцы продукции для экспертизы (анализа, испытания), обеспечивает их сохранность и своевременность доставки к месту осуществления экспертизы (анализа, испытания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="204" w:name="z274"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Расходы, связанные с отбором образцов продукции, финансируются за счет бюджетных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="205" w:name="z275"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. В случае подтверждения результатами экспертизы факта нарушения проверяемым субъектом обязательных требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, он обязан возместить расходы по проведению экспертизы в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="206" w:name="z276"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Проверяемый субъект по своей инициативе может провести экспертизу (анализ, испытание) образца, оставшегося у него, в организации, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уполномоченной в соответствии с законодательством Республики Казахстан на проведение экспертизы (анализа, испытания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="207" w:name="z277"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Спор о расхождении результатов экспертизы (анализа, испытания), проведенный органом контроля и надзора и проверяемым субъектом, решается в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 22. Акт отбора образцов продукции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В акте отбора образцов продукции указываются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="208" w:name="z280"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) место и дата составления;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="209" w:name="z281"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) номер и дата решения руководителя органа контроля и надзора, на основании которого осуществляется отбор образцов продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="210" w:name="z282"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) должности, фамилии, имена и отчества должностных лиц, осуществляющих отбор образцов продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="211" w:name="z283"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) наименование и место нахождения проверяемого субъекта, у которого производится отбор образцов продукции;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="212" w:name="z284"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) должность и фамилия, имя, отчество уполномоченного лица проверяемого субъекта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="213" w:name="z285"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) перечень и количество отобранных образцов продукции с указанием производителя, даты производства, серии (номера) партии, общей стоимости образцов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="214" w:name="z286"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) вид упаковки и номер печати (пломбы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 23. Ограничения при проведении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При проведении проверки должностные лица органа контроля и надзора не вправе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="215" w:name="z289"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) проверять выполнение требований, не установленных в проверочных листах данного органа контроля и надзора, а </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если такие требования не относятся к компетенции государственного органа, от имени которого действуют эти должностные лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="216" w:name="z290"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) требовать предоставления документов, информации, образцов продукции, проб обследования объектов окружающей среды и объектов производственной среды, если они не являются объектами проверки или не относятся к предмету проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="217" w:name="z291"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) отбирать образцы продукции, пробы обследования объектов окружающей среды и объектов производственной среды для проведения их исследований, испытаний, измерений без оформления протоколов об отборе указанных образцов, проб по установленной форме и (или) в количестве, превышающем нормы, установленные национальными стандартами, правилами отбора образцов, проб и методами их исследований, испытаний, измерений, техническими регламентами или действующими до дня их вступления в силу иными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативными техническими документами, правилами и методами исследований, испытаний, измерений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="218" w:name="z292"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) разглашать и (или) распространять информацию, полученную в результате проведения проверки и составляющую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:anchor="z273" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>коммерческую</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId146" w:anchor="z5491" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>налоговую</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="219" w:name="z293"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) превышать установленные сроки проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="220" w:name="z294"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) проводить проверку проверяемого субъекта (объекта), в отношении которого ранее проводилась проверка его вышестоящим (нижестоящим) органом либо иным государственным органом по одному и тому же вопросу за один и тот же период, за исключением случаев, предусмотренных подпунктами 2), 6), 7) и 8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId147" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="221" w:name="z295"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) проводить мероприятия, носящие затратный характер, в целях государственного контроля за счет проверяемых субъектов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 23 с изменениями, внесенными законами РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId148" w:anchor="z229" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 31-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId149" w:anchor="z2916" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 24. Порядок оформления проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. По результатам проверки должностным лицом органа контроля и надзора составляется акт о результатах проверки в двух экземплярах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="222" w:name="z490"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В акте о результатах проверки указываются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="223" w:name="z298"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) дата, время и место составления акта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="224" w:name="z299"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) наименование органа контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="225" w:name="z300"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) дата и номер акта о назначении проверки, на основании которого проведена проверка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="226" w:name="z301"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) фамилия, имя, отчество (при его наличии) и должность лица (лиц), проводившего проверку;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="227" w:name="z302"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) наименование или фамилия, имя, отчество (при его наличии) проверяемого субъекта, должность представителя физического или юридического лица, присутствовавших при проведении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="228" w:name="z303"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) дата, место и период проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="229" w:name="z304"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) сведения о результатах проверки, в том числе о выявленных нарушениях, об их характере;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="230" w:name="z147"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) наименование проверочного листа и пункты требований, по которым выявлены нарушения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="231" w:name="z305"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) сведения об ознакомлении или об отказе в ознакомлении с актом представителя проверяемого субъекта, а также лиц, присутствовавших при проведении проверки, их подписи или отказ от подписи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="232" w:name="z306"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) подпись должностного лица (лиц), проводившего проверку.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="233" w:name="z307"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К акту о результатах проверки прилагаются при их наличии акты об отборе образцов (проб) продукции, обследовании объектов окружающей среды, протоколы (заключения) проведенных исследований (испытаний) и экспертиз и другие документы или их копии, связанные с результатами проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="234" w:name="z308"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В случае наличия замечаний и (или) возражений по результатам проверки руководитель юридического лица или физическое лицо либо их представители излагают их в письменном виде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="235" w:name="z309"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Замечания и (или) возражения прилагаются к акту о результатах проведения проверки, о чем делается соответствующая отметка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="236" w:name="z310"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Один экземпляр акта о результатах проверки с копиями приложений, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>за исключением копий документов, имеющихся в оригинале у проверяемого субъекта, вручается руководителю юридического лица или физическому лицу либо их представителям для ознакомления и принятия мер по устранению выявленных нарушений и других действий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="237" w:name="z311"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По выявленным в результате проверки нарушениям, в случае необходимости дополнительных временных и (или) финансовых затрат, проверяемый субъект вправе не позднее трех рабочих дней при отсутствии возражений предоставить информацию о мерах, которые будут приняты по устранению выявленных нарушений, с указанием сроков, которые согласовываются с руководителем органа контроля и надзора, проводившего проверку, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="238" w:name="z312"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверяемые субъекты имеют право вести книгу учета посещений и проверок. Должностные лица органов контроля и надзора обязаны в книге учета посещений и проверок проверяемых субъектов произвести запись о проводимых действиях с указанием фамилий, должностей и данных, изложенных в акте.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="239" w:name="z313"/>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Изъятие и выемка подлинных бухгалтерских и иных документов запрещаются.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="240" w:name="z314"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Изъятие и выемка подлинных документов производятся в соответствии с нормами </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId150" w:anchor="z2113" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Уголовно-процессуального </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кодекса</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан, а также в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId151" w:anchor="z2760" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="241" w:name="z315"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. В случае отсутствия нарушений требований, установленных законодательством Республики Казахстан в соответствии со статьей 5 настоящего Закона, при проведении проверки в акте о результатах проверки производится соответствующая запись.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="242" w:name="z316"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Завершением срока проверки считается день вручения проверяемому субъекту акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 24 с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId152" w:anchor="z924" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId153" w:anchor="z2919" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25. Меры, принимаемые должностными лицами органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля и надзора по фактам нарушений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выявленных при проведении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если в результате проведения проверки будет выявлен факт нарушений проверяемым субъектом требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId154" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, должностное лицо (лица) органа контроля и надзора в пределах полномочий, предусмотренных законодательством Республики Казахстан, обязано принять предусмотренные законами Республики Казахстан меры по устранению выявленных нарушений, их предупреждению, предотвращению возможного причинения вреда жизни, здоровью людей и окружающей среде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, законным интересам физических и юридических лиц, а также меры </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="243" w:name="z319"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При принятии мер запретительно-ограничительного характера в отношении проверяемого субъекта орган контроля и надзора в случаях и в порядке, определяемых законами Республики Казахстан, уведомляет прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 26. Права и обязанности должностных лиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных органов при осуществлении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля и надзора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Должностные лица государственных органов при проведении контроля и надзора за проверяемыми субъектами имеют право:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="244" w:name="z322"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) беспрепятственного доступа на территорию и в помещения проверяемого объекта при предъявлении документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId155" w:anchor="z241" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 19 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="245" w:name="z323"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с задачами и предметом проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="246" w:name="z324"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) привлекать специалистов, консультантов и экспертов государственных органов и подведомственных организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="247" w:name="z325"/>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Должностным лицам органов контроля и надзора, осуществляющим проверку, запрещается предъявлять требования и обращаться с просьбами, не относящимися к предмету проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="248" w:name="z326"/>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Должностные лица органов контроля и надзора при проведении контроля и надзора обязаны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="249" w:name="z327"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) соблюдать законодательство Республики Казахстан, права и законные интересы проверяемых субъектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="250" w:name="z328"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) проводить проверки на основании и в строгом соответствии с порядком, установленным настоящим Законом и (или) иными законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="251" w:name="z329"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) не препятствовать установленному режиму работы проверяемых субъектов в период проведения проверки;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="252" w:name="z330"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) своевременно и в полной мере исполнять предоставленные в соответствии с законами Республики Казахстан полномочия по предупреждению, выявлению и пресечению нарушений требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId156" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="253" w:name="z331"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>препятствовать проверяемому субъекту присутствовать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при проведении проверки, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="254" w:name="z332"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) предоставлять проверяемому субъекту необходимую информацию, относящуюся к предмету проверки при ее проведении;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="255" w:name="z333"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) вручить проверяемому субъекту акт о результатах проведенной проверки в день ее окончания либо в порядке и сроки, установленные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId157" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан «О Национальном Банке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Республики Казахстан»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="256" w:name="z334"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) обеспечить сохранность полученных документов и сведений, полученных в результате проведения проверки.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 26 с изменениями, внесенными Законом РК от 05.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId158" w:anchor="z567" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 30-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 27. Права и обязанности проверяемого субъекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>либо его уполномоченного представителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при проведении контроля и надзора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок статьи 27 в редакции Закона РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId159" w:anchor="z2924" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проверяемые субъекты либо их уполномоченные представители при проведении контроля и надзора вправе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="257" w:name="z337"/>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) не допускать к проверке должностных лиц органов контроля и надзора, прибывших для проведения проверки на объект, в случаях:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="258" w:name="z338"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      несоблюдения временных интервалов по отношению к предшествующей проверке при назначении плановой проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="259" w:name="z339"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным настоящим Законом;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="260" w:name="z340"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      назначения органом контроля и надзора проверки проверяемого субъекта (объекта), в отношении которого ранее проводилась проверка, по одному и тому же вопросу за один и тот же период, за исключением случаев, предусмотренных подпунктами 2), 6), 7) и 8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId160" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="261" w:name="z341"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      назначения внеплановой проверки в соответствии с подпунктом 1) пункта 7 статьи 16 настоящего Закона, если предшествующей проверкой не были выявлены нарушения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="262" w:name="z342"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      отсутствия информации и документов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId161" w:anchor="z138" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьями 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId162" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId163" w:anchor="z166" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и пунктом 1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId164" w:anchor="z230" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="263" w:name="z343"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>назначения проверки за период, выходящий за рамки промежутка времени, указанного в заявлении или сообщении о совершенных либо готовящихся уголовных правонарушениях, в иных обращениях о нарушениях прав и законных интересов физических, юридических лиц и государства, если иное не предусмотрено </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId165" w:anchor="z6580" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="264" w:name="z344"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      поручения проведения проверки лицам, не имеющим на то соответствующих полномочий;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="265" w:name="z345"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      указания в одном акте о назначении проверки нескольких проверяемых субъектов, подвергаемых проверке, за исключением случаев, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId166" w:anchor="z181" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="266" w:name="z346"/>
+      <w:bookmarkEnd w:id="266"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      продления сроков проверки свыше срока, установленного настоящим Законом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="267" w:name="z528"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      грубых нарушений требований настоящего Закона в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId167" w:anchor="z365" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 28 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="268" w:name="z347"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) не представлять сведения, если они не относятся к предмету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проводимой проверки или не относятся к периоду, указанному в акте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="269" w:name="z348"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обжаловать акт о назначении проверки, акт о результатах проверки и действия (бездействие) должностных лиц государственных органов в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId168" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="270" w:name="z349"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) не исполнять не основанные на законе запреты органов контроля и надзора или должностных лиц, ограничивающие деятельность проверяемых субъектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="271" w:name="z350"/>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) фиксировать процесс осуществления проверки, а также отдельные действия должностного лица, проводимые им в рамках проверки, с помощью средств аудио- и видеотехники, не создавая препятствий деятельности должностного лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="272" w:name="z351"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) привлекать третьих лиц к участию в проверке в целях представления своих интересов и прав, а также осуществления третьими лицами действий, предусмотренных подпунктом 5) пункта 1 настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="273" w:name="z352"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Проверяемые субъекты либо их уполномоченные представители при проведении органами контроля и надзора проверок и иных форм контроля и надзора с посещением проверяемого объекта обязаны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="274" w:name="z353"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обеспечить беспрепятственный доступ должностных лиц органов контроля и надзора на территорию и в помещения проверяемого субъекта при соблюдении требований пункта 1 статьи 18 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="275" w:name="z354"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) с соблюдением требований по охране коммерческой, налоговой либо иной тайны представлять должностным лицам органов контроля и надзора документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с задачами и предметом проверки;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="276" w:name="z355"/>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) сделать отметку о получении на втором экземпляре акта о назначении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="277" w:name="z356"/>
+      <w:bookmarkEnd w:id="277"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) сделать отметку о получении на втором экземпляре акта о результатах проведенной проверки в день ее окончания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="278" w:name="z357"/>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) не допускать внесения изменений и дополнений в проверяемые документы в период осуществления проверки, если иное не предусмотрено настоящим Законом либо иными законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="279" w:name="z358"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) обеспечить безопасность лиц, прибывших для проведения проверки на объект, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) в случае получения уведомления находиться на месте нахождения проверяемого объекта в назначенные сроки проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 27 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId169" w:anchor="z686" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId170" w:anchor="z247" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 227-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId171" w:anchor="z2924" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 28. Недействительность проверки, проведенной с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>грубым нарушением требований настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Проверка признается недействительной, если проведенная органом контроля и надзора проверка была осуществлена с грубым нарушением требований к организации и проведению проверок, установленных настоящим Законом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="280" w:name="z361"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Акт признанной недействительной проверки не может являться доказательством нарушения проверяемыми субъектами требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId172" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="281" w:name="z362"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Признание проверки недействительной является основанием для отмены вышестоящим государственным органом или судом акта данной проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="282" w:name="z363"/>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Рассмотрение вышестоящим государственным органом заявления проверяемого субъекта об отмене акта в связи с недействительностью проверки осуществляется в течение десяти рабочих дней с момента подачи заявления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="283" w:name="z364"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нарушение установленного срока рассмотрения такого заявления решается в пользу проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="284" w:name="z365"/>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К грубым нарушениям требований настоящего Закона относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="285" w:name="z366"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) отсутствие оснований проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="286" w:name="z367"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) отсутствие акта о назначении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="287" w:name="z368"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) несоблюдение сроков уведомления о проведении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="288" w:name="z369"/>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) нарушение требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId173" w:anchor="z287" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="289" w:name="z370"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) нарушение временного интервала по отношению к предшествующей проверке при назначении плановой проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="290" w:name="z371"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) непредставление проверяемому субъекту акта о назначении проверки;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="291" w:name="z372"/>
+      <w:bookmarkEnd w:id="291"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) назначение государственными органами проверок по вопросам, не входящим в их компетенцию;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="292" w:name="z518"/>
+      <w:bookmarkEnd w:id="292"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) проведение проверки без </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId174" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>регистрации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> акта о назначении проверки в органах по правовой статистике и специальным учетам, когда такая регистрация обязательна.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 28 с изменениями, внесенными Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId175" w:anchor="z687" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 29. Порядок обжалования решений, действий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(бездействия) органов контроля и надзора и их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должностных лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В случае нарушения прав и законных интересов проверяемых субъектов при осуществлении контроля и надзора проверяемый субъе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кт впр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аве обжаловать действия (бездействие) соответствующего органа контроля и надзора и (или) должностного лица в вышестоящий государственный орган либо в суд в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId176" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="293" w:name="z375"/>
+      <w:bookmarkEnd w:id="293"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Обжалование действий (бездействия) государственных органов, связанных с расследованием уголовного дела, проверяемым субъектом осуществляется в порядке, установленном уголовно-процессуальным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId177" w:anchor="z995" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 29 с изменениями, внесенными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК от 04.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId178" w:anchor="z225" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 233-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-        <w:t>2-тарау. ТЕКСЕРУЛЕРДІ ҰЙЫМДАСТЫРУ ЖӘНЕ ЖҮРГІЗУ ТӘРТІБІ</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>12-бап. Тексерулердің жалпы мәселелері</w:t>
-[...1698 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Статья 30. Ответственность за нарушение законодательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>13-бап. Тексерілетін субъектілерді (объектілерді)</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Республики Казахстан в сфере контроля и надзора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нарушение законодательства Республики Казахстан в сфере контроля и надзора влечет ответственность, установленную </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId179" w:anchor="z562" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>топтарға бөлу</w:t>
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...587 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="294" w:name="z381"/>
+      <w:bookmarkEnd w:id="294"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. До 1 января 2013 года в подпункте 5) пункта 2 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId180" w:anchor="z215" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона слова "идентификационный номер" считать словами "регистрационный номер налогоплательщика".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 13-бап жаңа редакцияда - ҚР 29.12.2014 </w:t>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:t>Сноска. Статья 31 с изменением, внесенным Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId181" w:anchor="z170" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 538-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 03.12.2015 </w:t>
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>(вводится в действие с 01.01.2012).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t>Президент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н. Назарбаев</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...22 lines deleted...]
-        <w:t>14-бап. Ведомстволық есепке алу</w:t>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Закону Республики Казахстан  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"О государственном контроле   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и надзоре в Республике Казахстан"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 6 января 2011 года № 377-IV</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7862 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-        <w:t>3-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Сферы деятельности субъектов частного предпринимательства, в которых осуществляется государственный контроль и надзор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Приложение с изменениями, внесенными законами РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId182" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 21.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId183" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 470-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId184" w:anchor="z925" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 06.01.2012  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId185" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 529-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении 21 календарного дня после его первого официального опубликования); от 09.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId186" w:anchor="z100" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 533-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении 10 календарных дней после его первого официального опубликования); от 13.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId187" w:anchor="z211" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 542-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шести месяцев после его первого официального опубликования); от 25.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId188" w:anchor="z640" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 548-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 18.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId189" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 546-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 22.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId190" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 21-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId191" w:anchor="z688" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>первого официального опубликования); от 26.11.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId192" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 57-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId193" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId194" w:anchor="z196" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 106-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2014);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId195" w:anchor="z358" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId196" w:anchor="z535" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 132-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.03.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId197" w:anchor="z512" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 177-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 11.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId198" w:anchor="z189" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 189-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId199" w:anchor="z233" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 23.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId200" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 200-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId201" w:anchor="z505" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId202" w:anchor="z190" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 206-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId203" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2015); от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId204" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 270-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1A98" w:rsidRPr="002C1A98" w:rsidRDefault="002C1A98" w:rsidP="002C1A98">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственный контроль осуществляется:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="295" w:name="z385"/>
+      <w:bookmarkEnd w:id="295"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId205" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>электроэнергетики</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="296" w:name="z508"/>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId206" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>энергосбережения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и повышения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>энергоэффективности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="297" w:name="z386"/>
+      <w:bookmarkEnd w:id="297"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) за соблюдением выполнения условий </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId207" w:anchor="z1051" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контрактов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в области недропользования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="298" w:name="z387"/>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId208" w:anchor="z1762" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>изучения и использования недр</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="299" w:name="z388"/>
+      <w:bookmarkEnd w:id="299"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId209" w:anchor="z689" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="300" w:name="z507"/>
+      <w:bookmarkEnd w:id="300"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-1) в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId210" w:anchor="z462" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>газа и газоснабжения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="301" w:name="z389"/>
+      <w:bookmarkEnd w:id="301"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId211" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>радиационной безопасности населения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="302" w:name="z390"/>
+      <w:bookmarkEnd w:id="302"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) в области проведения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId212" w:anchor="z1418" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нефтяных операций</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="303" w:name="z391"/>
+      <w:bookmarkEnd w:id="303"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) за производством и оборотом </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId213" w:anchor="z139" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>отдельных видов нефтепродуктов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="304" w:name="z392"/>
+      <w:bookmarkEnd w:id="304"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId214" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>атомной энергии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="305" w:name="z393"/>
+      <w:bookmarkEnd w:id="305"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId215" w:anchor="z94" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>автомобильного транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="306" w:name="z394"/>
+      <w:bookmarkEnd w:id="306"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId216" w:anchor="z737" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>железнодорожного транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="307" w:name="z395"/>
+      <w:bookmarkEnd w:id="307"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) в области обязательного страхования гражданско-правовой ответственности </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId217" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">владельцев транспортных </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId218" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>перевозчика</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> перед пассажирами на пунктах пропуска через Государственную границу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="308" w:name="z396"/>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId219" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="309" w:name="z1312"/>
+      <w:bookmarkEnd w:id="309"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-1) в области торгового мореплавания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="310" w:name="z1313"/>
+      <w:bookmarkEnd w:id="310"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-2) в области внутреннего водного транспорта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="311" w:name="z397"/>
+      <w:bookmarkEnd w:id="311"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId220" w:anchor="z50" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>экспортного контроля</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на предотгрузочном этапе и (или) конечного использования продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="312" w:name="z398"/>
+      <w:bookmarkEnd w:id="312"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      14) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId221" w:anchor="z256" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>технического регулирования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="313" w:name="z399"/>
+      <w:bookmarkEnd w:id="313"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15) за соблюдением законодательства Республики Казахстан об </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId222" w:anchor="z294" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>аккредитации в области оценки соответствия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="314" w:name="z400"/>
+      <w:bookmarkEnd w:id="314"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId223" w:anchor="z45" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>метрологии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="315" w:name="z401"/>
+      <w:bookmarkEnd w:id="315"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) в сфере управления жилищным фондом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="316" w:name="z402"/>
+      <w:bookmarkEnd w:id="316"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId224" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>племенного животноводства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId225" w:anchor="z60" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пчеловодства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="317" w:name="z403"/>
+      <w:bookmarkEnd w:id="317"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) в области охраны, воспроизводства и использования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId226" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>животного мира</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="318" w:name="z404"/>
+      <w:bookmarkEnd w:id="318"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId227" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>семеноводства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="319" w:name="z405"/>
+      <w:bookmarkEnd w:id="319"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) в области регулирования рынка </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId228" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>зерна</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="320" w:name="z406"/>
+      <w:bookmarkEnd w:id="320"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22) в области охраны, защиты, пользования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId229" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лесным фондом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, воспроизводства лесов и лесоразведения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="321" w:name="z407"/>
+      <w:bookmarkEnd w:id="321"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) в области использования и охраны водного фонда Республики Казахстан, безопасности плотин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="322" w:name="z408"/>
+      <w:bookmarkEnd w:id="322"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) в области обязательного страхования в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId230" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>растениеводстве</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="323" w:name="z409"/>
+      <w:bookmarkEnd w:id="323"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) в области особо охраняемых </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId231" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>природных территорий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="324" w:name="z410"/>
+      <w:bookmarkEnd w:id="324"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) в области безопасности и качества </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId232" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>хлопка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="325" w:name="z411"/>
+      <w:bookmarkEnd w:id="325"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) за использованием и охраной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId233" w:anchor="z165" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>земель</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="326" w:name="z412"/>
+      <w:bookmarkEnd w:id="326"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>28) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId234" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>геодезической и картографической деятельностью</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="327" w:name="z413"/>
+      <w:bookmarkEnd w:id="327"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId235" w:anchor="z483" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>охраны окружающей среды</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, воспроизводства и использования природных ресурсов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="328" w:name="z414"/>
+      <w:bookmarkEnd w:id="328"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId236" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="329" w:name="z415"/>
+      <w:bookmarkEnd w:id="329"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId237" w:anchor="z1291" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обращением с отходами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="330" w:name="z416"/>
+      <w:bookmarkEnd w:id="330"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId238" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обязательным экологическим страхованием</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="331" w:name="z417"/>
+      <w:bookmarkEnd w:id="331"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>33) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 11.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId239" w:anchor="z191" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 189-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="332" w:name="z418"/>
+      <w:bookmarkEnd w:id="332"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId240" w:anchor="z249" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>гражданской обороны</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="333" w:name="z419"/>
+      <w:bookmarkEnd w:id="333"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 22.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId241" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 21-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="334" w:name="z420"/>
+      <w:bookmarkEnd w:id="334"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36) в области пожарной безопасности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="335" w:name="z421"/>
+      <w:bookmarkEnd w:id="335"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>37) в области обязательного страхования гражданско-правовой ответственности владельцев объектов, деятельность которых связана с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId242" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>опасностью причинения вреда</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> третьим лицам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="336" w:name="z422"/>
+      <w:bookmarkEnd w:id="336"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38) в сфере обращения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId243" w:anchor="z490" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лекарственных средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, изделий медицинского назначения и медицинской техники;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="337" w:name="z423"/>
+      <w:bookmarkEnd w:id="337"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39) за качеством оказываемых </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId244" w:anchor="z420" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>медицинских</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId245" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальных социальных услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="338" w:name="z424"/>
+      <w:bookmarkEnd w:id="338"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40) за организацией и проведением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId246" w:anchor="z1576" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>профилактических прививок</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> населению против инфекционных заболеваний;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="339" w:name="z425"/>
+      <w:bookmarkEnd w:id="339"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>41) за организацией и проведением мероприятий по профилактике инфекционных заболеваний;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="340" w:name="z426"/>
+      <w:bookmarkEnd w:id="340"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId247" w:anchor="z330" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>системой образования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="341" w:name="z427"/>
+      <w:bookmarkEnd w:id="341"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      43) за соблюдением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId248" w:anchor="z79" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о Национальном архивном фонде и архивах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="342" w:name="z428"/>
+      <w:bookmarkEnd w:id="342"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44) контроль за соблюдением законодательства Республики Казахстан </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId249" w:anchor="z1118" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>о труде</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId250" w:anchor="z1047" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>безопасности и охране труда</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="343" w:name="z429"/>
+      <w:bookmarkEnd w:id="343"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId251" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обязательного страхования работника</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от несчастных случаев при исполнении им трудовых (служебных) обязанностей;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="344" w:name="z430"/>
+      <w:bookmarkEnd w:id="344"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>46) в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId252" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>занятости населения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="345" w:name="z431"/>
+      <w:bookmarkEnd w:id="345"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId253" w:anchor="z227" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>социальной защиты инвалидов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="346" w:name="z432"/>
+      <w:bookmarkEnd w:id="346"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48) в сфере предоставления </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId254" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальных социальных услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="347" w:name="z433"/>
+      <w:bookmarkEnd w:id="347"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId255" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>средствах массовой информации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="348" w:name="z509"/>
+      <w:bookmarkEnd w:id="348"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49-1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId256" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>телерадиовещания</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="349" w:name="z434"/>
+      <w:bookmarkEnd w:id="349"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      50) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId257" w:anchor="z110" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>связи</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="350" w:name="z435"/>
+      <w:bookmarkEnd w:id="350"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId258" w:anchor="z241" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>информатизации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="351" w:name="z436"/>
+      <w:bookmarkEnd w:id="351"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52) за соблюдением законодательства Республики Казахстан об </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId259" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>электронном документе и электронной цифровой подписи</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="352" w:name="z437"/>
+      <w:bookmarkEnd w:id="352"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C90523">
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>53) за поступлением налогов и других обязательных платежей в бюджет, а также полнотой и своевременным перечислением обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд и социальных отчислений в Государственный фонд социального страхования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="353" w:name="z438"/>
+      <w:bookmarkEnd w:id="353"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54) за поступлением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId260" w:anchor="z504" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>неналоговых платежей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в пределах компетенции, установленной законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="354" w:name="z439"/>
+      <w:bookmarkEnd w:id="354"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55) при применении </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId261" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трансфертных цен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="355" w:name="z440"/>
+      <w:bookmarkEnd w:id="355"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>56) за соблюдением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId262" w:anchor="z128" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="356" w:name="z441"/>
+      <w:bookmarkEnd w:id="356"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      57) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>30-бап. Қазақстан Республикасының бақылау және қадағалау</w:t>
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>саласындағы заңнамасын бұзғаны үшiн жауаптылық</w:t>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId263" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="357" w:name="z442"/>
+      <w:bookmarkEnd w:id="357"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      58) за осуществлением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId264" w:anchor="z170" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>валютных операций</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и деятельностью, связанной с использованием валютных ценностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="358" w:name="z443"/>
+      <w:bookmarkEnd w:id="358"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59) за деятельностью финансовых организаций в пределах компетенции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="359" w:name="z529"/>
+      <w:bookmarkEnd w:id="359"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59-1) за деятельностью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/Z1200000056" \l "z221" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>микрофинансовых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="360" w:name="z444"/>
+      <w:bookmarkEnd w:id="360"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>60) за соблюдением законодательства Республики Казахстан по вопросам </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId265" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>платежей и переводов денег</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId266" w:anchor="z232" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вексельного обращения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId267" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>валютного законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="361" w:name="z445"/>
+      <w:bookmarkEnd w:id="361"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      61) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId268" w:anchor="z691" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="362" w:name="z446"/>
+      <w:bookmarkEnd w:id="362"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      62) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId269" w:anchor="z375" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>экономической концентрацией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="363" w:name="z447"/>
+      <w:bookmarkEnd w:id="363"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      63) за соблюдением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId270" w:anchor="z515" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>антимонопольного законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="364" w:name="z448"/>
+      <w:bookmarkEnd w:id="364"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>64) за использованием объектов </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId271" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>авторского права и смежных прав</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId272" w:anchor="z146" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>промышленной собственности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId273" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>селекционных достижений</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId274" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>топологии интегральных микросхем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="365" w:name="z449"/>
+      <w:bookmarkEnd w:id="365"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      65) в области последующего </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId275" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>опубликования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> официальных текстов нормативных правовых актов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="366" w:name="z450"/>
+      <w:bookmarkEnd w:id="366"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      66) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId276" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оценочной деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="367" w:name="z451"/>
+      <w:bookmarkEnd w:id="367"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      67) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId277" w:anchor="z111" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сферах естественных монополий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="368" w:name="z452"/>
+      <w:bookmarkEnd w:id="368"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>68) за соблюдением субъектами регулируемых рынков обязанностей, установленных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId278" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о естественных монополиях и регулируемых рынках, и установленных цен по номенклатуре продукции, товаров и услуг, установленной Правительством Республики Казахстан, на которые вводятся регулируемые государством цены;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="369" w:name="z453"/>
+      <w:bookmarkEnd w:id="369"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      69) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId279" w:anchor="z94" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>государственных закупках</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="370" w:name="z454"/>
+      <w:bookmarkEnd w:id="370"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      70) за обеспечением безопасности дорожного движения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="371" w:name="z455"/>
+      <w:bookmarkEnd w:id="371"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>71) за деятельностью физических и юридических лиц, занятых в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId280" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оборота гражданского и служебного оружия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и патронов к нему, гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="372" w:name="z456"/>
+      <w:bookmarkEnd w:id="372"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      72) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId281" w:anchor="z691" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="373" w:name="z457"/>
+      <w:bookmarkEnd w:id="373"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>73) за соблюдением установленных правил обращения и функционирования взрывчатых и ядовитых веществ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/Z970000093_" \l "z21" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>радиоактивных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материалов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и веществ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="374" w:name="z458"/>
+      <w:bookmarkEnd w:id="374"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      74) за соблюдением правил </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId282" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>привлечения иностранной рабочей силы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="375" w:name="z459"/>
+      <w:bookmarkEnd w:id="375"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId283" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>охранной деятельностью</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="376" w:name="z519"/>
+      <w:bookmarkEnd w:id="376"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75-1) за деятельностью по монтажу, наладке и техническому обслуживанию средств охранной сигнализации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="377" w:name="z1314"/>
+      <w:bookmarkEnd w:id="377"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75-2) за состоянием антитеррористической защиты объектов, уязвимых в террористическом отношении, за исключением объектов Республики Казахстан, охраняемых Вооруженными Силами, другими войсками и воинскими формированиями Республики Казахстан, а также специальными государственными органами, и исполнением их руководителями требований, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId284" w:anchor="z207" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о противодействии терроризму;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="378" w:name="z537"/>
+      <w:bookmarkEnd w:id="378"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>75-3) за деятельностью специализированных учебных центров по подготовке и повышению квалификации работников, занимающих должности руководителя и охранника в частной охранной организации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="379" w:name="z460"/>
+      <w:bookmarkEnd w:id="379"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      76) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId285" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оборотом наркотических средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, психотропных веществ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="380" w:name="z461"/>
+      <w:bookmarkEnd w:id="380"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      77) в области обязательного страхования гражданско-правовой ответственности </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId286" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">владельцев транспортных </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId287" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>перевозчика перед пассажирами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="381" w:name="z462"/>
+      <w:bookmarkEnd w:id="381"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      78) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId288" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>туристской деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="382" w:name="z463"/>
+      <w:bookmarkEnd w:id="382"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>79) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId289" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>аудиторской деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и деятельности профессиональных аудиторских организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="383" w:name="z464"/>
+      <w:bookmarkEnd w:id="383"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      80) за соблюдением законодательства Республики Казахстан об </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId290" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">игорном </w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>бизнесе</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="384" w:name="z465"/>
+      <w:bookmarkEnd w:id="384"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      81) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId291" w:anchor="z150" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>товарных биржах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="385" w:name="z466"/>
+      <w:bookmarkEnd w:id="385"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      82) за исполнением законодательства Республики Казахстан в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId292" w:anchor="z305" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>физической культуры и спорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="386" w:name="z467"/>
+      <w:bookmarkEnd w:id="386"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      83) на предмет соблюдения стандартов, правил и норм по эксплуатации, техническому обслуживанию </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId293" w:anchor="z225" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>спортивных объектов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="387" w:name="z468"/>
+      <w:bookmarkEnd w:id="387"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>84) за проведением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId294" w:anchor="z315" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>антидопинговых мероприятий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в спорте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="388" w:name="z469"/>
+      <w:bookmarkEnd w:id="388"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      85) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId295" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бухгалтерского учета и финансовой отчетности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="389" w:name="z470"/>
+      <w:bookmarkEnd w:id="389"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      86) за деятельностью участников регионального финансового центра в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId296" w:anchor="z1160" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трудового законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="390" w:name="z471"/>
+      <w:bookmarkEnd w:id="390"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      87) за охраной и использованием </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId297" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>объектов историко-культурного наследия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="391" w:name="z472"/>
+      <w:bookmarkEnd w:id="391"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      88) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId298" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="392" w:name="z473"/>
+      <w:bookmarkEnd w:id="392"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>89) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId299" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="393" w:name="z474"/>
+      <w:bookmarkEnd w:id="393"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      90) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId300" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">оборота </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>биотоплива</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="394" w:name="z475"/>
+      <w:bookmarkEnd w:id="394"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      91) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId301" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">производства </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>биотоплива</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="395" w:name="z492"/>
+      <w:bookmarkEnd w:id="395"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      92) за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="396" w:name="z506"/>
+      <w:bookmarkEnd w:id="396"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      92-1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId302" w:anchor="z181" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>космической деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="397" w:name="z495"/>
+      <w:bookmarkEnd w:id="397"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      93) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId303" w:anchor="z249" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальных экономических зонах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="398" w:name="z494"/>
+      <w:bookmarkEnd w:id="398"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      93-1) за соблюдением законодательства Республики Казахстан о рекламе;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="399" w:name="z503"/>
+      <w:bookmarkEnd w:id="399"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>94) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId304" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>архитектуры</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, градостроительства и строительства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="400" w:name="z504"/>
+      <w:bookmarkEnd w:id="400"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      95) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId305" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ветеринарии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="401" w:name="z505"/>
+      <w:bookmarkEnd w:id="401"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      96) в области защиты и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId306" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>карантина растений</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="402" w:name="z513"/>
+      <w:bookmarkEnd w:id="402"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      97) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId307" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>магистральном трубопроводе</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="403" w:name="z520"/>
+      <w:bookmarkEnd w:id="403"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      98) в сфере автомобильных дорог;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="404" w:name="z521"/>
+      <w:bookmarkEnd w:id="404"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      99) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId308" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>защиты прав ребенка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="405" w:name="z522"/>
+      <w:bookmarkEnd w:id="405"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      100) в области производства и оборота этилового спирта и алкогольной продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="406" w:name="z523"/>
+      <w:bookmarkEnd w:id="406"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      101) в области производства и оборота табачных изделий;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="407" w:name="z524"/>
+      <w:bookmarkEnd w:id="407"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>102) в области разрешительного контроля; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="408" w:name="z525"/>
+      <w:bookmarkEnd w:id="408"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      103) в области оборота ядов, вооружения, военной техники и отдельных видов оружия, взрывчатых и пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="409" w:name="z526"/>
+      <w:bookmarkEnd w:id="409"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      104) в области промышленности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="410" w:name="z527"/>
+      <w:bookmarkEnd w:id="410"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      105) за соблюдением правил воинского учета военнообязанных и призывников организациями, военнообязанными и призывниками;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="411" w:name="z534"/>
+      <w:bookmarkEnd w:id="411"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      106) за соблюдением законодательства Республики Казахстан о языках в части размещения реквизитов и визуальной информации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="412" w:name="z535"/>
+      <w:bookmarkEnd w:id="412"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      107) за соблюдением правил благоустройства территорий городов и населенных пунктов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="413" w:name="z476"/>
+      <w:bookmarkEnd w:id="413"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственный надзор осуществляется:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="414" w:name="z477"/>
+      <w:bookmarkEnd w:id="414"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId309" w:anchor="z136" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>использования воздушного пространства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="415" w:name="z478"/>
+      <w:bookmarkEnd w:id="415"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) за деятельностью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId310" w:anchor="z141" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>гражданской авиации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="416" w:name="z479"/>
+      <w:bookmarkEnd w:id="416"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId311" w:anchor="z903" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>международными воздушными перевозками</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="417" w:name="z480"/>
+      <w:bookmarkEnd w:id="417"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) за обеспечением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId312" w:anchor="z1127" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>авиационной безопасности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="418" w:name="z481"/>
+      <w:bookmarkEnd w:id="418"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId313" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>торгового мореплавания</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="419" w:name="z482"/>
+      <w:bookmarkEnd w:id="419"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId314" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>внутреннего водного транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="420" w:name="z483"/>
+      <w:bookmarkEnd w:id="420"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId315" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>архитектуры, градостроительства и строительства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="421" w:name="z484"/>
+      <w:bookmarkEnd w:id="421"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId316" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ветеринарии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="422" w:name="z485"/>
+      <w:bookmarkEnd w:id="422"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId317" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>карантина растений</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="423" w:name="z486"/>
+      <w:bookmarkEnd w:id="423"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId318" w:anchor="z1461" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>санитарно-эпидемиологического благополучия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="424" w:name="z487"/>
+      <w:bookmarkEnd w:id="424"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId319" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>финансовым рынком и финансовыми организациями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="425" w:name="z530"/>
+      <w:bookmarkEnd w:id="425"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-1) за деятельностью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>микрофинансовых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="426" w:name="z488"/>
+      <w:bookmarkEnd w:id="426"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) за деятельностью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId320" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кредитных бюро</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="427" w:name="z489"/>
+      <w:bookmarkEnd w:id="427"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) за деятельностью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId321" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>инвестиционных фондов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="428" w:name="z510"/>
+      <w:bookmarkEnd w:id="428"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) в области охраны, воспроизводства и использования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId322" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>животного мира</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="429" w:name="z511"/>
+      <w:bookmarkEnd w:id="429"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) в области охраны, защиты, пользования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId323" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лесным фондом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, воспроизводства лесов и лесоразведения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="430" w:name="z512"/>
+      <w:bookmarkEnd w:id="430"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId324" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="002C1A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>особо охраняемых природных территорий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="431" w:name="z514"/>
+      <w:bookmarkEnd w:id="431"/>
+      <w:r w:rsidRPr="002C1A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) в области промышленной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
+    <w:p w:rsidR="00B40CD6" w:rsidRPr="002C1A98" w:rsidRDefault="00B40CD6" w:rsidP="002C1A98">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C90523">
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C90523" w:rsidRPr="00C90523" w:rsidRDefault="00C90523" w:rsidP="00C90523">
-[...7576 lines deleted...]
-    <w:sectPr w:rsidR="00C90523">
+    <w:sectPr w:rsidR="00B40CD6" w:rsidRPr="002C1A98">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...27 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...307 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C90523"/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsidRoot w:val="002C1A98"/>
+    <w:rsid w:val="002C1A98"/>
+    <w:rsid w:val="00B40CD6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -23466,218 +28056,171 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="status">
-[...3 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="002C1A98"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...8 lines deleted...]
-    <w:rsid w:val="00C90523"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -23798,324 +28341,200 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="status">
-[...3 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="002C1A98"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C90523"/>
+    <w:rsid w:val="002C1A98"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1036395673">
+    <w:div w:id="1522091173">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...76 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K100000296_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000057" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000567_" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z920002900_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000093_" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000097_" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000470" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000303_" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000095_" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000432" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000476_" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000326_" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000057_" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000211_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000573_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000588_" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000188" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000375" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000304_" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000109" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P090000220_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008518" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/info" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000266_" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000303_" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000576_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000529" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000541" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000385_" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000375" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/history" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000067_" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000339_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z940004000_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000153" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000533" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000143_" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z960000048_" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000030_" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z110377_.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000155_" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000411_" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000177" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000444_" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/links" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000580_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000349_" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000528" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K030000477_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K030000477_" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K030000442_" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z960000006_" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100000799" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z940007000_" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000093_" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000469" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000533_" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000332_" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000039_" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000427_" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000095_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000015" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000300_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000124_" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000070" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K940001000_" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000508_" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000477" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000411_" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000532" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000212_" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000422_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008518" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000200" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000603_" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000312" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000019" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000085_" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000542" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000219_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000298_" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000451_" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000217_" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000234_" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000206" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000061_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000279_" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000373_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000053_" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000212_" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000545" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000213_" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000212" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000061" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000463" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000237_" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000278_" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000093_" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000109_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z110377_.htm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000061" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000444_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000034" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000270" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000019" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000469" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000153" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000588_" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000304_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000266_" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000212_" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000303_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000057" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000541" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000385_" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000326_" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000373_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000339_" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011082" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000093_" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000155_" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011564" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000143_" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000095_" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000095_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000432" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000061" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000470" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000444_" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z960000006_" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000124_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K030000477_" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000188" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000067_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K100000296_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400001011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000411_" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000477" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011082" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000432" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z940007000_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000093_" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000533_" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000212_" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000030_" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000545" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000095_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000427_" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000528" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000020" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K030000477_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000349_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000312" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000212" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011564" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000270" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000300_" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000303_" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000057_" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000211_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000085_" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000529" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000532" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000476_" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000567_" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000422_" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000143_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14E0009934" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000200" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000603_" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000580_" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000533" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000219_" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000298_" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000039_" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000217_" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000234_" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000573_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000411_" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000177" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000061_" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000279_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K940001000_" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000542" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K030000442_" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000213_" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000034" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000576_" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000206" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000053_" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000132_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000237_" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000463" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000332_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000451_" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000109_" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z920002900_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z940004000_" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000278_" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000097_" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000444_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -24361,53 +28780,53 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>34</Pages>
-[...1 lines deleted...]
-  <Characters>101140</Characters>
+  <Pages>1</Pages>
+  <Words>17923</Words>
+  <Characters>102162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>842</Lines>
-  <Paragraphs>237</Paragraphs>
+  <Lines>851</Lines>
+  <Paragraphs>239</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>118646</CharactersWithSpaces>
+  <CharactersWithSpaces>119846</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Microsoft</dc:creator>
+  <dc:creator>Кымбат</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>