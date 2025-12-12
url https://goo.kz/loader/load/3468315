--- v0 (2025-12-12)
+++ v1 (2025-12-12)
@@ -1,2744 +1,704 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001A2CD6" w:rsidRPr="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...39 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>МО естественно – математического цикла</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жаратылыстану-математикалық </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> мұғалімдері «Мұғалім </w:t>
+        <w:t>Учителя естественно-математического цикла предлагают внести свои предложения в Закон «О статусе педагога»:</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>м</w:t>
+        <w:br/>
+        <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">әртебесі </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> өз ұсыныстарын ұсынады.</w:t>
+        <w:t>выход на пенсию по выслуге в 25 лет, с учетом выхода в декретный отпуск;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-снижение ставки до 16 часов; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-ввести отдельно ставку классного руководителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-ввести пятидневку для учителей и учеников с сохранением отпуска 56 дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-оградить от непредвиденных проверок и несвойственных функций.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-при аттестации педагогов пересмотреть сдачу квалификационного тестирования;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>педагогам не имеющим собственную  жилищную площадь предоставить арендное жилье с  последующим выкупом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-льготы на коммунальные услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-организовать бесплатные  санатории  для оздоровления учителей в летнее время;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-за педагогом оставить право на подписку той или иной газеты или журнала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...880 lines deleted...]
-        <w:t xml:space="preserve"> құқығын қалдыру.</w:t>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t> </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>МО гуманитарного цикла</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRPr="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:t>Әлеуметтік-гуманитарлық циклінің ӘБ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Учителя общественно-гуманитарного цикла считают, что Новый Закон, о котором заявил Президент в Послании народу Казахстана, поможет многим осознать миссию учителя и уважать его труд.  Мы очень рады тому, что этот вопрос все-таки поднимают на высшем уровне.  Наши педагоги поддержали с большим удовольствием, потому что это касается каждого из них. Проблема социального значения волнует каждого из нас: повышение зарплаты, престиж учителя и  другие критерий, с помощью которых  спокойно  с большим энтузиазмом будут работать наши учителя. Это очень важно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.!!! </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Уже известно, что в нем будут предусмотрены стимулы для повышения социального статуса педагогов, по сокращению учебной нагрузки, защита от ненужных проверок и другие меры.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRPr="00470339" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...65 lines deleted...]
-      </w:r>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRPr="00470339" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>МО культурологического  цикла</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRPr="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Учителя культурологического цикла согласны с условиями 25 - летнего стажа в образовании и выходом на заслуженный отдых, у любого учителя есть теперь выбор - продолжать свою деятельность или уступить место грамотным, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>амбициозным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, молодым коллегам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>    Поддерживаем справедливое отношение к деятельности классного руководителя, который является главной фигурой в раскрытии нравственных каче</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ств шк</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ольников, в объединении усилий школы и семьи в воспитании детей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>    Нагрузка в 16 часов даст возможность для самоподготовки и самообразованию, освободит время профессионального  роста учителя, чтения дополнительной литературы для вовлечения школьников в научную и проектную деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRPr="00470339" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...134 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">МО начальных классов </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRPr="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-      </w:r>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
+    <w:p w:rsidR="002C2494" w:rsidRDefault="001A2CD6" w:rsidP="003C049C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...1195 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Педагогами методического объединения начальных классов в рамках нового закона «О статусе педагога»  предлагается предусмотреть: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.    Установить право выхода на пенсию по непрерывному педагогическому стажу по достижению 25 лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.    Определить недельную ставку педагога школы  16 часов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3.    Пересмотреть должностной оклад директоров, заместителей директоров, оплату оздоровительных для администрации по фактической нагрузке. Учитывать административный стаж как педагогический.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>4.    Предусмотреть оплату Руководителям  Методических Объединений  учителей предметников.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.    Не привлекать к  аттестации педагогов, чей  стаж работы превышает  20 лет и имеющих категорию «педагог-исследователь», «педагог – мастер».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.    Обратить внимание на несоответствие выходных и праздничных дней по пятидневной и шестидневной рабочей нагрузке, что создает определенные неудобства для педагогов, имеющих детей дошкольного возраста и планированию семейного отдыха родителей и учащихся.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.     Регламентировать количество  мониторингов со стороны контролирующих органов в течение учебного года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>8.    Не привлекать педагогов к деятельности в мероприятиях, не связанных с их прямыми функциональными обязанностями.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6" w:rsidP="001A2CD6">
-[...22 lines deleted...]
-    <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6"/>
     <w:p w:rsidR="001A2CD6" w:rsidRDefault="001A2CD6"/>
     <w:sectPr w:rsidR="001A2CD6" w:rsidSect="001A2CD6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2750,70 +710,69 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001A2CD6"/>
     <w:rsid w:val="001A2CD6"/>
     <w:rsid w:val="002C2494"/>
-    <w:rsid w:val="00470339"/>
-    <w:rsid w:val="00B722D3"/>
+    <w:rsid w:val="003C049C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2972,51 +931,50 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A2CD6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001A2CD6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
@@ -3324,51 +1282,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3820</Characters>
+  <Pages>1</Pages>
+  <Words>522</Words>
+  <Characters>2976</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4482</CharactersWithSpaces>
+  <CharactersWithSpaces>3492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>