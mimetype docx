--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,893 +1,3006 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E0443E">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Discover Kazakhstan with a mobile App «Kazakhstan — the country of the great steppe»</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Открой для себя Казахстан с мобильным Приложением «Казахстан — страна Великой степи»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E0443E">
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="8997315" cy="5219700"/>
+            <wp:extent cx="9058275" cy="5086434"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\User\Desktop\Баннер для сайта - англ.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="Казахстан">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5"/>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Desktop\Баннер для сайта - англ.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Казахстан">
+                      <a:hlinkClick r:id="rId5"/>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="9004083" cy="5223626"/>
+                      <a:ext cx="9082000" cy="5099756"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t> WELCOME TO KAZAKHSTAN!</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОБРО ПОЖАЛОВАТЬ В КАЗАХСТАН!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00E0443E" w:rsidP="00E0443E">
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...30 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t> </w:t>
-[...49 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:t xml:space="preserve">Перейти на страницу о Приложении: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PArej</w:t>
+          <w:t>http://bit.ly/28PHIfG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t> — link to the Kazakh version of the official page on the website of the MFA</w:t>
+      <w:r w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
+    <w:p w:rsidR="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="0026125C" w:rsidP="0026125C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ссылки для скачивания приложения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PHIfG</w:t>
+          <w:t>http://bit.ly/28PArej</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t> link to the Russian version of the official page on the website of the MFA</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка на казахскую версию официальной страницы на веб-сайте МИД РК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PkZza</w:t>
+          <w:t>http://bit.ly/28PHIfG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t> — link to the English version of the official page on the website of the MFA</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка на русскую версию официальной страницы на веб-сайте МИД РК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8</w:t>
+          <w:t>http://bit.ly/28PkZza</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...18 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка на английскую версию официальной страницы на веб-сайте МИД РК</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan</w:t>
+          <w:t>https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> – to </w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ссылка в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t>PlayMarket</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>AppStore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://mfa.gov.kz/mobile/demos/index.php</w:t>
+          <w:t>https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ссылка в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PlayMarket</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://bit.ly/28PckQP</w:t>
+          <w:t>http://mfa.gov.kz/mobile/demos/index.php</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t> — download link of movies (all language versions and video formats)</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> web-версию</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=AEzdm6cEpLw</w:t>
+          <w:t>http://bit.ly/28PckQP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  – to the </w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка на скачивание видеороликов (все языковые версии и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t>Youtube</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>видеоформаты</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> clip in the Kazakh language</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=HzajL2ZKXoQ</w:t>
+          <w:t>https://www.youtube.com/watch?v=AEzdm6cEpLw</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> – to the </w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка на ролик в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Youtube</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> clip in English</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на казахском языке</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=ovg5VBHut5w</w:t>
+          <w:t>https://www.youtube.com/watch?v=HzajL2ZKXoQ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> — to the </w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ссылка на ролик в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Youtube</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> clip on the Russian language</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на английском языке</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://mail.google.com/mail/u/0/#inbox/15586a40458684d1?projector=1</w:t>
+          <w:t>https://www.youtube.com/watch?v=ovg5VBHut5w</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...6 lines deleted...]
-        <w:t> – to download the source file of the poster is A2 (all language versions) in the graphics program Corel Draw.</w:t>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка на ролик в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Youtube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на русском языке</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:anchor="inbox/15586a40458684d1?projector=1" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://mail.google.com/mail/u/0/#inbox/15586a40458684d1?projector=1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ссылка скачивание исходного файла плаката А2 (все языковые версии) в графической программе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>CorelDraw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E0443E" w:rsidRPr="00E0443E" w:rsidRDefault="00095865" w:rsidP="00E0443E">
-      <w:pPr>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:anchor="inbox/15586a40458684d1?projector=1" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://mail.google.com/mail/u/0/#inbox/15586a40458684d1?projector=1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ссылка скачивание исходного файла </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лифлета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А5 (все языковые версии) в графической программе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>CorelDraw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026125C" w:rsidRPr="0026125C" w:rsidRDefault="00C9658E" w:rsidP="0026125C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.dropbox.com/s/u5rr2nhdrwri6lv/%D0%90%D1%83%D0%B4%D0%B8%D0%BE%D1%80%D0%BE%D0%BB%D0%B8%D0%BA%D0%B8.zip?dl=0</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0443E" w:rsidRPr="00E0443E">
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — ссылка скачивание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудиороликов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0026125C" w:rsidRPr="0026125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на казахском, русском и английском языках.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AE3792" w:rsidRPr="00E0443E" w:rsidRDefault="00AE3792" w:rsidP="00E0443E">
+    <w:p w:rsidR="00533292" w:rsidRPr="0026125C" w:rsidRDefault="00533292" w:rsidP="0026125C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AE3792" w:rsidRPr="00E0443E" w:rsidSect="00E0443E">
+    <w:sectPr w:rsidR="00533292" w:rsidRPr="0026125C" w:rsidSect="0026125C">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="048C2BF7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C410302C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="10FB1017"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E1F4E412"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="11801E60"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F46689D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1B9F6071"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4D46FE4A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1CE818C0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8CCE2236"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="21DD655B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3440FDD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="270701CB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FF2E2078"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="2BED6FD1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C6949E16"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="2E966532"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D32CB588"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="529B4A6E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5748D59A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="5CE03E01"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E14A5B24"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="64AF5E3A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="331ABDDC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="68763EBE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A3CA036E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="70037355"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9D5072DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="7A5D1FE3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F85A2A9E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="7A711D66"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0B9836F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E0443E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E0443E"/>
+    <w:rsidRoot w:val="0026125C"/>
+    <w:rsid w:val="0026125C"/>
+    <w:rsid w:val="00533292"/>
+    <w:rsid w:val="00C54F03"/>
+    <w:rsid w:val="00C9658E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -1001,382 +3114,164 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C9658E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00095865"/>
+    <w:rsid w:val="00C54F03"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00095865"/>
-[...219 lines deleted...]
-    <w:rsid w:val="00095865"/>
+    <w:rsid w:val="00C54F03"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="981736990">
+    <w:div w:id="313218108">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1583641638">
+        <w:div w:id="675772237">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="40176545">
+        <w:div w:id="2133093164">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PkZza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=AEzdm6cEpLw" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/u5rr2nhdrwri6lv/%D0%90%D1%83%D0%B4%D0%B8%D0%BE%D1%80%D0%BE%D0%BB%D0%B8%D0%BA%D0%B8.zip?dl=0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PHIfG" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PckQP" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PArej" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mfa.gov.kz/mobile/demos/index.php" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ovg5VBHut5w" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=HzajL2ZKXoQ" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PArej" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mfa.gov.kz/mobile/demos/index.php" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PHIfG" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ovg5VBHut5w" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=HzajL2ZKXoQ" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dropbox.com/s/u5rr2nhdrwri6lv/%D0%90%D1%83%D0%B4%D0%B8%D0%BE%D1%80%D0%BE%D0%BB%D0%B8%D0%BA%D0%B8.zip?dl=0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kstu.kz/wp-content/uploads/2016/09/Kazahstan.jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=AEzdm6cEpLw" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PkZza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mail.google.com/mail/u/0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PHIfG" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/28PckQP" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1600,55 +3495,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2134</Characters>
+  <Pages>2</Pages>
+  <Words>381</Words>
+  <Characters>2175</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2503</CharactersWithSpaces>
+  <CharactersWithSpaces>2551</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>