--- v0 (2025-12-06)
+++ v1 (2025-12-31)
@@ -1,16208 +1,11397 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00754102" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УТВЕРЖДАЮ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00754102" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Мектеп директоры</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>директор школы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">__________Л. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Задубняк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> «____»________201</w:t>
       </w:r>
-      <w:r w:rsidR="00115CEB" w:rsidRPr="00E045B8">
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00754102" w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> г. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00754102" w:rsidRPr="00E045B8" w:rsidRDefault="00754102" w:rsidP="00754102">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...129 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа развития трехъязычного образования на 2017-2022 годы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00754102" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">2017-2022 жылдарға арналған </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Средняя общеобразовательная школа № 40 города Павлодара</w:t>
       </w:r>
-      <w:r w:rsidR="00F572EC" w:rsidRPr="00E045B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">тілді білім беруді дамыту бағдарламасы </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00754102" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-        <w:t>:</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель программы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00754102" w:rsidRPr="00E045B8" w:rsidRDefault="00754102" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>Қазақстанда тұратын барлық этностардың тілдерін сақтай отырып, ұлттық бірлікті нығайтудың маңызды факторы ретінде мемлекеттік тілдің кең ауқымда қолданылуын қамтамасыз ететін үйлесімді тіл саясаты</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гармоничная языковая политика, обеспечивающая полномасштабное функционирование</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственного языка как важнейшего фактора укрепления национального единства</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при сохранении языков всех этносов, живущих в Казахстане </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00754102" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Міндеті</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
       </w:r>
-      <w:r w:rsidR="0050449A" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Ø </w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ø Повышать</w:t>
       </w:r>
-      <w:r w:rsidR="00754102" w:rsidRPr="00E045B8">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">профессиональный уровень учителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школы № 40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B568D" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Ø </w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ø Способствовать</w:t>
       </w:r>
-      <w:r w:rsidR="000B568D" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>Басқа пәндермен біріктірілген ШТ бойынша оқу материалын әзірлеуге ықпал ету;</w:t>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработке учебного материала </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  ИЯ,</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интегрированного с другими предметами; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="000B568D" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ø</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0050449A" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>Ø</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивать</w:t>
       </w:r>
-      <w:r w:rsidR="00115CEB" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>Оқушылардың ШТ оқуға деген ұмтылысын дамыту, сол арқылы олардың білім беру және мәдени деңгейін арттыру</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стремление учащихся изучать ИЯ, тем самым повышая их образовательный и</w:t>
       </w:r>
-      <w:r w:rsidR="0050449A" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">культурный уровень. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="000B568D" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Күтілетін нәтиже</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ожидаемые результаты:</w:t>
       </w:r>
-      <w:r w:rsidR="0050449A" w:rsidRPr="00E045B8">
-[...10 lines deleted...]
-      <w:r w:rsidR="0050449A" w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-201</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год – учителя языковых</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B568D" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> – </w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дисциплин совместно с учащимися, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000B568D" w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-        <w:t>тіл</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>многовекторно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000B568D" w:rsidRPr="00E045B8">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассмотрев и</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проанализировав Программу развития языков, смогут посредством погружения в</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...304 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языковую среду усовершенствовать навыки разговорной речи; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B568D" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-201</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00115CEB" w:rsidRPr="00E045B8">
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B568D" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>оқу жылы</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебный год </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00115CEB" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>–</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>языковых дисциплин, учителя истории и учителя ЕНЦ разработают</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>тіл</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интегрированные прикладные курсы, отразив языковую специфику, будут принимать</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>активное участие в реализации языковых программ, направленных на устранение</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>мұғалімдері</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барьеров в общении; </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...58 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F572EC" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>оқу жылы</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учебный год</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">- </w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- учителя языковых дисциплин,</w:t>
       </w:r>
-      <w:r w:rsidR="00F572EC" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>тіл пәндерінің мұғалімдері, тарих мұғалімдері мен ЖҒО мұғалімдері мектепте үш тілде білім алған жағдайда пәндерді оқыту ерекшеліктерін зерттеуге бағытталған ҚКП өтеді;</w:t>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>  </w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учителя истории и учителя ЕНЦ пройдут КПК, направленные на изучение</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>особенностей преподавания предметов при условии трехъязычного образования в</w:t>
+      </w:r>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школе;   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">21 </w:t>
       </w:r>
-      <w:r w:rsidR="00F572EC" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>оқу жылы</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учебный год</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00115CEB" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00115CEB" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F12B96" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>тіл пәндері мұғалімдері, тарих мұғалімдері мен ЖҒО мұғалімдері үш тілді білім беру саласындағы ғылыми зерттеулер бағдарламаларын зерделеп, оқыту практикасына кезең-кезеңмен енгізетін болады;</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учителя языковых дисциплин, учителя истории и учителя ЕНЦ будут изучать</w:t>
+      </w:r>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и поэтапно внедрять в практику обучения программы научных исследований в</w:t>
+      </w:r>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>области трехъязычного образования;      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="009310C7" w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год -</w:t>
+      </w:r>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F12B96" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>оқу жылы</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учителя языковых дисциплин, учителя истории и учителя ЕНЦ будут</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E045B8">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F12B96" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-        <w:t>тіл пәндерінің мұғалімдері, тарих мұғалімдері мен ЖҒО мұғалімдері бейне-сабақтарды, он-лайн сабақтарды, шеберлік-сыныптарды түрлі сайттарда және БАҚ-та орналастыру арқылы түрлі деңгейде үш тілді оқыту мәселелері бойынша тәжірибе алмасатын болады.</w:t>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обмениваться опытом по вопросам изучения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>трехъязычия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на различных уровнях через</w:t>
+      </w:r>
+      <w:r w:rsidR="009310C7" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">размещение видео-уроков, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>он-лайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уроков, мастер-классов на различных сайтах и</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СМИ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000525F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15814" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="-700" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1896"/>
+        <w:gridCol w:w="300"/>
+        <w:gridCol w:w="7970"/>
+        <w:gridCol w:w="3072"/>
+        <w:gridCol w:w="2840"/>
+        <w:gridCol w:w="1632"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="005E1EC1" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="009310C7">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="009310C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-66" w:firstLine="66"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00F12B96" w:rsidP="00F12B96">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Іс-шараның атауы</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наименование мероприятия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00F12B96" w:rsidP="00F12B96">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Жауапты орындаушылар</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ответственные исполнители</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00F12B96" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="0050449A" w:rsidRPr="00E045B8">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>форма завершения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1632" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00F12B96" w:rsidP="00F12B96">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Орындау мерзімі</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>срок исполнения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00F12B96">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>I.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F12B96" w:rsidRPr="00E045B8">
+              <w:t>I.Контроль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00F12B96" w:rsidP="00F12B96">
-[...251 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Изучение изменений и дополнений в учебных программах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языковых дисциплин с учетом изменений программ в МОН РК </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="00434B6D">
-[...17 lines deleted...]
-              <w:t>Мектеп әкімшілігі, педагогикалық ұжым</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="0050449A">
-[...83 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приказ, КТП </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(технологические карты) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00967372">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE65A5" w:rsidRPr="00E045B8" w:rsidRDefault="00F12B96" w:rsidP="00AE65A5">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка к поэтапному внедрению в УО с </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>неказахским</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языком обучения преподавания предмета «История Казахстана» на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>казахском</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...22 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>языке, предметы «Информатика», «Физика», «Химия», «Биология» - на</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>О-</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">английском языке </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...262 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="0050449A">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Мектеп әкімшілігі, педагогикалық ұжым</w:t>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="00967372">
-[...17 lines deleted...]
-              <w:t>Мектеп мұғалімдерін оқыту</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение учителей школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00967372">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="00967372" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="00AE65A5">
-[...17 lines deleted...]
-              <w:t>Үш тілді білім беруді ақпараттық сүйемелдеу бойынша жыл сайынғы медиа-жоспарды жүзеге асыру</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Реализация ежегодного </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>медиа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - плана по </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>информационному</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сопровождению трехъязычного образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00434B6D" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="00434B6D">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы,  руководители ШМО, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="00967372">
-[...17 lines deleted...]
-              <w:t>басылымдар</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">публикации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="00AF31C7" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AE65A5">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">II. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AE65A5" w:rsidRPr="00E045B8">
+              <w:t>II. Научно-исследовательская</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="00AE65A5">
-[...17 lines deleted...]
-              <w:t>Үш тілді білім беру саласында ғылыми зерттеу бағдарламасын оқыту тәжірибесіне кезең-кезеңмен енгізу және зерделеу</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Изучение и поэтапное внедрение в практику обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программ научных исследований в области трехъязычного образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00434B6D" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="00434B6D">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, руководители ШМО, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогический коллектив </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="00AF31C7">
-[...17 lines deleted...]
-              <w:t>бағдарламалар</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="00AE65A5">
-[...17 lines deleted...]
-              <w:t>ҚР ЖОО мен колледждерімен байланыстарды құру</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Установление связи с колледжами и </w:t>
+            </w:r>
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ВУЗами РК </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00434B6D" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="00434B6D">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, руководители ШМО, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогический коллектив </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">совместные проекты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="00AE65A5">
-[...17 lines deleted...]
-              <w:t>Үш тілде оқушылардың жобалық қызметін ұйымдастыру</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация проектной деятельности учащихся на трех языках </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00FF12F3" w:rsidP="00FF12F3">
-[...17 lines deleted...]
-              <w:t>Директордың оқу-тәрбие ісі жөніндегі орынбасары, педагогикалық ұжым</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректора по УВР, педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">интегрированные исследовательские проекты </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="005E1EC1" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AE65A5">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="005E1EC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>III. Методологи</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AE65A5" w:rsidRPr="00E045B8">
+              <w:t>III. Методологическое и</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1EC1" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00AE65A5" w:rsidRPr="00E045B8">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-              <w:t>әдістемелік қамтамасыз ету</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учебно-методическое обеспечение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE65A5" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="00AE65A5">
-[...228 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучение, приобретение и поэтапное внедрение УМК </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>интегрированным курсам (информатика, химия, биология и английский</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">язык) </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00B107B7" w:rsidP="00B107B7">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> мен тіл дисциплинасының мұғалімдері</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, учителя ЕМЦ и языковых дисциплин </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие УМК </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2017-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="00AF31C7" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="002A52FE" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="002A52FE" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0050449A" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="0050449A" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение внеклассной работы в старших классах по</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...180 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">предметам, изучаемым на английском языке </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00B107B7" w:rsidP="0050449A">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> мен тіл дисциплинасының мұғалімдері</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, учителя ЕМЦ и языковых дисциплин </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие программ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="00AF31C7" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="0050449A">
-[...172 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приобретение </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>бас</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учебной</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> алу</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, методической, отечественной и зарубежной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">литературы, цифровых толковых и других словарей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00BB43C7">
-[...26 lines deleted...]
-              <w:t>кітапхана меңгеруші</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор, зав</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00BB43C7" w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00BB43C7" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иблиотекой </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие литературы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>IV.</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия по популяризации</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трехъязычного образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация и проведение всех мероприятий школы на 3-х</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...98 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языках </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00BB43C7" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>Мектеп әкімшілігі, педагогикалық ұжым</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="00AF31C7">
-[...17 lines deleted...]
-              <w:t>әдістемелік және оқу материалдары</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методические и учебные материалы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах профессионального мастерства среди</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителей, владеющих тремя языками </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректора по НМР, руководители ШМО </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие базы данных об учителях, обеспечение учителей</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...358 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методическим сопровождением </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация в школе тематической кружковой деятельности</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащихся на трех языках </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректора по УВР, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Мектепте</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>портфолио</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...209 lines deleted...]
-              <w:t>оқушылар портфолиосының болуы</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оформление учебных кабинетов, выставок, мероприятий на</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...162 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">казахском, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">русском и английском языках </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="008E1100" w:rsidP="008E1100">
-[...17 lines deleted...]
-              <w:t>Мектеп әкімшілігі, педагогикалық ұжым</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Администрация школы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">наличие оформления и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">паспорта кабинета </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация и проведение экскурсионных поездок с целью</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">изучения истории, культуры Казахстана </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Қазақстанның</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>фотоотчеты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...309 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в СМИ и на сайте, проекты учащихся </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> жылдар</w:t>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение декады казахского</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>языка, декады казахской литературы, декады русского языка, декады английского</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...240 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языка, декады истории. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="008E1100" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>Директордың ҒӘЖ бойынша орынбасары, МӘБ жетекшісі</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректора по НМР, руководители ШМО </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> бар брошюра</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">план декады, брошюра с отчетом </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AE65A5" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация занятий для</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...144 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогического коллектива по изучению казахского языка </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="008E1100">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Директор, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>әсіподақ комитетінің төрағасы</w:t>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>председатель профкома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...82 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">план работы кружка, отчет </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00AF31C7">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
-[...16 lines deleted...]
-              <w:t>"</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в пробном тестировании</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов по программе «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Қазтест</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казтест</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...113 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="008E1100" w:rsidP="008E1100">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя казахского языка и литературы, истории </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="00AF31C7">
-[...17 lines deleted...]
-              <w:t>тестілеу нәтижелері</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">результаты тестирования </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие учителей и учащихся в Казахстанских</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">интернет олимпиадах </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Мұғалімдер</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>портфолио</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...137 lines deleted...]
-              <w:t>мұғалімдер мен оқушылар портфолиосы</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей и учащихся </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="0050449A">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение дней славянской письменности </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="008E1100" w:rsidP="00967372">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> мұғалімдері</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель ШМО, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя русского языка и литературы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="00AF31C7">
-[...17 lines deleted...]
-              <w:t>әдістемелік және оқу материалдары</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методические и учебные материалы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="0050449A">
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация языковой летней школы </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="00967372">
-[...17 lines deleted...]
-              <w:t>Директордың тәрбие ісі жөніндегі орынбасары, МӘБ жетекшісі</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректора по ВР, руководители ШМО </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00AF31C7" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>әдістемелік және оқу материалдары</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методические и учебные материалы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">12 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в международных языковых дистанционных олимпиадах </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(«Русский медвежонок», «Кенгуру-лингвист», УРФОДУ,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Бритиш бульдог», «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Халықаралық</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акбота</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» и т. д.) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>тілдік</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>портфолио</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...181 lines deleted...]
-              <w:t>мұғалімдер мен оқушылар портфолиосы</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей и учащихся </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="0050449A">
-[...16 lines deleted...]
-              <w:t>"</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в  конкурсах сочинений и  эссе «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Кө</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Полиязычие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - путь к успеху» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>пт</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>ілділік-табысқа</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректора по НМР, руководители ШМО </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>портфолио</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...137 lines deleted...]
-              <w:t>оқушылар портфолиосы</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие учителей в</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">международных языковых конкурсах </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректора по НМР, руководители ШМО </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Мұғалімдердің</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>портфолио</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...155 lines deleted...]
-              <w:t>мұғалімдер портфолиосы</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация встреч с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">носителями языка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Тіл</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>фотоотчеты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...201 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в СМИ и на сайте, проекты учащихся </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="002A52FE">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="002A52FE">
         <w:trPr>
           <w:trHeight w:val="644"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">16 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="00C8532F">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация сотрудничества с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителями </w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранного языка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  из других школ</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(областных, республиканских, международных)    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>қа</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>фотоотчеты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...317 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в СМИ и на сайте, проекты учащихся</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">V. </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">V. Подготовка кадров и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>повышение</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>повышение квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Провести анализ обеспеченности школы </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Мектептің</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педкадрами</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...260 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">определить потребность для реализации трехъязычного образования </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>Мектеп әкімшілігі</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="001046DE" w:rsidP="001046DE">
-[...37 lines deleted...]
-              <w:t>калық анықтама</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аналитическая справка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">7 </w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">год </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработать перспективный план подготовки педагогических и</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">управленческих кадров </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>Директордың ҒӘЖ бойынша орынбасары</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зам. директора по НМР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="001046DE" w:rsidP="0050449A">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">план </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа школьного сетевого сообщества педагогов для обмена</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опытом </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="00967372">
-[...17 lines deleted...]
-              <w:t>Мектептің даму тобы</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="002A52FE" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="0050449A" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руппа развития школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="001046DE" w:rsidP="0050449A">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отчеты фокус групп </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="002A52FE">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Изучение государственного языка и профилирующих дисциплин</w:t>
+            </w:r>
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на казахском языке посредством </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Он-лайн</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>он-лайн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>курстар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>эл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ариант</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...266 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2018-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="0050449A">
-[...109 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Повышение квалификации учителей на языковых курсах </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>Директордың ҒӘЖ бойынша орынбасары</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зам. директора по НМР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="001046DE" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>үнемі</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="002A52FE" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="002A52FE" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="002A52FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">VI. </w:t>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>VI. Информационное сопровождение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="0050449A">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размещение видео-уроков, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Бейне-сабақтарды</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>он-лайн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...106 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уроков, конференций,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">семинаров, мастер-классов на различных сайтах и СМИ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>Мектеп әкімшілігі, педагогикалық ұжым</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="001046DE" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>үнемі</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="00C8532F" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="00C8532F" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00C8532F" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="00C8532F" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Освещение вопросов трехъязычного образования на совещаниях</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при директоре, в ходе предметных семинаров в открытом докладе школы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Үш</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>медиа-план</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...322 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="00C8532F" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="00C8532F" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00C8532F" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="00C8532F" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001046DE" w:rsidRPr="00E045B8">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF31C7" w:rsidRPr="00E045B8" w:rsidTr="005E1EC1">
+      <w:tr w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidTr="005E1EC1">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00434B6D" w:rsidP="00C8532F">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Включение вопросов изучения </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E045B8">
-[...5 lines deleted...]
-              <w:t>Түрлі</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трехъязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E045B8">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на совещаниях,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8532F" w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...134 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конференциях различного уровня </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="00967372" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>Мектеп әкімшілігі, педагогикалық ұжым</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация школы, педагогический коллектив </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="001046DE" w:rsidP="0050449A">
-[...17 lines deleted...]
-              <w:t>жоспар</w:t>
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">план </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E045B8">
+          <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="00C8532F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="00C8532F" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="00C8532F" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
+            <w:r w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00C8532F" w:rsidRPr="00E045B8">
+            <w:r w:rsidR="00C8532F" w:rsidRPr="000525F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E045B8">
-[...15 lines deleted...]
-              <w:t>жылдар</w:t>
+            <w:r w:rsidRPr="000525F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0050449A" w:rsidRPr="00E045B8" w:rsidRDefault="0050449A" w:rsidP="0050449A">
+    <w:p w:rsidR="0050449A" w:rsidRPr="000525F6" w:rsidRDefault="0050449A" w:rsidP="0050449A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E045B8">
+      <w:r w:rsidRPr="000525F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A36BE" w:rsidRPr="00E045B8" w:rsidRDefault="001A36BE" w:rsidP="0050449A">
+    <w:p w:rsidR="001A36BE" w:rsidRPr="000525F6" w:rsidRDefault="001A36BE" w:rsidP="0050449A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001A36BE" w:rsidRPr="00E045B8" w:rsidSect="005E1EC1">
+    <w:sectPr w:rsidR="001A36BE" w:rsidRPr="000525F6" w:rsidSect="005E1EC1">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0050449A"/>
-    <w:rsid w:val="000B568D"/>
-    <w:rsid w:val="001046DE"/>
+    <w:rsid w:val="000525F6"/>
     <w:rsid w:val="00115CEB"/>
     <w:rsid w:val="001A36BE"/>
     <w:rsid w:val="002A52FE"/>
-    <w:rsid w:val="002C4881"/>
     <w:rsid w:val="002C664B"/>
-    <w:rsid w:val="003F1051"/>
-    <w:rsid w:val="00434B6D"/>
     <w:rsid w:val="0050449A"/>
     <w:rsid w:val="005E1EC1"/>
-    <w:rsid w:val="00754102"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008F797E"/>
+    <w:rsid w:val="008E09F5"/>
     <w:rsid w:val="009310C7"/>
-    <w:rsid w:val="00967372"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BB43C7"/>
     <w:rsid w:val="00C8532F"/>
     <w:rsid w:val="00DF3F67"/>
-    <w:rsid w:val="00E045B8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FF12F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -16690,66 +11879,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6971</Characters>
+  <Pages>1</Pages>
+  <Words>1248</Words>
+  <Characters>7119</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
+  <Lines>59</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>WIN7XP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8177</CharactersWithSpaces>
+  <CharactersWithSpaces>8351</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>WIN7XP</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>