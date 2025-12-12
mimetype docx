--- v0 (2025-12-12)
+++ v1 (2025-12-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="30e83dfe" w14:textId="30e83dfe">
+    <w:p w14:paraId="f682aae9" w14:textId="f682aae9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -75,3501 +75,3734 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Об утверждении регламента государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течении длительного времени не могут посещать организации начального, основного, общего среднего образования"</w:t>
+        <w:t>"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау" мемлекеттік қызмет регламентін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Утративший силу</w:t>
+        <w:t>Күшін жойған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Постановление акимата города Сатпаев Карагандинской области от 6 февраля 2013 года N 02/37. Зарегистрировано Департаментом юстиции Карагандинской области 20 марта 2013 года N 2257. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27 мая 2013 года N 12/18</w:t>
+        <w:t>Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 6 ақпандағы N 02/37 қаулысы. Қарағанды облысының Әділет департаментінде 2013 жылғы 20 наурызда N 2257 болып тіркелді. Күші жойылды Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 27 мамырдағы № 12/18 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Сноска. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27.05.2013 N 12/18.</w:t>
+        <w:t>      Ескерту. Күші жойылды Қарағанды облысы Сәтбаев қалалық мәслихатының 27.05.2013 N 12/18 қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...15 lines deleted...]
-      В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының 2000 жылғы 27 қарашадағы "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Әкімшілік рәсімдер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>", 2001 жылғы 23 қаңтардағы "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Заңдарына сәйкес Сәтбаев қаласының әкімдігі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Осы қаулының орындалуын бақылау қала әкімінің орынбасары М.С. Мадиеваға жүктелсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Осы қаулы алғаш ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
-          <w:i w:val="false"/>
-[...41 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сәтбаев қ. әкімі                           Б.Д. Ахметов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Сәтбаев қаласы әкімдігінің</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+2013 жылғы 6 ақпандағы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+N 02/37 қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау" мемлекеттік қызмет регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+1. Негізгі ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Осы регламентте келесі негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) ҚФБ – құрылымдық-функционалдық бірліктер: уәкілетті органдардағы жауапты тұлғалар, мемлекеттік органдардың құрылымдық бөлімшелері, мемлекеттік органдар, ақпараттық жүйелер немесе оларға бағынысты жүйелер;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік қызметті алушы – жеке тұлға;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган – "Сәтбаев қаласының білім беру, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+2. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>      Аким г. Сатпаев                            Б.Д. Ахметов</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік қызмет Сәтбаев қаласының орта білім беретін ұйымдарымен көрсетіледі (бұдан әрі – білім беру ұйымы), (байланыс мәліметтері осы Регламенттің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1-қосымшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Көрсетілетін мемлекеттік қызметтің нысаны: автоматтандырылмаған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік қызмет "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының 2007 жылғы 27 шілдедегі, "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының 2002 жылғы 11 шілдедегі Заңдары, Қазақстан Республикасы Үкіметінің "Арнаулы білім беру ұйымдары қызметінің үлгі ережесін бекіту туралы" 2005 жылғы 3 ақпандағы N 100 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Білім және ғылым министрлігі, жергілікті атқарушы органдар көрсететін білім және ғылым саласындағы мемлекеттік қызмет стандарттарын бекіту туралы" 2012 жылғы 31 тамыздағы N 1119 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасы Білім және ғылым министрінің "Стационарлық емдеу-алдын алу, оңалту және басқа денсаулық сақтау ұйымдарында емдеу курсынан өтіп жатқан мүгедек балалар үшін оқу сабақтарын ұйымдастыру, оқу-тәрбие ұйымдарының мүгедек балаларды үйде оқытуда ата-аналарға көмек көрсету тәртібі туралы ережелерді бекіту туралы" 2004 жылғы 26 қарашадағы N 974 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде реттеледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік қызметті аяқтау нысаны білім беру ұйымының бұйрығы немесе қызмет көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+3. Мемлекеттік қызмет көрсету тәртібіне қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік қызметті алушы осы регламенттің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>11-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған қажетті құжаттарды тапсырған сәттен бастап – 3 жұмыс күні.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік қызмет тегін көрсетіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік қызмет демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 9.00-ден 17.00-ге дейін жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Алдын ала жазылу және жедел рәсімдеу қарастырылмаған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік қызметті алушыдан мемлекеттік қызметті алу үшін өтініш алған сәттен бастап мемлекеттік қызметтің нәтижесін берген сәтке дейінгі мемлекеттік қызметті көрсету кезеңдері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік қызметті алушы білім беру ұйымына жүгінеді және өтініш береді, білім беру ұйымының басшысына құжаттар пакетін ұсынады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) білім беру ұйымының басшысы құжаттарды тіркейді, мемлекеттік қызметті алушының қызметті алған күні көрсетілген тізімдемені береді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) білім беру ұйымының басшысы келіп түскен құжаттарды тексереді, мемлекеттік қызмет көрсетудің нәтижесін ресімдейді, бұйрық не бас тарту туралы дәлелді жауап дайындайды және мемлекеттік қызметті алушыға береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік қызметті көрсету үшін құжат қабылдауды іске асыратын тұлғалардың ең аз саны бір қызметкер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+4. Мемлекеттік қызметті көрсету үдерісіндегі іс-әрекеттер тәртібінің (өзара іс-қимылдардың) сипаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызметті алу үшін мемлекеттік қызметті алушы мынадай құжаттарды ұсынуы қажет:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) медициналық көрсеткіштер бойынша мүгедек баланы үйде оқыту қажеттілігі туралы қорытынды: жергілікті Қазақстан Республикасы Денсаулық сақтау министрлігінің алғашқы медициналық-санитарлық көмек көрсету ұйымдарындағы Дәрігерлік-консультациялық комиссия береді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) мүгедек баланы үйде оқыту үшін білім беру бағдарламасы түрінің қорытындысы мен ұсынысы: тұрғылықты мекенжайы бойынша психологиялық–медициналық–педагогикалық консультация береді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) білім беру ұйымы директорының атына ата-ананың еркін нысанда жазған өтініші;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік қызметті алушы ата-аналарының біреуінің жеке басын куәландыратын құжаттарының көшірмесі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік қызметті алушының жеке басын куәландыратын құжаттар көшірмесі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) мекенжай анықтамасы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) ата-аналардың жұмыс орнынан анықтама.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік қызмет туралы ақпаратты Қарағанды облысы, Сәтбаев қаласы, Сәтбаев даңғылы, 111, 2 қабат мекенжайы бойынша орналасқан "Сәтбаев қаласының білім беру, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінде және www.obrazovanie.satpaev-akimat.kz "Мемлекеттік қызмет көрсету стандарттары" бөлімінде алуға болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Мемлекеттік қызметті алушылардың құжаттары білім беру ұйымының басшысына тапсырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Мемлекеттік қызметті алу үшін қажетті құжаттарды тапсыру кезінде мемлекеттік қызметті алушыға алатын күні белгіленген тізімдеме беріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Қызмет көрсету нәтижесін беру мемлекеттік қызметті алушының заңды өкілінің жеке қатысуымен жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. Білім беру ұйымы осы регламенттің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>11-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарастырылған құжаттар пакеті толық ұсынылмаған жағдайда мемлекеттік қызметті алушыға себептерін көрсете отырып, қызмет көрсетуден бас тартылғаны туралы хабарлайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Мемлекеттік қызметті көрсету үдерісіне келесі құрылымдық-функционалдық бірліктер қатысады (бұдан әрі – ҚФБ):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымының басшысы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Әрбір әкімшілік іс-әрекетінің (рәсімнің) орындау мерзімін көрсетумен әр ҚФБ әкімшілік іс-әрекеттерінің (рәсімдерінің) дәйектілігі мен өзара іс-қимылының мәтіндік кестелік сипаттамасы осы регламентке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19. Мемлекеттік қызмет көрсету үдерісіндегі әкімшілік іс-әрекеттер мен ҚФБ қиыснды дәйектілігі арасындағы өзара байланысты көрсететін схема осы регламентке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+5. Мемлекеттік қызметті көрсететін лауазымды тұлғалардың жауапкершілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. Мемлекеттік қызметтің көрсетілуіне жауапты тұлға білім беру ұйымының басшысы болып табылады (бұдан әрі – лауазымды тұлға).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Лауазымды тұлға мемлекеттік қызметтің Қазақстан Республикасының заңнамасына сәйкес белгіленген мерзімдерде көрсетуді іске асыру мен сапасына жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Утверждено</w:t>
-[...38 lines deleted...]
-от 6 февраля 2013 года</w:t>
+"Бастауыш, негізгі орта, жалпы орта</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+білім беру ұйымдарына денсаулығына байланысты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+ұзақ уақыт бойы бара алмайтын балаларды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+үйде жеке тегін оқытуды ұйымдастыру үшін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+құжаттарды қабылдау" мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+регламентіне 1-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Регламент государственной услуги</w:t>
-[...1237 lines deleted...]
-Контактные данные организаций образования города Сатпаев</w:t>
+Сәтбаев қаласының орта білім беретін ұйымдарының байланыс деректері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1040"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5596"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="5414"/>
+        <w:gridCol w:w="3406"/>
+        <w:gridCol w:w="4443"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
+            <w:tcW w:w="5414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование организации образовании</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5596" w:type="dxa"/>
+              <w:t xml:space="preserve">Білім саласындағы мемлекеттік қызмет көрсету бойынша қызметті жүзеге асыратын білім беру ұйымының атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адрес, контактный телефон</w:t>
+              <w:t>Орналасқан орыны, мекенжайы, байланыс телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, улица Комарова 11 а, телефон 3-34-68, 3-32-00</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "С. Сейфуллин ат. Гимназия" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Комаров көшесі 11а, телефон 3-34-68, 3-32-00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 7-15-62</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 1 мектеп-гимназиясы" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Наурыз көшесі 144, телефон 7-25-48, Ф.7-15-62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>поселок Жезказган, ул. Ауэзова 37 А, телефон 2-23-20</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 2 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жезказган кенті, Ауезов көшесі 37А, телефон 2-23-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 7-24-88</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 3 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Женис көшесі 17, телефон 7-15-81, Ф.7-24-88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 4-18-07</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Абай атындағы N 4 лицей - мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Сәтбаев даңғылы 144 А, телефон 3-33-96, 4-18-07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Бабыр би 5, телефон 4-07-18</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 5 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Бабыр би к. 5, телефон 4-07-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, пр. Независимости 20, телефон 3-47-46</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 7 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Тәуелсіздік даңғылы 20, телефон 3-47-46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>поселок Жезказган, ул. Кирова 13, телефон 2-64-39</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 10 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жезказган кенті, Киров көшесі 13, телефон 2-64-39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>поселок Жезказган, ул. Кирова 12, телефон 2-63-30</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 12 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жезказган кенті, Киров көшесі 12, телефон 2-63-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 7-12-68</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 14 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Наурыз көшесі 5, телефон 7-32-07, Ф.7-12-68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Ерден 217, телефон 3-19-75, 3-19-72, 3-19-73</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 15 жалпы білім беретін орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Ерден көшесі 217, телефон 3-19-75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 4-00-09</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 16 жалпы білім беретін орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Сәтбаев даңғылы 154, телефон 4-00-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>8 7105 95-20-20</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 17 негізгі мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев селосы, Клубная 1, телефон 8 7102 76-97-34, 8 7105 95-20-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 3-34-49</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 19 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Комаров көшесі 11, телефон 3-75-28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Комарова 12 а, телефон 3-70-46</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 25 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Комаров көшесі 12а, телефон 3-70-46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1040" w:type="dxa"/>
+            <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7344" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Наурыз 14 а, телефон 7-65-63, 7-65-61</w:t>
+            <w:tcW w:w="5414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 27 орта мектебі" КММ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Наурыз көшесі 14а, телефон 7-65-61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 17.00-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Приложение 2</w:t>
-[...90 lines deleted...]
-основного среднего, общего среднего образования"</w:t>
+"Бастауыш, негізгі орта, жалпы орта</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+білім беру ұйымдарына денсаулығына байланысты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+ұзақ уақыт бойы бара алмайтын балаларды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+үйде жеке тегін оқытуды ұйымдастыру үшін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+құжаттарды қабылдау" мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+регламентіне 2-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Текстовое табличное описание последовательности и взаимодействия административных действий (процедур)</w:t>
+Әрбір әкімшілік іс-әрекетінің (рәсімнің) орындау мерзімін көрсетумен әр ҚФБ әкімшілік іс-әрекеттерінің (рәсімдерінің) дәйектілігі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3597,80 +3830,80 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Действия основного процесса (хода, потока работ)</w:t>
+              <w:t>Негізгі үдеріс іс-әрекеттері (жұмыстар ағыны, барысы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N действия (хода, потока работ)</w:t>
+              <w:t>Іс-әрекет N (жұмыстардың барысы, ағыны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3727,390 +3960,390 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Наименование СФЕ</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚФБ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Руководитель организации образования</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Руководитель организации образования</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Руководитель организации образования</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование действия (процесса, процедуры, операции) и их описание</w:t>
+              <w:t>Іс-әрекет (үрдістің, рәсімнің, операцияның) атауы және олардың сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Прием документов, регистрация заявления</w:t>
+              <w:t>Құжаттарды қабылдау, өтінішті тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рассмотрение документов</w:t>
+              <w:t>Құжаттарды қарау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Регистрация приказа</w:t>
+              <w:t>Бұйрықты тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма завершения (данные, документ, организационно-распорядительное решение)</w:t>
+              <w:t>Аяқталу нысаны (деректер, құжат, ұйымдастырушылық-өкімдік шешім)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выдача описи с отметкой о дне получения государственной услуги</w:t>
+              <w:t>Мемлекеттік қызметті алған күні көрсетілген тізімдемені беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Издание приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
+              <w:t>Бұйрықты не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты шығару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выдача приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
+              <w:t>Бұйрықты не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сроки исполнения</w:t>
+              <w:t>Орындау мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4120,290 +4353,264 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 рабочий день</w:t>
+              <w:t>1 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 рабочий день</w:t>
+              <w:t>1 жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Приложение 3</w:t>
-[...90 lines deleted...]
-основного среднего, общего среднего образования"</w:t>
+"Бастауыш, негізгі орта, жалпы орта</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+білім беру ұйымдарына денсаулығына байланысты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+ұзақ уақыт бойы бара алмайтын балаларды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+үйде жеке тегін оқытуды ұйымдастыру үшін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+құжаттарды қабылдау" мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+регламентіне 3 қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Схемы, отражающие взаимосвязь между логической последовательностью административных действий СФЕ</w:t>
+ҚФБ әкімшілік іс әрекеттердің (үрдістердің) өзара әрекеті мен реттілік сипаттамасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="8013700" cy="4432300"/>
+            <wp:extent cx="8216900" cy="3937000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8013700" cy="4432300"/>
+                      <a:ext cx="8216900" cy="3937000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -4416,51 +4623,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>