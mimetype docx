--- v0 (2025-12-14)
+++ v1 (2026-03-01)
@@ -1,1665 +1,14608 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1114425" cy="342900"/>
+            <wp:extent cx="1247775" cy="390525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1114425" cy="342900"/>
+                      <a:ext cx="1247775" cy="390525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3738">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қабылдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3738">
-[...5 lines deleted...]
-        <w:t>Постановление Правительства Республики Казахстан от 19 января 2012 года № 127.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Үкіметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2012 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаңтардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 127 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қаулысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...95 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Үкіметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беріліп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бекітілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жарияланғанынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>соң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4278"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3654"/>
+        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="5387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002521F2" w:rsidTr="00CA3738">
+      <w:tr w:rsidR="00C656BC" w:rsidTr="00770965">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Премьер-Министр</w:t>
-[...12 lines deleted...]
-              <w:t>Республики</w:t>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Казахстан</w:t>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-Министрі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3669" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
+          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Масимов</w:t>
+              <w:t>Мәсімов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002521F2" w:rsidRPr="00C8364D" w:rsidTr="00CA3738">
+      <w:tr w:rsidR="00C656BC" w:rsidTr="00770965">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
+          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6109" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA3738">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Қазақстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA3738">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CA3738">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA3738">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Республикасы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA3738">
-[...3 lines deleted...]
-              <w:br/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA3738">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>от 19 января 2012 года № 127</w:t>
+              <w:t>Үкіметінің</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2012 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 19 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 127 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA3738" w:rsidRPr="00CA3738" w:rsidRDefault="00CA3738">
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z5"/>
+      <w:bookmarkStart w:id="2" w:name="z4"/>
     </w:p>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3738">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қабылдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CA3738">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00CA3738">
+        </w:rPr>
+        <w:t>Ескерту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-        <w:br/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қағида</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Үкіметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10.05.2018 № 254 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>соң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z6"/>
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" 2007 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шілдедегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Заң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әзірленді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>меншік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бағыныстылығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...268 lines deleted...]
-        <w:br/>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституциясына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Заңға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қағидаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>актілерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әзірленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жарғыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z16"/>
-[...7 lines deleted...]
-        <w:t>Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қатарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3738">
+      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сыныптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>даярлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>даму</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жасақтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>етілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ретте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сыныптағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сыйымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушыдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z10"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қызметтерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шартына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қызметтерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ата-аналарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өкілдерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өкілдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қағидалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жарғысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>құқығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лицензиямен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>органдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бекітетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қағидаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>реттейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>құжаттармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>танысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z12"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өкілдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>келісімімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогикалық-медициналық-психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>консультация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қорытындысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z13"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ата-аналары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>таңдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>құқығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z14"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тартылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ата-анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>органдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жүгінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z15"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-бөлім. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      РҚАО-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ескертпесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-тармақтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бөлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Үкіметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10.05.2018 № 254 (01.01.2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      РҚАО-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ескертпесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қағиданың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тармағының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бөлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 01.01.2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тоқтатылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Тоқтатыла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тұрған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кезеңде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>редакция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қолданыста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ҚР </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Үкіметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10.05.2018 № 254 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дайындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>деңгейіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қолжетімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жасқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>толатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сыныпқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдануын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00B53C38" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z17"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="_GoBack"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>сыныпқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00B53C38" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z18"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ата-анасынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>өкілдерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00B53C38" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z19"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>туу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>куәлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00B53C38" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z20"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (026/у-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00B53C38" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA3738">
-[...11 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көлеміндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B53C38">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фото – 2 дана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z22"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныбына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>баратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілдерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тармақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маусымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тамызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандандырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гимназиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицейлерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныбына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>емтихандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сынақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z24"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемелерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болмаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтпеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басталғанға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>курстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z25"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>төртінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бесінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алтыншы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жетінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сегізінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тоғызыншы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолжетімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z26"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оныншы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолжетімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтінішінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтінішінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z27"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініштерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бергеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z28"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гимназиялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицейлердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оныншы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гимназияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицейдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аумағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескерілместен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтінішінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z29"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гимназиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицейлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолжетімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарттарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көлемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мамандандырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мамандандырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>турларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іріктеудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бітіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарғысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00CA3738">
-[...722 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
+    <w:p w:rsidR="00770965" w:rsidRDefault="00770965" w:rsidP="00770965">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-        <w:rPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3738">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidSect="00CA3738">
+    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965" w:rsidP="00770965">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">© 2012. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>министрлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770965">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidSect="00770965">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
@@ -1671,80 +14614,79 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002521F2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CA3738"/>
+    <w:rsidRoot w:val="00C656BC"/>
+    <w:rsid w:val="00770965"/>
+    <w:rsid w:val="00B53C38"/>
+    <w:rsid w:val="00C656BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{97F77622-1EB2-478E-A59C-EAEC20497A30}"/>
+  <w15:docId w15:val="{F58D1F80-8789-4ED6-BE5A-FDD19D04CDC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2659,65 +15601,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1148</Words>
-  <Characters>6548</Characters>
+  <Words>1125</Words>
+  <Characters>6413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7681</CharactersWithSpaces>
+  <CharactersWithSpaces>7523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>