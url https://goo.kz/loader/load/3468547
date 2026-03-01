--- v0 (2025-12-12)
+++ v1 (2026-03-01)
@@ -10,3098 +10,3611 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B907BA" w:rsidRDefault="006D7587" w:rsidP="004656C7">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00526528" w:rsidRDefault="00EE311D" w:rsidP="0022106E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="4534"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2017 жылғы 25 желтоқсандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00011774" w:rsidRDefault="00EE311D" w:rsidP="00EE311D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="4534"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00B907BA" w:rsidRDefault="00B907BA" w:rsidP="004656C7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№650 бұйрық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00526528" w:rsidRDefault="00526528" w:rsidP="00437889">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E42A08" w:rsidRDefault="00E42A08" w:rsidP="004656C7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D42A8" w:rsidRDefault="009D42A8" w:rsidP="00437889">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E42A08" w:rsidRDefault="00E42A08" w:rsidP="004656C7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D42A8" w:rsidRDefault="009D42A8" w:rsidP="00437889">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E42A08" w:rsidRDefault="00E42A08" w:rsidP="004656C7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00375E61" w:rsidRDefault="00375E61" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00027401" w:rsidRDefault="00027401" w:rsidP="000F0470">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00375E61" w:rsidRDefault="00375E61" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E4D0F" w:rsidRDefault="006E4D0F" w:rsidP="00327D17">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E4D0F" w:rsidRDefault="006E4D0F" w:rsidP="00327D17">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E4D0F" w:rsidRDefault="006E4D0F" w:rsidP="00327D17">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E4D0F" w:rsidRDefault="006E4D0F" w:rsidP="00327D17">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00327D17" w:rsidRPr="006321E9" w:rsidRDefault="00327D17" w:rsidP="00327D17">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="001D02B9" w:rsidRDefault="003B7053" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006321E9">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D02B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">О внесении изменений </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отбасы және балалар саласында </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="001D02B9" w:rsidRDefault="003B7053" w:rsidP="003B7053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D02B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін мемлекеттік қызметтер </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="001D02B9" w:rsidRDefault="003B7053" w:rsidP="003B7053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D02B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стандарттарын бекіту туралы» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="001D02B9" w:rsidRDefault="003B7053" w:rsidP="003B7053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D02B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="001D02B9" w:rsidRDefault="003B7053" w:rsidP="003B7053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D02B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім және ғылым министрінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="001D02B9" w:rsidRDefault="003B7053" w:rsidP="003B7053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D02B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 жылғы 13 сәуірдегі № 198 бұйрығына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="001D02B9" w:rsidRDefault="003B7053" w:rsidP="003B7053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D02B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006321E9">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен толықтыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D02B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...135 lines deleted...]
-    <w:p w:rsidR="00E63844" w:rsidRPr="004656C7" w:rsidRDefault="00B175FD" w:rsidP="007B7AFF">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2397" w:rsidRPr="00126E43" w:rsidRDefault="00EF2397" w:rsidP="00437889">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00327D17" w:rsidRPr="006321E9" w:rsidRDefault="00E63844" w:rsidP="00327D17">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2397" w:rsidRPr="00126E43" w:rsidRDefault="00EF2397" w:rsidP="00437889">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...120 lines deleted...]
-    <w:p w:rsidR="005C2F33" w:rsidRPr="006321E9" w:rsidRDefault="005C2F33" w:rsidP="005C2F33">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2397" w:rsidRPr="00734A5D" w:rsidRDefault="00526528" w:rsidP="00B421BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRDefault="005C2F33" w:rsidP="006A0598">
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Мемлекеттік көрсетілетін қызметтер туралы» Қазақстан Республикасының 2013 жылғы 15 сәуірдегі Заңын</w:t>
+      </w:r>
+      <w:r w:rsidR="0081123C" w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың 10-бабының </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="0081331E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2397" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="00734A5D" w:rsidRDefault="00EF2397" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7053" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Отбасы және балалар саласында көрсетілетін мемлекеттік қызметтер стандарттарын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығына (Қазақстан Республикасы нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11184 тіркелген, «Әділет» ақпараттық-құқықтық актілер жүйесінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD44C0" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         2015 жылғы 18 маусымда </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7053" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарияланған) мын</w:t>
+      </w:r>
+      <w:r w:rsidR="00214AEC" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адай өзгерістер мен толықтыру</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7053" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7053" w:rsidRPr="00734A5D" w:rsidRDefault="003B7053" w:rsidP="003B7053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілген бұйрықтың 1-тармағы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00734A5D" w:rsidRDefault="00EB51ED" w:rsidP="00C51930">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C51930" w:rsidRPr="00734A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidR="00C51930" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00734A5D" w:rsidRDefault="00C51930" w:rsidP="00C51930">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00734A5D">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00734A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Қорғаншылық және қамқоршылық жөнінде анықтамалар беру» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) осы бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 2</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Жетім балаға (жетім балаларға) және ата-анасының қамқорлығынсыз қалған балаға (балаларға) қамқоршылық немесе қорғаншылық белгілеу» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00A16712">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 3</w:t>
+          <w:t>3-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A16712">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z232" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 4</w:t>
+          <w:t>4-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Кәмелетке толмаған балаларға меншік құқығында тиесілі мүлікпен жасалатын мәмілелерді ресімдеу үшін қорғаншылық немесе қамқоршылық бойынша функцияларды жүзеге асыратын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органдардың анықтамаларын беру» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z304" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 5</w:t>
+          <w:t>5-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Шалғайдағы ауылдық елді мекендерде тұратын балаларды жалпы білім беру ұйымдарына және кейін үйлеріне тегін тасымалдауды ұсыну» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z341" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 6</w:t>
+          <w:t>6-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарын тегін және жеңілдікпен тамақтандыруды ұсыну» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z392" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 7</w:t>
+          <w:t>7-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Қамқоршыларға немесе қорғаншыларға жетім баланы (жетім балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z445" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 8</w:t>
+          <w:t>8-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Баланы (балаларды) патронаттық тәрбиелеуге беру» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z481" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 9</w:t>
+          <w:t>9-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Патронат тәрбиешiлерге берiлген баланы (балаларды) асырап-бағуға ақшалай қаражат төлеуді тағайындау» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z511" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 10</w:t>
+          <w:t>10-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Бала асырап алуға тілек білдірген адамдарды есепке қою» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z560" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 11</w:t>
+          <w:t>11-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Бала асырап алу жөніндегі агенттікті аккредиттеу» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z617" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 12</w:t>
+          <w:t>12-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00A947A3" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Бала асырап алу жөніндегі агенттікті аккредиттеу мерзімін ұзарту» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z647" w:history="1">
+        <w:r w:rsidRPr="00BB0F93">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 13</w:t>
+          <w:t>13-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00BB0F93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRDefault="00625438" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00B0316F" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0316F">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...48 lines deleted...]
-        <w:r w:rsidR="006A0598" w:rsidRPr="00917AE5">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z677" w:history="1">
+        <w:r w:rsidRPr="00B0316F">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 14</w:t>
+          <w:t>14-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006A0598" w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00B0316F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес «</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4783" w:rsidRPr="00B0316F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0316F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру» мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51930" w:rsidRPr="00BB0F93" w:rsidRDefault="00C51930" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0316F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0316F">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...45 lines deleted...]
-        <w:r w:rsidRPr="00A947A3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z677" w:history="1">
+        <w:r w:rsidRPr="00B0316F">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">приложению </w:t>
+          <w:t>15-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A947A3">
+      <w:r w:rsidRPr="00B0316F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="006A0598" w:rsidRPr="00917AE5" w:rsidRDefault="006A0598" w:rsidP="006A0598">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0316F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Балаға кері әсер етпейтін ата-ана құқықтарынан айырылған ата-аналарға баламен кездесуіне рұқсат беру» мемлекеттік көрсетіл</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етін қызмет стандарты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0006485A" w:rsidRPr="00734A5D" w:rsidRDefault="0006485A" w:rsidP="00C51930">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00917AE5">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z677" w:history="1">
+        <w:r w:rsidRPr="00734A5D">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>16-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00734A5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...44 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Баланы (балаларды) қабылдаушы отбасына тәрбиелеуге беру және оларды асырауға ақшалай қаражат төлеуді тағайындау» мемлекеттік көрсетілет</w:t>
+      </w:r>
+      <w:r w:rsidR="0035737F" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін қызмет стандарты</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7CB5" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін</w:t>
+      </w:r>
+      <w:r w:rsidR="00170D56" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00524A61" w:rsidRDefault="00FC384F" w:rsidP="006040FE">
+    </w:p>
+    <w:p w:rsidR="00264D32" w:rsidRPr="00734A5D" w:rsidRDefault="005B7CB5" w:rsidP="00170D56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...66 lines deleted...]
-    <w:p w:rsidR="001C0695" w:rsidRDefault="006D2947" w:rsidP="008E1947">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілген бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidR="001158EE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1, 2, 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00841038" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 4, 5, 6, 7, 8, 9, 10, 13, 14 және</w:t>
+      </w:r>
+      <w:r w:rsidR="0088737B" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00841038" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036000" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001158EE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қосымшалар </w:t>
+      </w:r>
+      <w:r w:rsidR="005D649F" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы </w:t>
+      </w:r>
+      <w:r w:rsidR="007222DE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйрық</w:t>
+      </w:r>
+      <w:r w:rsidR="00606514" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:r w:rsidR="007222DE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00841038" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және</w:t>
+      </w:r>
+      <w:r w:rsidR="007222DE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0088737B" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="007222DE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00606514" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007222DE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымшалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00606514" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="007222DE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес    </w:t>
+      </w:r>
+      <w:r w:rsidR="00264D32" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170D56" w:rsidRPr="00734A5D" w:rsidRDefault="00170D56" w:rsidP="00170D56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...66 lines deleted...]
-    <w:p w:rsidR="009F0C90" w:rsidRPr="00A322B0" w:rsidRDefault="009F0C90" w:rsidP="008E1947">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">осы бұйрыққа </w:t>
+      </w:r>
+      <w:r w:rsidR="005E26AB" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="006F29CE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымшаға сәйкес 16</w:t>
+      </w:r>
+      <w:r w:rsidR="006F29CE" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4C56" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымшамен толықтырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRPr="00BB0F93" w:rsidRDefault="00F846F3" w:rsidP="00F846F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...58 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Қазақстан Республикасы Білім және ғылым министрлігінің Балалардың құқықтарын қорғау комитеті </w:t>
+      </w:r>
+      <w:r w:rsidR="000F38E3" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Н.А. Оршубеков) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRPr="00BB0F93" w:rsidRDefault="00F846F3" w:rsidP="00F846F3">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="009F0C90" w:rsidRPr="00A322B0" w:rsidRDefault="009F0C90" w:rsidP="009F0C90">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRPr="00BB0F93" w:rsidRDefault="00561D2F" w:rsidP="00F846F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2) осы бұйрық</w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның көшірмесін баспа және электронды түрде қазақ және орыс тілдерінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7C22" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ресми жариялау және </w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы нормативтік құқықтық актіле</w:t>
+      </w:r>
+      <w:r w:rsidR="002752CA" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рінің эталондық бақылау банкіне</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0ECB" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енгізу үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="002752CA" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Әділет министрлігінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Республикалық құқықтық ақпарат орталығы» шаруашылық жүргізу құқығындағы республикалық ме</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>млекеттік кәсіпорнына жіберуді</w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRPr="00734A5D" w:rsidRDefault="00F846F3" w:rsidP="00F846F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік тіркелген күн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нен бастап күнтізбелік он күн ішінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшірмесін мерзімді баспа басылымдарында ресми жариялау үшін жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRPr="00734A5D" w:rsidRDefault="00DF1614" w:rsidP="00F846F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...66 lines deleted...]
-    <w:p w:rsidR="009F0C90" w:rsidRPr="00A322B0" w:rsidRDefault="009F0C90" w:rsidP="009F0C90">
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="00093475" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы бұйрық </w:t>
+      </w:r>
+      <w:r w:rsidR="00923B45" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ресми жарияланған күнінен кейін </w:t>
+      </w:r>
+      <w:r w:rsidR="00093475" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оны </w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Білім және ғылым министрлігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00093475" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1436" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында орналастыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1436" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1436" w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRPr="000776EF" w:rsidRDefault="00F846F3" w:rsidP="00F846F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009F0C90" w:rsidRPr="00AB70B1" w:rsidRDefault="009F0C90" w:rsidP="009F0C90">
+        <w:t>5) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>департаментіне осы бұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00021BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йрықтың </w:t>
+      </w:r>
+      <w:r w:rsidR="0060601E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00021BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-тармағының 1), 2),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00021BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB0687">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тармақшаларымен көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRDefault="00F846F3" w:rsidP="00F846F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3703">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұйрықтың орындалуын бақылау Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім және ғылым вице-министрі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б.А. Асыловаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F846F3" w:rsidRPr="007B1C7C" w:rsidRDefault="00DF1614" w:rsidP="00F846F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00684CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы бұйрық алғаш ресми жарияланған</w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен</w:t>
+      </w:r>
+      <w:r w:rsidR="00F846F3" w:rsidRPr="00684CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00F846F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Білім және ғылым министрі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">4) размещение настоящего приказа на </w:t>
-[...48 lines deleted...]
-        </w:tabs>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B618F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B618F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е. Сағадиев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D40007" w:rsidRPr="00126E43" w:rsidRDefault="00D40007" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0036670F" w:rsidRDefault="0036670F" w:rsidP="00437889">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«КЕЛІСІЛДІ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақпарат және коммуникациялар </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00164E45" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...104 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00085E0F" w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>инистрі</w:t>
+      </w:r>
+      <w:r w:rsidR="008F095E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нің </w:t>
+      </w:r>
+      <w:r w:rsidR="008F095E" w:rsidRPr="008F095E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>міндетін атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidR="008F095E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...362 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="009A4779" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________ Қ. Балықбаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="009A4779" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...100 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00085E0F" w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «_</w:t>
+      </w:r>
+      <w:r w:rsidR="009764A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>05_» қаңтар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«КЕЛІСІЛДІ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00126E43" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00164E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F095E" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық экономика министрі</w:t>
+      </w:r>
+      <w:r w:rsidR="008F095E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="008F095E" w:rsidRDefault="008F095E" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F095E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міндетін атқарушы  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085E0F" w:rsidRPr="00EE311D" w:rsidRDefault="00085E0F" w:rsidP="00437889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________ </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4779" w:rsidRPr="00EE311D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С. Жұманғарин</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019013B" w:rsidRPr="00011774" w:rsidRDefault="00085E0F" w:rsidP="00891D88">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «_</w:t>
+      </w:r>
+      <w:r w:rsidR="009764A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>04</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_»_</w:t>
       </w:r>
-      <w:r>
-[...260 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+      <w:r w:rsidR="009764A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаңтар</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00126E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0019013B" w:rsidRPr="00011774" w:rsidSect="00011774">
+      <w:headerReference w:type="even" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="even" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="first" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="993" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BA1A77" w:rsidRDefault="00BA1A77" w:rsidP="00F16D31">
+    <w:p w:rsidR="00E06B6E" w:rsidRDefault="00E06B6E" w:rsidP="001A7AE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BA1A77" w:rsidRDefault="00BA1A77" w:rsidP="00F16D31">
+    <w:p w:rsidR="00E06B6E" w:rsidRDefault="00E06B6E" w:rsidP="001A7AE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...4 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00C57379" w:rsidRDefault="00C57379">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00C57379" w:rsidRDefault="00C57379">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="aa"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00C57379" w:rsidRDefault="00C57379">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00C57379" w:rsidRDefault="00C57379" w:rsidP="00806B4F">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00C57379" w:rsidRDefault="00C57379">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BA1A77" w:rsidRDefault="00BA1A77" w:rsidP="00F16D31">
+    <w:p w:rsidR="00E06B6E" w:rsidRDefault="00E06B6E" w:rsidP="001A7AE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BA1A77" w:rsidRDefault="00BA1A77" w:rsidP="00F16D31">
+    <w:p w:rsidR="00E06B6E" w:rsidRDefault="00E06B6E" w:rsidP="001A7AE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00C57379" w:rsidRDefault="00C57379">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1977717076"/>
+      <w:id w:val="1633205790"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00186725" w:rsidRPr="00CF3DFF" w:rsidRDefault="00186725">
+      <w:p w:rsidR="00C57379" w:rsidRPr="00806B4F" w:rsidRDefault="00C57379">
         <w:pPr>
-          <w:pStyle w:val="a3"/>
+          <w:pStyle w:val="a8"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00CF3DFF">
+        <w:r w:rsidRPr="00E24099">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00CF3DFF">
+        <w:r w:rsidRPr="00E24099">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00CF3DFF">
+        <w:r w:rsidRPr="00E24099">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F2740A">
+        <w:r w:rsidR="009764A7" w:rsidRPr="009764A7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidRPr="00CF3DFF">
+        <w:r w:rsidRPr="00E24099">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00C57379" w:rsidRPr="001A7AE4" w:rsidRDefault="00C57379">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a8"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00CF3DFF" w:rsidRDefault="00CF3DFF">
+  <w:p w:rsidR="00E24099" w:rsidRDefault="00E24099">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a8"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00C57379" w:rsidRDefault="00C57379">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0049152E"/>
+    <w:nsid w:val="0D826B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6164C7CC"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="A5A088A4"/>
+    <w:lvl w:ilvl="0" w:tplc="DA1C1C72">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0A2F6F6C"/>
+    <w:nsid w:val="101949DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8940D748"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B4C0B910"/>
+    <w:lvl w:ilvl="0" w:tplc="16F05A3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -3134,5692 +3647,1738 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0CA55912"/>
+    <w:nsid w:val="11837291"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="43069738"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="14C639A6"/>
+    <w:lvl w:ilvl="0" w:tplc="B582E170">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1774" w:hanging="1065"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="37AB611F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19A29F92"/>
+    <w:lvl w:ilvl="0" w:tplc="2736C312">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F436844C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...1154 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
-[...70 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="116"/>
+  <w:zoom w:percent="124"/>
+  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E63844"/>
-[...4253 lines deleted...]
-    <w:rsid w:val="00FF7678"/>
+    <w:rsidRoot w:val="00546D62"/>
+    <w:rsid w:val="00000401"/>
+    <w:rsid w:val="00000BE4"/>
+    <w:rsid w:val="00000DF2"/>
+    <w:rsid w:val="0000162C"/>
+    <w:rsid w:val="000033E7"/>
+    <w:rsid w:val="000034AD"/>
+    <w:rsid w:val="00003D2A"/>
+    <w:rsid w:val="0000603A"/>
+    <w:rsid w:val="00010B79"/>
+    <w:rsid w:val="00011566"/>
+    <w:rsid w:val="00011774"/>
+    <w:rsid w:val="00012148"/>
+    <w:rsid w:val="00012F74"/>
+    <w:rsid w:val="0001497A"/>
+    <w:rsid w:val="000162C5"/>
+    <w:rsid w:val="000206FA"/>
+    <w:rsid w:val="000217BA"/>
+    <w:rsid w:val="00021BB1"/>
+    <w:rsid w:val="0002307F"/>
+    <w:rsid w:val="00023BF1"/>
+    <w:rsid w:val="00025174"/>
+    <w:rsid w:val="000255BB"/>
+    <w:rsid w:val="00027F2F"/>
+    <w:rsid w:val="000306BA"/>
+    <w:rsid w:val="00033210"/>
+    <w:rsid w:val="00035F88"/>
+    <w:rsid w:val="00036000"/>
+    <w:rsid w:val="00037095"/>
+    <w:rsid w:val="000373E1"/>
+    <w:rsid w:val="00037585"/>
+    <w:rsid w:val="0004359F"/>
+    <w:rsid w:val="00043E6B"/>
+    <w:rsid w:val="00044765"/>
+    <w:rsid w:val="00045535"/>
+    <w:rsid w:val="00047171"/>
+    <w:rsid w:val="00047EF1"/>
+    <w:rsid w:val="000506F2"/>
+    <w:rsid w:val="00053174"/>
+    <w:rsid w:val="000536D9"/>
+    <w:rsid w:val="00053CB0"/>
+    <w:rsid w:val="00054E16"/>
+    <w:rsid w:val="00055EBB"/>
+    <w:rsid w:val="000561C4"/>
+    <w:rsid w:val="00056CD9"/>
+    <w:rsid w:val="0006024D"/>
+    <w:rsid w:val="00061D21"/>
+    <w:rsid w:val="00063A0B"/>
+    <w:rsid w:val="00063D61"/>
+    <w:rsid w:val="0006485A"/>
+    <w:rsid w:val="00065656"/>
+    <w:rsid w:val="000656FD"/>
+    <w:rsid w:val="00066193"/>
+    <w:rsid w:val="00067CB2"/>
+    <w:rsid w:val="00081302"/>
+    <w:rsid w:val="00082C1E"/>
+    <w:rsid w:val="00082C32"/>
+    <w:rsid w:val="000834E3"/>
+    <w:rsid w:val="00083C4E"/>
+    <w:rsid w:val="00085896"/>
+    <w:rsid w:val="00085E0F"/>
+    <w:rsid w:val="00086470"/>
+    <w:rsid w:val="00087DB7"/>
+    <w:rsid w:val="000916EE"/>
+    <w:rsid w:val="00093475"/>
+    <w:rsid w:val="00093E11"/>
+    <w:rsid w:val="00096652"/>
+    <w:rsid w:val="000968CA"/>
+    <w:rsid w:val="00097516"/>
+    <w:rsid w:val="000A2911"/>
+    <w:rsid w:val="000A4722"/>
+    <w:rsid w:val="000A5B67"/>
+    <w:rsid w:val="000A5D15"/>
+    <w:rsid w:val="000A6099"/>
+    <w:rsid w:val="000A7348"/>
+    <w:rsid w:val="000B0371"/>
+    <w:rsid w:val="000B07B2"/>
+    <w:rsid w:val="000B1CD2"/>
+    <w:rsid w:val="000B1D59"/>
+    <w:rsid w:val="000B3C77"/>
+    <w:rsid w:val="000B6739"/>
+    <w:rsid w:val="000B7C6A"/>
+    <w:rsid w:val="000C1BE8"/>
+    <w:rsid w:val="000C2CA4"/>
+    <w:rsid w:val="000C37BE"/>
+    <w:rsid w:val="000C3CE9"/>
+    <w:rsid w:val="000C4151"/>
+    <w:rsid w:val="000C566B"/>
+    <w:rsid w:val="000D4FDE"/>
+    <w:rsid w:val="000E0CF3"/>
+    <w:rsid w:val="000E0EC4"/>
+    <w:rsid w:val="000E1C51"/>
+    <w:rsid w:val="000E2B14"/>
+    <w:rsid w:val="000E3FA8"/>
+    <w:rsid w:val="000E6568"/>
+    <w:rsid w:val="000E68A1"/>
+    <w:rsid w:val="000E7C58"/>
+    <w:rsid w:val="000E7FDE"/>
+    <w:rsid w:val="000F078D"/>
+    <w:rsid w:val="000F2CF0"/>
+    <w:rsid w:val="000F3011"/>
+    <w:rsid w:val="000F38E3"/>
+    <w:rsid w:val="00100402"/>
+    <w:rsid w:val="00101B70"/>
+    <w:rsid w:val="00102C76"/>
+    <w:rsid w:val="0011255E"/>
+    <w:rsid w:val="00112671"/>
+    <w:rsid w:val="001148E7"/>
+    <w:rsid w:val="0011511D"/>
+    <w:rsid w:val="001158EE"/>
+    <w:rsid w:val="00122D03"/>
+    <w:rsid w:val="00126E43"/>
+    <w:rsid w:val="00126FA4"/>
+    <w:rsid w:val="00127D13"/>
+    <w:rsid w:val="00133F81"/>
+    <w:rsid w:val="00134D24"/>
+    <w:rsid w:val="00135429"/>
+    <w:rsid w:val="001365DD"/>
+    <w:rsid w:val="00136FD1"/>
+    <w:rsid w:val="00137C19"/>
+    <w:rsid w:val="00140307"/>
+    <w:rsid w:val="00140E2E"/>
+    <w:rsid w:val="00141021"/>
+    <w:rsid w:val="00141DEF"/>
+    <w:rsid w:val="00143B99"/>
+    <w:rsid w:val="00144017"/>
+    <w:rsid w:val="00144123"/>
+    <w:rsid w:val="00144976"/>
+    <w:rsid w:val="00144D58"/>
+    <w:rsid w:val="001477B2"/>
+    <w:rsid w:val="00151C63"/>
+    <w:rsid w:val="00152678"/>
+    <w:rsid w:val="0015472C"/>
+    <w:rsid w:val="0015767F"/>
+    <w:rsid w:val="00161CFF"/>
+    <w:rsid w:val="00162B35"/>
+    <w:rsid w:val="001633F6"/>
+    <w:rsid w:val="00164644"/>
+    <w:rsid w:val="00164E45"/>
+    <w:rsid w:val="00164E62"/>
+    <w:rsid w:val="00170D56"/>
+    <w:rsid w:val="00175864"/>
+    <w:rsid w:val="0017769C"/>
+    <w:rsid w:val="00177EBE"/>
+    <w:rsid w:val="001826A8"/>
+    <w:rsid w:val="00182D78"/>
+    <w:rsid w:val="001845EA"/>
+    <w:rsid w:val="001848B6"/>
+    <w:rsid w:val="001860E3"/>
+    <w:rsid w:val="00186AF5"/>
+    <w:rsid w:val="0019013B"/>
+    <w:rsid w:val="00190463"/>
+    <w:rsid w:val="00192C2D"/>
+    <w:rsid w:val="001962B6"/>
+    <w:rsid w:val="00197096"/>
+    <w:rsid w:val="001A012F"/>
+    <w:rsid w:val="001A015B"/>
+    <w:rsid w:val="001A078C"/>
+    <w:rsid w:val="001A1867"/>
+    <w:rsid w:val="001A2155"/>
+    <w:rsid w:val="001A28CA"/>
+    <w:rsid w:val="001A6084"/>
+    <w:rsid w:val="001A695C"/>
+    <w:rsid w:val="001A7AE4"/>
+    <w:rsid w:val="001B20C2"/>
+    <w:rsid w:val="001B339E"/>
+    <w:rsid w:val="001B3A23"/>
+    <w:rsid w:val="001B618F"/>
+    <w:rsid w:val="001B692C"/>
+    <w:rsid w:val="001C4E7D"/>
+    <w:rsid w:val="001C585F"/>
+    <w:rsid w:val="001C67CC"/>
+    <w:rsid w:val="001C6A15"/>
+    <w:rsid w:val="001C7957"/>
+    <w:rsid w:val="001D1AB6"/>
+    <w:rsid w:val="001D2B00"/>
+    <w:rsid w:val="001D3309"/>
+    <w:rsid w:val="001E01A7"/>
+    <w:rsid w:val="001E5B24"/>
+    <w:rsid w:val="001F7350"/>
+    <w:rsid w:val="00201C79"/>
+    <w:rsid w:val="00202BBF"/>
+    <w:rsid w:val="00204AB3"/>
+    <w:rsid w:val="00204ACE"/>
+    <w:rsid w:val="00205051"/>
+    <w:rsid w:val="002053F0"/>
+    <w:rsid w:val="0020563A"/>
+    <w:rsid w:val="00207DA7"/>
+    <w:rsid w:val="0021067C"/>
+    <w:rsid w:val="00212E56"/>
+    <w:rsid w:val="00214AEC"/>
+    <w:rsid w:val="0021512C"/>
+    <w:rsid w:val="00215722"/>
+    <w:rsid w:val="0021593C"/>
+    <w:rsid w:val="0022106E"/>
+    <w:rsid w:val="002227C6"/>
+    <w:rsid w:val="00222D1F"/>
+    <w:rsid w:val="002249D0"/>
+    <w:rsid w:val="00225648"/>
+    <w:rsid w:val="00226EF3"/>
+    <w:rsid w:val="0023163F"/>
+    <w:rsid w:val="002316AB"/>
+    <w:rsid w:val="00231D5C"/>
+    <w:rsid w:val="00233213"/>
+    <w:rsid w:val="002337A9"/>
+    <w:rsid w:val="00233CE7"/>
+    <w:rsid w:val="00234376"/>
+    <w:rsid w:val="002456A7"/>
+    <w:rsid w:val="002479C5"/>
+    <w:rsid w:val="0025010F"/>
+    <w:rsid w:val="0025096F"/>
+    <w:rsid w:val="00254DDB"/>
+    <w:rsid w:val="00261293"/>
+    <w:rsid w:val="0026151E"/>
+    <w:rsid w:val="00261D91"/>
+    <w:rsid w:val="00261E06"/>
+    <w:rsid w:val="00262797"/>
+    <w:rsid w:val="00263829"/>
+    <w:rsid w:val="002646BF"/>
+    <w:rsid w:val="00264790"/>
+    <w:rsid w:val="00264D32"/>
+    <w:rsid w:val="00265A46"/>
+    <w:rsid w:val="00272DFA"/>
+    <w:rsid w:val="00273DAF"/>
+    <w:rsid w:val="00274BB3"/>
+    <w:rsid w:val="002752CA"/>
+    <w:rsid w:val="00276552"/>
+    <w:rsid w:val="002813CD"/>
+    <w:rsid w:val="00285B7B"/>
+    <w:rsid w:val="00286719"/>
+    <w:rsid w:val="00290E85"/>
+    <w:rsid w:val="00292368"/>
+    <w:rsid w:val="002923F7"/>
+    <w:rsid w:val="0029527B"/>
+    <w:rsid w:val="002954DF"/>
+    <w:rsid w:val="002956DE"/>
+    <w:rsid w:val="0029591F"/>
+    <w:rsid w:val="002970AB"/>
+    <w:rsid w:val="00297C49"/>
+    <w:rsid w:val="00297E7D"/>
+    <w:rsid w:val="002A2EF5"/>
+    <w:rsid w:val="002A4F4C"/>
+    <w:rsid w:val="002A5910"/>
+    <w:rsid w:val="002A6B66"/>
+    <w:rsid w:val="002A71E7"/>
+    <w:rsid w:val="002A722B"/>
+    <w:rsid w:val="002B02A7"/>
+    <w:rsid w:val="002B0EA3"/>
+    <w:rsid w:val="002B4A16"/>
+    <w:rsid w:val="002B628E"/>
+    <w:rsid w:val="002C023C"/>
+    <w:rsid w:val="002C0A85"/>
+    <w:rsid w:val="002C1A5E"/>
+    <w:rsid w:val="002C1CC8"/>
+    <w:rsid w:val="002C2232"/>
+    <w:rsid w:val="002C2EF5"/>
+    <w:rsid w:val="002C37D7"/>
+    <w:rsid w:val="002C380E"/>
+    <w:rsid w:val="002C63C4"/>
+    <w:rsid w:val="002C7DFE"/>
+    <w:rsid w:val="002D2DA8"/>
+    <w:rsid w:val="002D7792"/>
+    <w:rsid w:val="002D791A"/>
+    <w:rsid w:val="002E0002"/>
+    <w:rsid w:val="002E2196"/>
+    <w:rsid w:val="002E2C53"/>
+    <w:rsid w:val="002E70FA"/>
+    <w:rsid w:val="002E7262"/>
+    <w:rsid w:val="002F231D"/>
+    <w:rsid w:val="002F35B1"/>
+    <w:rsid w:val="002F3B6F"/>
+    <w:rsid w:val="002F6FC5"/>
+    <w:rsid w:val="0030191B"/>
+    <w:rsid w:val="00305077"/>
+    <w:rsid w:val="00305C3C"/>
+    <w:rsid w:val="00305DD4"/>
+    <w:rsid w:val="00311ADD"/>
+    <w:rsid w:val="00312A3D"/>
+    <w:rsid w:val="00312D33"/>
+    <w:rsid w:val="00316AE1"/>
+    <w:rsid w:val="00317124"/>
+    <w:rsid w:val="00323455"/>
+    <w:rsid w:val="00330499"/>
+    <w:rsid w:val="003349DE"/>
+    <w:rsid w:val="00335F30"/>
+    <w:rsid w:val="003360BD"/>
+    <w:rsid w:val="00336213"/>
+    <w:rsid w:val="00341A4C"/>
+    <w:rsid w:val="00347B7B"/>
+    <w:rsid w:val="00347C79"/>
+    <w:rsid w:val="0035412E"/>
+    <w:rsid w:val="00354AC9"/>
+    <w:rsid w:val="0035737F"/>
+    <w:rsid w:val="00357616"/>
+    <w:rsid w:val="00360D0A"/>
+    <w:rsid w:val="003616A4"/>
+    <w:rsid w:val="0036231B"/>
+    <w:rsid w:val="00365574"/>
+    <w:rsid w:val="003666BC"/>
+    <w:rsid w:val="0036670F"/>
+    <w:rsid w:val="00375E61"/>
+    <w:rsid w:val="003774CF"/>
+    <w:rsid w:val="0038172D"/>
+    <w:rsid w:val="0038283F"/>
+    <w:rsid w:val="00385B25"/>
+    <w:rsid w:val="00385D29"/>
+    <w:rsid w:val="00387B99"/>
+    <w:rsid w:val="0039046C"/>
+    <w:rsid w:val="00391ECF"/>
+    <w:rsid w:val="003941DD"/>
+    <w:rsid w:val="00396ACB"/>
+    <w:rsid w:val="003A18B9"/>
+    <w:rsid w:val="003A22AE"/>
+    <w:rsid w:val="003A2525"/>
+    <w:rsid w:val="003A36D2"/>
+    <w:rsid w:val="003A47A5"/>
+    <w:rsid w:val="003A4CDD"/>
+    <w:rsid w:val="003A7DAC"/>
+    <w:rsid w:val="003B06B2"/>
+    <w:rsid w:val="003B2E29"/>
+    <w:rsid w:val="003B52F4"/>
+    <w:rsid w:val="003B5B29"/>
+    <w:rsid w:val="003B5BAB"/>
+    <w:rsid w:val="003B7053"/>
+    <w:rsid w:val="003C06B2"/>
+    <w:rsid w:val="003C2DF4"/>
+    <w:rsid w:val="003C2E10"/>
+    <w:rsid w:val="003C3826"/>
+    <w:rsid w:val="003C3A56"/>
+    <w:rsid w:val="003C5971"/>
+    <w:rsid w:val="003C7A0E"/>
+    <w:rsid w:val="003D5216"/>
+    <w:rsid w:val="003D598A"/>
+    <w:rsid w:val="003D6740"/>
+    <w:rsid w:val="003E104A"/>
+    <w:rsid w:val="003E1987"/>
+    <w:rsid w:val="003E1D35"/>
+    <w:rsid w:val="003E1FBA"/>
+    <w:rsid w:val="003E2814"/>
+    <w:rsid w:val="003E31C7"/>
+    <w:rsid w:val="003F0E00"/>
+    <w:rsid w:val="003F19A5"/>
+    <w:rsid w:val="003F1A7F"/>
+    <w:rsid w:val="003F248C"/>
+    <w:rsid w:val="003F2504"/>
+    <w:rsid w:val="003F2652"/>
+    <w:rsid w:val="003F37A9"/>
+    <w:rsid w:val="003F4944"/>
+    <w:rsid w:val="003F4C56"/>
+    <w:rsid w:val="003F73F8"/>
+    <w:rsid w:val="00401310"/>
+    <w:rsid w:val="00402535"/>
+    <w:rsid w:val="0040301D"/>
+    <w:rsid w:val="00403580"/>
+    <w:rsid w:val="00403A14"/>
+    <w:rsid w:val="004053D2"/>
+    <w:rsid w:val="00407F75"/>
+    <w:rsid w:val="00411150"/>
+    <w:rsid w:val="00412072"/>
+    <w:rsid w:val="00414401"/>
+    <w:rsid w:val="004154F0"/>
+    <w:rsid w:val="00417A63"/>
+    <w:rsid w:val="004201CF"/>
+    <w:rsid w:val="0042379D"/>
+    <w:rsid w:val="00424968"/>
+    <w:rsid w:val="0042521F"/>
+    <w:rsid w:val="00425D03"/>
+    <w:rsid w:val="0042798B"/>
+    <w:rsid w:val="00432135"/>
+    <w:rsid w:val="00432228"/>
+    <w:rsid w:val="00434D40"/>
+    <w:rsid w:val="0043500D"/>
+    <w:rsid w:val="00437889"/>
+    <w:rsid w:val="004407B1"/>
+    <w:rsid w:val="004432E7"/>
+    <w:rsid w:val="00443C18"/>
+    <w:rsid w:val="00444BB6"/>
+    <w:rsid w:val="00445C47"/>
+    <w:rsid w:val="00450922"/>
+    <w:rsid w:val="00452D93"/>
+    <w:rsid w:val="00454E96"/>
+    <w:rsid w:val="0045676F"/>
+    <w:rsid w:val="004569DE"/>
+    <w:rsid w:val="00460E34"/>
+    <w:rsid w:val="0046251B"/>
+    <w:rsid w:val="00463357"/>
+    <w:rsid w:val="00467E75"/>
+    <w:rsid w:val="0047148C"/>
+    <w:rsid w:val="0047257B"/>
+    <w:rsid w:val="00473FA9"/>
+    <w:rsid w:val="0047463B"/>
+    <w:rsid w:val="00475821"/>
+    <w:rsid w:val="004760BC"/>
+    <w:rsid w:val="00482474"/>
+    <w:rsid w:val="004842D9"/>
+    <w:rsid w:val="004844B0"/>
+    <w:rsid w:val="00490E1B"/>
+    <w:rsid w:val="004916EE"/>
+    <w:rsid w:val="00491DCC"/>
+    <w:rsid w:val="00497A68"/>
+    <w:rsid w:val="004A202C"/>
+    <w:rsid w:val="004A55BD"/>
+    <w:rsid w:val="004A5784"/>
+    <w:rsid w:val="004A7CD5"/>
+    <w:rsid w:val="004B0AE9"/>
+    <w:rsid w:val="004B4875"/>
+    <w:rsid w:val="004B575D"/>
+    <w:rsid w:val="004B612F"/>
+    <w:rsid w:val="004C1C66"/>
+    <w:rsid w:val="004C1E46"/>
+    <w:rsid w:val="004C4433"/>
+    <w:rsid w:val="004C5B43"/>
+    <w:rsid w:val="004C5C14"/>
+    <w:rsid w:val="004C6DBC"/>
+    <w:rsid w:val="004C7064"/>
+    <w:rsid w:val="004C73F1"/>
+    <w:rsid w:val="004D098E"/>
+    <w:rsid w:val="004D3AF4"/>
+    <w:rsid w:val="004D499A"/>
+    <w:rsid w:val="004D55D4"/>
+    <w:rsid w:val="004D7426"/>
+    <w:rsid w:val="004D759A"/>
+    <w:rsid w:val="004D7D07"/>
+    <w:rsid w:val="004E0788"/>
+    <w:rsid w:val="004E1F2A"/>
+    <w:rsid w:val="004E24ED"/>
+    <w:rsid w:val="004E273B"/>
+    <w:rsid w:val="004E3706"/>
+    <w:rsid w:val="004E3B77"/>
+    <w:rsid w:val="004E5ECB"/>
+    <w:rsid w:val="004F0C03"/>
+    <w:rsid w:val="004F1C5A"/>
+    <w:rsid w:val="004F4FA5"/>
+    <w:rsid w:val="00501611"/>
+    <w:rsid w:val="005018F1"/>
+    <w:rsid w:val="00501A8F"/>
+    <w:rsid w:val="005041C9"/>
+    <w:rsid w:val="005064ED"/>
+    <w:rsid w:val="00507764"/>
+    <w:rsid w:val="0051146A"/>
+    <w:rsid w:val="005117AB"/>
+    <w:rsid w:val="00513E23"/>
+    <w:rsid w:val="005146BD"/>
+    <w:rsid w:val="00517004"/>
+    <w:rsid w:val="00520CFE"/>
+    <w:rsid w:val="00520EF4"/>
+    <w:rsid w:val="00522459"/>
+    <w:rsid w:val="00523E23"/>
+    <w:rsid w:val="00524B08"/>
+    <w:rsid w:val="00526528"/>
+    <w:rsid w:val="00526A30"/>
+    <w:rsid w:val="00527543"/>
+    <w:rsid w:val="005305FE"/>
+    <w:rsid w:val="00532FB3"/>
+    <w:rsid w:val="005332D5"/>
+    <w:rsid w:val="00534279"/>
+    <w:rsid w:val="00536393"/>
+    <w:rsid w:val="005367FE"/>
+    <w:rsid w:val="005369A7"/>
+    <w:rsid w:val="005405B2"/>
+    <w:rsid w:val="00544115"/>
+    <w:rsid w:val="0054436A"/>
+    <w:rsid w:val="005450C8"/>
+    <w:rsid w:val="005454A1"/>
+    <w:rsid w:val="00546426"/>
+    <w:rsid w:val="00546D62"/>
+    <w:rsid w:val="00547ADF"/>
+    <w:rsid w:val="00551110"/>
+    <w:rsid w:val="0055143A"/>
+    <w:rsid w:val="00554404"/>
+    <w:rsid w:val="005557A9"/>
+    <w:rsid w:val="00556C25"/>
+    <w:rsid w:val="00557185"/>
+    <w:rsid w:val="00557837"/>
+    <w:rsid w:val="00561D2F"/>
+    <w:rsid w:val="0056752B"/>
+    <w:rsid w:val="00572194"/>
+    <w:rsid w:val="0057356C"/>
+    <w:rsid w:val="00573D76"/>
+    <w:rsid w:val="00574CA6"/>
+    <w:rsid w:val="00576B28"/>
+    <w:rsid w:val="00577643"/>
+    <w:rsid w:val="00580692"/>
+    <w:rsid w:val="005812DD"/>
+    <w:rsid w:val="00585A26"/>
+    <w:rsid w:val="00585E1B"/>
+    <w:rsid w:val="00586510"/>
+    <w:rsid w:val="00587647"/>
+    <w:rsid w:val="00587EAC"/>
+    <w:rsid w:val="005960FE"/>
+    <w:rsid w:val="005963EF"/>
+    <w:rsid w:val="005A253C"/>
+    <w:rsid w:val="005A25B8"/>
+    <w:rsid w:val="005A36C6"/>
+    <w:rsid w:val="005A3774"/>
+    <w:rsid w:val="005A3B3C"/>
+    <w:rsid w:val="005A3B59"/>
+    <w:rsid w:val="005B0A90"/>
+    <w:rsid w:val="005B11F7"/>
+    <w:rsid w:val="005B1F31"/>
+    <w:rsid w:val="005B3DBD"/>
+    <w:rsid w:val="005B7CB5"/>
+    <w:rsid w:val="005C188B"/>
+    <w:rsid w:val="005C1925"/>
+    <w:rsid w:val="005C2AB7"/>
+    <w:rsid w:val="005C343A"/>
+    <w:rsid w:val="005C620D"/>
+    <w:rsid w:val="005D0DC9"/>
+    <w:rsid w:val="005D1366"/>
+    <w:rsid w:val="005D28ED"/>
+    <w:rsid w:val="005D555B"/>
+    <w:rsid w:val="005D649F"/>
+    <w:rsid w:val="005D7093"/>
+    <w:rsid w:val="005E0B8D"/>
+    <w:rsid w:val="005E26AB"/>
+    <w:rsid w:val="005E46C5"/>
+    <w:rsid w:val="005E4D3B"/>
+    <w:rsid w:val="005E75FA"/>
+    <w:rsid w:val="005F239A"/>
+    <w:rsid w:val="005F2A1D"/>
+    <w:rsid w:val="005F3AE8"/>
+    <w:rsid w:val="005F4179"/>
+    <w:rsid w:val="005F48AD"/>
+    <w:rsid w:val="005F6BF5"/>
+    <w:rsid w:val="00600C68"/>
+    <w:rsid w:val="00601FCB"/>
+    <w:rsid w:val="006027ED"/>
+    <w:rsid w:val="00603A8A"/>
+    <w:rsid w:val="00603B9B"/>
+    <w:rsid w:val="00603F75"/>
+    <w:rsid w:val="0060595D"/>
+    <w:rsid w:val="00605C95"/>
+    <w:rsid w:val="0060601E"/>
+    <w:rsid w:val="00606514"/>
+    <w:rsid w:val="00606589"/>
+    <w:rsid w:val="006074A2"/>
+    <w:rsid w:val="0060758F"/>
+    <w:rsid w:val="0061168F"/>
+    <w:rsid w:val="00612677"/>
+    <w:rsid w:val="00615221"/>
+    <w:rsid w:val="00615452"/>
+    <w:rsid w:val="00616127"/>
+    <w:rsid w:val="006167D0"/>
+    <w:rsid w:val="0061739E"/>
+    <w:rsid w:val="006209E1"/>
+    <w:rsid w:val="006232DB"/>
+    <w:rsid w:val="00623527"/>
+    <w:rsid w:val="0062610B"/>
+    <w:rsid w:val="006263F7"/>
+    <w:rsid w:val="0063203D"/>
+    <w:rsid w:val="00632883"/>
+    <w:rsid w:val="00633804"/>
+    <w:rsid w:val="0063593D"/>
+    <w:rsid w:val="00637A06"/>
+    <w:rsid w:val="00637EC0"/>
+    <w:rsid w:val="00640DC3"/>
+    <w:rsid w:val="00641C45"/>
+    <w:rsid w:val="00642D1A"/>
+    <w:rsid w:val="006430C1"/>
+    <w:rsid w:val="006447AA"/>
+    <w:rsid w:val="006458F9"/>
+    <w:rsid w:val="00645FE7"/>
+    <w:rsid w:val="0064721C"/>
+    <w:rsid w:val="006512C5"/>
+    <w:rsid w:val="00651340"/>
+    <w:rsid w:val="0065306F"/>
+    <w:rsid w:val="006539ED"/>
+    <w:rsid w:val="0065441E"/>
+    <w:rsid w:val="00654CA0"/>
+    <w:rsid w:val="00654DA5"/>
+    <w:rsid w:val="00654E14"/>
+    <w:rsid w:val="00655055"/>
+    <w:rsid w:val="006573D4"/>
+    <w:rsid w:val="0065777C"/>
+    <w:rsid w:val="00660870"/>
+    <w:rsid w:val="00666BE2"/>
+    <w:rsid w:val="00671BF4"/>
+    <w:rsid w:val="00673F5C"/>
+    <w:rsid w:val="006746CC"/>
+    <w:rsid w:val="00676A80"/>
+    <w:rsid w:val="00680C6C"/>
+    <w:rsid w:val="00683A55"/>
+    <w:rsid w:val="00686F56"/>
+    <w:rsid w:val="0069567E"/>
+    <w:rsid w:val="00696B99"/>
+    <w:rsid w:val="0069724F"/>
+    <w:rsid w:val="006974A9"/>
+    <w:rsid w:val="00697950"/>
+    <w:rsid w:val="006A07BF"/>
+    <w:rsid w:val="006A16A6"/>
+    <w:rsid w:val="006A1BC2"/>
+    <w:rsid w:val="006A3903"/>
+    <w:rsid w:val="006A4762"/>
+    <w:rsid w:val="006A6555"/>
+    <w:rsid w:val="006A65BD"/>
+    <w:rsid w:val="006B0C67"/>
+    <w:rsid w:val="006B50CB"/>
+    <w:rsid w:val="006B512F"/>
+    <w:rsid w:val="006B5710"/>
+    <w:rsid w:val="006B7F4A"/>
+    <w:rsid w:val="006C060F"/>
+    <w:rsid w:val="006C0BC5"/>
+    <w:rsid w:val="006C21E8"/>
+    <w:rsid w:val="006C7366"/>
+    <w:rsid w:val="006C74FF"/>
+    <w:rsid w:val="006C7ED1"/>
+    <w:rsid w:val="006D126E"/>
+    <w:rsid w:val="006D2581"/>
+    <w:rsid w:val="006D5DC9"/>
+    <w:rsid w:val="006D615A"/>
+    <w:rsid w:val="006E02F6"/>
+    <w:rsid w:val="006E12AD"/>
+    <w:rsid w:val="006E3C41"/>
+    <w:rsid w:val="006E4052"/>
+    <w:rsid w:val="006E4CCF"/>
+    <w:rsid w:val="006E6DFB"/>
+    <w:rsid w:val="006E78E4"/>
+    <w:rsid w:val="006E7D52"/>
+    <w:rsid w:val="006F0981"/>
+    <w:rsid w:val="006F10C5"/>
+    <w:rsid w:val="006F29CE"/>
+    <w:rsid w:val="006F305D"/>
+    <w:rsid w:val="006F342B"/>
+    <w:rsid w:val="006F3A8A"/>
+    <w:rsid w:val="006F409B"/>
+    <w:rsid w:val="00700349"/>
+    <w:rsid w:val="0070037C"/>
+    <w:rsid w:val="00700B8B"/>
+    <w:rsid w:val="00701311"/>
+    <w:rsid w:val="0070194C"/>
+    <w:rsid w:val="00701CBD"/>
+    <w:rsid w:val="00705316"/>
+    <w:rsid w:val="00705820"/>
+    <w:rsid w:val="00705EBD"/>
+    <w:rsid w:val="00712520"/>
+    <w:rsid w:val="00721DA1"/>
+    <w:rsid w:val="007222DE"/>
+    <w:rsid w:val="007237AE"/>
+    <w:rsid w:val="007244EB"/>
+    <w:rsid w:val="00724BB5"/>
+    <w:rsid w:val="00726784"/>
+    <w:rsid w:val="00726A6F"/>
+    <w:rsid w:val="00727396"/>
+    <w:rsid w:val="00733694"/>
+    <w:rsid w:val="00734A5D"/>
+    <w:rsid w:val="007359A4"/>
+    <w:rsid w:val="00736363"/>
+    <w:rsid w:val="00737033"/>
+    <w:rsid w:val="00737CDA"/>
+    <w:rsid w:val="00743AD9"/>
+    <w:rsid w:val="0075042F"/>
+    <w:rsid w:val="00752DB3"/>
+    <w:rsid w:val="007536AF"/>
+    <w:rsid w:val="00754132"/>
+    <w:rsid w:val="0075446A"/>
+    <w:rsid w:val="007556C0"/>
+    <w:rsid w:val="007578B2"/>
+    <w:rsid w:val="00762679"/>
+    <w:rsid w:val="00762F6D"/>
+    <w:rsid w:val="00764D91"/>
+    <w:rsid w:val="0076655E"/>
+    <w:rsid w:val="00766F81"/>
+    <w:rsid w:val="00767CC2"/>
+    <w:rsid w:val="00770454"/>
+    <w:rsid w:val="00771A15"/>
+    <w:rsid w:val="007724CE"/>
+    <w:rsid w:val="00773399"/>
+    <w:rsid w:val="00773614"/>
+    <w:rsid w:val="00773BB2"/>
+    <w:rsid w:val="00774713"/>
+    <w:rsid w:val="0077504D"/>
+    <w:rsid w:val="00775A12"/>
+    <w:rsid w:val="007765B8"/>
+    <w:rsid w:val="00784423"/>
+    <w:rsid w:val="00787187"/>
+    <w:rsid w:val="00787EC9"/>
+    <w:rsid w:val="00790757"/>
+    <w:rsid w:val="007A03BA"/>
+    <w:rsid w:val="007A1E9F"/>
+    <w:rsid w:val="007A296B"/>
+    <w:rsid w:val="007A2A27"/>
+    <w:rsid w:val="007A35B3"/>
+    <w:rsid w:val="007A4C1F"/>
+    <w:rsid w:val="007A601E"/>
+    <w:rsid w:val="007A7EBF"/>
+    <w:rsid w:val="007B0761"/>
+    <w:rsid w:val="007B09DD"/>
+    <w:rsid w:val="007B1EFF"/>
+    <w:rsid w:val="007B4976"/>
+    <w:rsid w:val="007B51DB"/>
+    <w:rsid w:val="007B5E96"/>
+    <w:rsid w:val="007B76BC"/>
+    <w:rsid w:val="007B780C"/>
+    <w:rsid w:val="007C1685"/>
+    <w:rsid w:val="007C45CE"/>
+    <w:rsid w:val="007C7AF7"/>
+    <w:rsid w:val="007D107E"/>
+    <w:rsid w:val="007D3592"/>
+    <w:rsid w:val="007D3728"/>
+    <w:rsid w:val="007D7C00"/>
+    <w:rsid w:val="007E0BDF"/>
+    <w:rsid w:val="007E0ECB"/>
+    <w:rsid w:val="007E38FA"/>
+    <w:rsid w:val="007E3A1E"/>
+    <w:rsid w:val="007F389F"/>
+    <w:rsid w:val="007F41E5"/>
+    <w:rsid w:val="007F4525"/>
+    <w:rsid w:val="007F6355"/>
+    <w:rsid w:val="007F68F7"/>
+    <w:rsid w:val="00800987"/>
+    <w:rsid w:val="00801ECF"/>
+    <w:rsid w:val="008033FD"/>
+    <w:rsid w:val="00804450"/>
+    <w:rsid w:val="00806B4F"/>
+    <w:rsid w:val="0080771A"/>
+    <w:rsid w:val="0081123C"/>
+    <w:rsid w:val="00812A88"/>
+    <w:rsid w:val="0081331E"/>
+    <w:rsid w:val="00815AAA"/>
+    <w:rsid w:val="008166C2"/>
+    <w:rsid w:val="0082194F"/>
+    <w:rsid w:val="00823C63"/>
+    <w:rsid w:val="00823D2E"/>
+    <w:rsid w:val="00824D42"/>
+    <w:rsid w:val="0083050B"/>
+    <w:rsid w:val="00830B2C"/>
+    <w:rsid w:val="00831252"/>
+    <w:rsid w:val="008318F9"/>
+    <w:rsid w:val="008324DA"/>
+    <w:rsid w:val="00836EF7"/>
+    <w:rsid w:val="00841038"/>
+    <w:rsid w:val="00843F26"/>
+    <w:rsid w:val="00845867"/>
+    <w:rsid w:val="00845A71"/>
+    <w:rsid w:val="00847FD9"/>
+    <w:rsid w:val="008500CD"/>
+    <w:rsid w:val="00850169"/>
+    <w:rsid w:val="00851A3A"/>
+    <w:rsid w:val="00853EC6"/>
+    <w:rsid w:val="008544D8"/>
+    <w:rsid w:val="008570B6"/>
+    <w:rsid w:val="0085793E"/>
+    <w:rsid w:val="00860DFC"/>
+    <w:rsid w:val="00863A3F"/>
+    <w:rsid w:val="00864834"/>
+    <w:rsid w:val="00864BA0"/>
+    <w:rsid w:val="00864FB1"/>
+    <w:rsid w:val="00865E61"/>
+    <w:rsid w:val="0086677E"/>
+    <w:rsid w:val="00867D1F"/>
+    <w:rsid w:val="008704AA"/>
+    <w:rsid w:val="0087231D"/>
+    <w:rsid w:val="00872B35"/>
+    <w:rsid w:val="00872BF3"/>
+    <w:rsid w:val="00873345"/>
+    <w:rsid w:val="008739AD"/>
+    <w:rsid w:val="0087428F"/>
+    <w:rsid w:val="00880EE4"/>
+    <w:rsid w:val="00880F30"/>
+    <w:rsid w:val="00881127"/>
+    <w:rsid w:val="00881C47"/>
+    <w:rsid w:val="0088273A"/>
+    <w:rsid w:val="008841E8"/>
+    <w:rsid w:val="00886285"/>
+    <w:rsid w:val="0088737B"/>
+    <w:rsid w:val="0089059B"/>
+    <w:rsid w:val="00891730"/>
+    <w:rsid w:val="00891D88"/>
+    <w:rsid w:val="00892357"/>
+    <w:rsid w:val="008923C9"/>
+    <w:rsid w:val="0089356E"/>
+    <w:rsid w:val="008951D9"/>
+    <w:rsid w:val="00897E84"/>
+    <w:rsid w:val="008A11DA"/>
+    <w:rsid w:val="008A13B6"/>
+    <w:rsid w:val="008A2681"/>
+    <w:rsid w:val="008A30B2"/>
+    <w:rsid w:val="008A4496"/>
+    <w:rsid w:val="008A4C31"/>
+    <w:rsid w:val="008A5737"/>
+    <w:rsid w:val="008A5B29"/>
+    <w:rsid w:val="008A61AF"/>
+    <w:rsid w:val="008B152B"/>
+    <w:rsid w:val="008B3267"/>
+    <w:rsid w:val="008B4040"/>
+    <w:rsid w:val="008B40F8"/>
+    <w:rsid w:val="008C1825"/>
+    <w:rsid w:val="008C1C87"/>
+    <w:rsid w:val="008C2A7E"/>
+    <w:rsid w:val="008C438D"/>
+    <w:rsid w:val="008C5A41"/>
+    <w:rsid w:val="008C793C"/>
+    <w:rsid w:val="008D17DE"/>
+    <w:rsid w:val="008D58B4"/>
+    <w:rsid w:val="008D6019"/>
+    <w:rsid w:val="008E19AE"/>
+    <w:rsid w:val="008E1E53"/>
+    <w:rsid w:val="008E23F2"/>
+    <w:rsid w:val="008E4C67"/>
+    <w:rsid w:val="008E4D17"/>
+    <w:rsid w:val="008F0051"/>
+    <w:rsid w:val="008F095E"/>
+    <w:rsid w:val="008F0B5D"/>
+    <w:rsid w:val="008F3493"/>
+    <w:rsid w:val="008F3734"/>
+    <w:rsid w:val="008F4572"/>
+    <w:rsid w:val="008F4FE2"/>
+    <w:rsid w:val="009000F0"/>
+    <w:rsid w:val="00901616"/>
+    <w:rsid w:val="009047B4"/>
+    <w:rsid w:val="00906D51"/>
+    <w:rsid w:val="00910554"/>
+    <w:rsid w:val="00910976"/>
+    <w:rsid w:val="00913E05"/>
+    <w:rsid w:val="00914159"/>
+    <w:rsid w:val="00916157"/>
+    <w:rsid w:val="00916E8C"/>
+    <w:rsid w:val="00917E30"/>
+    <w:rsid w:val="0092014B"/>
+    <w:rsid w:val="00922B61"/>
+    <w:rsid w:val="00923395"/>
+    <w:rsid w:val="00923B45"/>
+    <w:rsid w:val="0092485E"/>
+    <w:rsid w:val="00926428"/>
+    <w:rsid w:val="00927DC3"/>
+    <w:rsid w:val="00931074"/>
+    <w:rsid w:val="00931D21"/>
+    <w:rsid w:val="0093254E"/>
+    <w:rsid w:val="00934251"/>
+    <w:rsid w:val="00934C06"/>
+    <w:rsid w:val="00934C76"/>
+    <w:rsid w:val="0093500E"/>
+    <w:rsid w:val="00941034"/>
+    <w:rsid w:val="0094160B"/>
+    <w:rsid w:val="009436AB"/>
+    <w:rsid w:val="00945396"/>
+    <w:rsid w:val="009453AD"/>
+    <w:rsid w:val="00946F62"/>
+    <w:rsid w:val="009472BA"/>
+    <w:rsid w:val="00947F5F"/>
+    <w:rsid w:val="00950C69"/>
+    <w:rsid w:val="00952969"/>
+    <w:rsid w:val="00953D34"/>
+    <w:rsid w:val="00956432"/>
+    <w:rsid w:val="00956E35"/>
+    <w:rsid w:val="00957B5F"/>
+    <w:rsid w:val="009608AB"/>
+    <w:rsid w:val="0096184C"/>
+    <w:rsid w:val="00961C8A"/>
+    <w:rsid w:val="00962167"/>
+    <w:rsid w:val="009622A9"/>
+    <w:rsid w:val="00962FF2"/>
+    <w:rsid w:val="00966CE4"/>
+    <w:rsid w:val="009679CB"/>
+    <w:rsid w:val="00972031"/>
+    <w:rsid w:val="009735C4"/>
+    <w:rsid w:val="00973F94"/>
+    <w:rsid w:val="0097467A"/>
+    <w:rsid w:val="00976185"/>
+    <w:rsid w:val="009764A7"/>
+    <w:rsid w:val="00977CD7"/>
+    <w:rsid w:val="00980F5A"/>
+    <w:rsid w:val="00982EA4"/>
+    <w:rsid w:val="00983CE6"/>
+    <w:rsid w:val="00987CA5"/>
+    <w:rsid w:val="00990EC2"/>
+    <w:rsid w:val="009915A9"/>
+    <w:rsid w:val="00994F65"/>
+    <w:rsid w:val="009976DA"/>
+    <w:rsid w:val="009A045C"/>
+    <w:rsid w:val="009A2DC3"/>
+    <w:rsid w:val="009A2DF4"/>
+    <w:rsid w:val="009A4779"/>
+    <w:rsid w:val="009A484C"/>
+    <w:rsid w:val="009A603D"/>
+    <w:rsid w:val="009A6FBA"/>
+    <w:rsid w:val="009A7E89"/>
+    <w:rsid w:val="009B19C7"/>
+    <w:rsid w:val="009B2CCD"/>
+    <w:rsid w:val="009B313B"/>
+    <w:rsid w:val="009B34C3"/>
+    <w:rsid w:val="009B3747"/>
+    <w:rsid w:val="009B6DFA"/>
+    <w:rsid w:val="009C03BA"/>
+    <w:rsid w:val="009C04BA"/>
+    <w:rsid w:val="009C6F36"/>
+    <w:rsid w:val="009C798C"/>
+    <w:rsid w:val="009D2129"/>
+    <w:rsid w:val="009D4098"/>
+    <w:rsid w:val="009D42A8"/>
+    <w:rsid w:val="009D5087"/>
+    <w:rsid w:val="009D6F4D"/>
+    <w:rsid w:val="009D7010"/>
+    <w:rsid w:val="009E067E"/>
+    <w:rsid w:val="009E16B3"/>
+    <w:rsid w:val="009E5E96"/>
+    <w:rsid w:val="009F0CC0"/>
+    <w:rsid w:val="009F12EF"/>
+    <w:rsid w:val="009F1E59"/>
+    <w:rsid w:val="009F21D2"/>
+    <w:rsid w:val="009F2DC7"/>
+    <w:rsid w:val="00A00F38"/>
+    <w:rsid w:val="00A05202"/>
+    <w:rsid w:val="00A05EC8"/>
+    <w:rsid w:val="00A061E7"/>
+    <w:rsid w:val="00A06FC3"/>
+    <w:rsid w:val="00A12BE8"/>
+    <w:rsid w:val="00A133BE"/>
+    <w:rsid w:val="00A149F7"/>
+    <w:rsid w:val="00A206D0"/>
+    <w:rsid w:val="00A2112A"/>
+    <w:rsid w:val="00A21271"/>
+    <w:rsid w:val="00A22D7C"/>
+    <w:rsid w:val="00A234EC"/>
+    <w:rsid w:val="00A24F34"/>
+    <w:rsid w:val="00A2636C"/>
+    <w:rsid w:val="00A31AD9"/>
+    <w:rsid w:val="00A34160"/>
+    <w:rsid w:val="00A34494"/>
+    <w:rsid w:val="00A3567D"/>
+    <w:rsid w:val="00A35721"/>
+    <w:rsid w:val="00A36FF2"/>
+    <w:rsid w:val="00A379C1"/>
+    <w:rsid w:val="00A401A8"/>
+    <w:rsid w:val="00A406E1"/>
+    <w:rsid w:val="00A4150D"/>
+    <w:rsid w:val="00A46E1F"/>
+    <w:rsid w:val="00A47671"/>
+    <w:rsid w:val="00A47AA9"/>
+    <w:rsid w:val="00A53353"/>
+    <w:rsid w:val="00A62546"/>
+    <w:rsid w:val="00A62FFC"/>
+    <w:rsid w:val="00A64A97"/>
+    <w:rsid w:val="00A667AD"/>
+    <w:rsid w:val="00A66D88"/>
+    <w:rsid w:val="00A70656"/>
+    <w:rsid w:val="00A72733"/>
+    <w:rsid w:val="00A7363D"/>
+    <w:rsid w:val="00A85121"/>
+    <w:rsid w:val="00A96F7E"/>
+    <w:rsid w:val="00AA0107"/>
+    <w:rsid w:val="00AA218D"/>
+    <w:rsid w:val="00AA4FA1"/>
+    <w:rsid w:val="00AA52D6"/>
+    <w:rsid w:val="00AA5753"/>
+    <w:rsid w:val="00AB1254"/>
+    <w:rsid w:val="00AB2E64"/>
+    <w:rsid w:val="00AB3660"/>
+    <w:rsid w:val="00AB476E"/>
+    <w:rsid w:val="00AB4C73"/>
+    <w:rsid w:val="00AB4D53"/>
+    <w:rsid w:val="00AB69D3"/>
+    <w:rsid w:val="00AC2880"/>
+    <w:rsid w:val="00AC2AB0"/>
+    <w:rsid w:val="00AC3839"/>
+    <w:rsid w:val="00AC5EB1"/>
+    <w:rsid w:val="00AC6DFC"/>
+    <w:rsid w:val="00AD22E4"/>
+    <w:rsid w:val="00AD269C"/>
+    <w:rsid w:val="00AD57DC"/>
+    <w:rsid w:val="00AD5E8F"/>
+    <w:rsid w:val="00AD620D"/>
+    <w:rsid w:val="00AD6A1E"/>
+    <w:rsid w:val="00AD6C7E"/>
+    <w:rsid w:val="00AE036A"/>
+    <w:rsid w:val="00AE2573"/>
+    <w:rsid w:val="00AE469A"/>
+    <w:rsid w:val="00AE5825"/>
+    <w:rsid w:val="00AE78D1"/>
+    <w:rsid w:val="00AF0302"/>
+    <w:rsid w:val="00AF1B5E"/>
+    <w:rsid w:val="00AF25EB"/>
+    <w:rsid w:val="00AF46CC"/>
+    <w:rsid w:val="00AF4812"/>
+    <w:rsid w:val="00B0058D"/>
+    <w:rsid w:val="00B013D0"/>
+    <w:rsid w:val="00B027BF"/>
+    <w:rsid w:val="00B028D8"/>
+    <w:rsid w:val="00B0316F"/>
+    <w:rsid w:val="00B03B71"/>
+    <w:rsid w:val="00B056AE"/>
+    <w:rsid w:val="00B05C08"/>
+    <w:rsid w:val="00B07FDE"/>
+    <w:rsid w:val="00B10083"/>
+    <w:rsid w:val="00B11067"/>
+    <w:rsid w:val="00B13739"/>
+    <w:rsid w:val="00B13AE3"/>
+    <w:rsid w:val="00B2146F"/>
+    <w:rsid w:val="00B2168A"/>
+    <w:rsid w:val="00B2235A"/>
+    <w:rsid w:val="00B24043"/>
+    <w:rsid w:val="00B24093"/>
+    <w:rsid w:val="00B33FD1"/>
+    <w:rsid w:val="00B34BE6"/>
+    <w:rsid w:val="00B34DDE"/>
+    <w:rsid w:val="00B378C6"/>
+    <w:rsid w:val="00B421BA"/>
+    <w:rsid w:val="00B439B3"/>
+    <w:rsid w:val="00B442F9"/>
+    <w:rsid w:val="00B45229"/>
+    <w:rsid w:val="00B51B8B"/>
+    <w:rsid w:val="00B51F03"/>
+    <w:rsid w:val="00B53556"/>
+    <w:rsid w:val="00B6151B"/>
+    <w:rsid w:val="00B62A62"/>
+    <w:rsid w:val="00B63328"/>
+    <w:rsid w:val="00B63A94"/>
+    <w:rsid w:val="00B645FA"/>
+    <w:rsid w:val="00B67875"/>
+    <w:rsid w:val="00B71907"/>
+    <w:rsid w:val="00B754B3"/>
+    <w:rsid w:val="00B8092F"/>
+    <w:rsid w:val="00B81EAC"/>
+    <w:rsid w:val="00B820A6"/>
+    <w:rsid w:val="00B864E6"/>
+    <w:rsid w:val="00B92F9E"/>
+    <w:rsid w:val="00B94549"/>
+    <w:rsid w:val="00B947AD"/>
+    <w:rsid w:val="00B94874"/>
+    <w:rsid w:val="00BA0BCE"/>
+    <w:rsid w:val="00BA1303"/>
+    <w:rsid w:val="00BA2A08"/>
+    <w:rsid w:val="00BA5A24"/>
+    <w:rsid w:val="00BA63FC"/>
+    <w:rsid w:val="00BB0DB1"/>
+    <w:rsid w:val="00BB0F93"/>
+    <w:rsid w:val="00BB10B1"/>
+    <w:rsid w:val="00BB10F0"/>
+    <w:rsid w:val="00BB1838"/>
+    <w:rsid w:val="00BB363A"/>
+    <w:rsid w:val="00BB41D5"/>
+    <w:rsid w:val="00BB58AD"/>
+    <w:rsid w:val="00BB663D"/>
+    <w:rsid w:val="00BB7F03"/>
+    <w:rsid w:val="00BC112E"/>
+    <w:rsid w:val="00BC32E2"/>
+    <w:rsid w:val="00BC558E"/>
+    <w:rsid w:val="00BC7E2E"/>
+    <w:rsid w:val="00BD1D96"/>
+    <w:rsid w:val="00BD44C0"/>
+    <w:rsid w:val="00BD4BFC"/>
+    <w:rsid w:val="00BD585F"/>
+    <w:rsid w:val="00BD7C22"/>
+    <w:rsid w:val="00BE45FB"/>
+    <w:rsid w:val="00BE51A9"/>
+    <w:rsid w:val="00BE798F"/>
+    <w:rsid w:val="00BF1C10"/>
+    <w:rsid w:val="00BF4D3A"/>
+    <w:rsid w:val="00BF6C38"/>
+    <w:rsid w:val="00C010F6"/>
+    <w:rsid w:val="00C03D9D"/>
+    <w:rsid w:val="00C102F2"/>
+    <w:rsid w:val="00C10CDF"/>
+    <w:rsid w:val="00C11F84"/>
+    <w:rsid w:val="00C134A0"/>
+    <w:rsid w:val="00C139FF"/>
+    <w:rsid w:val="00C163DB"/>
+    <w:rsid w:val="00C17832"/>
+    <w:rsid w:val="00C17DB8"/>
+    <w:rsid w:val="00C17E4B"/>
+    <w:rsid w:val="00C20338"/>
+    <w:rsid w:val="00C23CF6"/>
+    <w:rsid w:val="00C24BEC"/>
+    <w:rsid w:val="00C27FDE"/>
+    <w:rsid w:val="00C3453A"/>
+    <w:rsid w:val="00C34F16"/>
+    <w:rsid w:val="00C35B0A"/>
+    <w:rsid w:val="00C366BF"/>
+    <w:rsid w:val="00C36AF3"/>
+    <w:rsid w:val="00C46852"/>
+    <w:rsid w:val="00C46A9E"/>
+    <w:rsid w:val="00C50EE8"/>
+    <w:rsid w:val="00C51930"/>
+    <w:rsid w:val="00C54D0C"/>
+    <w:rsid w:val="00C5501D"/>
+    <w:rsid w:val="00C55F25"/>
+    <w:rsid w:val="00C56513"/>
+    <w:rsid w:val="00C57379"/>
+    <w:rsid w:val="00C60352"/>
+    <w:rsid w:val="00C6165F"/>
+    <w:rsid w:val="00C61E2F"/>
+    <w:rsid w:val="00C6322E"/>
+    <w:rsid w:val="00C6536E"/>
+    <w:rsid w:val="00C65409"/>
+    <w:rsid w:val="00C66C2B"/>
+    <w:rsid w:val="00C77F8A"/>
+    <w:rsid w:val="00C80452"/>
+    <w:rsid w:val="00C879CF"/>
+    <w:rsid w:val="00C90D77"/>
+    <w:rsid w:val="00C916F1"/>
+    <w:rsid w:val="00C91843"/>
+    <w:rsid w:val="00C91A90"/>
+    <w:rsid w:val="00C94059"/>
+    <w:rsid w:val="00C94BD0"/>
+    <w:rsid w:val="00C94C0B"/>
+    <w:rsid w:val="00C94DD9"/>
+    <w:rsid w:val="00CA1287"/>
+    <w:rsid w:val="00CA31C0"/>
+    <w:rsid w:val="00CA4593"/>
+    <w:rsid w:val="00CA70BB"/>
+    <w:rsid w:val="00CA719D"/>
+    <w:rsid w:val="00CB019B"/>
+    <w:rsid w:val="00CB0AF5"/>
+    <w:rsid w:val="00CB1CC8"/>
+    <w:rsid w:val="00CB54BF"/>
+    <w:rsid w:val="00CB5A21"/>
+    <w:rsid w:val="00CB7E4D"/>
+    <w:rsid w:val="00CC2327"/>
+    <w:rsid w:val="00CC3551"/>
+    <w:rsid w:val="00CC3861"/>
+    <w:rsid w:val="00CD01FE"/>
+    <w:rsid w:val="00CD077F"/>
+    <w:rsid w:val="00CD1041"/>
+    <w:rsid w:val="00CD11FC"/>
+    <w:rsid w:val="00CD1506"/>
+    <w:rsid w:val="00CD1D72"/>
+    <w:rsid w:val="00CD3305"/>
+    <w:rsid w:val="00CD33BD"/>
+    <w:rsid w:val="00CD425C"/>
+    <w:rsid w:val="00CD5979"/>
+    <w:rsid w:val="00CD5DAD"/>
+    <w:rsid w:val="00CE1BD8"/>
+    <w:rsid w:val="00CE2B95"/>
+    <w:rsid w:val="00CE352E"/>
+    <w:rsid w:val="00CE5653"/>
+    <w:rsid w:val="00CE5A2B"/>
+    <w:rsid w:val="00CE7315"/>
+    <w:rsid w:val="00CF12B3"/>
+    <w:rsid w:val="00CF15DD"/>
+    <w:rsid w:val="00CF3A8F"/>
+    <w:rsid w:val="00CF3AA4"/>
+    <w:rsid w:val="00CF4FE1"/>
+    <w:rsid w:val="00D0083B"/>
+    <w:rsid w:val="00D010BF"/>
+    <w:rsid w:val="00D016BA"/>
+    <w:rsid w:val="00D0214A"/>
+    <w:rsid w:val="00D03752"/>
+    <w:rsid w:val="00D04550"/>
+    <w:rsid w:val="00D108B8"/>
+    <w:rsid w:val="00D12EDD"/>
+    <w:rsid w:val="00D13243"/>
+    <w:rsid w:val="00D16FAA"/>
+    <w:rsid w:val="00D17469"/>
+    <w:rsid w:val="00D2048F"/>
+    <w:rsid w:val="00D2200A"/>
+    <w:rsid w:val="00D2262A"/>
+    <w:rsid w:val="00D247EA"/>
+    <w:rsid w:val="00D253E9"/>
+    <w:rsid w:val="00D278EE"/>
+    <w:rsid w:val="00D34BF9"/>
+    <w:rsid w:val="00D34C86"/>
+    <w:rsid w:val="00D353CF"/>
+    <w:rsid w:val="00D40007"/>
+    <w:rsid w:val="00D4108E"/>
+    <w:rsid w:val="00D4261E"/>
+    <w:rsid w:val="00D43ACA"/>
+    <w:rsid w:val="00D43FE4"/>
+    <w:rsid w:val="00D45582"/>
+    <w:rsid w:val="00D45F35"/>
+    <w:rsid w:val="00D54D6D"/>
+    <w:rsid w:val="00D6077B"/>
+    <w:rsid w:val="00D60983"/>
+    <w:rsid w:val="00D612A4"/>
+    <w:rsid w:val="00D61A78"/>
+    <w:rsid w:val="00D623CB"/>
+    <w:rsid w:val="00D62A1F"/>
+    <w:rsid w:val="00D6470F"/>
+    <w:rsid w:val="00D66808"/>
+    <w:rsid w:val="00D724C1"/>
+    <w:rsid w:val="00D729BF"/>
+    <w:rsid w:val="00D72BD0"/>
+    <w:rsid w:val="00D846D0"/>
+    <w:rsid w:val="00D84726"/>
+    <w:rsid w:val="00D85541"/>
+    <w:rsid w:val="00D904F2"/>
+    <w:rsid w:val="00D911B8"/>
+    <w:rsid w:val="00D91838"/>
+    <w:rsid w:val="00D91A63"/>
+    <w:rsid w:val="00D92F81"/>
+    <w:rsid w:val="00D94127"/>
+    <w:rsid w:val="00D949E1"/>
+    <w:rsid w:val="00D960A6"/>
+    <w:rsid w:val="00D972A1"/>
+    <w:rsid w:val="00D9790F"/>
+    <w:rsid w:val="00DA2434"/>
+    <w:rsid w:val="00DA27ED"/>
+    <w:rsid w:val="00DA31B8"/>
+    <w:rsid w:val="00DA38EC"/>
+    <w:rsid w:val="00DA556E"/>
+    <w:rsid w:val="00DA69C1"/>
+    <w:rsid w:val="00DB3611"/>
+    <w:rsid w:val="00DB3E52"/>
+    <w:rsid w:val="00DB4E78"/>
+    <w:rsid w:val="00DB4F8B"/>
+    <w:rsid w:val="00DB67B6"/>
+    <w:rsid w:val="00DB6FBD"/>
+    <w:rsid w:val="00DC4783"/>
+    <w:rsid w:val="00DC6FCD"/>
+    <w:rsid w:val="00DD0ECA"/>
+    <w:rsid w:val="00DD1F39"/>
+    <w:rsid w:val="00DD6194"/>
+    <w:rsid w:val="00DD6C11"/>
+    <w:rsid w:val="00DD7917"/>
+    <w:rsid w:val="00DD7CE6"/>
+    <w:rsid w:val="00DE3BF7"/>
+    <w:rsid w:val="00DE540F"/>
+    <w:rsid w:val="00DE5FA6"/>
+    <w:rsid w:val="00DE7723"/>
+    <w:rsid w:val="00DF1614"/>
+    <w:rsid w:val="00DF7996"/>
+    <w:rsid w:val="00E01772"/>
+    <w:rsid w:val="00E030BC"/>
+    <w:rsid w:val="00E0428C"/>
+    <w:rsid w:val="00E0433E"/>
+    <w:rsid w:val="00E04388"/>
+    <w:rsid w:val="00E04514"/>
+    <w:rsid w:val="00E049E8"/>
+    <w:rsid w:val="00E054C1"/>
+    <w:rsid w:val="00E0595B"/>
+    <w:rsid w:val="00E05FDD"/>
+    <w:rsid w:val="00E06B6E"/>
+    <w:rsid w:val="00E06DA0"/>
+    <w:rsid w:val="00E07748"/>
+    <w:rsid w:val="00E11C31"/>
+    <w:rsid w:val="00E11C6D"/>
+    <w:rsid w:val="00E144A9"/>
+    <w:rsid w:val="00E1588B"/>
+    <w:rsid w:val="00E16061"/>
+    <w:rsid w:val="00E20D5B"/>
+    <w:rsid w:val="00E216C7"/>
+    <w:rsid w:val="00E24099"/>
+    <w:rsid w:val="00E245C6"/>
+    <w:rsid w:val="00E301C2"/>
+    <w:rsid w:val="00E31DB1"/>
+    <w:rsid w:val="00E33AF5"/>
+    <w:rsid w:val="00E35D14"/>
+    <w:rsid w:val="00E418A9"/>
+    <w:rsid w:val="00E42B2B"/>
+    <w:rsid w:val="00E42CC4"/>
+    <w:rsid w:val="00E43C2E"/>
+    <w:rsid w:val="00E442E6"/>
+    <w:rsid w:val="00E47280"/>
+    <w:rsid w:val="00E47349"/>
+    <w:rsid w:val="00E47EE4"/>
+    <w:rsid w:val="00E52486"/>
+    <w:rsid w:val="00E52767"/>
+    <w:rsid w:val="00E52A6C"/>
+    <w:rsid w:val="00E5599E"/>
+    <w:rsid w:val="00E60EA1"/>
+    <w:rsid w:val="00E614B2"/>
+    <w:rsid w:val="00E65423"/>
+    <w:rsid w:val="00E657A3"/>
+    <w:rsid w:val="00E67774"/>
+    <w:rsid w:val="00E7385F"/>
+    <w:rsid w:val="00E73DCF"/>
+    <w:rsid w:val="00E73FC8"/>
+    <w:rsid w:val="00E75101"/>
+    <w:rsid w:val="00E77AE3"/>
+    <w:rsid w:val="00E814D8"/>
+    <w:rsid w:val="00E82B27"/>
+    <w:rsid w:val="00E82B8B"/>
+    <w:rsid w:val="00E83945"/>
+    <w:rsid w:val="00E84E04"/>
+    <w:rsid w:val="00E864CE"/>
+    <w:rsid w:val="00E87A86"/>
+    <w:rsid w:val="00E87F9A"/>
+    <w:rsid w:val="00E90060"/>
+    <w:rsid w:val="00E92000"/>
+    <w:rsid w:val="00E97453"/>
+    <w:rsid w:val="00EA0FC1"/>
+    <w:rsid w:val="00EA1EC5"/>
+    <w:rsid w:val="00EA34BD"/>
+    <w:rsid w:val="00EB1436"/>
+    <w:rsid w:val="00EB35C5"/>
+    <w:rsid w:val="00EB35F9"/>
+    <w:rsid w:val="00EB3AF9"/>
+    <w:rsid w:val="00EB40D8"/>
+    <w:rsid w:val="00EB4330"/>
+    <w:rsid w:val="00EB4C6B"/>
+    <w:rsid w:val="00EB51ED"/>
+    <w:rsid w:val="00EB5643"/>
+    <w:rsid w:val="00EB62D9"/>
+    <w:rsid w:val="00EB7F97"/>
+    <w:rsid w:val="00EC1C9C"/>
+    <w:rsid w:val="00EC3A4F"/>
+    <w:rsid w:val="00EC64D1"/>
+    <w:rsid w:val="00ED0C02"/>
+    <w:rsid w:val="00ED0CD2"/>
+    <w:rsid w:val="00ED30E7"/>
+    <w:rsid w:val="00ED57B4"/>
+    <w:rsid w:val="00EE311D"/>
+    <w:rsid w:val="00EE4FB9"/>
+    <w:rsid w:val="00EE5544"/>
+    <w:rsid w:val="00EE5AFA"/>
+    <w:rsid w:val="00EE5E64"/>
+    <w:rsid w:val="00EE662C"/>
+    <w:rsid w:val="00EE67C3"/>
+    <w:rsid w:val="00EE7BC5"/>
+    <w:rsid w:val="00EF1025"/>
+    <w:rsid w:val="00EF1F9C"/>
+    <w:rsid w:val="00EF2397"/>
+    <w:rsid w:val="00F03485"/>
+    <w:rsid w:val="00F04AFB"/>
+    <w:rsid w:val="00F12230"/>
+    <w:rsid w:val="00F125F8"/>
+    <w:rsid w:val="00F13ECE"/>
+    <w:rsid w:val="00F14027"/>
+    <w:rsid w:val="00F14177"/>
+    <w:rsid w:val="00F14D76"/>
+    <w:rsid w:val="00F15CA3"/>
+    <w:rsid w:val="00F171DE"/>
+    <w:rsid w:val="00F17D26"/>
+    <w:rsid w:val="00F2159A"/>
+    <w:rsid w:val="00F2167D"/>
+    <w:rsid w:val="00F2455B"/>
+    <w:rsid w:val="00F24D26"/>
+    <w:rsid w:val="00F25118"/>
+    <w:rsid w:val="00F263CB"/>
+    <w:rsid w:val="00F26F19"/>
+    <w:rsid w:val="00F27C45"/>
+    <w:rsid w:val="00F323DA"/>
+    <w:rsid w:val="00F34130"/>
+    <w:rsid w:val="00F375BB"/>
+    <w:rsid w:val="00F40074"/>
+    <w:rsid w:val="00F433A7"/>
+    <w:rsid w:val="00F436E3"/>
+    <w:rsid w:val="00F43756"/>
+    <w:rsid w:val="00F43904"/>
+    <w:rsid w:val="00F45937"/>
+    <w:rsid w:val="00F45C00"/>
+    <w:rsid w:val="00F526EF"/>
+    <w:rsid w:val="00F52CE8"/>
+    <w:rsid w:val="00F543A9"/>
+    <w:rsid w:val="00F5693B"/>
+    <w:rsid w:val="00F62847"/>
+    <w:rsid w:val="00F62C9A"/>
+    <w:rsid w:val="00F63446"/>
+    <w:rsid w:val="00F7024B"/>
+    <w:rsid w:val="00F745C1"/>
+    <w:rsid w:val="00F74B90"/>
+    <w:rsid w:val="00F75B4D"/>
+    <w:rsid w:val="00F76543"/>
+    <w:rsid w:val="00F81B56"/>
+    <w:rsid w:val="00F82448"/>
+    <w:rsid w:val="00F827DC"/>
+    <w:rsid w:val="00F846F3"/>
+    <w:rsid w:val="00F84DCF"/>
+    <w:rsid w:val="00F8675B"/>
+    <w:rsid w:val="00F87EC1"/>
+    <w:rsid w:val="00F90505"/>
+    <w:rsid w:val="00F910C9"/>
+    <w:rsid w:val="00F921BD"/>
+    <w:rsid w:val="00F923BA"/>
+    <w:rsid w:val="00F923F9"/>
+    <w:rsid w:val="00F93AF7"/>
+    <w:rsid w:val="00F9428C"/>
+    <w:rsid w:val="00F95736"/>
+    <w:rsid w:val="00F96386"/>
+    <w:rsid w:val="00F96A82"/>
+    <w:rsid w:val="00F974F6"/>
+    <w:rsid w:val="00FA01CD"/>
+    <w:rsid w:val="00FA1894"/>
+    <w:rsid w:val="00FA2C85"/>
+    <w:rsid w:val="00FA745C"/>
+    <w:rsid w:val="00FA7757"/>
+    <w:rsid w:val="00FB1455"/>
+    <w:rsid w:val="00FB1900"/>
+    <w:rsid w:val="00FB426C"/>
+    <w:rsid w:val="00FB5937"/>
+    <w:rsid w:val="00FC2CC0"/>
+    <w:rsid w:val="00FC3002"/>
+    <w:rsid w:val="00FC30B8"/>
+    <w:rsid w:val="00FC3E92"/>
+    <w:rsid w:val="00FC4AFB"/>
+    <w:rsid w:val="00FC4CC3"/>
+    <w:rsid w:val="00FC6554"/>
+    <w:rsid w:val="00FC7A70"/>
+    <w:rsid w:val="00FD0ADC"/>
+    <w:rsid w:val="00FD11D4"/>
+    <w:rsid w:val="00FD22AB"/>
+    <w:rsid w:val="00FD5484"/>
+    <w:rsid w:val="00FD66F6"/>
+    <w:rsid w:val="00FD79E1"/>
+    <w:rsid w:val="00FE18A6"/>
+    <w:rsid w:val="00FE1E20"/>
+    <w:rsid w:val="00FE2625"/>
+    <w:rsid w:val="00FE2EF6"/>
+    <w:rsid w:val="00FE6992"/>
+    <w:rsid w:val="00FE6ECE"/>
+    <w:rsid w:val="00FF0054"/>
+    <w:rsid w:val="00FF15F3"/>
+    <w:rsid w:val="00FF21DF"/>
+    <w:rsid w:val="00FF2ACC"/>
+    <w:rsid w:val="00FF2C43"/>
+    <w:rsid w:val="00FF3986"/>
+    <w:rsid w:val="00FF699A"/>
+    <w:rsid w:val="00FF6D2A"/>
+    <w:rsid w:val="00FF7589"/>
+    <w:rsid w:val="00FF7845"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -8944,410 +5503,331 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF2397"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00794D4E"/>
+    <w:rsid w:val="00ED30E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B251A2"/>
+    <w:rsid w:val="005D555B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
-[...22 lines deleted...]
-      <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
-[...53 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00593EF0"/>
+    <w:rsid w:val="00EF2397"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...68 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0048295C"/>
+    <w:rsid w:val="00EF2397"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E82B27"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000255BB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00153A42"/>
+    <w:rsid w:val="00881C47"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-    <w:name w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00881C47"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FB4C30"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A7AE4"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001A7AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A7AE4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001A7AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00ED30E7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
-[...4 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
-[...13 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006A65BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B251A2"/>
+    <w:rsid w:val="005D555B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...18 lines deleted...]
-    <w:rsid w:val="00BC729E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00F62847"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...14 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9468,974 +5948,648 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF2397"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00794D4E"/>
+    <w:rsid w:val="00ED30E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B251A2"/>
+    <w:rsid w:val="005D555B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
-[...22 lines deleted...]
-      <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
-[...53 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00593EF0"/>
+    <w:rsid w:val="00EF2397"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...68 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0048295C"/>
+    <w:rsid w:val="00EF2397"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E82B27"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000255BB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00153A42"/>
+    <w:rsid w:val="00881C47"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-    <w:name w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00881C47"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FB4C30"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A7AE4"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001A7AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A7AE4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001A7AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00ED30E7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
-[...4 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
-[...13 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006A65BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B251A2"/>
+    <w:rsid w:val="005D555B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...18 lines deleted...]
-    <w:rsid w:val="00BC729E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00F62847"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...14 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="205139064">
+    <w:div w:id="12657366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="241185418">
+    <w:div w:id="164128779">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="265583147">
+    <w:div w:id="184905573">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="270357855">
+    <w:div w:id="356122660">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="301817212">
+    <w:div w:id="487790562">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="326251947">
+    <w:div w:id="490295192">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="645356076">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="645669603">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="867641838">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="880635209">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="942414987">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1290890702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="903180670">
+        <w:div w:id="1974559096">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="359284297">
+    <w:div w:id="1414932406">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="378210231">
+    <w:div w:id="1453859195">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="382363872">
+    <w:div w:id="1502356094">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="412356658">
+    <w:div w:id="1659724627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="444539959">
+    <w:div w:id="1707096967">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="507870560">
+    <w:div w:id="1852406196">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="584998252">
+    <w:div w:id="1939872973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="599140396">
+    <w:div w:id="1993751038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="686903628">
+    <w:div w:id="2033337457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="742726905">
-[...324 lines deleted...]
-    <w:div w:id="2025595396">
+    <w:div w:id="2108696047">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10688,78 +6842,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22211B20-01F0-4CF3-A4E6-CE46DC3606B5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9902289-5958-4062-ABD6-A98C9C891B2E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1078</Words>
-  <Characters>6145</Characters>
+  <Words>1094</Words>
+  <Characters>6242</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7209</CharactersWithSpaces>
+  <CharactersWithSpaces>7322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Бегалина Махаббат</dc:creator>
+  <dc:creator>Исмуханова Ляззат Исламбековна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>