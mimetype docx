--- v0 (2025-12-12)
+++ v1 (2026-01-14)
@@ -1,7043 +1,7337 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="00BD7940" w:rsidRPr="009C1B1E" w:rsidRDefault="00BD7940" w:rsidP="00BD7940">
-[...3897 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="516b4da9" w14:textId="516b4da9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6076950" cy="2771775"/>
-[...1 lines deleted...]
-            <wp:docPr id="44" name="Рисунок 4"/>
+            <wp:extent cx="1905000" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId3"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6076950" cy="2771775"/>
+                      <a:ext cx="1905000" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...5 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Об утверждении регламента оказания государственной услуги "Прием документов для предоставления бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Постановление акимата города Сарани Карагандинской области от 15 ноября 2012 года N 42/05. Зарегистрировано Департаментом юстиции Карагандинской области 14 декабря 2012 года N 2024. Утратило силу постановлением акимата города Сарани Карагандинской области от 17 мая 2013 года N 19/01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Утратило силу постановлением акимата города Сарани Карагандинской области от 17.05.2013 N 19/01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В тексте сохранена авторская орфография и пунктуация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с Законами Республики Казахстан от 23 января 2001 года "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>", от 24 марта 1998 года "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>О нормативных правовых актах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>", от 27 ноября 2000 года "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Об административных процедурах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>", постановлениями Правительства Республики Казахстан от 26 октября 2010 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>N 1116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об утверждении Типового регламента электронной государственной услуги" и от 31 августа 2012 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 1119 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Об утверждении стандартов государственных услуг, оказываемых Министерством образования и науки Республики Казахстан, местными исполнительными органами в сфере образования и науки", акимат города Сарани </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регламент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Прием документов для предоставления бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль за исполнением настоящего постановления возложить на заместителя акима города Сарани Бедельбаеву Гульмиру Сериковну.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аким города Сарани                         С. Касимов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Утвержден</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+постановлением акимата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+города Сарани</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 15 ноября 2012 года</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+N 42/05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Регламент оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для предоставления бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+1. Основные понятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. В настоящем регламенте используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) СФЕ – структурно-функциональные единицы, которые участвуют в процессе оказания государственной услуги – ответственные лица заинтересованных органов, информационные системы и их подсистемы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) получатель государственной услуги – физическое лицо;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) уполномоченный орган – государственное учреждение "Отдел образования, физической культуры и спорта города Сарани".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+2. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная услуга оказывается государственным учреждением "Отдел образования, физической культуры и спорта города Сарани", расположенного по адресу: Карагандинская область, город Сарань, улица Жамбыла, 65, телефон: 8 (72137) 40555, 40523 www.obrazovanie.saran.kz (далее - уполномоченный орган).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Форма оказываемой государственной услуги: неавтоматизированная.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга оказывается в соответствии с подпунктом 14) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан от 27 июля 2007 года "Об образовании", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 августа 2012 года N 1119 "Об утверждении стандартов государственных услуг, оказываемых Министерством образования и науки Республики Казахстан, местными исполнительными органами в сфере образования и науки".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Результатом завершения оказываемой государственной услуги являются предоставление бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах с выдачей справки о предоставлении бесплатного питания в общеобразовательной школе на бумажном носителе, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту, либо мотивированный ответ об отказе в предоставлении услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Государственная услуга оказывается:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) детям из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) детям из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) детям-сиротам и детям, оставшимся без попечения родителей, проживающим в семьях;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+3. Требования к порядку оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга предоставляется в течение учебного года:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      в рабочие дни в соответствии с установленным графиком работы с 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Предварительная запись и ускоренное оформление услуги не предусмотрены.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Полная информация о порядке оказания государственной услуги и образец заявления, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту, перечень необходимых документов для получения государственной услуги размещается на стендах в фойе общеобразовательных школ, перечень которых указан в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту, а также на интернет-ресурсах уполномоченного органа www.obrazovanie.saran.kz.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Сроки оказания государственной услуги с момента:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) обращения для получения государственной услуги (в течение 5 дней с поступления заявления) составляют 5 рабочих дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания до получения государственной услуги, оказываемой на месте в день обращения заявителя (при регистрации) - не более 30 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания получателя государственной услуги, оказываемой на месте в день обращения заявителя - не более 30 минут.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Государственная услуга оказывается бесплатно.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. Основанием для отказа в предоставлении государственной услуги служит представление получателем государственной услуги неполного пакета документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункте 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Этапы оказания государственной услуги с момента получения заявления от получателя государственной услуги для получения государственной услуги и до момента выдачи результата государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) получатель государственной услуги обращается в организацию образования и подает заявление, предоставляет пакет документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ответственный исполнитель организации образования регистрирует документы и представляет на рассмотрение руководству организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) ответственный исполнитель оформляет результат оказания государственной услуги, подготавливает справку либо мотивированный ответ об отказе и выдает получателю государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Минимальное количество лиц, осуществляющих прием документов для оказания государственной услуги в организации образования составляет один сотрудник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+4. Описание порядка действия (взаимодействия) в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Государственная услуга оказывается в зданиях общеобразовательных школ, находящихся в ведении местных исполнительных органов города Сарани, где предусмотрены условия для обслуживания получателей государственной услуги, в том числе для лиц с ограниченными физическими возможностями.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Документы, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункте 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента сдаются в кабинет ответственного за оказание данной услуги работника общеобразовательной школы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Для получения государственной услуги получателю государственной услуги необходимо представить в общеобразовательную школу следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) справку, подтверждающую принадлежность получателя государственной услуги (семьи) к потребителям государственной адресной социальной помощи, предоставляемую местными исполнительными органами для категории лиц, указанных в подпункте 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о полученных доходах (заработная плата работающих родителей или лиц их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев для категории лиц, указанных в подпункте 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях для категории лиц, указанных в подпункте 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) указанные категории в подпунктах 4) и 5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункта 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента определяются коллегиальным органом на основании обследования материально-бытового положения семьи. При необходимости коллегиальный орган для указанных категорий в праве запрашивать необходимые документы для принятия решения об оказании финансовой и материальной помощи.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. При сдаче всех документов для получения государственной услуги получателю государственной услуги выдается расписка в получении необходимых документов, с указанием номера и даты приема заявления, фамилии, имени, отчества ответственного работника общеобразовательной школы, выдавшего расписку с указанием даты получения услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Доставка результата государственной услуги получателю государственной услуги осуществляется при личном обращении получателя государственной услуги или его представителя (при наличии официально заверенного соответствующего документа) по истечению 5 рабочих дней с момента поступления заявления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. В процессе оказания государственной услуги участвуют следующие структурно-функциональные единицы (далее - СФЕ):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) руководитель организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ответственный исполнитель организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19. Текстовое табличное описание последовательности и взаимодействие административных действий каждой СФЕ с указанием срока выполнения каждого административного действия приведено в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. Схема, отражающая взаимосвязь между логической последовательностью административных действий в процессе оказания государственной услуги и СФЕ, приведена в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+5. Ответственность должностных лиц, оказывающих</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+государственные услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      21. Ответственным лицом за оказание государственной услуги является руководитель уполномоченного органа и руководитель организации образования (далее - должностные лица).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Должностные лица несут ответственность за качество и реализацию оказания государственной услуги в установленные сроки в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+предоставления бесплатного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+питания отдельным категориям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Контактные данные организаций образования по оказанию государственной услуги "Прием документов для предоставления бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5823"/>
+        <w:gridCol w:w="3566"/>
+        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="2794"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации образования, осуществляющих функции по оказанию государственной услуги в области образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Месторасположение, адрес, электронный адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактный телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа N 1 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, город Сарань, улица Жамбыла, 50</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: stdioworkz@yandex.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 26111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа N 2 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, город Сарань, улица Ушакова, 8/1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: dubowka@bk.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 27002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа N 4 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, город Сарань, улица Жамбыла, 62</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: sh4@inbox.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 23391</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа N 6 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, город Сарань, микрорайон 1а, дом 26</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: www.shkola6-saran.ukoz.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 44421</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа-интернат N 7 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, город Сарань, микрорайон 2, дом 15 б</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: OPCHK@rambler.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 31245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа N 13 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, поселок Актас, переулок Бородина 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: shool_13@mail.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 55028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа N 16 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, поселок Актас, улица Космическая, 11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: SOH16@mail.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 55027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждения "Средняя общеобразовательная школа N 17 акимата города Сарани, государственного учреждения "Отдел образования, физической культуры и спорта города Сарани"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101200, Карагандинская область, город Сарань, улица Абая, дом 25а</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта: sh17@rambler.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 (72137) 40348</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С 09.00 часов до 18.00 часов, с перерывом на обед, за исключением выходных и праздничных дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+предоставления бесплатного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+питания отдельным категориям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Образец справки</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+о предоставлении бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Дана ___________________________ в том, что он/она включен (-а)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                     (Ф.И.О.)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+в список обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20 __ - 20 __ учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      М.П.                         Дата, подпись директора школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+предоставления бесплатного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+питания отдельным категориям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Образец заявления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+для предоставления бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Директору школы N ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+(наименование школы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+__________ района, _________ области)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+(Ф.И.О. директора)          </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от гр. ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+(Ф.И.О. заявителя)      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+проживающего (-ей) по адресу:        </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+(наименование населенного пункта,  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+адрес места проживания, телефон)  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу Вас включить моего несовершеннолетнего ребенка (Ф.И.О., дата рождения), обучающегося в (указать N и литер класса), в список обучающихся и воспитанников, обеспечивающихся бесплатным питанием на (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                       Дата, подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Приложение 4</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+предоставления бесплатного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+питания отдельным категориям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Образец расписки о получении документов у потребителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Школа ______________________ (указать N или наименование школы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+    (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Расписка в приеме документов N _________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Получены от _____________________________ следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                     (Ф.И.О. потребителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Справка, подтверждающая принадлежность заявителя (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами для категории лиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения о полученных доходах (заработная плата работающих родителей или лиц их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Акт обследования материально-жилищных условий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Другие _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Принял ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                  (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "____"_____________ 20 __ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Приложение 5</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+предоставления бесплатного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+питания отдельным категориям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Текстовое табличное описание последовательности и взаимодействия административных действий (процедур) каждой СФЕ с указанием срока выполнения каждого административного действия (процедуры)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Таблица 1. Описание действий СФЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3192"/>
+        <w:gridCol w:w="3820"/>
+        <w:gridCol w:w="3360"/>
+        <w:gridCol w:w="3508"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N действия (хода, потока работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование СФЕ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры, операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов, регистрация заявления, выдача расписки получателю государственной услуги о приеме документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рассмотрение документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Осуществление проверки полноты документов, оформление справки либо мотивированного ответа об отказе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма завершения (данные, документ, организационно- распорядительное решение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Направление документов государственной услуги для наложение резолюции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наложение резолюции, передача документов на исполнение ответственному исполнителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача справки либо мотивированного ответа об отказе в предоставлении государственной услуги получателю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 минут</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 рабочих дня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Таблица 2. Варианты использования. Основной процесс</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4736"/>
+        <w:gridCol w:w="4161"/>
+        <w:gridCol w:w="4983"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Группа 1 СФЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Группа 2 СФЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководство организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Группа 3 СФЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов, регистрация заявления, выдача расписки получателю государственной услуги о приеме документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рассмотрение документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Осуществление проверки полноты документов, оформление справки либо мотивированного ответа об отказе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Направление документов руководству для наложения резолюции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наложение резолюции, передача на исполнение ответственному исполнителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача справки либо мотивированного ответа об отказе получателю государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Таблица 3. Варианты использования. Альтернативный процесс</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4847"/>
+        <w:gridCol w:w="4454"/>
+        <w:gridCol w:w="4579"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Группа 1 СФЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Группа 2 СФЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководство организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Группа 3 СФЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов, регистрация, выдача расписки получателю государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Направление документов руководству для наложения резолюции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рассмотрение документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наложение резолюции, передача документов на исполнение ответственному исполнителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Осуществление проверки полноты представленных документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие N 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оформление справки либо мотивированного ответа об отказе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подписание справки либо мотивированного ответа об отказе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действие 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрация и выдача справки либо мотивированного ответа об отказе получателю государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...314 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Приложение 6</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+предоставления бесплатного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+питания отдельным категориям</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...46 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Схема отражающая взаимосвязь между логической последовательностью административных действий в процессе оказания государственной услуги и СФЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6076950" cy="3200400"/>
-[...1 lines deleted...]
-            <wp:docPr id="45" name="Рисунок 5"/>
+            <wp:extent cx="8699500" cy="8610600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6076950" cy="3200400"/>
+                      <a:ext cx="8699500" cy="8610600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...5 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
-[...505 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...92 lines deleted...]
-  <w:p w:rsidR="007007F8" w:rsidRDefault="00A95362">
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
-    <w:fldSimple w:instr="PAGE   \* MERGEFORMAT">
-[...11 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r>
       <w:rPr>
-        <w:lang w:val="en-US"/>
+        <w:noProof/>
       </w:rPr>
-    </w:pPr>
-[...23 lines deleted...]
-    </w:pPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1027 lines deleted...]
-</w:settings>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...21 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
-[...116 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...9 lines deleted...]
-    <w:rsid w:val="0055073C"/>
+  <w:style w:type="paragraph" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-[...264 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
-[...3 lines deleted...]
-    <w:rsid w:val="00C72191"/>
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...299 lines deleted...]
-</ds:datastoreItem>
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...6 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>