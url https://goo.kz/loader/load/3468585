--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -2599,2787 +2599,86 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00390FC7">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AE00AF" w:rsidRDefault="00AE00AF" w:rsidP="00390FC7">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2695 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00AE00AF" w:rsidSect="00C504B0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="03440761"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE5CC778"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5530,62 +2829,61 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="08567C92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F9943788"/>
-    <w:lvl w:ilvl="0" w:tplc="B9B04F14">
+    <w:tmpl w:val="833C2AA6"/>
+    <w:lvl w:ilvl="0" w:tplc="14A8B536">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -6912,139 +4210,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="61107253"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="64212177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FBA6248"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7089,51 +4298,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="7BEB340F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF604258"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7182,151 +4391,146 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F6C77"/>
     <w:rsid w:val="00002B5D"/>
     <w:rsid w:val="00055E60"/>
     <w:rsid w:val="00082783"/>
     <w:rsid w:val="00101C4D"/>
     <w:rsid w:val="00122554"/>
     <w:rsid w:val="00191DF3"/>
     <w:rsid w:val="001C54A1"/>
     <w:rsid w:val="00240655"/>
     <w:rsid w:val="002F6C77"/>
     <w:rsid w:val="0034698D"/>
     <w:rsid w:val="00350F8B"/>
     <w:rsid w:val="00390FC7"/>
     <w:rsid w:val="004132EA"/>
     <w:rsid w:val="004731A8"/>
-    <w:rsid w:val="005B4CD1"/>
     <w:rsid w:val="005F1A62"/>
     <w:rsid w:val="00641A7C"/>
     <w:rsid w:val="006A054D"/>
     <w:rsid w:val="006F0799"/>
     <w:rsid w:val="00716335"/>
     <w:rsid w:val="007B2DA3"/>
     <w:rsid w:val="00AA1F35"/>
     <w:rsid w:val="00AE00AF"/>
     <w:rsid w:val="00B11C90"/>
     <w:rsid w:val="00B3239D"/>
+    <w:rsid w:val="00B44161"/>
     <w:rsid w:val="00B85201"/>
     <w:rsid w:val="00C504B0"/>
     <w:rsid w:val="00C5470C"/>
     <w:rsid w:val="00CC290C"/>
-    <w:rsid w:val="00D10427"/>
-    <w:rsid w:val="00D64FE3"/>
     <w:rsid w:val="00DA271C"/>
     <w:rsid w:val="00EB7939"/>
     <w:rsid w:val="00ED670D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7577,78 +4781,50 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00101C4D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00101C4D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...26 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -7848,116 +5024,51 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00390FC7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="371462784">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="451286694">
-      <w:bodyDiv w:val="1"/>
-[...50 lines deleted...]
-    <w:div w:id="1711875848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -8231,82 +5342,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15F7BEE5-F9E6-4E11-9B6F-A4DA33A7569B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6203287D-B1B3-4D07-92B6-15D22AA365E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5913</Characters>
+  <Pages>2</Pages>
+  <Words>542</Words>
+  <Characters>3095</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6937</CharactersWithSpaces>
+  <CharactersWithSpaces>3630</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>