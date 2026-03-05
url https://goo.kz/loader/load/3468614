--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,331 +1,832 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005606D7" w:rsidRPr="00A94273" w:rsidRDefault="005606D7" w:rsidP="005606D7">
+    <w:p w:rsidR="00A273C2" w:rsidRDefault="00997F88" w:rsidP="002E4FF5">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94273">
-[...7 lines deleted...]
-        <w:t>«Ертегілер және қыс мезгіліне байланысты оқиғалар»тақырыбында  әдеби оқу</w:t>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Час поэзии</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Весёлые стихи про весёлые грехи»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606D7" w:rsidRDefault="005606D7" w:rsidP="005606D7">
+    <w:p w:rsidR="002E4FF5" w:rsidRPr="002E4FF5" w:rsidRDefault="002E4FF5" w:rsidP="002E4FF5"/>
+    <w:p w:rsidR="0043038D" w:rsidRPr="002E4FF5" w:rsidRDefault="0043038D" w:rsidP="002E4FF5">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A94273">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">мектебінің кітапханасында «Ертегілер және қыс мезгіліне байланысты оқиғалар»тақырыбында  бастауыш сынып оқушыларымен әдеби оқу өтті. </w:t>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 января </w:t>
+      </w:r>
+      <w:r w:rsidR="005637B9" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в библиотеке </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">средней </w:t>
+      </w:r>
+      <w:r w:rsidR="005637B9" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы №</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 прошло мероприятие по стихотворениям </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ригория  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Остера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Весёлые стихи про весёлые грехи» </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7030" w:rsidRPr="005606D7" w:rsidRDefault="005606D7">
+    <w:p w:rsidR="00997F88" w:rsidRPr="002E4FF5" w:rsidRDefault="0043038D" w:rsidP="002E4FF5">
       <w:pPr>
-        <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4FF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ребята познакомились с биографией писателя, драматурга, телевизионного ведущего и сценариста Григория </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бенционовича</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Остера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прослушали стих</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и из книги «Вредные советы» и п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осмотрели мультфильмы</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00997F88" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> снятые по </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>его произведениям</w:t>
+      </w:r>
+      <w:r w:rsidR="00997F88" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: « Котёнок по имени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005637B9" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005637B9" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00997F88" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ав</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00997F88" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00997F88" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«38 попугаев», «Баба Яга против» и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008333B6" w:rsidRPr="002E4FF5" w:rsidRDefault="00997F88" w:rsidP="002E4FF5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мероприятие прошло   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>весёло</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, с хорошим настроением. </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вредные советы</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребятам понравились</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и они сделали вывод, что нельзя вести себя</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>так</w:t>
+      </w:r>
+      <w:r w:rsidR="005637B9" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">написал в </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шутливой форме</w:t>
+      </w:r>
+      <w:r w:rsidR="004039CA" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> своих стихах Г</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4FF5" w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ригорий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Остер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008333B6" w:rsidRPr="002E4FF5" w:rsidRDefault="008333B6" w:rsidP="002E4FF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E4FF5" w:rsidRDefault="008333B6" w:rsidP="002E4FF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4FF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FB52855" wp14:editId="23D922C4">
-            <wp:extent cx="4257675" cy="1971366"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53BF2579" wp14:editId="670D8179">
+            <wp:extent cx="3530600" cy="2719694"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="51" name="Рисунок 3" descr="C:\Users\1\Desktop\IMG_20181224_151113.jpg"/>
+            <wp:docPr id="6" name="Рисунок 2" descr="C:\Users\1\Desktop\IMG-20190104-WA0002.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\1\Desktop\IMG_20181224_151113.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\IMG-20190104-WA0002.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
-                    <a:srcRect l="7467" t="23718" r="22824" b="19872"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:srcRect l="25507" t="32277" r="24760" b="20461"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4264778" cy="1974655"/>
+                      <a:ext cx="3547917" cy="2733034"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002E4FF5" w:rsidRDefault="002E4FF5" w:rsidP="002E4FF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008333B6" w:rsidRPr="002E4FF5" w:rsidRDefault="008333B6" w:rsidP="002E4FF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002E4FF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32F13282" wp14:editId="6A2B7CF7">
-[...2 lines deleted...]
-            <wp:docPr id="59" name="Рисунок 2" descr="C:\Users\1\Desktop\IMG-20190104-WA0007.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34CFBEDF" wp14:editId="20DA338D">
+            <wp:extent cx="3630779" cy="2374900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Рисунок 3" descr="C:\Users\1\Desktop\IMG-20190104-WA0015.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\IMG-20190104-WA0007.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\1\Desktop\IMG-20190104-WA0015.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
-                    <a:srcRect l="24008" t="39935" r="26879" b="9324"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:srcRect l="7791" t="21902" b="17291"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4265400" cy="2232894"/>
+                      <a:ext cx="3648988" cy="2386811"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...54 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005E7030" w:rsidRPr="005606D7">
+    <w:sectPr w:rsidR="008333B6" w:rsidRPr="002E4FF5" w:rsidSect="00A273C2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00901452" w:rsidRDefault="00901452" w:rsidP="00096FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00901452" w:rsidRDefault="00901452" w:rsidP="00096FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00901452" w:rsidRDefault="00901452" w:rsidP="00096FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00901452" w:rsidRDefault="00901452" w:rsidP="00096FFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="75"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005606D7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005E7030"/>
+    <w:rsidRoot w:val="006052F9"/>
+    <w:rsid w:val="000232DE"/>
+    <w:rsid w:val="00096FFA"/>
+    <w:rsid w:val="002E4FF5"/>
+    <w:rsid w:val="004039CA"/>
+    <w:rsid w:val="0043038D"/>
+    <w:rsid w:val="005637B9"/>
+    <w:rsid w:val="005C6DAB"/>
+    <w:rsid w:val="006052F9"/>
+    <w:rsid w:val="008333B6"/>
+    <w:rsid w:val="008A4451"/>
+    <w:rsid w:val="008A7905"/>
+    <w:rsid w:val="008B7949"/>
+    <w:rsid w:val="00901452"/>
+    <w:rsid w:val="00997F88"/>
+    <w:rsid w:val="00A273C2"/>
+    <w:rsid w:val="00C24A4A"/>
+    <w:rsid w:val="00D572E5"/>
+    <w:rsid w:val="00E27188"/>
+    <w:rsid w:val="00E36CF9"/>
+    <w:rsid w:val="00F574E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -468,121 +969,207 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005606D7"/>
+    <w:rsid w:val="00A273C2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002E4FF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005606D7"/>
+    <w:rsid w:val="008333B6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005606D7"/>
+    <w:rsid w:val="008333B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00096FFA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00096FFA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00096FFA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00096FFA"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002E4FF5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -689,121 +1276,89 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005606D7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -837,86 +1392,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1047,70 +1600,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6B88716-7261-49E9-8BE3-D931CF70269D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>31</Words>
-  <Characters>183</Characters>
+  <Words>100</Words>
+  <Characters>576</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>213</CharactersWithSpaces>
+  <CharactersWithSpaces>675</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>21</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>1</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>