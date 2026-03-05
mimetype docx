--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,30542 +1,24334 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007F1D87" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00F43923" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и специальные учебные программы, и иных гражданских служащих в сфере образования и науки"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 29 июня 2018 года № 316. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 июля 2018 года № 17218</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">       1. "Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу б</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внести в приказ Министра образования и </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="007F1D87">
-[...98 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">науки Республики Казахстан от 27 января 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования и специальные учебные программы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, и иных гражданских служащих в сфере образования и науки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13317, опубликован в Информационно-правовой системе "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" 11 марта 2016 года) следующие изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Правилах и условиях проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования и специальные учебные программы, и иных гражданских служащих в сфере образования и науки, утвержденных указанным приказом:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 2 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Для проведения аттестации педагогических работников и приравненных к ним лиц создаются аттестационные комиссии соответствующих уровней: в организациях образования, районных (городских) отделах образования, управлениях образования областей, городов Астаны, Алматы и Шымкента, в уполномоченном органе в области образования (для республиканских подведомственных организаций), в уполномоченных органах соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z9"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Состав аттестационной комиссии утверждается приказом руководителя организации образования, городского/районного отделов образования, управления образования, государственного органа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 8 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z11"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Списочный состав аттестуемых утверждается решением коллегиального органа организации образования ежегодно до 10 июня и представляется в районные (городские) отделы образования, управления образования областей, городов Астаны, Алматы и Шымкента, уполномоченный орган в области образования (для республиканских подведомственных организаций)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>."</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 12 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z13"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационное тестирование проводится организацией образования, определяемой уполномоченным органом в области образования, ежегодно с 15 октября по 15 декабря в соответствии с графиками, утвержденными управлениями образования областей, городов Астаны, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Алматы и Шымкента уполномоченным органом в области образования, отраслевыми государственными органами, имеющими в своем ведении организации образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпункт 3) пункта 21 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z15"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"3) аттестационная комиссия управлений образования областей, городов Астаны, Алматы и Шымкента на основании заключения экспертного совета присваивает (подтверждает) высшую квалификационную категорию педагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпункт 4) пункта 25 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z17"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"4) на квалификационную категорию "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z18"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее 4 лет, соответствующие следующим профессиональным компетенциям: соответствует общим требованиям квалификационной категории "педагог-эксперт", кроме того владеет навыками исследования урока и разработки инструментов оценивания, обеспечивает развитие исследовательских навыков обучающихся, осуществляет наставничество и конструктивно определяет стратегии развития в педагогическом сообществе на уровне района, города, обобщает опыт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на уровне области/городов Астаны, Алматы и Шымкента, наличие участников олимпиад, конкурсов, соревнований на уровне области/городов Астаны, Алматы и Шымкента</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпункт 2) пункта 26 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z20"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на квалификационную категорию "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, подготовившие победителей предметных олимпиад, творческих, профессиональных конкурсов, научных, спортивных соревнований районного/городского уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад районного/городского уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, обобщившие собственный педагогический опыт на областном уровне (городов Астаны, Алматы и Шымкента);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, являющиеся выпускниками программы "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, имеющие ученую степень кандидата наук/доктора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лица, владеющие английским языком на уровне не ниже </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 (по шкале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CEFR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) и преподающие предметы на английском языке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, перешедшие на педагогическую работу в организации образования из высшего учебного заведения, имеющие стаж педагогической работы не менее двух лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z28"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, являющиеся мастерами спорта международного класса по профилирующему предмету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="007F1D87" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
-[...106 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 37 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z30"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"37. Разработанные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирования базы данных аттестуемых отправляются в районные (городские) отделы, управления образования областей, городов Астаны, Алматы и Шымкента, для республиканских организаций образования – в уполномоченный орган в области образования.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 56 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z32"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"56. Результат тестирования считается положительным при получении набранных баллов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по направлению "Содержание учебного предмета":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>50% - "педагог-модератор";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>60% - "педагог-эксперт";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>70 % - "педагог-исследователь";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>80 % - "педагог-мастер";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>орган, қарамағында білім беру ұйымдары бар салалық мемлекеттік органдар бекіткен кестеге сәйкес білім беру саласындағы уәкілетті орган айқындайтын ұйым өткізеді.";</w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> "3) облыстардың, Астана, Алматы және Шымкент қалалары бі</w:t>
+        <w:t>по направлению "Педагогика, методика обучения":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-модератор" - 30 %</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-эксперт" - 30 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-исследователь" - 30 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z42"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-мастер" - 30 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 61 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z44"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"61. Председатель и состав республиканской апелляционной комиссии утверждаются приказом уполномоченного органа в области образования. Председатель и состав апелляционной комиссии в пункте проведения тестирования утверждаются приказом органа управления образования области (городов Астаны, Алматы и Шымкента)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>."</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт 77 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z46"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"77.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестуемые для установления соответствия заявляемой квалификационной категории в течение 10 рабочих дней в аттестационную комиссию соответствующего уровня представляют портфолио, включающее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) копию документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)копию диплома об образовании или документа о переподготовке при наличии с присвоением соответствующей квалификации по занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)копию удостоверения о квалификационной категории при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4)справку о прохождении национального квалификационного тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5)мониторинг качества знаний обучающихся за аттестационный период, включающий результаты внешней оценки учебных достижений и (или) текущей и (или) итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6)копии документов, подтверждающих достижения обучающихся, или копии документов, подтверждающих обобщение опыта при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7)листы наблюдения уроков (занятий) (не менее трех) по форме согласно приложению 11 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8)копии документов, подтверждающих достижения аттестуемых (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z55"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9)копию документа о прохождении курсов повышения квалификации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z56"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>третью часть пункта 79 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z57"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Для рассмотрения и оценивания портфолио на квалификационную категорию "педагог-мастер" формируется экспертный совет на уровне органа управления образования области (городов Астаны, Алматы и Шымкента) в составе представителей НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", методических кабинетов, институтов повышения квалификации, общественных организаций, профсоюзов, работодателей, попечительских советов, опытных педагогических работников области, а также АОО "Назарбаев Интеллектуальные школы" и утверждается приказом руководителя органа управления образования области (городов Астаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы и Шымкента).";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z58"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>третью часть пункта 80 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z59"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Для рассмотрения и оценивания портфолио на квалификационную категорию "педагог-мастер" формируется экспертный совет на уровне органа управления образования области (городов Астаны, Алматы и Шымкента) в составе представителей НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", методических кабинетов, институтов повышения квалификации, общественных организаций, профсоюзов, работодателей, попечительских советов, опытных педагогических работников области, а также АОО "Назарбаев Интеллектуальные школы" и утверждается приказом руководителя органа управления образования области (городов Астаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы и Шымкента).";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z60"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дополнить пунктом 87-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z61"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>"87-1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогическим работникам и приравненным к ним лицам, которым присвоены квалификационные категории "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог - мастер" сохраняется квалификация должностей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z62"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-модератор" - "учитель второй категории";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z63"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-эксперт" - "учитель первой категории";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z64"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-исследователь" и "педагог-мастер" - "учитель высшей категории"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>."</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z65"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дополнить пунктом 94-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z66"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"94-1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При преподавании предмета "Самопознание" у педагогического работника квалификационная категория приравнивается к квалификационной категории по ранее преподаваемому предмету, и сохраняется до истечения срока действия аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z67"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогическим работникам, осуществляющим психологическую, диагностическую (в части определения особых образовательных потребностей обучающихся), коррекционную, социально-педагогическую деятельность, присваивается квалификационная категория: "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" в соответствии с указанной в дипломе специальностью или с учетом прохождения курсов переподготовки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложения 1, 3, 13 изложить в новой редакции согласно приложению 1, 2, 3 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z69"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каринова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z70"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z71"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z72"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z73"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы и международного сотрудничества Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z74"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аймагамбетова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z75"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основного среднего и общего среднего образования, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Минис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тра образования и науки Республики Казахстан от 27 января 2016 года № 83. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 февраля 2016 года № 13317.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1D87">
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> "4) "педагог-зерттеуші" бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок в редакции приказа Министра образования и науки РК от 12.04.2018 № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>152 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z1"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с пунктом 7 статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z2"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвердить прилагаемые Правила и условия проведения атт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">естации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> келесі кәсіби біліктіліктерге сәйкес келетін педагогикалық өтілі кемінде 4 жыл, мамандығы бойынша жоғары педагогикалық және кәсіптік немесе техникалық және кәсіптік білімі бар тұлғалар: "педагог-сарапшы" біліктілік санатына қойылатын жалпы </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 1 в редакции приказа Министра образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и науки РК от 12.04.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 152</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z3"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>талаптар</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Признать утратившим силу приказ исполняющего обязанности Министра образования и науки Республики Казахстан от 7 августа 2013 года № 323 "Об утве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рждении Правил проведения и условий аттестации гражданских служащих в сфере образования и науки, а также Правил проведения и условий аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательные учебные программы дошкольного, начального, основного среднего, общего</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">ға жауап береді, </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 8678, о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>публикованный в газете "</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>сонымен қатар сабақты зерттеу дағдыларын және бағалау құралдарын әзірлей біледі, білім алушылардың зерттеушілік дағдыларын дамытуды қамтамасыз ету, тәлімгерлікті жүзеге асыру және аудан, қала деңгейінде педагогикалық қауымдастықта даму стратегиясын сындарлы түрде айқындайды, өз тәжірибесін облыс/Астана, Алматы</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстанская</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> және Шымкент қалалары деңгейінде жинақтайды, облыстық/ Астана, Алматы және Шымкент қалалары деңгейінде олимпиадаларға, конкурстарға, </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правда" от 26 сентября 2013 года № 282 (27556)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z4"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Административному департаменту в установленном законодательством порядке (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каирбекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.М.) обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>жарыстар</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и Информационно-правовой систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", а также в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для размещения в Эталонном контрольном банке нормативных правовых актов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> "2) "педагог-сарапшы" бі</w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) размещение настоящего приказа на Интернет-ресурсе Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>блики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z5"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...923 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением настоящего приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возложить на ответственного секретаря Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z6"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1D87">
-[...1877 lines deleted...]
-        <w:t>қа енгізіледі.</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6744"/>
-        <w:gridCol w:w="3638"/>
+        <w:gridCol w:w="5789"/>
+        <w:gridCol w:w="4593"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F1D87" w:rsidRPr="007F1D87" w:rsidTr="0076694C">
+      <w:tr w:rsidR="00F43923" w:rsidRPr="00080DAF">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcW w:w="6900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F1D87" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
+          <w:bookmarkEnd w:id="39"/>
+          <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1D87">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>     </w:t>
+              <w:t>Министр</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қазақстан Республикасыны</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007F1D87">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ң</w:t>
+              <w:t>образования</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
-[...30 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4209" w:type="dxa"/>
+            <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F1D87" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
+          <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F43923" w:rsidRPr="00080DAF">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t xml:space="preserve">и </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>науки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Саринжипов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
-[...460 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...296 lines deleted...]
-        <w:t>      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6466"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="319"/>
+        <w:gridCol w:w="6374"/>
+        <w:gridCol w:w="4008"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E43BC9" w:rsidRPr="007F1D87">
-[...163 lines deleted...]
-      <w:tr w:rsidR="00E43BC9" w:rsidRPr="007F1D87">
+      <w:tr w:rsidR="00F43923" w:rsidRPr="00080DAF">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E43BC9" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
+          <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E43BC9" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
+          <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республикасы</w:t>
+              <w:t>приказом Министра</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2016 жылғы 27 қаңтардағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007F1D87">
+            <w:r w:rsidRPr="00080DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 83 бұйрығымен бекітілген</w:t>
+              <w:t>от 27 января 2016 года № 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E43BC9" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z8"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесредне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила в редакции приказа Министра образования и науки РК от 12.04.2018 № 152 (вводится в действие со дня его первого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z112"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z113"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дополнительного образования и специальные учебные </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>программы, и иных гражд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анских служащих в области образования и науки (далее - Правила) разработаны в соответствии с пунктом 7 статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года, Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Зако</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н) и определяют порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>новного среднего и общего среднего образования, образовательные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z114"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В насто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ящих Правилах применяются следующие основные термины и определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z115"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) республиканская комиссия по рассмотрению апелляций (далее – республиканская апелляционная комиссия) и апелляционная комиссия в пункте проведения тестирования - комиссии, создаваем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ые уполномоченным органом образования и местным исполнительным органом образования области, которые принимают решение по спорным вопросам при несогласии педагогических работников и приравненных к ним лиц с результатами национального квалификационного тести</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z116"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) аттестационный период – период между аттестациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z117"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) аттестационная комиссия - коллегиальный орган, уполномоченный проводить процедуру аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z118"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) квалификационная категория - уровень профессиональной компетентности педаго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гических работников и приравненных к ним лиц, соответствующий квалификационным требованиям, определяемым настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z119"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) квалификационное тестирование – процедура, направленная на определение уровня профессиональной компетентности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесредн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования, по тестам, разработанным уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z120"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Квалификационное тестирование педагогических работников организуется и проводится организацией, определяемой уполномоченным органом в области обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z121"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) очередная аттестация – периодически осуществляемая процедура по присвоению (подтверждению) квалификационной категории педагогических работников и приравненных к ним лиц по истечении каждых пяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z122"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) комплексное аналитическое обо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бщение итогов деятельности - системное, последовательное и объективное изучение профессиональной компетентности педагогических работников и приравненных к ним лиц на основе следующих показателей: качество знаний, умений и навыков, достижения обучающихся (в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оспитанников), качество преподавания (воспитания и обучения) и профессиональные достижения за аттестационный период;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z123"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) досрочная аттестация – процедура, проводимая на основании заявления педагогического работника или приравненного к нему лица, прете</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ндующего на присвоение квалификационной категории, до наступления срока очередной аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z124"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) предметные олимпиады, творческие, профессиональные конкурсы, научные, спортивные соревнования – мероприятия, входящие в перечень, утверждаемый уполномоче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z125"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) педагогические работники и приравненные к ним лица - лица, занимающие должности, указанные в перечне должностей педагогических работников и приравненных к ним лиц, утвержденном постановлением Правительства Рес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>публики Казахстан от 30 января 2008 года № 77 "Об утверждении Типовых штатов работников государственных организаций образования и перечня должностей педагогических работников и приравненных к ним лиц";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z126"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) аттестация педагогических работников и прира</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вненных к ним лиц - порядок последовательных действий по присвоению (подтверждению) квалификационной категории, определяющий профессиональные компетенции педагогических работников и приравненных к ним лиц, необходимые для выполнения профессиональной деятел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ьности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z127"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) повышение квалификации педагогических работников и приравненных к ним лиц – обучение, позволяющее приобретать новые, а также поддерживать, расширять, углублять и совершенствовать ранее приобретенные профессиональные знания, умения, навыки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и компетенции для повышения качества преподавания и обучения в порядке, определяемым уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z128"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) портфолио педагогического работника и приравненного к нему лица – материалы комплексного аналитического обобщения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>итогов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z129"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) экспертный совет - рабочий орган, который проводит и готовит заключение по комплексному аналитическому обобщению итогов деятельности педагогических работников и приравненных к ним лиц для рассмотрения аттестационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z130"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CEFR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Common</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Frameworkof</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, общеевропейские компетенции владения иностранным языком) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Еуропиан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фреймворк Оф </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Референс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) - международный стандарт, используемый для описания уровня знания языка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z131"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16) национальное квали</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фикационное тестирование – процедура, направленная на определение уровня профессиональной компетентности педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>начального, основного среднего и общего среднего образования и учебные программы специального образования, по тестам, разработанным организацией, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z132"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Национальное квалификационное тестирование пе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дагогических работников организуется и проводится организацией, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z133"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Для проведения аттестации педагогических работников и приравненных к ним лиц создаются аттестационные комиссии соответствующ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>их уровней: в организациях образования, районных (городских) отделах образования, управлениях образования областей, городов Астаны, Алматы и Шымкента, в уполномоченном органе в области образования (для республиканских подведомственных организаций), в уполн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>омоченных органах соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Состав аттестационной комиссии утверждается приказом руководителя организации образования, городского/районного отделов образования, управления образования, государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ескерту. Қағидалары мен шартта</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>ры жаңа редакцияда – ҚР Білім және ғылым министрінің 12.04.2018 № 152 (алғашқы ресми жарияланған күнінен қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 2 в р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едакции приказа Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z135"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Аттестационная комиссия состоит из нечетного количества членов. Председат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ель, заместитель председателя аттестационной комиссии избираются из числа членов комиссии. Секретарь не является членом аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z136"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. В состав аттестационной комиссии входят опытные педагоги, методисты, представители научно-педагогическ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>их советов, учебно-методических объединений, институтов повышения квалификации, общественных и неправительственных организаций, профсоюзов, специалисты органов управления образования, кадровых служб, представители производственных объединений, Национальной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> палаты предпринимателей Республики Казахстан "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" (далее – НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) (для технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z137"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестация педагогических работников и приравненных к ним лиц организаций образования отраслевых го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сударственных органов осуществляется аттестационными комиссиями организаций образования и соответствующих государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z138"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При отсутствии квалифицированных специалистов в соответствующих органах руководитель организации образования обращается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ходатайством об аттестации педагогических работников и приравненных к ним лиц в орган управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z139"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях обра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования и специал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ьные учебные программы, и иных гражданских служащих в области образования и науки</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E43BC9" w:rsidRPr="007F1D87" w:rsidRDefault="007F1D87" w:rsidP="007F1D87">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z140"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зовательные учебные программы дошкольного воспитания и обучения, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z141"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестация педагогических работников и приравненных к ним лиц, занимающих должн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ости в организациях образования и реализующих общеобразовательные учебные программы дошкольного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">воспитания и обучения, образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дополнительного образования (далее – аттестуемые) подразделяет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся на </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>очередную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или досрочную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z142"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Педагогические работники и приравненные к ним лица проходят аттестацию в соответствии с подпунктом 6) пункта 3 статьи 51 Закона не реже одного раза в пять лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z143"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Аттестуемые для прохождения аттестации (очере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дная и досрочная) в следующем учебном году подают заявление в аттестационную комиссию организации образования по форме согласно приложению 1 к настоящим Правилам до 25 мая текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z144"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Списочный состав аттестуемых утверждается решением коллегиал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ьного органа организации образования ежегодно до 10 июня и представляется в районные (городские) отделы образования, управления образования областей, городов Астаны, Алматы и Шымкента, уполномоченный орган в области образования (для республиканских подведо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мственных организаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 8 в редакции приказа Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z145"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Очередная аттестация атт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>естуемых на присвоение (подтверждение) квалификационных категорий осуществляется в один этап путем комплексного аналитического обобщения итогов деятельности педагогического работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z146"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Досрочная аттестация с целью повышения квалификационных катег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орий аттестуемых проводится в соответствии с подпунктом 7) пункта 2 статьи 51 Закона на основании заявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z147"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на вторую квалификационную категорию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z148"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, окончившие среднее профессиональное (техническое и профессиональное, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>), высш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ее учебное заведение с "отличием" и имеющие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z149"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, окончившие высшее учебное заведение по программе "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" и имеющие стаж педагогической деятельности не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z150"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, перешедши</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е с производства на педагогическую работу в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, имеющие стаж производственной работы не менее трех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z151"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на первую квалификационную категорию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z152"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, перешедшие из вуза на пе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дагогическую работу в организации образования, имеющие стаж педагогической работы не менее трех лет и академическую степень магистра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z153"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие вторую квалификационную категорию, являющиеся победителями профессиональных конкурсов, педагогических </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олимпиад областного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z154"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, имеющие вторую квалификационную категорию, подготовившие участников предметных олимпиад, творческих, профессиональных конкурсов, научных и спортивных соревнований областного уровня, различных форм участия (очных, зао</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чных, дистанционных);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z155"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие вторую квалификационную категорию, обобщившие собственный педагогический опыт на областном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z156"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, имеющие стаж производственной работы не менее четырех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z157"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на высшую квалификационную категорию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z158"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие первую квалификационную категорию, подготовившие участников предметных олимпиад, творческих, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>профессиональных конкурсов, научных и спортивных соревнований областного уровня или участников республиканского или международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z159"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие первую квалификационную категорию, являющиеся участниками профессиональных конкурсов, педагогичес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ких олимпиад областного уровня или участниками республиканского или международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z160"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие первую квалификационную категорию, обобщившие собственный педагогический опыт на областном или республиканском, или международном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z161"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ица, имеющие первую квалификационную категорию, перешедшие на педагогическую работу в организации образования из институтов повышения квалификации, организаций технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, имеющие стаж педагогической работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не менее четырех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z162"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, перешедшие на педагогическую работу в организации образования из вуза, имеющие академическую степень магистра и стаж педагогической работы не менее четырех лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z163"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, перешедшие с производства на педагогическую работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, имеющие стаж производственной работы не менее пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z164"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестация педагогических работников, работающих в дошкольных организациях образования, проводится с учетом прохожден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия ими курсов повышения квалификации и переподготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z165"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестуемые, претендующие на досрочную аттестацию, проходят аттестацию в два этапа:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z166"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) первый этап – квалификационное тестирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z167"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) второй этап - комплексное аналитическое обоб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щение итогов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z168"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Квалификационное тестирование проводится организацией образования, определяемой уполномоченным органом в области образования, ежегодно с 15 октября по 15 декабря в соответствии с графиками, утвержденными управлениями об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разования областей, городов Астаны, Алматы и Шымкента уполномоченным органом в области образования, отраслевыми государственными органами, имеющими в своем ведении организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 12 в редакции приказа Министра образования и на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z169"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Дата проведения тестирования сообщается аттестуемым не позднее, чем за 2 недели до проведения процедуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z170"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Перечень направлений по профилю трудовой деятельности, подлежащих квалификационному тестированию в ходе аттестации, определяется согласно квалификации по документу об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z171"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Квалификационное тестирование состоит из ста тестовых заданий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z172"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "По направлению деятельности" - семьдесят заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z173"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Педагогика, методика обучения" - тридцать заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z174"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общее время квалификационного тестирования составляет двести тридцать минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z175"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результат тестирования считается положительным при по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лучении не менее 50% правильных ответов "По направлению деятельности", 50% - по "Педагогике и методике обучения".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z176"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестуемые, показавшие результаты тестирования менее 50% или отсутствовавшие по уважительным причинам, проходят повторное тестирование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в срок, не позднее двух месяцев после первого тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z177"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважительными причинами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z178"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) временная нетрудоспособность (не более двух месяцев);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z179"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z180"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) нахождение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в служебной командировке за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z181"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Аттестуемые, получившие при повторном тестировании результат менее 50 %, не допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z182"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестуемые, успешно прошедшие тестирование, допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z183"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. По завершении тестирования ведомость с результатами </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляется в органы управления образования, результат тестирования размещается на официальном сайте организации, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z184"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18. Результат квалификационного тестирования действителен один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z185"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, освобождаются от квалификационного тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z186"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Для проведения комплексного аналитического обобщения итогов деятельности аттестуемых на соответствие заявленной квалификационной категории приказом руководителя организации образования, городского/районного отделов образования, управления образова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ния, государственного органа ежегодно с 1 января по 1 марта создается экспертный совет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z187"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на вторую квалификационную категорию - экспертный совет, организуемый на уровне организации образования, в составе: представителей методических объединений, кафед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р, НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", общественных организаций, профсоюзов, родительской общественности, работодателей, методистов и опытных педагогических работников организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z188"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на первую квалификационную категорию - экспертный совет, организуемый на у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ровне района (города), в составе: методистов методических кабинетов, руководителей методических объединений, опытных педагогических работников района (города), представителей институтов повышения квалификации, НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", общественных организаций, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рофсоюзов, работодателей, родительской общественности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z189"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на первую квалификационную категорию педагогических работников и приравненных к ним лиц организаций образования областного значения и высшую квалификационную категорию - экспертный совет, организ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уемый на уровне области, в составе: представителей НППРК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", методических кабинетов, институтов повышения квалификации, общественных организаций, профсоюзов, работодателей, опытных педагогических работников области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z190"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для установления соответст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вия деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявленной квалификационной категории на рассмотрение экспертного совета представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z191"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление на аттестацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z192"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копии документов, необходимых для обязательного представления всеми аттесту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>емыми педагогическими работниками:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00F43923" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документ, удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z194"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диплом об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00F43923" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документ, подтверждающий трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00F43923" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверение о ранее присвоенной квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00F43923" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о прохождении курсов повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z198"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) сведения о профессиональных достижениях (при их наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z199"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материалы обобщения педагогического опыта: эссе, творческий отчет, самоанализ профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z200"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> итоги комплексного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аналитического обобщения итогов деятельности аттестуемых: отзывы, результаты анкетирования обучающихся и воспитанников, родителей, коллег и администрации, отзывы со стороны руководителей баз практик, работодателей, информация о поступлениях в вуз или трудо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>устройстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z201"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>результаты педагогической деятельности: документы, подтверждающие участие аттестуемых, обучающихся и воспитанников в учебных, творческих, спортивных, предметных олимпиадах, конкурсах, смотрах, соревнованиях, играх, наградные материалы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z202"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> динамика результативности профессиональной деятельности аттестуемых за последние три года (при досрочной аттестации - 1-2 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z203"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. По каждому аттестуемому экспертный совет выносит заключение (рекомендовать (не рекомендовать) для аттестации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z204"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Аттестационные комиссии соответствующих уровней в процессе аттестации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z205"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) рассматривают и анализируют итоги деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z206"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) оценивают профессиональную компетентность </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z207"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение (подтверждение) квалифика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ционных категорий аттестуемых осуществляется аттестационными комиссиями соответствующих уровней:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z208"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) аттестационная комиссия организации образования на основании заключения экспертного совета утверждает вторую квалификационную категорию педагогов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>формирует материалы педагогов для присвоения (подтверждения) первой и высшей категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z209"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) аттестационная комиссия районного (городского) отдела образования на основании заключения экспертного совета утверждает первую квалификационную категорию педаг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>огов, формирует материалы педагогов для присвоения (подтверждения) высшей категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z210"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) аттестационная комиссия управлений образования областей, городов Астаны, Алматы и Шымкента на основании заключения экспертного совета присваивает (подтверждает) в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ысшую квалификационную категорию педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z211"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Первую и высшую квалификационную категории </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в том числе республиканских подведомственных организаций образования) присваивает (подтверждает) уполномоченный орган в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z212"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рассмотрение аттестационных комиссий всех уровней представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z213"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление на аттестацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z214"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z215"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) копия диплома об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z216"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) копия документа о повышении квалифик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z217"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) копия документа, подтверждающего трудовую деятельность работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z218"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) копия удостоверения о ранее присвоенной квалификационной категории (кроме аттестуемых, перешедших из организации высшего образования и не имеющих квалификационных кат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>егорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z219"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) ведомость с результатами тестирования (для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>досрочников</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z220"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) заключение экспертного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 21 с изменением, внесенным приказом Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z221"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Решение аттестационной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решающим является голос председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z222"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Решение аттестационной комиссии оформляется протоколом аттестационной комиссии соответствующего уровня, который подпис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ывается всеми членами. По итогам решения руководителем соответствующего уровня издается приказ, с последующей выдачей удостоверения об аттестации аттестуемого на присвоение (подтверждение) квалификационной категории по форме согласно приложению 2 к настоящ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>им Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z223"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По каждому педагогическому работнику и приравненному к нему лицу организации образования аттестационная комиссия соответствующего уровня выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z224"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) соответствует заявляемой квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z225"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) не соответствует заявляемой квалификационной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z226"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При возникновении спорных вопросов аттестационная комиссия соответствующего уровня принимает решение коллегиально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z227"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>1-тарау.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок и условия проведения аттестации педагогических работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего и общего среднего образования и специальные учебные программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z228"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Аттестация педагогичес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ких работников и приравненных к ним лиц, занимающих должности в организациях образования и реализующих общеобразовательные учебные программы начального, основного среднего и общего среднего образования и специальные учебные программы (далее – аттестуемые),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подразделяется на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>очередную</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...26 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или досрочную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z229"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Очередная аттестация аттестуемых на присвоение (подтверждение) квалификационных категорий осуществляется в два этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z230"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) первый этап - национальное квалификационное тестирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z231"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) второй этап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- комплексное аналитическое обобщение итогов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z232"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1D87">
-[...86 lines deleted...]
-        <w:t xml:space="preserve">      1) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестуемые для прохождения аттестации (очередная и досрочная) подают заявление в аттестационную комиссию соответствующего уровня с 20 декабря по 5 января или с 1 августа по 15 августа текущ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его года по форме согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z233"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Списочный состав </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>апелляцияларды</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...55 lines deleted...]
-        <w:t xml:space="preserve">      2) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждается решением коллегиального органа организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z234"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Очередная аттестация аттестуемых на присвоение (подтверждение) квалификацион</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных категорий проводится на основании заявления (в том числе до истечения срока действующей категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z235"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на квалификационную категорию "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z236"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образование по специальности, без предъявления требований к стажу работы, соответствующие следующим профессиональным компетенциям: знает содержание учебного предмета, учебно-воспитательного процесса, методики преподавания и оценивания; планирует и организу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ет учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся, способствует формированию общей культуры обучающегося и его социализации, принимает участие в мероприятиях на уровне организации образования, осуществляет индивидуальн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ый подход в воспитании и обучении с учетом потребностей обучающихся, владеет навыками профессионально-педагогического диалога, применяет цифровых образовательных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z237"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на квалификационную категорию "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z238"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>аттестаттау</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, имеющие высш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее двух лет, соответствующие следующим профессиональным компетенциям: соответствует общим требованиям квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог", кроме того использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, имеет участников олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">      3) </w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z239"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на квалификационную категорию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z240"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>аттестаттау</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лица, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее 3 лет, соответствующим следующим профессиональным компетенциям: соответствует </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общим требованиям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>квалификационной категории "педагог-модератор", кроме того владеет навыками анализа организованной учебной деятельности, осуществляет наставничество и конструктивно определяет приоритеты профессионального развития: собственного и коллег н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а уровне организации образования, обобщает опыт на уровне района/города, имеет участников</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      4) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> олимпиад, конкурсов, соревнований на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z241"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) на квалификационную категорию "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>біліктілік</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица, имеющие высшее педагогическое и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее 4 лет, соответствующие следующим профессиональным компетенциям: соответствует общим требованиям квалификационной категории "педагог-эксперт", кр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оме того владеет навыками исследования урока и разработки инструментов оценивания, обеспечивает развитие исследовательских навыков обучающихся, осуществляет наставничество и конструктивно определяет стратегии развития в педагогическом сообществе на уровне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>района, города, обобщает опыт</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...66 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на уровне области/городов Астаны, Алматы и Шымкента, наличие участников олимпиад, конкурсов, соревнований на уровне области/городов Астаны, Алматы и Шымкента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z243"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) на квалификационную категорию "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>Педагог қызметкерлердің біліктілік тестілеуін білім беру саласындағы уәкілетті орган анықтайтын ұйым ұйымдастырады және өткізеді.</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лица</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, имеющие высшее педагогическое и профессиональное или техническое и профессиональное образование по специальности, педагогический стаж не менее 5 лет, соответствующие к следующим профессиональным компетенциям: соответствует общим требованиям квалификацион</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ной категории "педагог-исследователь", кроме того имеет авторскую программу или является автором (соавтором) изданных учебников, учебно-методических пособий, получивших одобрение на Республиканском учебно-методическом совете, обеспечивает развитие навыков </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>научного проектирования, осуществляет наставничество и планирует развитие сети</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессионального сообщества на уровне области, является участником республиканских и международных конкурсов и олимпиад или подготовил участников республиканских и международны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>х конкурсов и олимпиад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 25 с изменением, внесенным приказом Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z245"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. На основ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ании заявления аттестуемые, соответствующие одному из следующих требований, допускаются на досрочную аттестацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z246"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на квалификационную категорию "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z247"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, подготовившие победителей предметных олимпиад, творческих, профессионал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ьных конкурсов, научных, спортивных соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z248"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z249"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, обобщившие собственный педагогический</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опыт на уровне района, города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z250"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, окончившие высшее учебное заведение с "отличием";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z251"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, окончившие высшее учебное заведение с правом преподавания предмета (дисциплины) на английском языке, имеющие сертификат (удостоверение), подтверждающи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е знание английского языка не ниже уровня В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по шкале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CEFR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z252"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие академическую степень магистра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z253"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, окончившие среднее профессиональное (техническое и профессиональное, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) учебное заведение с "отличием" и имеющие стаж п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>едагогической деятельности не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z254"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, являющиеся кандидатами в мастера спорта по профилирующему предмету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z255"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на квалификационную категорию "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z21"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, подготовившие победителей предметных олимпиад, творческих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, профессиональных конкурсов, научных, спортивных соревнований районного/городского уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z22"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад районного/городского уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z23"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, обобщившие собственный педагогическ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ий опыт на областном уровне (городов Астаны, Алматы и Шымкента);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z24"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, являющиеся выпускниками программы "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z25"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие ученую степень кандидата наук/доктора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z26"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, владеющие английским языком на уровне не ниже </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 (по шкале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CEFR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) и преподающие предметы на английском языке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="z27"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, перешедшие на педагогическую работу в организации образования из высшего учебного заведения, имеющие стаж педагогической работы не менее двух лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, являющиеся мастерами спорта международн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ого класса по профилирующему предмету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="z264"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на квалификационную категорию "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="z265"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, подготовившие победителей предметных олимпиад, творческих, конкурсов, научных, спортивных соревнований областного уровня или участников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республиканского или международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="z266"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, являющиеся победителями профессиональных конкурсов, педагогических олимпиад областного уровня или участниками республиканского или международного уровня, согласно перечню, утвержденному уполномоченным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="z267"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, обобщившие собственный педагогический опыт на республиканском уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="189" w:name="z268"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, имеющие ученую степень кандидата наук/доктора и стаж педагогической работы не менее пяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="190" w:name="z269"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на квалификационную категорию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="z270"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, подготовившие победителей предметных олимпиад, творческих конкурсов, научных, спортивных соревнований республиканского уровня или участников международного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="z271"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, являющиеся победителями профессиональных конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагогических олимпиад республиканского уровня или участниками международного уровня, согласно перечню, утвержденному уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица, обобщившие собственный педагогический опыт на международном уровне, системно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>использующие в педагогической практике научно обоснованные методы, авторские технологии обучения и воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 26 с изменением, внесенным приказом Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении дес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>яти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="z273"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Прием заявлений для участия в национальном квалификационном тестировании проводится аттестационной комиссией соответствующего уровня, при соответствии квалификационным требовани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ям направляет их в организацию, которая проводит национальное квалификационное тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="z274"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сроки приема заявлений: с 10 марта по 2 мая, с 10 августа по 6 сентября календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="195" w:name="z275"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Аттестуемые для прохождения национального квалификационн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ого тестирования </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляют следующие документы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="z276"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      6) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление для участия в тестировании по форме согласно приложению 3 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="197" w:name="z277"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) две фотографии размером 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="198" w:name="z278"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) копию документа, удостоверяющего личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="199" w:name="z279"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Посл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е внесения заявления в базу данных </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>кезекті</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемым</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается пропуск на тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="200" w:name="z280"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      7) </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Национальное квалификационное тестирование состоит из ста тестовых заданий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="201" w:name="z281"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Содержание учебного предмета" - семьдесят заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="202" w:name="z282"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Педагогика, методика </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения" - тридцать заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="z283"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги начального образования сдают тестирование по предметам: казахский или русский язык (по языку обучения), математика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="204" w:name="z284"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Общее время национального квалификационного тестирования составляет двести минут, для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметов "Математика", "Физика", "Химия", "Информатика" - двести тридцать минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="z285"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Национальное квалификационное тестирование проводится в бумажном или электронном формате по решению уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="z286"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Национа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льное квалификационное тестирование проводится по желанию </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>қызметтің</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      8) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на языке (казахском или русском), который указывается при подаче заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="z287"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Национальное квалификационное тестирование проводится два раза в год на основе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z288"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) единой базы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестовых заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="z289"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) книжки-вопросника, представляющего собой документ, готовящийся в конфиденциальных условиях, пропуска на тестирование с паролями для аутентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="z290"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) листа ответов, предназначенного для заполнения ответов при тестировании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в бумажном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="211" w:name="z291"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. Сроки первого национального квалификационного тестирования - с 26 мая по 5 июня, второе - с 1 по 10 ноября календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="z292"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Организация, ответственная за проведение национального квалификационного тестирования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определяемая уполномоченным органом в области образования, разрабатывает программное обеспечение (далее - </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>мерзімінен</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      9) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="z293"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − для сопровождения и создания базы тестовых заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="z294"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − для формирования базы данных педагогических работников и приравненных к ним л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иц (прием заявлений) с внесением данных аттестуемых: ИИН, ФИО (отчество при наличии), заявленная квалификационная категория, дисциплина преподавания и язык сдачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="z295"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − для формирования базы аудиторного фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="z296"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − для проведения тестирования и выдачи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="z297"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − для проведения апелляционных процедур;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="z298"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − для персонального информирования </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>пәндік</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...77 lines deleted...]
-        <w:t xml:space="preserve">      11) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="z299"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Разработанные </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>педагог</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      12) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>педагог</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      13) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирования базы данных аттестуемых отправляются в районные (городские) отделы, управления образования област</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ей, городов Астаны, Алматы и Шымкента, для республиканских организаций образования – в уполномоченный орган в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 37 в редакции приказа Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ии десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="z300"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38. Организация, ответственная за проведение национального квалификационного тестирования, определяемая уполномоченным органом в области образования, сопровождает работу прогр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аммного обеспечения в период приема заявлений, проведения тестирования, проведения апелляционных процедур, обработки и выдачи результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="221" w:name="z301"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. Уполномоченный орган в области образования определяет дни и пункты проведения национального квалификационно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го тестирования </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>педагог</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      14) </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="222" w:name="z302"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40. Для осуществления </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...6 lines deleted...]
-        <w:t>сараптамалық</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...1208 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением настоящих Правил в пункты проведения национального квалификационного тестирования направляются представители уполномоченного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="223" w:name="z303"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1D87">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 10. Аттестатталушы адамдардың біліктілік санаттарын көтеру үшін</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестуем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ым, подавшим заявление для участия в национальном квалификационном тестировании, выдается пропуск аттестуемому по форме согласно приложению 4 к настоящим Правилам.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> 1) екінші бі</w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="224" w:name="z304"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42. Входные двери, аудитории тестирования и другие задействованные кабинеты пунктов пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оведения национального квалификационного тестирования обеспечиваются системой видеонаблюдения и устройствами подавления мобильной связи, мобильного и стационарного интернета, спутникового сигнала разных типов и радиуса действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="225" w:name="z305"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43. При входе </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттесту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>емых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> кәсіптік орта (техникалық және кәсіптік, орта білімнен кейінгі), жоғары оқу орнын "үздік" бітірген және кемінде бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в здание пункта проведения тестирования производится идентификация личности аттестуемого на основании документа, удостоверяющего личность и пропуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="226" w:name="z306"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44. Аттестуемые запускаются в аудиторию по одному, при этом производится повторная идентификаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я личности аттестуемого на основании документа, удостоверяющего личность и пропуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="227" w:name="z307"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При проведении национального квалификационного тестирования аттестуемым не допускается выходить из аудитории без разрешения и сопровождения дежурного, разговарив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ать друг с другом, пересаживаться с места на место, обмениваться материалами, выносить материалы из аудитории, заносить в аудиторию и использовать запрещенные предметы (учебники и методическую литературу, цифровую смарт-аппаратуру), осуществлять порчу мате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>риалов (листов ответов и книжек-вопросников) путем их смятия, использования корректирующей жидкости, отрыва страниц, закрашивания</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> "Болашақ" бағдарламасы бойынша жоғары оқу орнын бітірген және кемінде бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> секторов, не предусмотренных для этого (номер листа ответов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="228" w:name="z308"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46. В день проведения тестирования представителем Министе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рства образования и науки Республики Казахстан (далее – Министерство) распечатывается посадочный лист аттестуемого (с программным обеспечением для проведения в электронном формате) по форме согласно приложению 5 к настоящим Правилам. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестуемые</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> өнді</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занимают м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есто, соответствующее номеру в посадочном листе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="229" w:name="z309"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 47. После рассадки дежурный по аудитории разъясняет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемым</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> 2) бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила работы с экзаменационными материалами. Далее, представитель Министерства при участии трех аттестуемых из аудитории организует вс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>крытие коробки с экзаменационными материалами с составлением акта вскрытия экзаменационных материалов по форме согласно приложению 6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="230" w:name="z310"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 48. В первую очередь раздаются листы ответов. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>После заполнения служебных секторов листа ответов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производится раздача книжек-вопросников в строгом соответствии с листом распределения вариантов, с помощью которых до аттестуемых доводятся тестовые задания по предметам.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> ЖОО-дан білім беру ұйымдарына педагогикалық жұ</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заполняется титульный лист книжки-вопросника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="231" w:name="z311"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 49. Лист ответа выдается в одном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экземпляре, замене не подлежит и является единственным документом, подтверждающим результаты тестирования аттестуемого.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="232" w:name="z312"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> После заполнения </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>мыс</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемыми</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> облыстық деңгейдегі кәсіби конкурстардың, педагогикалық олимпиадалардың жеңімпаздары болып табылатын екінші бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служебных секторов листов ответов и титульного листа книжки-вопросника на доске записывается время</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начала и окончания теста. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="233" w:name="z313"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При нарушении правил аттестуемым составляется акт обнаружения запрещенных предметов и удаления из аудитории аттестуемого, нарушившего правила поведения в аудитории, и (или) акт выявления подставного лица на тестировании п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о форме согласно приложениям 7 и 9 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="z314"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По мере завершения тестирования или окончания времени тестирования аттестуемый передает лист ответа и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>книжку-вопросника</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> қатысу нысандары әртүрлі (күндізгі, сырттай, қашықтықтан) облыстық деңгейдегі </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дежурному по аудитории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="235" w:name="z315"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дежурный по аудитории доставляет экзаменац</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ионные материалы до кабинета, где обрабатываются результаты тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="236" w:name="z316"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сканирование листов ответов производится по аудиториям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="237" w:name="z317"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50. Оценивание ответов тестовых заданий осуществляется организацией, определяемой уполномоченным органом в област</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и образования, следующим образом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="238" w:name="z318"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) для заданий с выбором одного правильного ответа из пяти предложенных присуждается один балл, в остальных случаях - ноль баллов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="239" w:name="z319"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) для заданий с выбором нескольких правильных ответов </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> облыстық деңгейде өзінің педагогикалық тәжірибесін жинақтаған екінші бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предложенных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="240" w:name="z320"/>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> −</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за все правильные ответы получает - два балла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="241" w:name="z321"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − за одну допущенную ошибку - один балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="242" w:name="z322"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> − за допущенные два и более ошибки - ноль баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="243" w:name="z323"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 51. При тестировании в электронном формате:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="244" w:name="z324"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) контроль над подготовкой компьютерных классов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>производит аттестационная комиссия совместно с представителями организации, ответственной за проведение тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="245" w:name="z325"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) компьютерные классы находятся в пределах одного здания (корпуса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="246" w:name="z326"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) после закрытия базы приема заявлений </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемым</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> өнді</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тся пропуск на тестирование с паролями для аутентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="247" w:name="z327"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) организация, ответственная за проведение национального квалификационного тестирования, за день до тестирования готовит и регистрирует все компьютеры, используемые во время тестирования, р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аспечатывает посадочный лист по форме согласно приложению 5 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="248" w:name="z328"/>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) В день проведения тестирования представителем Министерства распечатывается посадочный лист аттестуемого (с программным обеспечением для проведения в электронном форм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ате), аттестуемый занимает место, соответствующее номеру в посадочном листе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="249" w:name="z329"/>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемые</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> 3) жоғары бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запускаются в компьютерный класс по одному согласно пропуску, документу, удостоверяющему личность и занимает место, указанное в посадочном листе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="250" w:name="z330"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сле рассадки аттестуемые расписываются в посадочном листе, заполняют вручную графу "Номер компьютера"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="251" w:name="z331"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) до начала тестирования ответственное лицо проводит инструктаж по правилам поведения </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> облыстық деңгейдегі </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> во время тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="252" w:name="z332"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) аттестуемые пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оходят тестирование с помощью программного обеспечения, предоставленного организацией, ответственной за проведение национального квалификационного тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="253" w:name="z333"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результат тестирования выдается после завершения тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="254" w:name="z334"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 52. При тестировани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и в бумажном формате:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="255" w:name="z335"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) после рассадки </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> немесе республикалық немесе халықаралық деңгейдегі қатысушылары болып табылатын бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разъясняются правила работы с материалами тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="256" w:name="z336"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) далее при участии трех аттестуемых и представителей уполномоченного органа в области образования из аудитории организуется вскрытие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коробки с материалами тестирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="257" w:name="z337"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) приглашенные аттестуемые проверяют целостность печати на коробке. Производится вскрытие коробки, пересчитываются имеющиеся в ней материалы с составлением акта вскрытия экзаменационных материалов по форме согла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сно приложению 6 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="258" w:name="z338"/>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) по мере завершения тестирования или окончания времени тестирования аттестуемые передают листы ответов и книжки-вопросники ответственному лицу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="259" w:name="z339"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) при приеме листа ответов и книжки-вопросника проверяется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заполнение всех служебных секторов листа ответов и титульного листа и целостность книжки-вопросника, после чего </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемый</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> облыстық немесе республикалық немесе халықаралық деңгейде өзінің педагогикалық тәжірибесін жинақтаған бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> покидает аудиторию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="260" w:name="z340"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 53. Коды правильных ответов формируются в двух экземплярах: один вывешивается для общего обозрения, второ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й – для апелляционной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="261" w:name="z341"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 54. Ведомость по результатам тестирования оформляется в день тестирования в двух экземплярах, заверяется подписями членов и председателя аттестационной комиссии и представителей уполномоченного органа (в случаях их при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сутствия) в области образования и закрепляется печатью органа управления образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="262" w:name="z342"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Один экземпляр ведомости вывешивается на информационном стенде без указания ФИО аттестуемых, второй экземпляр передается организации, ответственной за проведение те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стирования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>а также результат тестирования размещается на официальном сайте организацией, определяемой уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="263" w:name="z343"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 55. По результатам тестирования аттестуемому выдается справка после проведения процедуры апелляции, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заверенная подписью председателя аттестационной комиссии и закрепленная печатью местного органа управления образования, по форме согласно приложению 8 настоящих Правил с указанием баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="264" w:name="z344"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 56. Результат тестирования считается положительным при получен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ии набранных баллов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="265" w:name="z33"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по направлению "Содержание учебного предмета":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="266" w:name="z34"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50% - "педагог-модератор";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="267" w:name="z35"/>
+      <w:bookmarkEnd w:id="266"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60% - "педагог-эксперт";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="268" w:name="z36"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 70 % - "педагог-исследователь";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="269" w:name="z37"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80 % - "педагог-мастер";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="270" w:name="z38"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по направлению "Педагогика, методика </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="271" w:name="z39"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-модератор" - 30 %</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> біліктілікті арттыру жүйесінен техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымына педагогикалық жұмысқа ауысқан, кемінде төрт жылдық педагогикалық жұмысы өтілі, бі</w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="272" w:name="z40"/>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-эксперт" - 30 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="273" w:name="z41"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-исследователь" - 30 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-мастер" - 30 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 56 в редакции приказа Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в дей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ствие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="274" w:name="z349"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 57. Аттестуемые, показавшие отрицательные результаты тестирования, сдают его повторно не более одного раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="275" w:name="z350"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 58. Аттестуемые, показавшие положительн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ые результаты тестирования, допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="276" w:name="z351"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 59. Результат национального квалификационного тестирования действителен один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="277" w:name="z352"/>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60. При несогласии с результатами тестирования аттестуемые обращаются в апелляционную комисси</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="278" w:name="z353"/>
+      <w:bookmarkEnd w:id="277"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В целях обеспечения соблюдения единых требований и разрешения спорных вопросов при оценке тестовых заданий, защиты прав аттестуемых на период проведения тестирования создаются республиканская апелляционная комиссия и апелляционная комиссия в пунк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">те проведения тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="279" w:name="z354"/>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 61. Председатель и состав республиканской апелляционной комиссии утверждаются приказом уполномоченного органа в области образования. Председатель и состав апелляционной комиссии в пункте проведения тестирования утверждают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся приказом органа управления образования области (городов Астаны, Алматы и Шымкента).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 61 в редакции приказа Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="z355"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 62. Срок действия полномочий республиканской апелляционной комиссии, апелляционной комиссии в пункте проведения тестирования составляет один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="281" w:name="z356"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63. Апелляционная комиссия в пункте проведения тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принимает и рассматривает заявления от аттестуемых, участвовавших в тестировании, по содержанию тестовых заданий и по техническим причинам, вносит предложение в республиканскую апелляционную комиссию о добавлении баллов и информирует его об итогах апелляци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и в письменном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="282" w:name="z357"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 64. Заявление на апелляцию подается на имя председателя апелляционной комиссии в пункте проведения тестирования лично </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемым</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...18838 lines deleted...]
-      <w:bookmarkStart w:id="283" w:name="z301"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, участвовавшим в тестировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="283" w:name="z358"/>
       <w:bookmarkEnd w:id="282"/>
-      <w:r w:rsidRPr="007F1D87">
-[...1856 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1D87">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 109. Аттестаттаушы органның кадр қызметімен аттестатталушы қызметшіге </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявления по содержанию тестовых заданий и по техническим при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чинам принимаются с 9:00 до 13.00 часов (по местному времени) дня, следующего за днем проведения тестирования, и рассматриваются апелляционной комиссией в пункте проведения тестирования в течение одного дня. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="284" w:name="z359"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявитель имеет при себе документ, удосто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веряющий его личность, пропуск на тестирование. При неявке аттестуемого на заседание апелляционной комиссии, его заявление на апелляции не рассматривается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="285" w:name="z360"/>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65. Апелляционная комиссия работает с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>осы</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемым</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...31 lines deleted...]
-      <w:bookmarkStart w:id="311" w:name="z329"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в индивидуальном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="286" w:name="z361"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Апелляция ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ссматривается в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="287" w:name="z362"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по содержанию тестовых заданий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="288" w:name="z363"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) правильный ответ не совпадает с кодом правильных ответов (указывается вариант правильного ответа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="289" w:name="z364"/>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) отсутствует правильный ответ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="290" w:name="z365"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) имеется более одного правильного отве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>та в тестовых заданиях с выбором одного правильного ответа из всех предложенных (указываются все варианты правильных ответов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="291" w:name="z366"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) некорректно составленное тестовое задание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="292" w:name="z367"/>
+      <w:bookmarkEnd w:id="291"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по технической причине:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="293" w:name="z368"/>
+      <w:bookmarkEnd w:id="292"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) считывание сканером закрашенного кружк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а, совпадающего с кодом каждого правильного ответа, как двух и более кружков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="294" w:name="z369"/>
+      <w:bookmarkEnd w:id="293"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) считывание сканером закрашенного кружка, совпадающего с кодом правильных ответов, как пустой кружок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="295" w:name="z370"/>
+      <w:bookmarkEnd w:id="294"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) дефектный лист ответов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="296" w:name="z371"/>
+      <w:bookmarkEnd w:id="295"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) отсутствует фрагмент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условия задания (текст, схемы, рисунки, таблицы), в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>результате</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которого невозможно определить правильный ответ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="297" w:name="z372"/>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 66. Рассмотрению подлежат конкретные факты, изложенные в заявлении на апелляцию. Апелляционной комиссии во время апелляции в пункте провед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ения тестирования не допускается менять вариант и выбранный предмет, указанный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="298" w:name="z373"/>
+      <w:bookmarkEnd w:id="297"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявления на апелляцию по пересмотру всех тестовых заданий без указания мотивированного основания (полное пояснение, пошаговое решение задач) по каждому задан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ию рассмотрению не подлежат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="299" w:name="z374"/>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 67. Республиканская апелляционная комиссия запрашивает и получает от апелляционных комиссий в пункте тестирования копии листов ответов аттестуемых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="300" w:name="z375"/>
+      <w:bookmarkEnd w:id="299"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 68. В случае положительного решения заявления аттестуемого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аппеляци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>онной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссией в пунктах проведения тестирования, заявления аттестуемого передаются на рассмотрение в Республиканскую апелляционную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="301" w:name="z376"/>
+      <w:bookmarkEnd w:id="300"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 69. Республиканская апелляционная комиссия рассматривает обоснованность предложений о добавлении баллов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>естуемому</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апелляционными комиссиями в пунктах проведения тестирования и принимает окончательное решение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="302" w:name="z377"/>
+      <w:bookmarkEnd w:id="301"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 70. Решение республиканской апелляционной комиссии принимается большинством голосов от общего числа членов комиссии. При равенстве голосов голос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>председателя является решающим. Решения республиканской апелляционной комиссии оформляются протоколами, которые подписываются председателем и всеми членами комиссии. Протоколы заседаний республиканской апелляционной комиссии и апелляционных комиссий в пунк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>те проведения тестирования хранятся в течение года в организации, ответственной за проведение тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="303" w:name="z378"/>
+      <w:bookmarkEnd w:id="302"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71. Ведомость с учетом апелляции оформляется организацией, ответственной за проведение тестирования, в день проведения апелляции в одном экзем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пляре, заверяется подписями членов аттестационной комиссии/ представителей уполномоченного органа в области образования и закрепляется печатью органа управления образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="304" w:name="z379"/>
+      <w:bookmarkEnd w:id="303"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 72. По результатам апелляции аттестуемым выдается справка о прохождении нац</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ионального квалификационного тестирования с учетом апелляции по форме согласно приложению 8 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="305" w:name="z380"/>
+      <w:bookmarkEnd w:id="304"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 73. После завершения апелляции национального квалификационного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тестирования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использованные книжки-вопросники уничтожаются, составляетс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я акт об уничтожении книжек национального квалификационного теста аттестуемых по форме согласно приложению 10 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="306" w:name="z381"/>
+      <w:bookmarkEnd w:id="305"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 74. Аттестуемые, показавшие отрицательный результат тестирования, не допускаются ко второму этапу аттестации, аттестуе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мые, успешно прошедшие тестирование, допускаются ко второму этапу аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="307" w:name="z382"/>
+      <w:bookmarkEnd w:id="306"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75. За </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемыми</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, подавшими на досрочную аттестацию, не прошедшими повторно квалификационное тестирование, сохраняется имеющаяся квалификационная категория до завершения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="308" w:name="z383"/>
+      <w:bookmarkEnd w:id="307"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 76. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>За аттестуемыми, подавшими заявление на присвоение квалификационных категорий "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" (на переходный период), не прошедшими повторно национальное квалиф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>икационное тестирование, сохраняются имеющиеся квалификационные категории: вторая, первая, высшая - до завершения срока ее действия.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="309" w:name="z384"/>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При последующем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>непрохождении</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национального квалификационного тестирования действие имеющейся квалификационной катег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ории продлевается на один год, при повторном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неподтверждении</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационная категория снижается до квалификационной категории "педагог" на основании решения аттестационной комиссии соответствующего уровня. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="310" w:name="z385"/>
+      <w:bookmarkEnd w:id="309"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77. Аттестуемые для установления соответс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твия заявляемой квалификационной категории в течение 10 рабочих дней в аттестационную комиссию соответствующего уровня представляют портфолио, включающее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="311" w:name="z47"/>
       <w:bookmarkEnd w:id="310"/>
-      <w:r w:rsidRPr="007F1D87">
-[...30 lines deleted...]
-      <w:bookmarkStart w:id="312" w:name="z330"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) копию документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="312" w:name="z48"/>
       <w:bookmarkEnd w:id="311"/>
-      <w:r w:rsidRPr="007F1D87">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> ұсынысы бойынша және оның </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2)копию диплома об образовании или документ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а о переподготовке при наличии с присвоением соответствующей квалификации по занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="313" w:name="z49"/>
+      <w:bookmarkEnd w:id="312"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3)копию удостоверения о квалификационной категории при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="314" w:name="z50"/>
+      <w:bookmarkEnd w:id="313"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) справку о прохождении национального квалификационного тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="315" w:name="z51"/>
+      <w:bookmarkEnd w:id="314"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5)мо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ниторинг качества знаний обучающихся за аттестационный период, включающий результаты внешней оценки учебных достижений и (или) текущей и (или) итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="316" w:name="z52"/>
+      <w:bookmarkEnd w:id="315"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6)копии документов, подтверждающих достижения обучающихся, или копии документов, подтв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерждающих обобщение опыта при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="317" w:name="z53"/>
+      <w:bookmarkEnd w:id="316"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7)листы наблюдения уроков (занятий) (не менее трех) по форме согласно приложению 11 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="318" w:name="z54"/>
+      <w:bookmarkEnd w:id="317"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8)копии документов, подтверждающих достижения аттестуемых (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="319" w:name="z575"/>
+      <w:bookmarkEnd w:id="318"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9)копию документа о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прохождении курсов повышения квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 77 в редакции приказа Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="320" w:name="z394"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 78. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>м</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мплексное аналитическое обобщение итогов деятельности аттестуемых на соответствие заявляемой квалификационной категории проводится экспертным советом ежегодно до 31 июля или 15 декабря текущего года, который утверждается приказом руководителя организации о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бразования, городского/районного отделов образования, управления образования, государственного органа создается экспертный совет ежегодно до 31 июля или 15 декабря текущего года.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттау комиссиясы мүшелерінің арасынан тө</w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="321" w:name="z395"/>
+      <w:bookmarkEnd w:id="320"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 79. В состав экспертного совета входят председатель и члены экспертного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совета. Экспертный совет состоит из нечетного количества членов, но не менее 5 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для рассмотрения и оценивания портфолио на квалификационные категории "педагог-модератор", "педагог-эксперт", "педагог-исследователь" формируется экспертный сове</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т и утверждается приказом руководителя организации образования, органом управления образования соответствующего уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>ра</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для рассмотрения и оценивания портфолио на квалификационную категорию "педагог-мастер" формируется экспертный совет на уровне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органа управления образования области (городов Астаны, Алматы и Шымкента) в составе представителей НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", методических кабинетов, институтов повышения квалификации, общественных организаций, профсоюзов, работодателей, попечительских советов, оп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ытных педагогических работников области, а также АОО "Назарбаев Интеллектуальные школы" и утверждается приказом руководителя органа управления образования области (городов Астаны</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">ді, оның жұмысын жоспарлайды, жалпы </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>ба</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы и Шымкента).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 112. Аттестаттау комиссиясының құрамына құрылымдық бөлімшелердің және аттесталатын органның кадр қызметінің басшылары, кәсіподақтың және </w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 79 с изменением, внесенным приказом Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="322" w:name="z398"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80. Для рассмотрения и оценивания по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ртфолио формируется и утверждается экспертный совет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="323" w:name="z399"/>
+      <w:bookmarkEnd w:id="322"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на квалификационную категорию "педагог-модератор" - на уровне организации образования, в составе представителей методических объединений, кафедр, общественных организаций, профсоюзов, попечительски</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>х советов, работодателей, методистов и опытных педагогических работников организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="324" w:name="z400"/>
+      <w:bookmarkEnd w:id="323"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>ал</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на квалификационную категорию "педагог-эксперт" - на уровне района (города), в составе представителей методических объединений, методических кабинетов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>опытных педагогических работников района (города), области, кафедр, институтов повышения квалификации, НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", общественных организаций, профсоюзов, работодателей, попечительских советов, научно-педагогических советов;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттау комиссиясының </w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="325" w:name="z401"/>
+      <w:bookmarkEnd w:id="324"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на квалификационную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категорию "педагог-эксперт" аттестуемых областного значения и на квалификационную категорию "педагог-исследователь" - на уровне области, в составе представителей НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", методических кабинетов, институтов повышения квалификации, общественных орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анизаций, профсоюзов, работодателей, попечительских советов, опытных педагогических работников области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="326" w:name="z402"/>
+      <w:bookmarkEnd w:id="325"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для рассмотрения и оценивания портфолио на квалификационные категории "педагог-модератор", "педагог-эксперт", "педагог-исследователь" формируется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>экспертный совет и утверждается приказом руководителя организации образования, органом управления образования соответствующего уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>жоқ м</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Для рассмотрения и оценивания портфолио на квалификационную категорию "педагог-мастер" формируется экспертный совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на уровне органа управления образования области (городов Астаны, Алматы и Шымкента) в составе представителей НПП РК "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", методических кабинетов, институтов повышения квалификации, общественных организаций, профсоюзов, работодателей, попечительских </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>советов, опытных педагогических работников области, а также АОО "Назарбаев Интеллектуальные школы" и утверждается приказом руководителя органа управления образования области (городов Астаны</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттау комиссиясының хатшысы бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы и Шымкента).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттау комиссиясының хатшысы аттестаттау комиссиясының отырысына материалдарды, қажетті құжаттарды дайындайды, хаттаманы ресімдейді жә</w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="327" w:name="z404"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Срок действия полномочий экспертного со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вета составляет один год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестационная комиссия соответствующего уровня осуществляет сбор и направляет портфолио </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>не қол</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...49 lines deleted...]
-        <w:t xml:space="preserve">рамының кемінде 2/3 қатысса, заңды </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в экспертный совет соответствующего уровня до 20 июня и 2 декабря текущего года по акту приема-передачи портфолио аттестуе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мого по форме согласно приложению 12 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 80 с изменением, внесенным приказом Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="328" w:name="z406"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 81. Экспертный совет соответствующего уровня рассматривает и оценивает портфолио </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>деп</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 114. Дауыс беру нәтижелері аттестаттау комиссиясы мүшелерінің көпшілік дауысымен </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с критериями оценивания портфолио аттестуемых на присвоение (подтверждение) квалификационной категории по форме согласно при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ложению 13 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="329" w:name="z407"/>
+      <w:bookmarkEnd w:id="328"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 82. По каждому аттестуемому экспертный совет выносит заключение (рекомендовать (не рекомендовать) для аттестации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="330" w:name="z408"/>
+      <w:bookmarkEnd w:id="329"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 83. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>ай</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Экспертный совет направляет листы оценивания портфолио аттестуемых на присвоение (подтвержд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ение) квалификационной категории по форме согласно приложению 14 к настоящим Правилам и заключение экспертного совета по комплексному аналитическому обобщению итогов деятельности аттестуемого на квалификационную категорию в аттестационную комиссию соответс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твующего уровня в срок до 31 июля и 20 декабря текущего года по форме согласно приложению 15 к настоящим Правилам.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттау комиссиясының мүшелері келіспеген жағдайда өзінің ерекше </w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="331" w:name="z409"/>
+      <w:bookmarkEnd w:id="330"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 84. По каждому аттестуемому аттестационная комиссия соответствующего уровня выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="332" w:name="z410"/>
+      <w:bookmarkEnd w:id="331"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) соответствует з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аявляемой квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="333" w:name="z411"/>
+      <w:bookmarkEnd w:id="332"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) не соответствует заявляемой квалификационной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="334" w:name="z412"/>
+      <w:bookmarkEnd w:id="333"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 85. Заседания аттестационной комиссии оформляются протоколом заседания аттестационной комиссии на присвоение (подтверждение) квалификационной кате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гории и о продлении срока действия квалификационной категории по формам согласно приложениям 16 и 17 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="335" w:name="z413"/>
+      <w:bookmarkEnd w:id="334"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Решение аттестационной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом заседании. При равенстве количества голосов решающим является голос председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="336" w:name="z414"/>
+      <w:bookmarkEnd w:id="335"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 86. При очередной аттестации на присвоение квалификационной категории в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">случае принятия аттестационной комиссией решения "не соответствует заявляемой квалификационной категории" действующая квалификационная категория сохраняется. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="337" w:name="z415"/>
+      <w:bookmarkEnd w:id="336"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При принятии аттестационной комиссией решения "не соответствует заявляемой квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> категории" при очередной аттестации на подтверждение действующая квалификационная категория снижается на один уровень, в случае досрочной аттестации на присвоение - за ним сохраняется имеющаяся квалификационная категория до завершения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="338" w:name="z416"/>
+      <w:bookmarkEnd w:id="337"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 87. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При переходе со второй, первой, высшей квалификационных категорий на квалификационные категории "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" и в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неподтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявляемой квалификационной категории посл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е повторного прохождения национального квалификационного тестирования действие имеющейся квалификационной категории сохраняется, при следующем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неподтверждении</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продлевается на один год, при повторном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неподтверждении</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационная категория снижается до к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>валификационной категории "педагог" на основании решения аттестационной комиссии соответствующего уровня.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...113 lines deleted...]
-        <w:t xml:space="preserve"> Аттестатталушы </w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="339" w:name="z576"/>
+      <w:bookmarkEnd w:id="338"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 87-1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогическим работникам и приравненным к ним лицам, которым присвоены квалификационные категории "педагог-модератор", "педагог-эксперт",</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-исследователь", "педагог - мастер" сохраняется квалификация должностей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="340" w:name="z577"/>
+      <w:bookmarkEnd w:id="339"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-модератор" - "учитель второй категории";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="341" w:name="z578"/>
+      <w:bookmarkEnd w:id="340"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-эксперт" - "учитель первой категории";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог-исследователь" и "педагог-мастер" - "учитель высш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ей категории".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 87-1 в соответствии с приказом Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="342" w:name="z417"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 88. В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ыдача удостоверений об аттестации аттестуемых на присвоение (подтверждение) квалификационных категорий по форме согласно приложению 2 к настоящим Правилам осуществляется организациями образования на основании решений аттестационных комиссий и приказов руко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>водителей соответствующих местных исполнительных органов район</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>аттестаттау</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...55 lines deleted...]
-        <w:t xml:space="preserve">з себептермен келмеген жағдайда ол аттестатталмады </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>города), области не позднее 31 августа или 31 декабря текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="343" w:name="z418"/>
+      <w:bookmarkEnd w:id="342"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 89. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>деп</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выдача удостоверений аттестуемым о присвоении (подтверждении) квалификационной категории фиксируется в журнале р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>егистрации и выдачи удостоверений о присвоении (подтверждении) квалификационной категории по форме согласно приложению 18 к настоящим Правилам.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...90 lines deleted...]
-        <w:t xml:space="preserve"> Аттестатталатын </w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="344" w:name="z419"/>
+      <w:bookmarkEnd w:id="343"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>адам</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При переходе на новое место работы в педагогической отрасли в пределах Республики Казахстан за педагогами</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1D87">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 118. Аттестаттау комиссиясының әрбі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сохраняется имеющаяся квалификационная категория до истечения срока ее действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="345" w:name="z420"/>
+      <w:bookmarkEnd w:id="344"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 90. В случае истечения срока действия квалификационной категории педагогическим работникам и приравненным к ним лицам, которым до пенсии по возрасту остается не более пя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ти лет, имеющиеся у них квалификационные категории сохраняются до наступления пенсионного возраста согласно заявлению об освобождении от очередной аттестации (произвольная форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="346" w:name="z421"/>
+      <w:bookmarkEnd w:id="345"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 91. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аттестуемые</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...83 lines deleted...]
-        <w:t xml:space="preserve"> 2) қайта </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пенсионного возраста, продолжающие осуществлять педаго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гическую деятельность после выхода на пенсию, аттестуются на общих основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="347" w:name="z422"/>
+      <w:bookmarkEnd w:id="346"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 92. Аттестация </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>аттестаттау</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...50 lines deleted...]
-        <w:t xml:space="preserve">ерді аттестаттаудан өткізу үшін аттестаттау комиссиясын оны осы </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется в соответствии со специальностью (квалификацией), указанной в дипломе об образовании, или документе о переподготовке с присвоение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м соответствующей квалификации по занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="348" w:name="z423"/>
+      <w:bookmarkEnd w:id="347"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае преподавания дисциплин, указанных в дипломе об образовании как одна специальность, аттестация педагогических работников и приравненных к ним лиц, проводится по основной должности с указ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анием предметов в соответствии с указанной в дипломе специальностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="349" w:name="z424"/>
+      <w:bookmarkEnd w:id="348"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 93. Для педагогических работников малокомплектных школ в случае преподавания дисциплин, не указанных в дипломе, аттестация проводится по занимаемой должности при наличии удостоверен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия или сертификата о профессиональном обучении на курсах повышения квалификации, либо переподготовки с присвоением соответствующей квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="350" w:name="z425"/>
+      <w:bookmarkEnd w:id="349"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 94. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>лауазым</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае преподавания педагогом дисциплин, по которым не осуществляется профессиональная подготовка с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пециалистов в высших учебных заведениях (далее - вуз) или организациях образования технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, за ним сохраняется ранее полученная категория, аттестация проводится на общих основаниях при наличии соответству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ющего сертификата о повышении квалификации.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...71 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="351" w:name="z579"/>
+      <w:bookmarkEnd w:id="350"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 94-1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При преподавании предмета "Самопознание" у педагогического работника квалификационная категория приравнивается к квалификационной категории по ранее преподаваемому предмету, и сохраняется до истечения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> срока действия аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогическим работникам, осуществляющим психологическую, диагностическую (в части определения особых образовательных потребностей обучающихся), коррекционную, социально-педагогическую деятельность, присваивается квалифик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ационная категория: "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" в соответствии с указанной в дипломе специальностью или с учетом прохождения курсов переподготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 94-1 в соответ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствии с приказом Министра образования и науки РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> 121. Қайта аттестаттау бастапқы аттестаттау өткен күннен бастап үш айдан кейін </w:t>
+        <w:t>первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="352" w:name="z426"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 95. В случае ведения деятельности в специальных организациях образования ил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и специальных классах (групп) не по специальности, указанной в дипломе об образовании, аттестация проводится по занимаемой должности на основании сертификата, полученного в результате прохождения ими курсов повышения квалификации и переподготовки в организ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="353" w:name="z427"/>
+      <w:bookmarkEnd w:id="352"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 96. Педагогические работники, преподающие в специальных организациях образования дисциплины, указанные в дипломе, аттестуются по преподаваемым дисциплинам на основании сертификата, полученного в результате ими прохождения курсов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>повышения квалификации и прохождения переподготовки в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="354" w:name="z428"/>
+      <w:bookmarkEnd w:id="353"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 97. Аттестуемые, преподающие в общеобразовательных школах, реализующие инклюзивное образование, проходят аттестацию в соответствии с указанной в дипломе специальностью и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с учетом прохождения ими курсов повышения квалификации по дополнительным дисциплинам (специальная педагогика, специальная психология).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="355" w:name="z429"/>
+      <w:bookmarkEnd w:id="354"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 98. Квалификационная категория продлевается на основании заявлений педагогических работников и приравненных к ним л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иц, но не более</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>осы</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...49 lines deleted...]
-        <w:t>мдердің бі</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем на 3 года в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="356" w:name="z430"/>
+      <w:bookmarkEnd w:id="355"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) временная нетрудоспособность педагогического работника, согласно перечню социально значимых заболеваний и заболеваний, представляющих опасность для окружающих, утвержденным приказом Министра здр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально-значимых заболеваний и заболеваний, представляющих опасность для окружающих (зарегистрирован в Реестре государственной регистрации норматив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных правовых актов за № 11512);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...154 lines deleted...]
-        <w:t xml:space="preserve"> бар тұлға бекітеді және оның отырысына қатысқан аттестаттау комиссиясы мүшелерінің қолы қойылған хаттамамен </w:t>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="357" w:name="z431"/>
+      <w:bookmarkEnd w:id="356"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="358" w:name="z432"/>
+      <w:bookmarkEnd w:id="357"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) нахождение в служебной командировке, на обучении (стажировке) по специальности за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="359" w:name="z433"/>
+      <w:bookmarkEnd w:id="358"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) возобновление рабо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ты в должности, по которой присвоена (подтверждена) квалификационная категория, независимо от причин ее прекращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="360" w:name="z434"/>
+      <w:bookmarkEnd w:id="359"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) смена места работы в пределах Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="361" w:name="z435"/>
+      <w:bookmarkEnd w:id="360"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) осуществление педагогической деятельности лицами, прибывшими в Респуб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лику Казахстан из стран ближнего и дальнего зарубежья при наличии документов, подтверждающих образование, трудовой стаж и квалификационную категорию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="362" w:name="z436"/>
+      <w:bookmarkEnd w:id="361"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) перешедших в организации образования с уполномоченного органа в области образования, органов упра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вления образованием, методических кабинетов, институтов повышения квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="363" w:name="z437"/>
+      <w:bookmarkEnd w:id="362"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 99. На рассмотрение аттестационной комиссии соответствующего уровня для решения вопроса о продлении срока действия квалификационной категории педагогам, указанным в пунк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>те 98 настоящих Правил и вышедших на работу, представляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="364" w:name="z438"/>
+      <w:bookmarkEnd w:id="363"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление о продлении срока действия квалификационной категории (произвольная форма);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="365" w:name="z439"/>
+      <w:bookmarkEnd w:id="364"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="366" w:name="z440"/>
+      <w:bookmarkEnd w:id="365"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) копия диплома об об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разовании или документа о переподготовке с присвоением соответствующей квалификации по занимаемой должности при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="367" w:name="z441"/>
+      <w:bookmarkEnd w:id="366"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) копия документа о повышении квалификации при наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="368" w:name="z442"/>
+      <w:bookmarkEnd w:id="367"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) копия документа, подтверждающего трудовую деятельность работник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а и приравненных к ним лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="369" w:name="z443"/>
+      <w:bookmarkEnd w:id="368"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) копия удостоверения об аттестации педагогического работника и приравненного к нему лица на присвоение (подтверждение) квалификационной категории (кроме педагогических работников и приравненных к ним лиц, перешедших из о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рганизации высшего образования и не имеющих квалификационных категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="370" w:name="z444"/>
+      <w:bookmarkEnd w:id="369"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) документ, подтверждающий обоснованность продления срока действия квалификационной категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="371" w:name="z445"/>
+      <w:bookmarkEnd w:id="370"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заседание аттестационной комиссии проводится в течение пяти рабочих дней со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня поступления заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="372" w:name="z446"/>
+      <w:bookmarkEnd w:id="371"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Решение аттестационной комиссии считается принятым при присутствии на заседании не менее 2/3 ее членов. Результаты голосования определяются большинством голосов членов аттестационной комиссии, принявших участие в итоговом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заседании. При равенстве количества голосов решающим является голос председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="373" w:name="z447"/>
+      <w:bookmarkEnd w:id="372"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Решение аттестационной комиссии оформляется протоколом аттестационной комиссии соответствующего уровня, который подписывается всеми членами. По итогам решения руководи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>телем соответствующего уровня издается приказ, с последующей выдачей удостоверения об аттестации аттестуемого на присвоение (подтверждение) квалификационной категории по форме согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="374" w:name="z448"/>
+      <w:bookmarkEnd w:id="373"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По каждому педагогическому раб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отнику и приравненному к нему лицу организации образования аттестационная комиссия соответствующего уровня выносит одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="375" w:name="z449"/>
+      <w:bookmarkEnd w:id="374"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) соответствует заявляемой квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="376" w:name="z450"/>
+      <w:bookmarkEnd w:id="375"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) не соответствует заявляемой квалификационно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="377" w:name="z451"/>
+      <w:bookmarkEnd w:id="376"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Решение о снижении квалификационной категории, соответственно, оплаты труда оформляется приказом руководителя организации образования на основании решения аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="378" w:name="z452"/>
+      <w:bookmarkEnd w:id="377"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При возникновении спорных вопросов аттестационная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссия соответствующего уровня принимает решение коллегиально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="379" w:name="z453"/>
+      <w:bookmarkEnd w:id="378"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Порядок и условия проведения аттестации иных гражданских служащих в сфере образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="380" w:name="z454"/>
+      <w:bookmarkEnd w:id="379"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100. Аттестация гражданских служащих в сфере образования и науки включает в се</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бя следующие этапы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="381" w:name="z455"/>
+      <w:bookmarkEnd w:id="380"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) подготовка и проведение аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="382" w:name="z456"/>
+      <w:bookmarkEnd w:id="381"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) собеседование со служащими, проводимое аттестационной комиссией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="383" w:name="z457"/>
+      <w:bookmarkEnd w:id="382"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) вынесение решения аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="384" w:name="z458"/>
+      <w:bookmarkEnd w:id="383"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 101. Подготовка к проведению аттестации организуется, ответ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ственными исполнителями в организациях образования, кадровой службой государственных учреждений и казенных предприятий в сфере образования и науки (далее - аттестующий орган) по поручению его руководителя и включает следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="385" w:name="z459"/>
+      <w:bookmarkEnd w:id="384"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) подготов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ку необходимых документов на аттестуемых гражданских служащих в сфере образования и науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="386" w:name="z460"/>
+      <w:bookmarkEnd w:id="385"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) разработку графиков проведения аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="387" w:name="z461"/>
+      <w:bookmarkEnd w:id="386"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) определение состава аттестационных комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="388" w:name="z462"/>
+      <w:bookmarkEnd w:id="387"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) подготовку вопросов для проведения собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="389" w:name="z463"/>
+      <w:bookmarkEnd w:id="388"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 102. Кадровая служба аттестующего органа, ответственные исполнители в организациях образования один раз в течение шести месяцев определяют служащих, подлежащих аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="390" w:name="z464"/>
+      <w:bookmarkEnd w:id="389"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 103. Руководитель аттестующего органа по представлению кадровой службы о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ргана издает приказ, которым утверждаются список аттестуемых лиц, график проведения аттестации и состав аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="391" w:name="z465"/>
+      <w:bookmarkEnd w:id="390"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 104. Ответственные исполнители организации образования, кадровая служба аттестующего органа письменно уведомляют служащих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о сроках проведения аттестации не позднее месяца до начала ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="392" w:name="z466"/>
+      <w:bookmarkEnd w:id="391"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 105. Непосредственный руководитель служащего, подлежащего аттестации, оформляет служебную характеристику и направляет ее в кадровую службу аттестующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="393" w:name="z467"/>
+      <w:bookmarkEnd w:id="392"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 106. Служ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ебная характеристика содержит обоснованную, объективную оценку профессиональных, личностных качеств и результатов служебной деятельности аттестуемого служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="394" w:name="z468"/>
+      <w:bookmarkEnd w:id="393"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 107. Кадровая служба аттестующего органа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ознакамливает</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служащего с представленной на него</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служебной характеристикой в срок, не позднее, чем за три недели до заседания аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="395" w:name="z469"/>
+      <w:bookmarkEnd w:id="394"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 108. При несогласии с представленной на него служебной характеристикой служащий предоставляет в кадровую службу аттестующего органа информацию, хар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актеризующую его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="396" w:name="z470"/>
+      <w:bookmarkEnd w:id="395"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 109. На аттестуемого служащего кадровой службой аттестующего органа оформляется аттестационный лист на гражданского служащего, подлежащего аттестации, по форме согласно приложению 19 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="397" w:name="z471"/>
+      <w:bookmarkEnd w:id="396"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 110. Кадровая служба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестующего органа направляет собранные аттестационные материалы в аттестационную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="398" w:name="z472"/>
+      <w:bookmarkEnd w:id="397"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 111. Аттестационная комиссия создается руководителем аттестующего органа по представлению его кадровой службы и состоит из нечетного числа членов, не менее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пяти человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="399" w:name="z473"/>
+      <w:bookmarkEnd w:id="398"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Из числа членов аттестационной комиссии назначается председатель и секретарь. Председатель аттестационной комиссии руководит ее деятельностью, председательствует на ее заседаниях, планирует ее работу, осуществляет общий контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="400" w:name="z474"/>
+      <w:bookmarkEnd w:id="399"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>112. В состав аттестационной комиссии включаются руководители структурных подразделений и кадровой службы аттестующего органа, представители профсоюза и совета коллегиального управления организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="401" w:name="z475"/>
+      <w:bookmarkEnd w:id="400"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Замещение отсутствующих членов аттестационной коми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ссии не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="402" w:name="z476"/>
+      <w:bookmarkEnd w:id="401"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секретарем аттестационной комиссии является ответственный исполнитель организации образования, представитель кадровой службы аттестующего органа, который определяется руководителем аттестующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="403" w:name="z477"/>
+      <w:bookmarkEnd w:id="402"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секретарь аттестацион</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ной комиссии подготавливает материалы, необходимые документы к заседанию аттестационной комиссии, оформляет и подписывает протокол и не принимает участие в голосовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="404" w:name="z478"/>
+      <w:bookmarkEnd w:id="403"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 113. Заседание аттестационной комиссии считается правомочным, если на нем присутс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твует не менее 2/3 ее состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="405" w:name="z479"/>
+      <w:bookmarkEnd w:id="404"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 114. Результаты голосования определяются большинством голосов членов аттестационной комиссии. При равенстве голосов голос председателя аттестационной комиссии является решающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="406" w:name="z480"/>
+      <w:bookmarkEnd w:id="405"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 115. В случае несогласия члены атте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стационной комиссии излагают свое особое мнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="407" w:name="z481"/>
+      <w:bookmarkEnd w:id="406"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 116. Аттестационная комиссия проводит аттестацию в присутствии аттестуемого служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="408" w:name="z482"/>
+      <w:bookmarkEnd w:id="407"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При неявке аттестуемого на заседание аттестационной комиссии по уважительной причине, рассмотрение вопроса е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го аттестации переносится на более поздний срок, указанный комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="409" w:name="z483"/>
+      <w:bookmarkEnd w:id="408"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При отсутствии </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестуемого</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...83 lines deleted...]
-        <w:t xml:space="preserve">ан өткен қызметшінің аттестаттау парағы және </w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по неуважительной причине, назначается повторная аттестация. При повторной неявке по неуважительной причине гражданский служащий считается неаттестованн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="410" w:name="z484"/>
+      <w:bookmarkEnd w:id="409"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 117. В ходе заседания аттестационная комиссия изучает представленные материалы, заслушивает аттестуемое лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="411" w:name="z485"/>
+      <w:bookmarkEnd w:id="410"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вопросы, задаваемые аттестуемому лицу, направлены на выявление уровня его компетентности в вопросах профессиональной подготовки, д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еловых качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="412" w:name="z486"/>
+      <w:bookmarkEnd w:id="411"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 118. По результатам изучения представленных материалов и собеседования со служащим каждым членом аттестационной комиссии заполняется оценочный лист на гражданского служащего, подлежащий аттестации по форме согласно приложению 20 к на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стоящим Правилам, после чего аттестационная комиссия принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="413" w:name="z487"/>
+      <w:bookmarkEnd w:id="412"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) соответствует занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="414" w:name="z488"/>
+      <w:bookmarkEnd w:id="413"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) подлежит повторной аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="415" w:name="z489"/>
+      <w:bookmarkEnd w:id="414"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 119. Аттестационная комиссия для проведения аттестации служащего, занимающе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го должность руководителя организации, создается должностным лицом, имеющим право его назначения на эту должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="416" w:name="z490"/>
+      <w:bookmarkEnd w:id="415"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 120. Решение аттестационной комиссии принимается открытым голосованием. Проходящий аттестацию служащий, входящий в состав аттестационно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й комиссии, в голосовании относительно себя не участвует.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="417" w:name="z491"/>
+      <w:bookmarkEnd w:id="416"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 121. Повторная аттестация проводится через три месяца со дня проведения первоначальной аттестации в порядке, определенном настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="418" w:name="z492"/>
+      <w:bookmarkEnd w:id="417"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестационная комиссия при проведении пов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>торной аттестации принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="419" w:name="z493"/>
+      <w:bookmarkEnd w:id="418"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - соответствует занимаемой должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="420" w:name="z494"/>
+      <w:bookmarkEnd w:id="419"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не соответствует занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="421" w:name="z495"/>
+      <w:bookmarkEnd w:id="420"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 122. Служащий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ознакамливается</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с решением аттестационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="422" w:name="z496"/>
+      <w:bookmarkEnd w:id="421"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 123. Решения аттестационной коми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ссии утверждаются </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007F1D87">
-[...7 lines deleted...]
-        <w:t>о</w:t>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицом, имеющим право назначения на должность и оформляется</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007F1D87">
-[...308 lines deleted...]
-    <w:sectPr w:rsidR="00E43BC9" w:rsidRPr="007F1D87" w:rsidSect="007F1D87">
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> протоколом, который подписывается членами аттестационной комиссии, присутствовавшими на ее заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="423" w:name="z497"/>
+      <w:bookmarkEnd w:id="422"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 124. Утвержденные решения аттестационной комиссии заносятся в аттестаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>онные листы служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="424" w:name="z498"/>
+      <w:bookmarkEnd w:id="423"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 125. Аттестационный лист служащего, прошедшего аттестацию, и служебная характеристика на него хранятся в личном деле. Утвержденное руководителем организации решение аттестационной комиссии также заносится в послужной список служ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="425" w:name="z499"/>
+      <w:bookmarkEnd w:id="424"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестации подлежат все служащие, за исключением находящихся в отпуске по беременности и родам и отпуске без сохранения заработной платы по уходу за ребенком до достижения им возраста трех лет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="426" w:name="z500"/>
+      <w:bookmarkEnd w:id="425"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 126. Служащие проходят аттестацию по исте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чении каждых последующих трех лет пребывания на гражданской службе, но не ранее шести месяцев со дня занятия данной должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="427" w:name="z501"/>
+      <w:bookmarkEnd w:id="426"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом аттестация проводится не позднее шести месяцев со дня наступления указанного срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="428" w:name="z502"/>
+      <w:bookmarkEnd w:id="427"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Служащие, находящиеся в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отпуске по уходу за детьми, аттестуются не ранее, чем через шесть месяцев после выхода на службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidRDefault="00080DAF" w:rsidP="00080DAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="429" w:name="z503"/>
+      <w:bookmarkEnd w:id="428"/>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестация служащих по их заявлению проводится до истечения указанных сроков.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="429"/>
+    </w:p>
+    <w:sectPr w:rsidR="00F43923" w:rsidRPr="00080DAF" w:rsidSect="00080DAF">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -30545,64 +24337,63 @@
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E43BC9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E43BC9"/>
+    <w:rsidRoot w:val="00F43923"/>
+    <w:rsid w:val="00080DAF"/>
+    <w:rsid w:val="00F43923"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -30919,67 +24710,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F1D87"/>
+    <w:rsid w:val="00080DAF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007F1D87"/>
+    <w:rsid w:val="00080DAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -31278,78 +25069,94 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F1D87"/>
+    <w:rsid w:val="00080DAF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007F1D87"/>
+    <w:rsid w:val="00080DAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1690795814">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -31601,66 +25408,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>27</Pages>
-[...1 lines deleted...]
-  <Characters>76557</Characters>
+  <Pages>28</Pages>
+  <Words>13795</Words>
+  <Characters>78633</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>637</Lines>
-  <Paragraphs>179</Paragraphs>
+  <Lines>655</Lines>
+  <Paragraphs>184</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>89809</CharactersWithSpaces>
+  <CharactersWithSpaces>92244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>