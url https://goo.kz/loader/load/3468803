--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,1577 +1,4930 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="00660409" w:rsidRPr="00532BD9" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00396C70">
+      <w:r w:rsidRPr="00532BD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Онлайн</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00396C70">
+        <w:t xml:space="preserve">ОБ ОЖСБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00532BD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пробное тестирование ВОУД </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00396C70">
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00532BD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>СО</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> байқау сынағы</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> для учащихся 9 классов </w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы (ҰТО) орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берудегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-сынып оқушыларына арналған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байқау сынағын өткізеді. Оқушы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t>в</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00396C70">
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әннен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 1-пән – қазақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2-пән – ұсынылған 11 пәннің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәні: дүниежүзі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, биология, география, қазақ әдебиеті (оқыту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдебиеті (оқыту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> среднего образования. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), ағылшын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байқау сынағы тестілеуінің арқасында оқушы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>компьютерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламалық құрылымның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интерфейсімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таныса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабілетін қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байқау сынағы ақылы түрде өткізіледі, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құны 260 теңге. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>леу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақысын ҰТО-ның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реквизиттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Халық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>банкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казпошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар «Касса 24» терминалы арқылы төлеуге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Төлемақыны төлеудің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрлі тәсілі бар: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және топтық. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төлемақыда оқушы төлемді өзі жүргізеді және өзалдына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін оған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пароль мен логин </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Топтық төлемақы жүргізуде мектептің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауаптысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (мұғалім, директордың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т.с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.с) барлық оқушыларға төлемді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытта жүргізеді. Жауаптыға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парольдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен логин көрсетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сілтеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сілтеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы логин мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парольді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрбір оқушыны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:t>Ученик сдает тестирование по двум предметам: </w:t>
+          <w:color w:val="790000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1 тәсіл - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төлемақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Халық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>банкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казпошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүргізілген жағдайда, оқушы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлға төлегендігі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түбіртектің тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсқасын  ҰТО </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>филиалдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ҰТО филиал қызметкерлері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестіленушіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, байқау сынағын өту үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> парағын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="00660409">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Ұлттық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы» РМҚК  Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БҒМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="00660409">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>010011 Астана қ., Жең</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с д., 60</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="00660409">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БИН 000140001853</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="00660409">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ИИК KZ536010111000001515</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="00660409">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БИК HSBKKZKX     КБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="00660409">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қазақстан Халық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Банкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» АҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестіленушінің байқау сынағын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өту мүмкіндігі бар. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәтте шығады, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарияланбайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және тестіленушінің бағаларына әсер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етпейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4017" w:rsidRPr="006F4017" w:rsidRDefault="006F4017" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="790000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2 тәсіл -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «Касса 24» терминалы арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">төлем жүргізу үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестіленуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлға өзінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>поштасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетеді және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пошта</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсыруға арналған логин мен пароль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Касса 24» терминалы арқылы төлем жүргізу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t>1 предме</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Касса 24» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терминалында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t>т-</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> казахский язык;</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру қызметтері»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">2 предмет по выбору один из 11 </w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бө</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t>нижеперечисленных</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імінде «Национальный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>центр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тестирования» түймешегін таңдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметтерден «ОБ ОЖСБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байқау сынағы»  қызметін таңдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>поштасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терминалда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген мөлшерде төлем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>логині</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>паролі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төлем жасаған соң көрсетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00396C70">
-[...7 lines deleted...]
-        <w:t>Всемирная история, История Казахстан, Биология, География, Казахская литература (с казахским языком обучения) /Русская литература (с русским языком обучения), Алгебра, Химия, Физика, Русский язык (с казахским языком обучения) /Русский язык (с русским языком обучения), Английский язык.</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пошта</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>автоматты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="00660409" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> тестирования знакомится с интерфейсом программы компьютерного тестирования и формирует навык работы.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>логині</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>паролін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алғаннан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушы интернет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосылған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>компьютерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тексере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="006F4017" w:rsidRPr="006F4017" w:rsidRDefault="006F4017" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...45 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRDefault="00DA1BEE" w:rsidP="00396C70">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...106 lines deleted...]
-      <w:r w:rsidRPr="00396C70">
+      <w:r w:rsidRPr="006F4017">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="790000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00396C70">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 тәсіл </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4017">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00396C70">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Бұлардан бөлек, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="/login" w:tgtFrame="_blank" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006F4017">
+          <w:rPr>
+            <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="127989"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>cabinet.testcenter.kz</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006F4017">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00396C70">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сілтемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00396C70">
-[...20 lines deleted...]
-        <w:t>оригинал квитанции в филиал НЦТ. Филиалы регистрируют и выдают регистрационный лист. </w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ыңғайлы тәсілмен төлем жасауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00DA1BEE">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...10 lines deleted...]
-        <w:t>РГКП «Национальный центр тестирования» МОН РК</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін қажет:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00DA1BEE">
-[...291 lines deleted...]
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00DA1BEE">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...19 lines deleted...]
-        <w:t>«Касса 24» в разделе «Услуги образования» выбирать иконку «Национальный центр тестирования»;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелгеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестілеудің қажетті тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін таңдау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00DA1BEE">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...61 lines deleted...]
-        <w:t>»;</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сатып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>батырмасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, мүмкіндіктер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00DA1BEE">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...9 lines deleted...]
-        <w:t>Ввести адрес своей электронной почты и количество попыток тестирования;</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">төлемдер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> парақшасында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтерін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толтырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, төлем тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін таңдау (Банк </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>картасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> касса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1BEE" w:rsidRPr="00396C70" w:rsidRDefault="00DA1BEE" w:rsidP="00DA1BEE">
-[...61 lines deleted...]
-    <w:p w:rsidR="00DA1BEE" w:rsidRDefault="00DA1BEE" w:rsidP="00DA1BEE">
+    <w:p w:rsidR="00660409" w:rsidRPr="006F4017" w:rsidRDefault="00660409" w:rsidP="006F4017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00396C70">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Получив логин и пароль на тестирование, ученик может проверить </w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Төлем жасалғаннан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған құпия сөз түседі. Ә</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00396C70">
-[...9 lines deleted...]
-        <w:t>свои</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00396C70">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> знание на любом компьютере, имеющем выход в Интернет.</w:t>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і қарай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтіп өтілген тестілеулердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>картасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көруге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00396C70" w:rsidRPr="00396C70" w:rsidRDefault="00396C70" w:rsidP="00DA1BEE">
+    <w:p w:rsidR="00CD5B81" w:rsidRPr="006F4017" w:rsidRDefault="00CD5B81" w:rsidP="006F4017">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
-[...296 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00E41A08" w:rsidRPr="00396C70" w:rsidSect="008F48BB">
+    <w:sectPr w:rsidR="00CD5B81" w:rsidRPr="006F4017" w:rsidSect="00B2597F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1584,53 +4937,53 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="inherit">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="2654250C"/>
+    <w:nsid w:val="3AB91082"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D8E2DBB6"/>
+    <w:tmpl w:val="006A1ED0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1733,202 +5086,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="46E21506"/>
+    <w:nsid w:val="6FF43E64"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8E38841C"/>
-[...148 lines deleted...]
-    <w:tmpl w:val="CB6435CE"/>
+    <w:tmpl w:val="8DD0F5E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2031,75 +5235,74 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="77"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="008F17ED"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E41A08"/>
+    <w:rsidRoot w:val="00677D40"/>
+    <w:rsid w:val="00341C76"/>
+    <w:rsid w:val="00532BD9"/>
+    <w:rsid w:val="00660409"/>
+    <w:rsid w:val="00677D40"/>
+    <w:rsid w:val="006F4017"/>
+    <w:rsid w:val="00B2597F"/>
+    <w:rsid w:val="00CD5B81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2242,141 +5445,141 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008F48BB"/>
+    <w:rsid w:val="00B2597F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -2507,164 +5710,164 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DA1BEE"/>
+    <w:rsid w:val="00660409"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1246377711">
+    <w:div w:id="1206914825">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabinet.testcenter.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2913,54 +6116,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>530</Words>
-  <Characters>3026</Characters>
+  <Words>478</Words>
+  <Characters>2728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3549</CharactersWithSpaces>
+  <CharactersWithSpaces>3200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>