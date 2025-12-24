--- v0 (2025-12-06)
+++ v1 (2025-12-24)
@@ -1,5511 +1,3461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
-[...34 lines deleted...]
-    <w:p w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE57AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 28</w:t>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мектеп директоры</w:t>
+        <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE57AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>«УТВЕРЖДАЮ»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B55B86" w:rsidRPr="000E4549" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE57AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>директор школы № 28:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DE57AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______ </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00DE57AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Мантыкова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00DE57AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Г. С.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B55B86" w:rsidRPr="00704AA2" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRPr="00CF38B8" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704AA2">
+      <w:r w:rsidRPr="00CF38B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"Адал Ұрпақ"</w:t>
+        <w:t>ПЛАН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B55B86" w:rsidRPr="00704AA2" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRPr="00CF38B8" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704AA2">
+      <w:r w:rsidRPr="00CF38B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ерікті мектеп клубының 2018-2019 оқу жылы</w:t>
+        <w:t>работы добровольного школьного клуба «</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF38B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>на</w:t>
+        <w:t>Адал</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704AA2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF38B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жұмыс</w:t>
+        <w:t xml:space="preserve"> Ұрпақ»</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00FB505E" w:rsidRPr="00CF38B8" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жоспары</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF38B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2018-2019 учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B55B86" w:rsidRPr="00704AA2" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704AA2">
+      <w:r w:rsidRPr="00DE57AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9714" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="500"/>
-        <w:gridCol w:w="3544"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2861"/>
+        <w:gridCol w:w="3000"/>
+        <w:gridCol w:w="1727"/>
+        <w:gridCol w:w="1801"/>
+        <w:gridCol w:w="2686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
-[...19 lines deleted...]
-          <w:p w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidRDefault="00B55B86" w:rsidP="0020533B">
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE57AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Целевая группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация работы добровольного школьного клуба «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00130BA7">
-[...5 lines deleted...]
-              <w:t>Іс-шара</w:t>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...21 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ұрпақ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 31.10.2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5-11 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурмагамбетова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Утверждение плана работы добровольного школьного клуба «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ұрпақ» на 2018-2019учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 31.10.2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель и члены клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурмагамбетова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.С.руководитель клуба Шувалова А.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оформление уголка «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Парасатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азамат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 7 ноября 2018г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель и члены клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель  клуба Шувалова А.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в областном слете добровольных школьных клубов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұрпақ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>25 сентября  2018 года в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областном Дворце школьников им. М.М.Катаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель и члены клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель  клуба Шувалова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Баженова Ж.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Михеева Е.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дискуссионный практикум «Основы общественного порядка»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 10.11.2018г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>члены клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель  клуба Шувалова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Месячник «Казахстан – правовое государство»:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- классные часы «Школа против коррупции!»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- конкурс эссе  «Что я знаю о коррупции»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- круглый стол «Наш выбор -  правовое государство»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- сюжетно-ролевая игра «Выборы главы класса»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.10.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 15.10.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>18.10.18.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>07.11 – 07.12.2018г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8-11 классы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8-11 классы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11 классы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-4 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель  клуба., Шувалова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителя правоведения, классные руководители,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>члены клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков среди учащихся «Образ честного и неподкупного труда».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 09.12. 2018г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-4 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...83 lines deleted...]
-              <w:t>Жауапты</w:t>
+              <w:t>Муллоярова М.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
-[...373 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Деловая игра «Получение государственной услуги»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.12.2018г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5-8 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, члены клуба.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B55B86" w:rsidRPr="001524D4" w:rsidTr="0020533B">
-[...386 lines deleted...]
-              <w:t>Шувалова</w:t>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс проектов «Карта коррупционных правонарушений»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20.04.2019г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9-11 классы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель  клуба., Шувалова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя правоведения, классные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>руководители,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>члены клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
-[...2997 lines deleted...]
-          <w:p w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidRDefault="00B55B86" w:rsidP="0020533B">
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE57AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Театр қойылымы "Рух пен </w:t>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Театральная постановка «Рух пен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008D0E2B">
+            <w:r w:rsidRPr="00DE57AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>намыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008D0E2B">
+            <w:r w:rsidRPr="00DE57AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008D0E2B">
+            <w:r w:rsidRPr="00DE57AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>егіз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008D0E2B">
-[...21 lines deleted...]
-              <w:t>(</w:t>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.» (пропаганда нравственных качеств честности, достоинства, ответственности, доброты, справедливости)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 15 апреля 2019г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5-9 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008D0E2B">
-[...5 lines deleted...]
-              <w:t>адамгершілік</w:t>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Домовята</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008D0E2B">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Баженова Ж.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>члены клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс эссе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Государственная служба – честный труд в интересах страны».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 15 марта 2019г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5-8 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель  клуба учителя правоведения, члены клуба</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008D0E2B">
-[...5 lines deleted...]
-              <w:t>адамгершілік</w:t>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жетписова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008D0E2B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.У.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidTr="0020533B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс видеороликов «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008D0E2B">
-[...5 lines deleted...]
-              <w:t>жауапкершілік</w:t>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Транспарентное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008D0E2B">
-[...933 lines deleted...]
-          <w:p w:rsidR="00B55B86" w:rsidRPr="00DE57AA" w:rsidRDefault="00B55B86" w:rsidP="0020533B">
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и подотчетное государство»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 30 апреля 2019г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9-11 классы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE57AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2861" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE57AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>члены клуба Шувалова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB505E" w:rsidRPr="00DE57AA" w:rsidRDefault="00FB505E" w:rsidP="0020533B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B55B86" w:rsidRPr="00C146D7" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B55B86" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B55B86" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B55B86" w:rsidRDefault="00B55B86" w:rsidP="00B55B86">
+    <w:p w:rsidR="00FB505E" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006568A0" w:rsidRPr="00B55B86" w:rsidRDefault="006568A0">
+    <w:p w:rsidR="00FB505E" w:rsidRDefault="00FB505E" w:rsidP="00FB505E">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006568A0" w:rsidRPr="00B55B86" w:rsidSect="006568A0">
+    <w:p w:rsidR="006568A0" w:rsidRDefault="006568A0"/>
+    <w:sectPr w:rsidR="006568A0" w:rsidSect="006568A0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="87"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B55B86"/>
+    <w:rsidRoot w:val="00FB505E"/>
     <w:rsid w:val="006568A0"/>
-    <w:rsid w:val="00B55B86"/>
+    <w:rsid w:val="00FB505E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5529,50 +3479,51 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -5648,79 +3599,108 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B55B86"/>
+    <w:rsid w:val="00FB505E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00FB505E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="00FB505E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5981,50 +3961,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>335</Words>
-  <Characters>1911</Characters>
+  <Words>373</Words>
+  <Characters>2131</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2242</CharactersWithSpaces>
+  <CharactersWithSpaces>2500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Камаржанова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>