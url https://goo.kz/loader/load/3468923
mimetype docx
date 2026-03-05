--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,3605 +1,965 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="00933E29">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оқу </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+        <w:t xml:space="preserve">Подготовка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жеті</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ст</w:t>
+        <w:t xml:space="preserve"> Внешней оценке учебных достижений </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для подготовки к Внешней оценке учебных достижений среднего образования (ВОУД </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00933E29">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) необходимо пользоваться учебниками, рекомендованными Министерством образования и науки РК, и основываться на спецификации тестов по предметам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="2F3438"/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> бағалауға дайындық</w:t>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Спецификация теста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – документ, в котором описывается общая характеристика теста, количество и содержание заданий, время тестирования по конкретному предмету и дисциплине для определенного экзамена.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Спецификация теста разрабатываются в соответствии Государственным общеобразовательным стандартом образования, общеобразовательной учебной программой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Спецификация обновляется в соответствии с изменениями Государственного общеобразовательного стандарта образования, учебной программой и с изменениями в форматах проведения экзаменов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
-[...243 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тест </w:t>
-[...156 lines deleted...]
-        <w:t xml:space="preserve"> тестілеудің уақыты сипатталған құжат.</w:t>
+        <w:t>Структура теста для учащихся 4-х классов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
-[...440 lines deleted...]
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
-[...161 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15 тестовых заданий по каждому предмету закрытой формы с одним правильным ответом из четырех предложенных вариантов ответов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
-[...73 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По литературному чтению включены текстовые задания на проверку грамотности чтения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-сынып </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+        <w:t>Максимальный балл для 4-класса – 30 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1E" w:rsidRPr="00C50B1E" w:rsidRDefault="00C50B1E" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> балл – 30 балл.</w:t>
+        <w:t>Структура теста для учащихся 9-х классов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00933E29" w:rsidRPr="00933E29" w:rsidRDefault="00933E29" w:rsidP="005606F4">
-[...40 lines deleted...]
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
-[...139 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахский язык – 20 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...107 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Один из общеобразовательных предметов – 40 тестовых заданий:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...226 lines deleted...]
-        <w:t>;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 25 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов, из них 5 тестовых заданий к контексту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> - 15 тестовых заданий с одним или несколькими правильными ответами из множества предложенных вариантов ответов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
-[...233 lines deleted...]
-    <w:p w:rsidR="005606F4" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">9-сынып </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+        <w:t>Максимальный балл для 9-класса – 75 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1E" w:rsidRPr="00C50B1E" w:rsidRDefault="00C50B1E" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> балл – 75 балл.</w:t>
+        <w:t>Структура теста для учащихся 11-х классов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD6D9E" w:rsidRPr="00933E29" w:rsidRDefault="00AD6D9E" w:rsidP="005606F4">
-[...40 lines deleted...]
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
-[...139 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-ый предмет – 20 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933E29">
-[...73 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-3 предметы – по 30 тестовых заданий, из них:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00C50B1E" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00884D43" w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- 20 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов</w:t>
+      </w:r>
+      <w:r w:rsidR="00884D43" w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00884D43" w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> - 10 тестовых заданий с одним или несколькими правильными ответами из множества предложенных вариантов ответов. </w:t>
+      </w:r>
+      <w:r w:rsidR="00884D43" w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884D43" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...365 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-сынып </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+      </w:pPr>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+        <w:t>Максимальный балл для 11-класса – 100 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1E" w:rsidRDefault="00C50B1E" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C50B1E" w:rsidRPr="00C50B1E" w:rsidRDefault="00C50B1E" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>максималды</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00933E29">
+        <w:t xml:space="preserve">Оценивание тестовых заданий ВОУД </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> балл – 100 балл.</w:t>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>СО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C50B1E">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AD6D9E" w:rsidRDefault="00AD6D9E" w:rsidP="005606F4">
-[...44 lines deleted...]
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...117 lines deleted...]
-        <w:t>1 балл;</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за каждый верный ответ на тестовое задание с одним правильным ответом учащийся получает 1 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...141 lines deleted...]
-        <w:t xml:space="preserve"> анықтаған жағдайда – 2 балл;</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за тестовое задание с одним или несколькими правильными ответами при выборе всех правильных ответов учащийся получает 2 балла;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> – 1 балл;</w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с одной ошибкой – 1 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005606F4" w:rsidRPr="00933E29" w:rsidRDefault="005606F4" w:rsidP="005606F4">
+    <w:p w:rsidR="00884D43" w:rsidRPr="00C50B1E" w:rsidRDefault="00884D43" w:rsidP="00C50B1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
-        <w:spacing w:before="75" w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> қате – 0 балл. </w:t>
+      <w:r w:rsidRPr="00C50B1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с двумя или более ошибками – 0 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009566F6" w:rsidRPr="00933E29" w:rsidRDefault="009566F6">
-      <w:pPr>
+    <w:p w:rsidR="0024323F" w:rsidRPr="00C50B1E" w:rsidRDefault="0024323F" w:rsidP="00C50B1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="009566F6" w:rsidRPr="00933E29" w:rsidSect="00BB24D3">
+    <w:sectPr w:rsidR="0024323F" w:rsidRPr="00C50B1E" w:rsidSect="00D50456">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3631,53 +991,53 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="inherit">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0A214489"/>
+    <w:nsid w:val="07410713"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="18EA15EE"/>
+    <w:tmpl w:val="47922024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3780,53 +1140,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4D8B1E7D"/>
+    <w:nsid w:val="2E356D1F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C46C045C"/>
+    <w:tmpl w:val="334E9A32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3929,53 +1289,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="4F4D742C"/>
+    <w:nsid w:val="4B2A3BDD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="145A00BE"/>
+    <w:tmpl w:val="BE82FA12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4078,53 +1438,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="58557408"/>
+    <w:nsid w:val="7ABD7760"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4FD870B4"/>
+    <w:tmpl w:val="DEDC622C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4230,76 +1590,75 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="77"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00331A03"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00BB24D3"/>
+    <w:rsidRoot w:val="00271969"/>
+    <w:rsid w:val="0024323F"/>
+    <w:rsid w:val="00271969"/>
+    <w:rsid w:val="00884D43"/>
+    <w:rsid w:val="00C50B1E"/>
+    <w:rsid w:val="00D50456"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4442,124 +1801,124 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB24D3"/>
+    <w:rsid w:val="00D50456"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="005606F4"/>
+    <w:rsid w:val="00884D43"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="005606F4"/>
+    <w:rsid w:val="00884D43"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005606F4"/>
+    <w:rsid w:val="00884D43"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -4695,146 +2054,147 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="005606F4"/>
+    <w:rsid w:val="00884D43"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="005606F4"/>
+    <w:rsid w:val="00884D43"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005606F4"/>
+    <w:rsid w:val="00884D43"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1571188826">
+    <w:div w:id="1949854761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5089,54 +2449,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>340</Words>
-  <Characters>1938</Characters>
+  <Words>353</Words>
+  <Characters>2016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2274</CharactersWithSpaces>
+  <CharactersWithSpaces>2365</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>