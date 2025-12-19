--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -6,7720 +6,5456 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+    <w:p w:rsidR="0019187D" w:rsidRDefault="0019187D" w:rsidP="0019187D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019187D" w:rsidRDefault="0019187D" w:rsidP="0019187D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019187D" w:rsidRDefault="0019187D" w:rsidP="0019187D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Министра образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019187D" w:rsidRDefault="0019187D" w:rsidP="0019187D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019187D" w:rsidRDefault="0019187D" w:rsidP="0019187D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   от «13»  апреля 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019187D" w:rsidRDefault="0019187D" w:rsidP="0019187D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00713077" w:rsidRPr="002F3C55" w:rsidRDefault="00713077" w:rsidP="002F3C55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00713077" w:rsidRPr="002F3C55" w:rsidRDefault="00713077" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...45 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00193019" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32BC4" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и льготного</w:t>
+      </w:r>
+      <w:r w:rsidR="00193019" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> питания отдельным категориям</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32BC4" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00193019" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00ED59E2">
-[...135 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00721A26">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="005B42B9" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidR="00193019" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidR="00541BD7" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и льготного </w:t>
+      </w:r>
+      <w:r w:rsidR="00193019" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее –</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8619C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8619C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8619C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="005B42B9" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="005B42B9" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A812A5" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="000A13C0" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами областей</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A13C0" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городов Астаны и Алматы, районов и городов областного значения </w:t>
+      </w:r>
+      <w:r w:rsidR="00A812A5" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="00A812A5" w:rsidP="002F3C55">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...221 lines deleted...]
-        <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="005338B3" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidR="005338B3" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственн</w:t>
+      </w:r>
+      <w:r w:rsidR="005338B3" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="005338B3" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="00A812A5" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>канцелярию услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00583959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00DB1D74" w:rsidP="00D57461">
+    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="00A812A5" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...79 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал «электронного правительства» www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="00A812A5" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00721A26">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="005B42B9" w:rsidP="002F3C55">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00D57461" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008D5B08" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7015" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00510113" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="00510113" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...132 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00DB1D74" w:rsidP="00D57461">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента сдачи документов услугодателю, </w:t>
+      </w:r>
+      <w:r w:rsidR="00142A35" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а также при обращении на портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="00510113" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...97 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">максимально допустимое время ожидания для сдачи документов </w:t>
+      </w:r>
+      <w:r w:rsidR="00142A35" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB26B9" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодател</w:t>
+      </w:r>
+      <w:r w:rsidR="00142A35" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB26B9" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 15 минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="00510113" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00563489" w:rsidRPr="00721A26" w:rsidRDefault="00563489" w:rsidP="00563489">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания услугодател</w:t>
+      </w:r>
+      <w:r w:rsidR="00142A35" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B17E91" w:rsidRPr="002F3C55" w:rsidRDefault="009D7015" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B17E91" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги – электронная (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A574A" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>частично</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17E91" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00657393" w:rsidRPr="002F3C55" w:rsidRDefault="00B17E91" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009D7015" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5BFC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00657393" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о предоставлении бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidR="00B322A3" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льготного </w:t>
+      </w:r>
+      <w:r w:rsidR="00657393" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">питания в общеобразовательной </w:t>
+      </w:r>
+      <w:r w:rsidR="00657393" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">школе </w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме </w:t>
+      </w:r>
+      <w:r w:rsidR="00657393" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="00657393" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00657393" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B42B9" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A574A" w:rsidRPr="002F3C55" w:rsidRDefault="005A574A" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00B86527" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае обращения услугополучателя за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00B86527" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>На портале результат оказания государственной услуги направляется и хранится в «личном кабинете» услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="005A574A" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009D7015" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86527" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается бесплатно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физическим лицам (далее</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="009D7015" w:rsidP="002F3C55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00563489">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86527" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00B86527" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...96 lines deleted...]
-    <w:p w:rsidR="00563489" w:rsidRPr="00721A26" w:rsidRDefault="00563489" w:rsidP="00563489">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00AD6A57" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...317 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="005218A6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявления</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86527" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86527" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00B86527" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="002A18CF" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidR="002A18CF" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="009D7015" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86527" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+      <w:r w:rsidR="005B42B9" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00B86527" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81182" w:rsidRPr="002F3C55" w:rsidRDefault="00F81182" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявление </w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форм</w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF67B7" w:rsidRPr="002F3C55" w:rsidRDefault="00CF67B7" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:r w:rsidR="004744BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB26B9" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40619" w:rsidRPr="002F3C55" w:rsidRDefault="00F40619" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>копия свидетельства о рождении ребенка</w:t>
+      </w:r>
+      <w:r w:rsidR="00485FAB" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае рождения ребенка до 13 августа 2007 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">либо за пределами Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00485FAB" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00485FAB" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требуется для идентификации</w:t>
+      </w:r>
+      <w:r w:rsidR="00485FAB" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40619" w:rsidRPr="002F3C55" w:rsidRDefault="00F40619" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия свидетельства </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о заключении или расторжении брака (в случае заключения или расторжения брака до 2008 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51A21" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81182" w:rsidRPr="002F3C55" w:rsidRDefault="00F81182" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справка, подтверждающая принадлежность услугополучателя (семьи) к потребителям государственной адресной социальной помощи, предоставляемую местными исполнительными органами для категории услугополучателей из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81182" w:rsidRPr="002F3C55" w:rsidRDefault="00F40619" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81182" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о полученных доходах (</w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81182" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заработн</w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81182" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> плат</w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81182" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работающих родителей или лиц их заменяющих, </w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81182" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>доход</w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ах</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81182" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от предпринимательской и других видов деятельности, </w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о доходах</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81182" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в виде алиментов на детей и других иждивенцев для услугополучателей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B26701" w:rsidRPr="002F3C55" w:rsidRDefault="00B26701" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD252B" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1DFF" w:rsidRPr="001D1832" w:rsidRDefault="00B26701" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия решения </w:t>
+      </w:r>
+      <w:r w:rsidR="00900143" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коллегиального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органа управления организации образования о </w:t>
+      </w:r>
+      <w:r w:rsidR="009014EA" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1DFF" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="00BD252B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003A416B" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются услугополучателю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов услугодатель выдает услугополучателю расписку о приеме соответствующих документов с указанием: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>количества и названия приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилии, имени, а также отчества (при наличии) работника услугодателя, принявшего заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилии, имени, а также отчества (при наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3DC9" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его контактных телефонов</w:t>
+      </w:r>
+      <w:r w:rsidR="00063581" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB22E3" w:rsidRPr="002F3C55" w:rsidRDefault="00CB22E3" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на портал: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4A05" w:rsidRPr="002F3C55" w:rsidRDefault="003173B4" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запрос по форме электронного документа, удостоверенный </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7F2C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЭЦП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2A1C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC2A1C" w:rsidRPr="002F3C55" w:rsidRDefault="006735BC" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...70 lines deleted...]
-    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="006D7EB5" w:rsidP="005218A6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная</w:t>
+      </w:r>
+      <w:r w:rsidR="001630E2" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> копия </w:t>
+      </w:r>
+      <w:r w:rsidR="003A222F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельства</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2A1C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении ребенка в случае рождения ребенка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2A1C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13 августа 2007 года</w:t>
+      </w:r>
+      <w:r w:rsidR="000059AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2A1C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A222F" w:rsidRPr="002F3C55" w:rsidRDefault="006735BC" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
-[...474 lines deleted...]
-          <w:numId w:val="22"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="006D7EB5" w:rsidP="003140E8">
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная </w:t>
+      </w:r>
+      <w:r w:rsidR="003A222F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия свидетельства о заключении или расторжении брака </w:t>
+      </w:r>
+      <w:r w:rsidR="003A222F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в случае заключения или расторжения брака до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidR="000059AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="003A222F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B1DFF" w:rsidRPr="001D1832" w:rsidRDefault="006735BC" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="00476485" w:rsidP="003140E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1DFF" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>копия решени</w:t>
+      </w:r>
+      <w:r w:rsidR="006061AC" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1DFF" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллегиального </w:t>
+      </w:r>
+      <w:r w:rsidR="006061AC" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органа управления </w:t>
+      </w:r>
+      <w:r w:rsidR="002B1DFF" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации образования о предоставлении бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidR="009014EA" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи</w:t>
+      </w:r>
+      <w:r w:rsidR="009C49B7" w:rsidRPr="001D1832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C49B7" w:rsidRPr="002F3C55" w:rsidRDefault="009C49B7" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:tabs>
-[...2524 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="00EF6EE3">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия документа о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7665F" w:rsidRPr="002F3C55" w:rsidRDefault="00B7665F" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения документов, удостоверяющих личность услугополучателя, рождение ребенка (в случае рождения ребенка после 13 августа 2007 года), заключение </w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или расторжении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>брака (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в случае заключения</w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или расторжения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> брака </w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003A222F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006735BC" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о регистрации в качестве безработного, о принадлежности услугополучателя (семьи) к получателям государственной адресной социальной помощи, об установлении опеки или попечительства над ребенком-сиротой (детьми-сиротами) или ребенком (детьми), оставшихся без попечения родителей, передаче ребенка-сироты (детей-сирот) или ребенка (детей), оставшегося без попечения родителей, на патронатное воспитание, о полученных доходах</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2548C" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C49B7" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодатель получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00541702" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае обращения через портал услугополучателю в «личный кабинет» направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00541702" w:rsidRPr="002F3C55" w:rsidRDefault="00541702" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="002E771D">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="000C773A" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82885" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – акимат) по адресам, указанным в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82885" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00541702" w:rsidRPr="002F3C55" w:rsidRDefault="00541702" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В жалобе физического лица указывается его фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D5FEE" w:rsidRPr="002F3C55" w:rsidRDefault="004D5FEE" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении через портал информацию о порядке обжалования можно получить по телефону </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">контакт-центра </w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по вопросам оказания государственных услуг </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1414</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D5FEE" w:rsidRPr="002F3C55" w:rsidRDefault="004D5FEE" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При отправке жалобы через портал услугополучателю из «личного кабинета» доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес услугодателя, акимата, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Также информацию о порядке обжалования действий (бездействия) услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6374" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можно получить по телефону </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5FDE" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1414»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="000C773A" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82885" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:tabs>
-[...25 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...888 lines deleted...]
-    <w:p w:rsidR="00925428" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="00925428">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF655F" w:rsidRPr="002F3C55" w:rsidRDefault="00EF655F" w:rsidP="002F3C55">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF655F" w:rsidRPr="002F3C55" w:rsidRDefault="00EF655F" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF655F" w:rsidRPr="002F3C55" w:rsidRDefault="000C773A" w:rsidP="002F3C55">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="1069"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82885" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF655F" w:rsidRPr="002F3C55" w:rsidRDefault="000C773A" w:rsidP="002F3C55">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1069"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82885" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» портала, а также Единого контакт-центра по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00306F1B" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1414»</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF655F" w:rsidRPr="002F3C55" w:rsidRDefault="000C773A" w:rsidP="002F3C55">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...415 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82885" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz, услугодателя www.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bala</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kkk</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF655F" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF655F" w:rsidRPr="002F3C55" w:rsidRDefault="00EF655F" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E85FD1" w:rsidRPr="00721A26" w:rsidRDefault="00C672E6" w:rsidP="00C672E6">
-[...1 lines deleted...]
-        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00721A26">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...376 lines deleted...]
-        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00721A26">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...75 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...65 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного</w:t>
+      </w:r>
+      <w:r w:rsidR="00B322A3" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и льготного</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E24B6" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00043A30" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E24B6" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E24B6" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СПРАВКА </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6451" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о предоставлении бесплатного</w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B322A3" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>льготного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> питания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00CB6451" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в общеобразовательной школе </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E24B6" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дана __________________ в том, что он/она включен(-а) в список</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043A30" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="00043A30" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__ учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E24B6" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A3E5B" w:rsidRPr="002F3C55" w:rsidRDefault="004A3E5B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955EB8" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата, подпись </w:t>
+      </w:r>
+      <w:r w:rsidR="00220793" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководителя </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0097713C" w:rsidRPr="002F3C55" w:rsidRDefault="0097713C" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местного исполнительного органа областей, городов Астаны и Алматы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A3E5B" w:rsidRPr="002F3C55" w:rsidRDefault="0097713C" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">районов и городов областного значения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A3E5B" w:rsidRPr="002F3C55" w:rsidRDefault="004A3E5B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A3E5B" w:rsidRPr="002F3C55" w:rsidRDefault="004A3E5B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место печати </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A3E5B" w:rsidRPr="002F3C55" w:rsidRDefault="004A3E5B" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
-        <w:rPr>
-[...26 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Предоставление бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidR="00950726" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и льготного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E24B6" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E24B6" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E61B79" w:rsidRPr="002F3C55" w:rsidRDefault="00220793" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководителю </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61B79" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местного исполнительного органа областей, городов Астаны и Алматы, районов и городов областного значения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00220793" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00721A26">
-[...49 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование </w:t>
+      </w:r>
+      <w:r w:rsidR="00220793" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органа образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="009E24B6" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>( ________ района, _______ области)</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">(өтініш берушінің </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="00220793" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6451" w:rsidRPr="002F3C55" w:rsidRDefault="00CB6451" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4395"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00066B71" w:rsidRPr="00721A26">
-[...49 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от гражданина (ки) _______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>________</w:t>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E24B6" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4EE4" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальный   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6451" w:rsidRPr="002F3C55" w:rsidRDefault="00CB6451" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4395"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> идентификационный номер</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4EE4" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявителя) </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>(елді мек</w:t>
-[...26 lines deleted...]
-        <w:pStyle w:val="3"/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проживающего (-ей) по адресу: ____</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009E24B6" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта,</w:t>
+      </w:r>
+      <w:r w:rsidR="009E24B6" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адрес места </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00CB6451" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4395"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223887" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проживания, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу Вас включить моего несовершеннолетнего ребенка (Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E24B6" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A734A0" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00A734A0" w:rsidRPr="002F3C55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...83 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дата рождения), обучающегося в (указать № </w:t>
+      </w:r>
+      <w:r w:rsidR="00220793" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>школы, № и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> литер класса) в список обучающихся и воспитанников, обеспечивающихся бесплатным </w:t>
+      </w:r>
+      <w:r w:rsidR="00950726" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и льготным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питанием на (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="002F3C55" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B4EE4" w:rsidRPr="002F3C55" w:rsidRDefault="007B4EE4" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен(а) на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B4EE4" w:rsidRPr="002F3C55" w:rsidRDefault="007B4EE4" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="00537B7D" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...155 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«___»__________20__г</w:t>
+      </w:r>
+      <w:r w:rsidR="005859E5" w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Подпись гражданина(ки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="00537B7D" w:rsidRDefault="00223887" w:rsidP="002F3C55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00223887" w:rsidRPr="00537B7D" w:rsidSect="004026AC">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
+    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
+    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...4 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
+    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
+    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="726033200"/>
+      <w:id w:val="-1323805499"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...5 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00C813E5" w:rsidRPr="00C813E5" w:rsidRDefault="00FB2429">
+      <w:p w:rsidR="00A54863" w:rsidRDefault="002F5C9A">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...3 lines deleted...]
-          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00C813E5">
+        <w:r w:rsidRPr="00A54863">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C813E5" w:rsidRPr="00C813E5">
+        <w:r w:rsidR="00A54863" w:rsidRPr="00A54863">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00C813E5">
+        <w:r w:rsidRPr="00A54863">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E73BDE" w:rsidRPr="00E73BDE">
+        <w:r w:rsidR="00375EFB" w:rsidRPr="00375EFB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00C813E5">
+        <w:r w:rsidRPr="00A54863">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00C813E5" w:rsidRDefault="00C813E5">
+  <w:p w:rsidR="001257DA" w:rsidRDefault="001257DA">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB336F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B150EA3C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -8040,51 +5776,51 @@
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0FFE2530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D67CE86E"/>
+    <w:tmpl w:val="ABD48898"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -8299,146 +6035,149 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="29B71B71"/>
+    <w:nsid w:val="1F274E02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D67CE86E"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="14543784"/>
+    <w:lvl w:ilvl="0" w:tplc="88D00C02">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -8474,222 +6213,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="4EFA19BF"/>
+    <w:nsid w:val="34D91D0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D67CE86E"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="7ADA76C2"/>
+    <w:lvl w:ilvl="0" w:tplc="960CD55A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="58A44EA3"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="5BBD2198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76DC62D0"/>
     <w:lvl w:ilvl="0" w:tplc="41942402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8735,51 +6391,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="5DB11D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21DEC868"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8821,398 +6477,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="63D52DBD"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="6E31131E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDBE6ECA"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="B5DE75DE"/>
+    <w:lvl w:ilvl="0" w:tplc="5094B8F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="360"/>
+        <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="180"/>
+        <w:ind w:left="2505" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:ind w:left="3225" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="360"/>
+        <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="180"/>
+        <w:ind w:left="4665" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="360"/>
+        <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7908" w:hanging="180"/>
+        <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
-[...260 lines deleted...]
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="73152FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E5E5424"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9254,140 +6652,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="7D102014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -9429,504 +6738,378 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
-[...170 lines deleted...]
-        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="7"/>
-[...13 lines deleted...]
-  <w:num w:numId="20">
     <w:abstractNumId w:val="9"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009F2A1F"/>
+    <w:rsid w:val="00002899"/>
+    <w:rsid w:val="000059AC"/>
+    <w:rsid w:val="00043A30"/>
     <w:rsid w:val="00046C85"/>
-    <w:rsid w:val="00066B71"/>
-    <w:rsid w:val="00074174"/>
+    <w:rsid w:val="00063581"/>
+    <w:rsid w:val="0007306A"/>
+    <w:rsid w:val="000A13C0"/>
+    <w:rsid w:val="000A4FEA"/>
     <w:rsid w:val="000C2499"/>
-    <w:rsid w:val="000C7DFE"/>
+    <w:rsid w:val="000C773A"/>
     <w:rsid w:val="000D39A5"/>
+    <w:rsid w:val="000D4E5A"/>
     <w:rsid w:val="000E7BF6"/>
-    <w:rsid w:val="000F0ED5"/>
-    <w:rsid w:val="001043DB"/>
+    <w:rsid w:val="000F0E72"/>
+    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00134144"/>
     <w:rsid w:val="00135B45"/>
-    <w:rsid w:val="0018095C"/>
-    <w:rsid w:val="00184E8D"/>
+    <w:rsid w:val="00142A35"/>
+    <w:rsid w:val="00156C50"/>
+    <w:rsid w:val="001630E2"/>
+    <w:rsid w:val="001718C7"/>
     <w:rsid w:val="001855B7"/>
-    <w:rsid w:val="001860F6"/>
+    <w:rsid w:val="00187DC2"/>
+    <w:rsid w:val="0019187D"/>
     <w:rsid w:val="00193019"/>
-    <w:rsid w:val="001A059D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001A6EAD"/>
+    <w:rsid w:val="001B1A3B"/>
+    <w:rsid w:val="001B543F"/>
+    <w:rsid w:val="001D1832"/>
+    <w:rsid w:val="001E06C9"/>
     <w:rsid w:val="001E0BE3"/>
-    <w:rsid w:val="00201FE8"/>
+    <w:rsid w:val="00220793"/>
     <w:rsid w:val="00223887"/>
-    <w:rsid w:val="002524F5"/>
+    <w:rsid w:val="00240BBA"/>
+    <w:rsid w:val="002550FF"/>
     <w:rsid w:val="00256011"/>
-    <w:rsid w:val="0025750B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00275E44"/>
+    <w:rsid w:val="00265B4F"/>
+    <w:rsid w:val="00271CED"/>
+    <w:rsid w:val="0027425D"/>
+    <w:rsid w:val="00277DBA"/>
+    <w:rsid w:val="00292CA8"/>
     <w:rsid w:val="00295E6F"/>
-    <w:rsid w:val="00297CEC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002B6B27"/>
+    <w:rsid w:val="002A18CF"/>
+    <w:rsid w:val="002B1DFF"/>
+    <w:rsid w:val="002B400A"/>
+    <w:rsid w:val="002B5301"/>
+    <w:rsid w:val="002C7B80"/>
     <w:rsid w:val="002D5BFC"/>
-    <w:rsid w:val="002E771D"/>
+    <w:rsid w:val="002E6760"/>
     <w:rsid w:val="002F1706"/>
-    <w:rsid w:val="002F27DD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003140E8"/>
+    <w:rsid w:val="002F3C55"/>
+    <w:rsid w:val="002F5C9A"/>
+    <w:rsid w:val="00306F1B"/>
+    <w:rsid w:val="003173B4"/>
     <w:rsid w:val="00323C46"/>
     <w:rsid w:val="00335A8E"/>
-    <w:rsid w:val="00343757"/>
+    <w:rsid w:val="00375EFB"/>
     <w:rsid w:val="00386B20"/>
     <w:rsid w:val="00392B19"/>
-    <w:rsid w:val="003A24E5"/>
+    <w:rsid w:val="003A222F"/>
+    <w:rsid w:val="003A416B"/>
     <w:rsid w:val="003B4A05"/>
-    <w:rsid w:val="003B633F"/>
     <w:rsid w:val="003C532B"/>
-    <w:rsid w:val="003D176C"/>
     <w:rsid w:val="003F16E4"/>
+    <w:rsid w:val="003F7F2C"/>
+    <w:rsid w:val="004026AC"/>
     <w:rsid w:val="00406EA6"/>
     <w:rsid w:val="0042045E"/>
+    <w:rsid w:val="00426AE0"/>
     <w:rsid w:val="0042779F"/>
-    <w:rsid w:val="0045313B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004A0CE6"/>
+    <w:rsid w:val="004330AD"/>
+    <w:rsid w:val="004744BC"/>
+    <w:rsid w:val="00481CD3"/>
+    <w:rsid w:val="00485FAB"/>
+    <w:rsid w:val="004A3E5B"/>
+    <w:rsid w:val="004B5BFE"/>
+    <w:rsid w:val="004B6F22"/>
+    <w:rsid w:val="004D5FDE"/>
+    <w:rsid w:val="004D5FEE"/>
     <w:rsid w:val="004E483D"/>
-    <w:rsid w:val="005218A6"/>
+    <w:rsid w:val="00501F33"/>
+    <w:rsid w:val="00510113"/>
+    <w:rsid w:val="00513490"/>
+    <w:rsid w:val="00521432"/>
+    <w:rsid w:val="005215F7"/>
     <w:rsid w:val="005224AD"/>
+    <w:rsid w:val="005338B3"/>
+    <w:rsid w:val="00537B7D"/>
+    <w:rsid w:val="00541702"/>
     <w:rsid w:val="005418C0"/>
-    <w:rsid w:val="00546972"/>
+    <w:rsid w:val="00541BD7"/>
+    <w:rsid w:val="00545CF0"/>
+    <w:rsid w:val="00546ED2"/>
     <w:rsid w:val="00546FEB"/>
-    <w:rsid w:val="005570D8"/>
-    <w:rsid w:val="00563489"/>
+    <w:rsid w:val="00547BBA"/>
     <w:rsid w:val="005723F5"/>
+    <w:rsid w:val="00583959"/>
+    <w:rsid w:val="005859E5"/>
+    <w:rsid w:val="00593A55"/>
+    <w:rsid w:val="005A574A"/>
+    <w:rsid w:val="005B42B9"/>
     <w:rsid w:val="005F2B79"/>
+    <w:rsid w:val="005F79A7"/>
+    <w:rsid w:val="006061AC"/>
     <w:rsid w:val="0062331F"/>
-    <w:rsid w:val="0065307C"/>
+    <w:rsid w:val="00625FFA"/>
     <w:rsid w:val="00657393"/>
+    <w:rsid w:val="00661776"/>
     <w:rsid w:val="00663701"/>
-    <w:rsid w:val="00687A3E"/>
-    <w:rsid w:val="006B305A"/>
+    <w:rsid w:val="006735BC"/>
+    <w:rsid w:val="00674587"/>
+    <w:rsid w:val="00690C8C"/>
+    <w:rsid w:val="006A6AC5"/>
     <w:rsid w:val="006C5AF4"/>
     <w:rsid w:val="006C6374"/>
-    <w:rsid w:val="006D0036"/>
-    <w:rsid w:val="006D7EB5"/>
+    <w:rsid w:val="006F22E0"/>
+    <w:rsid w:val="00703775"/>
+    <w:rsid w:val="00713077"/>
     <w:rsid w:val="007133A0"/>
-    <w:rsid w:val="00715415"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00780CC1"/>
+    <w:rsid w:val="007264ED"/>
+    <w:rsid w:val="007622CC"/>
     <w:rsid w:val="00781A61"/>
-    <w:rsid w:val="00787E19"/>
     <w:rsid w:val="00793876"/>
-    <w:rsid w:val="007A4273"/>
     <w:rsid w:val="007A6205"/>
-    <w:rsid w:val="007C03C6"/>
+    <w:rsid w:val="007B4EE4"/>
     <w:rsid w:val="007D1EBD"/>
-    <w:rsid w:val="007F2663"/>
+    <w:rsid w:val="007E4315"/>
+    <w:rsid w:val="00802901"/>
     <w:rsid w:val="00805570"/>
-    <w:rsid w:val="00813230"/>
     <w:rsid w:val="00835F14"/>
+    <w:rsid w:val="00844A51"/>
+    <w:rsid w:val="008541D2"/>
+    <w:rsid w:val="00867795"/>
     <w:rsid w:val="00885D7E"/>
-    <w:rsid w:val="00892841"/>
+    <w:rsid w:val="008A2805"/>
     <w:rsid w:val="008B1A0B"/>
     <w:rsid w:val="008B5E3E"/>
-    <w:rsid w:val="008B6D9E"/>
     <w:rsid w:val="008C7E72"/>
-    <w:rsid w:val="00925428"/>
+    <w:rsid w:val="008D5B08"/>
+    <w:rsid w:val="00900143"/>
+    <w:rsid w:val="009014EA"/>
+    <w:rsid w:val="00921498"/>
+    <w:rsid w:val="00943221"/>
     <w:rsid w:val="00946951"/>
-    <w:rsid w:val="00956449"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00985D65"/>
+    <w:rsid w:val="00950726"/>
+    <w:rsid w:val="00955EB8"/>
+    <w:rsid w:val="009638A3"/>
+    <w:rsid w:val="0097713C"/>
+    <w:rsid w:val="009921E2"/>
     <w:rsid w:val="009A4478"/>
-    <w:rsid w:val="009B6A6F"/>
-    <w:rsid w:val="009D251E"/>
+    <w:rsid w:val="009B11C4"/>
+    <w:rsid w:val="009C49B7"/>
+    <w:rsid w:val="009D7015"/>
+    <w:rsid w:val="009E24B6"/>
     <w:rsid w:val="009F2A1F"/>
+    <w:rsid w:val="00A1433C"/>
     <w:rsid w:val="00A2656C"/>
+    <w:rsid w:val="00A27E72"/>
     <w:rsid w:val="00A340B9"/>
     <w:rsid w:val="00A34E8E"/>
-    <w:rsid w:val="00A62394"/>
+    <w:rsid w:val="00A54863"/>
+    <w:rsid w:val="00A622FC"/>
     <w:rsid w:val="00A62833"/>
+    <w:rsid w:val="00A734A0"/>
+    <w:rsid w:val="00A812A5"/>
+    <w:rsid w:val="00A82885"/>
     <w:rsid w:val="00A95D5C"/>
+    <w:rsid w:val="00A97FDE"/>
+    <w:rsid w:val="00AA4992"/>
     <w:rsid w:val="00AB037A"/>
-    <w:rsid w:val="00AB3B83"/>
+    <w:rsid w:val="00AB26B9"/>
     <w:rsid w:val="00AB631F"/>
-    <w:rsid w:val="00AC53CE"/>
-    <w:rsid w:val="00B0209C"/>
+    <w:rsid w:val="00AB7065"/>
+    <w:rsid w:val="00AD6A57"/>
+    <w:rsid w:val="00AD7CC9"/>
+    <w:rsid w:val="00B022FA"/>
+    <w:rsid w:val="00B14D14"/>
+    <w:rsid w:val="00B17E91"/>
+    <w:rsid w:val="00B26701"/>
+    <w:rsid w:val="00B322A3"/>
     <w:rsid w:val="00B401C2"/>
     <w:rsid w:val="00B43AD7"/>
     <w:rsid w:val="00B46894"/>
-    <w:rsid w:val="00B85DE3"/>
+    <w:rsid w:val="00B517D3"/>
+    <w:rsid w:val="00B51A21"/>
+    <w:rsid w:val="00B551C7"/>
+    <w:rsid w:val="00B67DAD"/>
+    <w:rsid w:val="00B73907"/>
+    <w:rsid w:val="00B7665F"/>
+    <w:rsid w:val="00B80C81"/>
+    <w:rsid w:val="00B8619C"/>
+    <w:rsid w:val="00B86527"/>
+    <w:rsid w:val="00BB0119"/>
+    <w:rsid w:val="00BC612C"/>
+    <w:rsid w:val="00BD252B"/>
+    <w:rsid w:val="00BE21F5"/>
+    <w:rsid w:val="00BF0B99"/>
+    <w:rsid w:val="00C02E55"/>
     <w:rsid w:val="00C06C06"/>
     <w:rsid w:val="00C17B9C"/>
-    <w:rsid w:val="00C2796C"/>
+    <w:rsid w:val="00C279C5"/>
+    <w:rsid w:val="00C30121"/>
     <w:rsid w:val="00C32BB9"/>
+    <w:rsid w:val="00C32BC4"/>
     <w:rsid w:val="00C36A36"/>
     <w:rsid w:val="00C40CE2"/>
-    <w:rsid w:val="00C43339"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C96802"/>
     <w:rsid w:val="00CA0ECF"/>
-    <w:rsid w:val="00CA575A"/>
+    <w:rsid w:val="00CA7C1E"/>
     <w:rsid w:val="00CB22E3"/>
+    <w:rsid w:val="00CB4888"/>
+    <w:rsid w:val="00CB6451"/>
+    <w:rsid w:val="00CC20B1"/>
+    <w:rsid w:val="00CC7999"/>
     <w:rsid w:val="00CD19E2"/>
-    <w:rsid w:val="00D20B7E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D57461"/>
+    <w:rsid w:val="00CD3D62"/>
+    <w:rsid w:val="00CE5268"/>
+    <w:rsid w:val="00CF67B7"/>
+    <w:rsid w:val="00D3700D"/>
     <w:rsid w:val="00D61C0D"/>
-    <w:rsid w:val="00D779F3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB2791"/>
+    <w:rsid w:val="00D7496D"/>
+    <w:rsid w:val="00DA562B"/>
+    <w:rsid w:val="00E2548C"/>
     <w:rsid w:val="00E41436"/>
+    <w:rsid w:val="00E41B22"/>
     <w:rsid w:val="00E609CE"/>
-    <w:rsid w:val="00E73BDE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00ED59E2"/>
+    <w:rsid w:val="00E61B79"/>
     <w:rsid w:val="00EE7D58"/>
-    <w:rsid w:val="00EF6EE3"/>
+    <w:rsid w:val="00EF655F"/>
     <w:rsid w:val="00F043D9"/>
-    <w:rsid w:val="00F0573F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F7658B"/>
+    <w:rsid w:val="00F10324"/>
+    <w:rsid w:val="00F35D0F"/>
+    <w:rsid w:val="00F40619"/>
+    <w:rsid w:val="00F56736"/>
     <w:rsid w:val="00F769B9"/>
     <w:rsid w:val="00F81182"/>
-    <w:rsid w:val="00F94C12"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FB2429"/>
+    <w:rsid w:val="00F84231"/>
+    <w:rsid w:val="00FC2A1C"/>
+    <w:rsid w:val="00FC3DC9"/>
+    <w:rsid w:val="00FC494D"/>
     <w:rsid w:val="00FE6F28"/>
-    <w:rsid w:val="00FE7D6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -10058,252 +7241,191 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...40 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00985D65"/>
+    <w:rsid w:val="007264ED"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="9A1616"/>
-[...4 lines deleted...]
-      <w:vertAlign w:val="baseline"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C672E6"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007264ED"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00B7665F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-      <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
@@ -10432,448 +7554,234 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...40 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00985D65"/>
+    <w:rsid w:val="007264ED"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="9A1616"/>
-[...4 lines deleted...]
-      <w:vertAlign w:val="baseline"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C672E6"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007264ED"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00B7665F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="001257DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-      <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="186338928">
+    <w:div w:id="718818167">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...68 lines deleted...]
-      </w:divsChild>
     </w:div>
-    <w:div w:id="257252912">
-[...82 lines deleted...]
-    <w:div w:id="510996011">
+    <w:div w:id="1220678063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11126,77 +8034,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{223FB3C8-7CBD-47C8-8C77-030435C54109}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FE35D93-1303-4E5B-BFFF-DDFACA0389F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2077</Words>
-  <Characters>11843</Characters>
+  <Words>1908</Words>
+  <Characters>10877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13893</CharactersWithSpaces>
+  <CharactersWithSpaces>12760</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Адылканова Индира</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>