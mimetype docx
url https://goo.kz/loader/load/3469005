--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,10996 +1,15700 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00D14A09" w:rsidP="00070E12">
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="6372"/>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">            </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00070E12">
+        <w:t>Павлодар облысы әкімдігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00CD72E7" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Приложение  1</w:t>
-[...7 lines deleted...]
-        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3448">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18 жылғы «18» қаңтардағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   №</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3448">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="007945E3" w:rsidRDefault="00F5330E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="461"/>
+        <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                   к постановлению акимата</w:t>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="007945E3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...125 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          Павлодар облысы әкімдігінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           2015 жылғы «28» мамырдағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        № 153/5 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="110"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          бекітілді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="007B4F69" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00680BFE" w:rsidRDefault="00680BFE" w:rsidP="00070E12">
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="110"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="110"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(7 жасқа толмаған) балаларды кезекке қою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттiк көрсетiлетiн қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00B078B7" w:rsidRDefault="00070E12" w:rsidP="00070E12">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
-[...609 lines deleted...]
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...33 lines deleted...]
-        </w:tabs>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою» мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2566">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аудандары мен қалаларының жергілікті атқарушы органдары, кент</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2566">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тердің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ауыл</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2566">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ауылдық округ</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2566">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тердің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әкімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="003A2566" w:rsidP="00F6695E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-        </w:tabs>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтінішті</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдау және мемл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екеттік қызмет көрсету нәтижес</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:t>екоммерческое акционерное общество «Государственная корпорация «Правительство для граждан» (дале</w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Азаматтарға арналған үкімет» мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B35CD">
-[...13 lines deleted...]
-        </w:tabs>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) «электрондық үкіметтің» веб-порталы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E7B20">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00CD72E7">
+          <w:rPr>
+            <w:rStyle w:val="af1"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.egov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00BE7EF9" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7EF9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="006320D8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00F127AD" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету нысаны: электронды (толық автоматтандырылған) және (немесе) қағаз түрінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7EF9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7EF9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00225DF7">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> оказания </w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="006320D8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті көрсету</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">государственной услуги </w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесі кезекк</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2566">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е қою туралы хабарлама беру (ері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>является</w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кті нысанда), орын болған жағдайда – мектепке </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2566">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дейінгі ұйымға жолдама беру (ері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">выдача направления в дошкольную организацию </w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кті нысанда) немесе  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">(в произвольной форме), либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 10 стандарта государственной услуги </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығымен бекітілген «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3158B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік көрсетілетін қызмет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>(далее</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-        <w:t>–</w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі – Стандарт) 10-тармағында белгіленген </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47166">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">негіздер бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="006971FB" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47166">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRDefault="00F6695E" w:rsidP="00664091">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7EF9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007E3011" w:rsidRDefault="007E3011" w:rsidP="00070E12">
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRDefault="00013489" w:rsidP="00664091">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00013489" w:rsidP="00664091">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="003A444F">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="005F0234" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету </w:t>
+      </w:r>
+      <w:r w:rsidR="003A444F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нәтижесін ұсыну </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысаны: электронды және (немесе) қағаз түрінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00664091">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE694E" w:rsidRPr="00664091" w:rsidRDefault="00BE694E" w:rsidP="00664091">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="006971FB" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005F0234">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-тарау. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берушінің құрылымдық бөлімшелерінің (қызметкерлерінің)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00A11E1A" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A11E1A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...41 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік көрсетілетін қызмет жөніндегі рәсімді (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ды) бастау үшін: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушіге жүгінген  кезінде – Стандарттың               9-тармағында  көрсетілген қажетті құжаттарды ұсына отырып, Стандарттың     </w:t>
+      </w:r>
+      <w:r w:rsidR="00367B1D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымшасына сәйкес нысан бойынша көрсеті</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21BA1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>летін қызметті алушының өтініші негіздеме болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC457D">
-[...25 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="00667247">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00667247">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету проце</w:t>
+      </w:r>
+      <w:r w:rsidR="00207EFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>інің құрамына кіретін әрбір рәсімнің (іс-қимылдың) мазмұны, орындалу ұзақтығы мен реттілігі, соның ішінде рәсімнің (іс-қимылдың) өту кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кеңсе қызметкері көрсетілетін қызметті алушыдан алынған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттарды қабылдауды және тіркеуді жүзеге асырады және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті алушыға </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4520">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметті берушінің кезектілікті басқарудың арнайы ақпараттық жүйесі арқылы рәсімделетін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету нәтижесін береді </w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30 (отыз) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...76 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған кезде, құжаттардың топтамасын толық ұсынбаған және (немесе) қолдану мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда </w:t>
+      </w:r>
+      <w:r w:rsidR="00594DFB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00594DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кеңсе қызметкері </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A601F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6805">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету рәсім</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6805">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің (іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6805">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4765">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әтижесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4765">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кезекке қою туралы хабарлама беру (ерікті нысанда), орын болған жағдайда – мектепке дейінгі ұйымға жолдама беру (ерікті нысанда) немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
-      <w:r w:rsidRPr="00676C11">
-[...15 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00493B33" w:rsidRDefault="00070E12" w:rsidP="00493B33">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарт</w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың 10-тармағында белгіленген </w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">негіздер бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап</w:t>
+      </w:r>
+      <w:r w:rsidR="00172D0E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00594DFB" w:rsidRDefault="00594DFB" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-тарау. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзара іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="005017D9" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00070E12">
-[...1064 lines deleted...]
-        <w:pStyle w:val="af1"/>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tabs>
+        <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-        </w:tabs>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Мемлекеттік қызмет көрсету процесіне қатысатын көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлердің) тізбесі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...728 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің кеңсе қызметкері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRDefault="00F6695E" w:rsidP="004D4520">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рәсімдердің (іс-қимылдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00987277">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) реттілігін сипаттау осы регламенттің       </w:t>
+      </w:r>
+      <w:r w:rsidR="00987277">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     1-қосымшасына сәйкес кесте қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00664091">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...42 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-тарау. Мемлекеттік корпорациямен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық  жүйелерді пайдалану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE694E" w:rsidRPr="00F45F35" w:rsidRDefault="00BE694E" w:rsidP="00664091">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="00F6695E" w:rsidP="001D0F73">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6512" w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регламенттің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әрбір </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рәсімді (іс-қимылды) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсете отырып,</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүгіну </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәртібін </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>(отыз) минут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRPr="005D4173" w:rsidRDefault="00F6695E" w:rsidP="005D4173">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+      <w:r w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4173">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73" w:rsidRPr="005D4173">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушы </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4173" w:rsidRPr="005D4173">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«электронды» кезек тәртібінде жедел көрсетусіз қызметті  таңдау бойынша электронды кезекті портал арқылы брондауға болатын мемлекеттік қызметті алу үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4173" w:rsidRPr="005D4173">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4173" w:rsidRPr="005D4173">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік корпорация </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4173" w:rsidRPr="005D4173">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>операторына қажетті құжаттар мен өтінішті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D4173">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00367B1D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9-тармағына сәйкес көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidR="00987277">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Мемлекеттік корпорация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметкері өтінішті қабылдаудан</w:t>
+      </w:r>
+      <w:r w:rsidR="00987277">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас тартады және Стандарттың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="001D0F73" w:rsidP="001D0F73">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-процесс – қызмет көрсету үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік корпорациясы  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>операторының логин мен парольді енгізуі (авторизациялау процесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="001D0F73" w:rsidP="001D0F73">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-процесс – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік корпорация  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ператорының қызметті, сондай-ақ  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушы өкілінің деректерін таңдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="00594DFB" w:rsidP="001D0F73">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57C00" w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-процесс</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – электрондық үкімет шлюзі</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="007E5C58">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – ЭҮШ) арқылы         жеке тұлғалар мемлекеттік деректер қорына (бұдан әрі – ЖТ МДҚ) көрсетілетін қызметті алушының деректері (ата-аналардың немесе заңды тұлғалардың бірінен) туралы сұр</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауды жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="00F6695E" w:rsidP="001D0F73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) 1-шарт – ЖТ МДҚ-да көрсетілетін қызметті алушы деректерінің бар болуын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="00F6695E" w:rsidP="001D0F73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) 4-процесс – ЖТ МДҚ-да көрсетілетін қызметті алушы деректерінің болмауына байланысты, деректерді алу мүмкіндігінің болмауы туралы хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D4312B" w:rsidRPr="001D0F73" w:rsidRDefault="00F6695E" w:rsidP="001D0F73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) 5-процесс – ЭҮШ арқылы өңірлік электрондық үкімет шлюзінің автоматтандырылған жұмыс о</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рнына (бұдан әрі – ӨЭҮШ АЖО)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A6241">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> операторының ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұрауын) жіберу.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="004728CA" w:rsidP="004728CA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00D4312B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. Көрсетілетін қызметті беруші және көрсетілетін қызметті алушы рәсімнің (іс-қимылының) реттілігі мен Портал арқылы мемлекеттік қызметті көрсету кезінде өтініш беру тәртібін сипаттау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="001D0F73" w:rsidP="001D0F73">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57C00" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57C00" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57C00" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57C00" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57C00" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестендіру нөмірінің (бұдан әрі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- ЖСН), сондай-ақ парольдің көмегімен Порталда тіркелуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D0F73" w:rsidRDefault="001D0F73" w:rsidP="001D0F73">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) 1-процесс – қызметті алу үшін көрсетіл</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">етін қызметті алушының Порталда </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН мен паролін енгізуі (авторизациялау процесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A369C" w:rsidRDefault="001D0F73" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) 1-шарт</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пароль</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="001D0F73">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тірке</w:t>
+      </w:r>
+      <w:r w:rsidR="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лген   көрсетілетін    қызметті </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушы </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түпнұсқалығын </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порталда </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRDefault="00BE694E" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) 2-процесс – көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="003A369C" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidR="003A369C" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушының </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттарында </w:t>
+      </w:r>
+      <w:r w:rsidR="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұзушылықт</w:t>
+      </w:r>
+      <w:r w:rsidR="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ард</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың болуына байланысты Порталдың авторизациялаудан бас тарту туралы хабарламаны қалыптастыруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A369C" w:rsidRDefault="003A369C" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-процесс – көрсетілетін қызметті алушының осы регламентте көрсетілген қызметті таңдауы, қызметті көрсету үшін экранға сұраныс нысанын шығару және нысан талаптары мен оның құрылымын ескере отырып, көрсетілетін қызметті алушының нысанды толтыруы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(деректерді енгізуі), Стандарттың 9-тармағында</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген қажетті құжаттардың электрондық түріндегі көшірмелерін сұ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>раныс нысанына бекіту,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұранысты ку</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="003A369C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ландыру (қол қою) үшін көрсетілетін қызметті алушының ЭЦҚ тіркеу куәлігін таңдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A369C" w:rsidRDefault="003A369C" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) 2-шарт – Порталда ЭЦҚ тіркеу куәлігінің қолдану мерзімін және  қайтарылған (күші жойылған) тіркеу куәліктерінің тізімінде  болмауын (сұраныста көрсетілген ЖСН мен ЭЦҚ тіркеу куәлігінде көрсетілген ЖСН арасында) тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A369C" w:rsidRDefault="003A369C" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) 4-процесс – көрсетілетін қызметті алушының ЭЦҚ расталмау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ына байланысты сұрау салынатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметтен бас тарту туралы хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A369C" w:rsidRDefault="003A369C" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) 5-процесс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– көрсетілетін қызметті беруші сұрау салуды өңдеу үшін ЭҮШ арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұранысын) ӨЭҮШ АЖО-ға жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A369C" w:rsidRDefault="003A369C" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) 3-шарт – көрсетілетін қызметті берушінің қызмет көрсету үшін көрсетілетін қызметті алушының қоса берілген Стандарттың 9-тармағында көрсетілген құжаттардың сәйкестігіне және негіздер бойынша тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A369C" w:rsidRDefault="003A369C" w:rsidP="003A369C">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) 6-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ард</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың болуына байланысты сұратылып отырған қызметтен бас тарту туралы хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00902BF7" w:rsidRDefault="003A369C" w:rsidP="00902BF7">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00773852" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5C58" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="004728CA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-процесс – көрсетілетін қызметті алушының ӨЭҮШ АЖО қалыптастырылған қызметтің нәтижесін (электрондық құжат нысанындағы хабарламаны) алуы. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат түрінде көрсетілетін қызметті алушының «жеке кабинетіне» жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006836A0" w:rsidRDefault="00902BF7" w:rsidP="006836A0">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Портал </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызметт</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кезінде қатыстырылған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақпараттық жүйелердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>функционалдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-қимыл осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регламенттің         </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4173">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымшасын</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес диаграммада </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келтірілген.</w:t>
+      </w:r>
+      <w:r w:rsidR="006836A0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00FA063C" w:rsidRDefault="006836A0" w:rsidP="006836A0">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00902BF7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету процесінде </w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6805">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берушінің құрылымдық бө</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лімшелерінің (қызметкерлерінің) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рәсімдер</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іс-қимылдар) реттілігін толық сипаттау, сондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсету процесінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзге де көрсетілетін қызметті берушілермен және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорациясы</w:t>
+      </w:r>
+      <w:r w:rsidR="00902BF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзара іс-қимыл және</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерді</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қолдану тәртібін </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">толық сипаттау </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы регламенттің</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымшасына</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6695E" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес бизнес-процестердің анықтамалығында көрсетіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="004728CA" w:rsidRPr="00FA063C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5400" w:hanging="13"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5400" w:hanging="13"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(7 жасқа толмаған) балаларды кезекке қою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE694E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлердің) өзара </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE694E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE694E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af0"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...371 lines deleted...]
-        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="438"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="674"/>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="5818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006A4A30" w:rsidTr="005169D5">
         <w:trPr>
-          <w:trHeight w:val="259"/>
+          <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="004728CA">
             <w:pPr>
-              <w:tabs>
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8918" w:type="dxa"/>
+            <w:tcW w:w="8790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="00FA063C">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>Действия основного процесса (хода  работ)</w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі процестің (жұмыс барысының) іс-қимылы</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidTr="005169D5">
         <w:trPr>
-          <w:trHeight w:val="732"/>
+          <w:trHeight w:val="914"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00FA063C" w:rsidP="004728CA">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>1.</w:t>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="006836A0">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC457D">
-[...4 lines deleted...]
-              <w:t>№ действия (хода работ)</w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Іс-қимылдың </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="006836A0">
             <w:pPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(жұмыс барысы) №</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="5818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="008B5F5A">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="006836A0">
             <w:pPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC457D">
-              <w:rPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006A4A30" w:rsidTr="005169D5">
+        <w:trPr>
+          <w:trHeight w:val="1393"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00FA063C" w:rsidP="004728CA">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC457D">
-[...4 lines deleted...]
-              <w:t>2.</w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="006836A0">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC457D">
-[...82 lines deleted...]
-              <w:t>3.</w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құрылымдық бөлімшелер (қызметкерлер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3815" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="5818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="006836A0">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC457D">
-[...3 lines deleted...]
-              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006A4A30" w:rsidTr="005169D5">
+        <w:trPr>
+          <w:trHeight w:val="2328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00FA063C" w:rsidP="004728CA">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidRDefault="00E71E39" w:rsidP="008B5F5A">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="006836A0">
             <w:pPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Прием и регистрация</w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-қимылдың (процестің, рәсімнің, операциялардың атауы) және олардың сипаттамасы</w:t>
             </w:r>
-            <w:r w:rsidR="00070E12" w:rsidRPr="00FC457D">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00902BF7" w:rsidP="006836A0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің құжаттар</w:t>
             </w:r>
-            <w:r w:rsidR="00070E12" w:rsidRPr="00FC457D">
-              <w:rPr>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">полученных от услугополучателя </w:t>
+              <w:t>ы</w:t>
             </w:r>
-            <w:r w:rsidR="00070E12" w:rsidRPr="00FC457D">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н қабылдау және тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006A4A30" w:rsidTr="005169D5">
         <w:trPr>
-          <w:trHeight w:val="322"/>
+          <w:trHeight w:val="914"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00FA063C" w:rsidP="004728CA">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C628D7">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="004728CA">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C628D7">
-[...36 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>У</w:t>
-[...49 lines deleted...]
-              <w:t>5.</w:t>
+              <w:t>Аяқтау нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcW w:w="5818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00B00CF2" w:rsidP="006836A0">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C628D7">
-[...4 lines deleted...]
-              <w:t>Сроки исполнения</w:t>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>езекк</w:t>
+            </w:r>
+            <w:r w:rsidR="00902BF7" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е қою туралы хабарлама беру (ері</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кті нысанда), орын болған жағдайда – мектепке </w:t>
+            </w:r>
+            <w:r w:rsidR="00902BF7" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейінгі ұйымға жолдама беру (ері</w:t>
+            </w:r>
+            <w:r w:rsidR="006920F0" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кті нысанда) немесе </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Стандарттың</w:t>
+            </w:r>
+            <w:r w:rsidR="006920F0" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10-тармағында белгіленген </w:t>
+            </w:r>
+            <w:r w:rsidR="00902BF7" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">негіздер бойынша </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidTr="005169D5">
+        <w:trPr>
+          <w:trHeight w:val="856"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00FA063C" w:rsidP="004728CA">
             <w:pPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>55.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="004728CA">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C628D7">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">30 (тридцать) </w:t>
+              <w:t>Орындау мерзімі</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C628D7">
-[...5 lines deleted...]
-              <w:t>минут</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F6695E" w:rsidRPr="00BE694E" w:rsidRDefault="00F6695E" w:rsidP="003B53EC">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30 (отыз) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidRDefault="00070E12" w:rsidP="00070E12">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003454B4" w:rsidRPr="00BE694E" w:rsidRDefault="003454B4" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00070E12" w:rsidRPr="00C628D7" w:rsidSect="00FB6F83">
-[...22 lines deleted...]
-          <w:sz w:val="24"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006836A0" w:rsidRDefault="006836A0" w:rsidP="00BE694E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5954"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5954"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                             </w:t>
+        <w:t>мемлекеттік көрсетілетін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   </w:t>
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>қызмет регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00621C08" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="5954"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...156 lines deleted...]
-    <w:p w:rsidR="008B5F5A" w:rsidRDefault="008B5F5A" w:rsidP="00070E12">
+        <w:t>2- қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00F6695E" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="10620"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00013808" w:rsidRDefault="00070E12" w:rsidP="007E3011">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="00583D3A" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00013808">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00326FC9" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара іс-қимыл диаграммасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="003B53EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:b/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...46 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="500" w:tblpY="202"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="202"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7546"/>
+        <w:gridCol w:w="9747"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidTr="009E2A70">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006A4A30" w:rsidTr="005169D5">
         <w:trPr>
-          <w:trHeight w:val="1019"/>
+          <w:trHeight w:val="983"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7546" w:type="dxa"/>
+            <w:tcW w:w="9747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00FC6AEE" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1029" type="#_x0000_t130" style="position:absolute;margin-left:7.55pt;margin-top:11.4pt;width:83.3pt;height:28.5pt;z-index:251663360;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1029">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006836A0">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ЭҮП АЖ</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1030" type="#_x0000_t130" style="position:absolute;margin-left:394.45pt;margin-top:10.65pt;width:80.3pt;height:29.25pt;z-index:251664384;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 13">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ӨЭҮШ АЖО</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1036" type="#_x0000_t32" style="position:absolute;margin-left:354.7pt;margin-top:27.8pt;width:26.25pt;height:0;z-index:251670528;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                   </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <v:handles>
                     <v:h position="#0,center"/>
                   </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1048" type="#_x0000_t34" style="position:absolute;margin-left:372.75pt;margin-top:10.4pt;width:26.25pt;height:.05pt;rotation:180;z-index:251616256;visibility:visible" adj="12260,-102600000,-418423" strokeweight="1pt">
+                <v:shape id="_x0000_s1037" type="#_x0000_t34" style="position:absolute;margin-left:354.7pt;margin-top:16.4pt;width:26.25pt;height:.05pt;rotation:180;z-index:251671552;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...4 lines deleted...]
-                  <v:stroke endarrow="block"/>
+                <v:shape id="_x0000_s1033" type="#_x0000_t32" style="position:absolute;margin-left:308pt;margin-top:55.45pt;width:19.9pt;height:0;rotation:90;z-index:251667456;visibility:visible" adj="-495280,-1,-495280">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1046" type="#_x0000_t130" style="position:absolute;margin-left:275.4pt;margin-top:9.65pt;width:80.6pt;height:29.25pt;z-index:251614208;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1046">
+                <v:shape id="_x0000_s1032" type="#_x0000_t32" style="position:absolute;margin-left:292.75pt;margin-top:53.7pt;width:23.4pt;height:0;rotation:270;z-index:251666432;visibility:visible" adj="-409385,-1,-409385">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1035" type="#_x0000_t130" style="position:absolute;margin-left:268.6pt;margin-top:11.4pt;width:75pt;height:29.25pt;z-index:251669504;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1035">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-221"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ШЭП</w:t>
+                          <w:t>ЭҮШ</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1044" type="#_x0000_t32" style="position:absolute;margin-left:313pt;margin-top:56.4pt;width:31.2pt;height:0;rotation:90;z-index:251613184;visibility:visible" adj="-274465,-1,-274465">
-[...21 lines deleted...]
-                <v:shape id="_x0000_s1045" type="#_x0000_t32" style="position:absolute;margin-left:181.85pt;margin-top:35.2pt;width:0;height:40.4pt;flip:y;z-index:251621376;visibility:visible">
+                <v:shape id="_x0000_s1034" type="#_x0000_t32" style="position:absolute;margin-left:184.8pt;margin-top:53.1pt;width:24.65pt;height:0;rotation:270;z-index:251668480;visibility:visible" adj="-239834,-1,-239834">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1049" style="position:absolute;margin-left:155.1pt;margin-top:10.3pt;width:56.8pt;height:29.35pt;z-index:251620352;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1049">
+                <v:rect id="_x0000_s1038" style="position:absolute;margin-left:170.05pt;margin-top:11.4pt;width:56.8pt;height:29.35pt;z-index:251672576;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1038">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="00A33A8D" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...7 lines deleted...]
-                        <w:r w:rsidRPr="00A33A8D">
+                        <w:r w:rsidRPr="006836A0">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>Портал</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1042" type="#_x0000_t32" style="position:absolute;margin-left:50.9pt;margin-top:40.8pt;width:0;height:42pt;flip:y;z-index:251618304;visibility:visible">
+                <v:shape id="_x0000_s1031" type="#_x0000_t32" style="position:absolute;margin-left:46.55pt;margin-top:29.15pt;width:0;height:42pt;flip:y;z-index:251665408;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
-[...30 lines deleted...]
-            <w:r w:rsidR="00070E12" w:rsidRPr="00813652">
+            <w:r w:rsidR="00F6695E" w:rsidRPr="006836A0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00070E12" w:rsidRPr="00813652">
+            <w:r w:rsidR="00F6695E" w:rsidRPr="006836A0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00070E12" w:rsidRPr="00813652">
+            <w:r w:rsidR="00F6695E" w:rsidRPr="006836A0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+    <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:vanish/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="438" w:tblpY="1461"/>
-        <w:tblW w:w="9606" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-176" w:tblpY="1461"/>
+        <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="390"/>
-        <w:gridCol w:w="9216"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9464"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidTr="005169D5">
         <w:trPr>
-          <w:trHeight w:val="3818"/>
+          <w:trHeight w:val="3256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00813652">
+            <w:r w:rsidRPr="006836A0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Э</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00813652">
+            <w:r w:rsidRPr="006836A0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ц</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00813652">
+            <w:r w:rsidRPr="006836A0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>П</w:t>
+              <w:t>Қ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00FC6AEE" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00D47FF6" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1070" style="position:absolute;left:0;text-align:left;margin-left:13pt;margin-top:.9pt;width:33.55pt;height:29.9pt;z-index:251622400;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1070">
+                <v:oval id="_x0000_s1059" style="position:absolute;left:0;text-align:left;margin-left:13pt;margin-top:.9pt;width:33.55pt;height:29.9pt;z-index:251694080;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1059">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9216" w:type="dxa"/>
+            <w:tcW w:w="9464" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00FC6AEE" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00D47FF6" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 35" o:spid="_x0000_s1055" style="position:absolute;left:0;text-align:left;margin-left:400.3pt;margin-top:7.15pt;width:48.3pt;height:28.85pt;z-index:251629568;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Прямоугольник 35">
+                <v:rect id="_x0000_s1075" style="position:absolute;left:0;text-align:left;margin-left:421.85pt;margin-top:14.4pt;width:47.35pt;height:34.6pt;z-index:251711488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1075">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="00A33A8D" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A33A8D">
+                        <w:r w:rsidRPr="006836A0">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Процесс </w:t>
+                          <w:t>7-процесс</w:t>
                         </w:r>
-                        <w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+                </v:shapetype>
+                <v:shape id="Ромб 58" o:spid="_x0000_s1068" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:344.55pt;margin-top:8.2pt;width:66.75pt;height:37.95pt;z-index:251703296;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Ромб 58">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00226DE5" w:rsidRDefault="00902BF7" w:rsidP="00226DE5">
+                        <w:pPr>
+                          <w:ind w:right="-201"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-                        <w:r w:rsidRPr="00A33A8D">
+                        </w:pPr>
+                        <w:r w:rsidRPr="00226DE5">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>7</w:t>
+                          <w:t>3-шарт</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1039" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:69.6pt;margin-top:2.45pt;width:55.35pt;height:44.25pt;z-index:251673600;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1039">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006836A0">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>1-шарт</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1051" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:119.95pt;margin-top:20.3pt;width:15.85pt;height:.05pt;z-index:251685888;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10766,-142711200,-276984" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 48" o:spid="_x0000_s1054" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:333.45pt;margin-top:23.2pt;width:15.15pt;height:.05pt;z-index:251688960;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10764,-143964000,-594178" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1074" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:23.1pt;width:17.4pt;height:.05pt;z-index:251710464;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-143942400,-609145" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 19" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:277.35pt;margin-top:14.4pt;width:56.1pt;height:25pt;z-index:251675648;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 19">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00226DE5" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00226DE5">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>5-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 46" o:spid="_x0000_s1052" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:191.5pt;margin-top:20.3pt;width:19.1pt;height:.05pt;z-index:251686912;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-142711200,-320777" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Ромб 57" o:spid="_x0000_s1067" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:205.6pt;margin-top:-.45pt;width:56.4pt;height:47.2pt;z-index:251702272;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Ромб 57">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006836A0">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2-шарт</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 11" o:spid="_x0000_s1040" style="position:absolute;left:0;text-align:left;margin-left:137.35pt;margin-top:10.55pt;width:54.15pt;height:28.85pt;z-index:251674624;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 11">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006836A0">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>3-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 43" o:spid="_x0000_s1050" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:58.85pt;margin-top:23.15pt;width:15.8pt;height:0;z-index:251684864;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-206430,-1,-206430" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:12.15pt;width:50.3pt;height:34pt;z-index:251679744;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1045">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="006836A0" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006836A0">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">1-процесс </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 49" o:spid="_x0000_s1066" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:382.6pt;margin-top:21.9pt;width:17.7pt;height:.05pt;z-index:251635712;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-127591200,-577953" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 47" o:spid="_x0000_s1053" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:258.6pt;margin-top:23.15pt;width:18.75pt;height:0;z-index:251687936;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
-[...42 lines deleted...]
-                  </v:textbox>
+                <v:shape id="Стрелка углом 61" o:spid="_x0000_s1058" style="position:absolute;left:0;text-align:left;margin-left:1.85pt;margin-top:20.55pt;width:6.7pt;height:102.75pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Ромб 57" o:spid="_x0000_s1078" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:195.8pt;margin-top:.6pt;width:63.5pt;height:53.25pt;z-index:251627520;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Ромб 57">
+                <v:rect id="Прямоугольник 35" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:548.8pt;margin-top:8.2pt;width:59.15pt;height:28.85pt;z-index:251678720;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 35">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="00A33A8D" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
-                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">   </w:t>
+                          <w:t>7-п</w:t>
                         </w:r>
-                        <w:r w:rsidRPr="00A33A8D">
+                        <w:r w:rsidRPr="00B10B90">
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>роцесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00D47FF6" w:rsidP="00226DE5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="left" w:pos="7655"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 41" o:spid="_x0000_s1049" type="#_x0000_t32" style="position:absolute;margin-left:380.7pt;margin-top:20.3pt;width:0;height:30pt;z-index:251683840;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 40" o:spid="_x0000_s1048" type="#_x0000_t32" style="position:absolute;margin-left:235.6pt;margin-top:20.85pt;width:0;height:31.5pt;z-index:251682816;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 39" o:spid="_x0000_s1047" type="#_x0000_t32" style="position:absolute;margin-left:94.95pt;margin-top:22.25pt;width:0;height:32.25pt;z-index:251681792;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1076" type="#_x0000_t32" style="position:absolute;margin-left:405.15pt;margin-top:60.2pt;width:74.05pt;height:0;rotation:90;z-index:251712512;visibility:visible" adj="-153286,-1,-153286" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 79" o:spid="_x0000_s1061" type="#_x0000_t32" style="position:absolute;margin-left:520.9pt;margin-top:79.45pt;width:113pt;height:0;rotation:90;z-index:251696128;visibility:visible" adj="-127985,-1,-127985" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="00226DE5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="left" w:pos="7655"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00D47FF6" w:rsidP="00226DE5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="left" w:pos="7655"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 31" o:spid="_x0000_s1042" style="position:absolute;margin-left:210.6pt;margin-top:4.6pt;width:59.85pt;height:27.75pt;z-index:251676672;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 31">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00226DE5" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:right="-86"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Условие</w:t>
-[...1 lines deleted...]
-                        <w:r>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00226DE5">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">   2</w:t>
+                          <w:t>4-процесс</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                </v:shape>
+                </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1050" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:61.75pt;margin-top:.6pt;width:66.65pt;height:46.65pt;z-index:251623424;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1050">
+                <v:rect id="Прямоугольник 30" o:spid="_x0000_s1046" style="position:absolute;margin-left:64.95pt;margin-top:4.6pt;width:55pt;height:27.75pt;z-index:251680768;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 30">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
-[...67 lines deleted...]
-                      <w:p w:rsidR="00B77151" w:rsidRPr="00A33A8D" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00226DE5" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A33A8D">
+                        <w:r w:rsidRPr="00226DE5">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 5</w:t>
+                          <w:t>2-процесс</w:t>
                         </w:r>
-                      </w:p>
-[...7 lines deleted...]
-                        </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 47" o:spid="_x0000_s1064" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:256.65pt;margin-top:19.85pt;width:11.95pt;height:0;z-index:251634688;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-677011,-1,-677011" strokeweight="1pt">
-[...22 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#Прямоугольник 11">
+                <v:rect id="Прямоугольник 33" o:spid="_x0000_s1043" style="position:absolute;margin-left:338.1pt;margin-top:1.4pt;width:60.45pt;height:27.75pt;z-index:251677696;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 33">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="00A33A8D" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00226DE5" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...7 lines deleted...]
-                        <w:r w:rsidRPr="00A33A8D">
+                        <w:r w:rsidRPr="00226DE5">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 3</w:t>
+                          <w:t>6-процесс</w:t>
                         </w:r>
-                      </w:p>
-[...237 lines deleted...]
-                        </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00FC6AEE" w:rsidP="009E2A70">
-[...77 lines deleted...]
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00FC6AEE" w:rsidP="009E2A70">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00D47FF6" w:rsidP="00226DE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1071" type="#_x0000_t34" style="position:absolute;margin-left:-7.1pt;margin-top:72.4pt;width:31.45pt;height:.05pt;rotation:270;z-index:251657216;visibility:visible" adj="10783,-212824800,-68406" strokeweight="1pt">
+                <v:shape id="_x0000_s1060" type="#_x0000_t32" style="position:absolute;margin-left:-6.95pt;margin-top:73.95pt;width:31.2pt;height:0;rotation:270;z-index:251695104;visibility:visible" adj="-63658,-1,-63658" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="005F5ADD">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1069" type="#_x0000_t32" style="position:absolute;margin-left:101.7pt;margin-top:6.5pt;width:0;height:17.45pt;z-index:251705344" o:connectortype="straight">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00FD539D" w:rsidRPr="006836A0">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251611136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>5123815</wp:posOffset>
+                    <wp:posOffset>5253990</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>635000</wp:posOffset>
+                    <wp:posOffset>285750</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="593725" cy="322580"/>
-                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:extent cx="585470" cy="323850"/>
+                  <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="663" name="Рисунок 264"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 264"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14"/>
+                          <a:blip r:embed="rId9"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="593725" cy="322580"/>
+                            <a:ext cx="585470" cy="323850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 92" o:spid="_x0000_s1076" style="position:absolute;margin-left:378.05pt;margin-top:12.55pt;width:30pt;height:27.85pt;z-index:251653120;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+                <v:oval id="Овал 92" o:spid="_x0000_s1065" style="position:absolute;margin-left:368.55pt;margin-top:20.1pt;width:30pt;height:31.6pt;z-index:251700224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1081" type="#_x0000_t32" style="position:absolute;margin-left:250.35pt;margin-top:2pt;width:.05pt;height:13.45pt;z-index:251656192;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
-[...31 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#Овал 59">
+                <v:oval id="Овал 93" o:spid="_x0000_s1066" style="position:absolute;margin-left:333.45pt;margin-top:22.45pt;width:30pt;height:29.25pt;z-index:251701248;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#Овал 93">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1084" type="#_x0000_t32" style="position:absolute;margin-left:392.5pt;margin-top:2pt;width:.05pt;height:10.6pt;z-index:251651072;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                <v:shape id="_x0000_s1073" type="#_x0000_t32" style="position:absolute;margin-left:380.7pt;margin-top:5pt;width:0;height:18.85pt;z-index:251709440;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1083" type="#_x0000_t32" style="position:absolute;margin-left:356.35pt;margin-top:1.55pt;width:0;height:16.35pt;z-index:251652096;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                <v:shape id="_x0000_s1072" type="#_x0000_t32" style="position:absolute;margin-left:348.6pt;margin-top:3.3pt;width:0;height:16.35pt;z-index:251708416;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 93" o:spid="_x0000_s1077" style="position:absolute;margin-left:343.9pt;margin-top:12.6pt;width:29.3pt;height:28.35pt;z-index:251650048;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#Овал 93">
+                <v:oval id="Овал 90" o:spid="_x0000_s1064" style="position:absolute;margin-left:235.6pt;margin-top:23.95pt;width:30pt;height:30pt;z-index:251699200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 59" o:spid="_x0000_s1063" style="position:absolute;margin-left:205.6pt;margin-top:23.9pt;width:30pt;height:29.25pt;z-index:251698176;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#Овал 59">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
-[...94 lines deleted...]
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1073" style="position:absolute;margin-left:70.85pt;margin-top:14.25pt;width:29.05pt;height:31.45pt;z-index:251646976;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1073">
+                <v:shape id="_x0000_s1070" type="#_x0000_t32" style="position:absolute;margin-left:243.45pt;margin-top:8.9pt;width:0;height:13.5pt;z-index:251706368;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1071" type="#_x0000_t32" style="position:absolute;margin-left:222.45pt;margin-top:10.35pt;width:0;height:13.45pt;z-index:251707392;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1057" style="position:absolute;margin-left:94.95pt;margin-top:23.9pt;width:30pt;height:30pt;z-index:251692032;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1062" style="position:absolute;margin-left:64.95pt;margin-top:23.85pt;width:30pt;height:29.25pt;z-index:251697152;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1062">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="00BD56AE" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00BD56AE">
+                        <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1068" style="position:absolute;margin-left:108.35pt;margin-top:15.7pt;width:29.7pt;height:30pt;z-index:251645952;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+                <v:shape id="Прямая со стрелкой 54" o:spid="_x0000_s1056" type="#_x0000_t34" style="position:absolute;margin-left:73.25pt;margin-top:17pt;width:13.5pt;height:.05pt;rotation:90;z-index:251691008;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-176364000,-313520" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00070E12" w:rsidRPr="00813652">
+            <w:r w:rsidR="00F6695E" w:rsidRPr="006836A0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                                                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+    <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F6695E" w:rsidP="00F6695E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9214" w:type="dxa"/>
-        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblW w:w="9497" w:type="dxa"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9214"/>
+        <w:gridCol w:w="9497"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidTr="005D4173">
         <w:trPr>
-          <w:trHeight w:val="581"/>
+          <w:trHeight w:val="878"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1039" style="position:absolute;left:0;text-align:left;margin-left:.5pt;margin-top:7.45pt;width:28.1pt;height:45.6pt;z-index:251658240" stroked="f">
-                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1039">
+                <v:rect id="_x0000_s1028" style="position:absolute;margin-left:.5pt;margin-top:29.2pt;width:33.55pt;height:53.15pt;z-index:251662336" stroked="f">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1028">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00CC4C82" w:rsidRDefault="00671A35" w:rsidP="00F6695E">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00CC4C82">
+                        <w:r>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Запрос</w:t>
+                          <w:t>сұрау салу</w:t>
                         </w:r>
-                      </w:p>
-[...7 lines deleted...]
-                        </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00070E12" w:rsidRPr="00813652">
+            <w:r w:rsidR="00F6695E" w:rsidRPr="006836A0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                                                                                    </w:t>
+              <w:t xml:space="preserve">                                                                                                                                 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1037" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:243.65pt;width:15.75pt;height:11.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+                <v:shape id="_x0000_s1026" style="position:absolute;margin-left:689.55pt;margin-top:243.65pt;width:15.75pt;height:11.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1038" style="position:absolute;left:0;text-align:left;margin-left:586.15pt;margin-top:211.8pt;width:64.3pt;height:32.6pt;z-index:251660288;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                <v:shape id="_x0000_s1027" style="position:absolute;margin-left:586.15pt;margin-top:211.8pt;width:64.3pt;height:32.6pt;z-index:251661312;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
                   <v:stroke joinstyle="miter"/>
                   <v:shadow on="t" offset="6pt,6pt"/>
                   <v:formulas/>
                   <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
                   <o:lock v:ext="edit" verticies="t"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidTr="005D4173">
         <w:trPr>
-          <w:trHeight w:val="424"/>
+          <w:trHeight w:val="1269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="00813652" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00F6695E" w:rsidRPr="006836A0" w:rsidRDefault="00F953E6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="7655"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00813652">
+            <w:r w:rsidRPr="006836A0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Услугополучатель</w:t>
+              <w:t xml:space="preserve">Услу                                      </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6695E" w:rsidRPr="006836A0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00CE312D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00013808" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+      <w:r w:rsidR="00671A35">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...83 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9355" w:type="dxa"/>
+        <w:tblW w:w="9105" w:type="dxa"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3085"/>
-        <w:gridCol w:w="6270"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="6554"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 62" o:spid="_x0000_s1029" style="position:absolute;margin-left:45.95pt;margin-top:20.85pt;width:32.7pt;height:27.6pt;z-index:251661312;visibility:visible;v-text-anchor:middle">
+                <v:oval id="Овал 62" o:spid="_x0000_s1122" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:20.85pt;width:30.35pt;height:31.5pt;z-index:251714560;visibility:visible;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#Овал 62">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00621C08" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сообщение начальное</w:t>
+              <w:t>Бастапқы хабарлама</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="005D4173" w:rsidRPr="00621C08" w:rsidRDefault="005D4173" w:rsidP="004728CA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 2" o:spid="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:1.6pt;width:32.7pt;height:27.1pt;z-index:251662336;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                <v:oval id="Овал 2" o:spid="_x0000_s1129" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:1.6pt;width:30.35pt;height:27.85pt;z-index:251721728;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
                   <v:textbox style="mso-next-textbox:#Овал 2">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="00413698" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00413698" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00413698">
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сообщение завершающее</w:t>
+              <w:t>Соңғы хабарлама</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B77151" w:rsidRPr="006764D4" w:rsidRDefault="00B77151" w:rsidP="00B77151">
+          <w:p w:rsidR="005D4173" w:rsidRPr="00621C08" w:rsidRDefault="005D4173" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 55" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:2.35pt;width:27.65pt;height:23pt;z-index:251663360;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+                <v:oval id="Овал 55" o:spid="_x0000_s1123" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:2.35pt;width:25.25pt;height:23pt;z-index:251715584;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Простые события завершающие</w:t>
+              <w:t>Қарапайым соңғы оқиға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="006A4A30" w:rsidTr="00FD539D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1031" type="#_x0000_t130" style="position:absolute;left:0;text-align:left;margin-left:24.2pt;margin-top:8.1pt;width:81.7pt;height:17.65pt;z-index:251664384;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1031">
+                <v:shape id="_x0000_s1124" type="#_x0000_t130" style="position:absolute;left:0;text-align:left;margin-left:24.2pt;margin-top:8.1pt;width:86.35pt;height:17.65pt;z-index:251716608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1124">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="006764D4" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00621C08" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="006764D4">
+                        <w:r>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ИС ПЭП</w:t>
+                          <w:t>ЭҮП АЖ</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Информационная система портала электронного правительства</w:t>
+              <w:t>Электрондық үкімет порталының ақпараттық жүйесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 32" o:spid="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:36.35pt;margin-top:4.75pt;width:48pt;height:20.2pt;z-index:251665408;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                <v:rect id="Прямоугольник 32" o:spid="_x0000_s1125" style="position:absolute;left:0;text-align:left;margin-left:36.35pt;margin-top:4.75pt;width:57.35pt;height:20.2pt;z-index:251717632;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#Прямоугольник 32">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="006764D4" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00621C08" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="006764D4">
+                        <w:r w:rsidRPr="00621C08">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Процесс  </w:t>
+                          <w:t xml:space="preserve"> Процесс  </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r w:rsidRPr="00621C08">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Процесс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003975F7" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Ромб 37" o:spid="_x0000_s1033" type="#_x0000_t4" style="position:absolute;margin-left:15.55pt;margin-top:13.5pt;width:110.65pt;height:28.8pt;z-index:251666432;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                <v:shape id="Ромб 37" o:spid="_x0000_s1126" type="#_x0000_t4" style="position:absolute;margin-left:15.05pt;margin-top:3.65pt;width:95.5pt;height:32.5pt;z-index:251718656;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#Ромб 37">
                     <w:txbxContent>
-                      <w:p w:rsidR="00B77151" w:rsidRPr="006764D4" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                      <w:p w:rsidR="00902BF7" w:rsidRPr="00DF2FD7" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                         <w:pPr>
                           <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...7 lines deleted...]
-                        <w:r w:rsidRPr="006764D4">
+                        <w:r w:rsidRPr="00DF2FD7">
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Условие 1</w:t>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>1-шарт</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шарт</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00226DE5" w:rsidRPr="00621C08" w:rsidRDefault="00226DE5" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 63" o:spid="_x0000_s1034" type="#_x0000_t32" style="position:absolute;margin-left:45.95pt;margin-top:15.8pt;width:47.75pt;height:0;z-index:251667456;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-64936,-1,-64936" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 63" o:spid="_x0000_s1127" type="#_x0000_t32" style="position:absolute;margin-left:45.95pt;margin-top:15.8pt;width:47.75pt;height:0;z-index:251719680;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-64936,-1,-64936" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Поток сообщений</w:t>
+              <w:t>Хабарлама ағымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00FC6AEE" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FC6AEE">
+            <w:r w:rsidRPr="00D47FF6">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 44" o:spid="_x0000_s1035" type="#_x0000_t32" style="position:absolute;margin-left:51.4pt;margin-top:16.45pt;width:32.95pt;height:0;z-index:251668480;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 44" o:spid="_x0000_s1128" type="#_x0000_t32" style="position:absolute;margin-left:51.4pt;margin-top:16.45pt;width:32.95pt;height:0;z-index:251720704;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Поток управления</w:t>
+              <w:t>Басқару ағымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="428625" cy="323850"/>
                   <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
-                  <wp:docPr id="2" name="Рисунок 101"/>
+                  <wp:docPr id="1" name="Рисунок 101"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 101"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14"/>
+                          <a:blip r:embed="rId9"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="428625" cy="323850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Электронный документ, представляемый конечному получателю</w:t>
+              <w:t>Соңғы қызмет алушыға берілетін электрондық құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="005F5AB3" w:rsidTr="00FD539D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00DF2FD7" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ШЭП</w:t>
+              <w:t>ЭҮ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2FD7">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шлюз электронного правительства</w:t>
+              <w:t>Электрондық үкімет ш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00621C08">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>люз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00070E12" w:rsidRPr="005F5AB3" w:rsidTr="008B5F5A">
+      <w:tr w:rsidR="00FD539D" w:rsidRPr="006A4A30" w:rsidTr="00FD539D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00DF2FD7" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>АРМ РШЭП</w:t>
+              <w:t>ӨЭҮШ АЖО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6270" w:type="dxa"/>
+            <w:tcW w:w="6554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00070E12" w:rsidRPr="006764D4" w:rsidRDefault="00070E12" w:rsidP="00B77151">
+          <w:p w:rsidR="00FD539D" w:rsidRPr="00621C08" w:rsidRDefault="00FD539D" w:rsidP="004728CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006764D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Автоматизированное рабочее место регионального шлюза электронного правительства</w:t>
+              <w:t>Өңірлік электрондық үкіметі шлюзінің автоматтандырылған жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00987868" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D4173" w:rsidRDefault="005D4173" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRDefault="00FD539D" w:rsidP="00F5330E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4395"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі балалар ұйымдарына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRDefault="00FD539D" w:rsidP="00F5330E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберу үшін мектепке дейінгі жастағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRDefault="00FD539D" w:rsidP="00F5330E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(7 жасқа толмаған) балаларды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00F5330E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кезекке қою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00F5330E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00FD539D" w:rsidRDefault="00226DE5" w:rsidP="00F5330E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD539D" w:rsidRPr="00621C08">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00070E12" w:rsidRPr="008D00D2" w:rsidSect="00CB15AE">
-[...10 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+        <w:t xml:space="preserve">Мемлекеттік көрсетілетін қызметтің бизнес-процестерінің анықтамалығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00013808">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...240 lines deleted...]
-      <w:r w:rsidRPr="00FC6AEE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1095" style="position:absolute;left:0;text-align:left;margin-left:269.7pt;margin-top:6.9pt;width:104.3pt;height:48.8pt;z-index:251682816;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+f7aapwIAADYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNJvt/rRRs1XVUoRU&#10;oKLwAF7H2Rj8h+3dbDkhcQSJZ+AZEBK0tLxC9o0YO9myUIlDRQ5RZib+Zr6Zb7y3v5QCLZh1XKsc&#10;p1s9jJiiuuBqluOXL44f7GDkPFEFEVqxHJ8zh/cn9+/t1SZjfV1pUTCLAES5rDY5rrw3WZI4WjFJ&#10;3JY2TEGw1FYSD6adJYUlNaBLkfR7vVFSa1sYqylzDrxHbRBPIn5ZMuqflaVjHokcQ20+vm18T8M7&#10;meyRbGaJqTjtyiB3qEISriDpDdQR8QTNLb8FJTm12unSb1EtE12WnLLIAdikvb/YnFXEsMgFmuPM&#10;TZvc/4OlTxenFvEix4MxRopImFHzublYvVu9b740l83X5qq5Wn1ovqPmJzg/NT+a6xi6bi5XHyH4&#10;rblAu6GPtXEZwJ2ZUxs64cyJpq8dUvqwImrGDqzVdcVIAdWn4f/kjwPBcHAUTesnuoAqyNzr2NJl&#10;aWUAhGahZZzc+c3k2NIjCs50NNje3oEBU4j1B+PRMI42Idn6tLHOP2JaovCRY6vnqngO8ogpyOLE&#10;+Ti+ousBKV5hVEoBYlgQgdLRaDSORZOs+xmw15iRrha8OOZCRCPIlx0Ki+AwUKGUKZ/GVGIugV/r&#10;T3vhaTUIflBq6+9cRJiKtJ5hL90ddvnjbgRwaCG0eTOvUKiGZvTHgHrXoob/qCnkW1O7nV1yD7ss&#10;uMzxzgazMPOHqoib5gkX7TdACdWJIMy91Y9fTpdRjduBbNDEVBfnoAqr29WFqwY+Km3fYlTD2ubY&#10;vZkTyzASjxUoazcdDMKeR2MwHPfBsJuR6WaEKApQOabeYtQah769HebG8lkFudqxKX0Aeiy5Xwu3&#10;rasjAMsZ29FdJGH7N+341+/rbvILAAD//wMAUEsDBBQABgAIAAAAIQBVAE9F3QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BSsQwEIbvgu8QRvDmpilSam26rIIgCIKrF2+zzWxTtklqk3br2zue&#10;9DbDfPzz/fV2dYNYaIp98BrUJgNBvg2m952Gj/enmxJETOgNDsGThm+KsG0uL2qsTDj7N1r2qRMc&#10;4mOFGmxKYyVlbC05jJswkufbMUwOE69TJ82EZw53g8yzrJAOe88fLI70aKk97Wen4fjQI+5e7fI8&#10;r19xUS94+oyF1tdX6+4eRKI1/cHwq8/q0LDTIczeRDFouM1VzigPdwoEA0WZcbmDhrJUIJta/m/Q&#10;/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+f7aapwIAADYFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBVAE9F3QAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAAEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1144" style="position:absolute;margin-left:348.4pt;margin-top:11.75pt;width:127.1pt;height:55.9pt;z-index:251738112;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAy9K+CqAIAADcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdLNLkiZRN1XVUoTE&#10;T0XhARzbmzX4Z7GdbMoJiSNIPAPPgJCgpeUVNm/E2LspgUocKvaw2plZfzPfzDfe218piZbcOmF0&#10;jtOdHkZcU8OEnuf45YvjeyOMnCeaEWk0z/EZd3h/evfOXl1NeGZKIxm3CEC0m9RVjkvvq0mSOFpy&#10;RdyOqbiGYGGsIh5MO0+YJTWgK5lkvd4wqY1llTWUOwfeozaIpxG/KDj1z4rCcY9kjqE2H982vmfh&#10;nUz3yGRuSVUK2pVBblGFIkJD0muoI+IJWlhxA0oJao0zhd+hRiWmKATlkQOwSXt/sTktScUjF2iO&#10;q67b5P4fLH26PLFIMJjdKMVIEwVDaj435+t36/fNl+ai+dpcNpfrD8131PwE56fmR3MVQ1fNxfoj&#10;BL8152gcGllXbgJ4p9WJDa1w1WNDXzukzWFJ9JwfWGvqkhMG5afh/+SPA8FwcBTN6ieGQRVk4U3s&#10;6aqwKgBCt9Aqju7senR85REFZzocZ+MUJkwhlvWH90dxtgmZbE5X1vmH3CgUPnJszUKz56CPmIIs&#10;Hzsf58e6HhD2CqNCSVDDkkiUDofD3Vg0mXQ/A/YGM9I1UrBjIWU0gn75obQIDgMVSrn2aUwlFwr4&#10;tf60F55WhOAHqbb+zkVkVZLWM+il40GXPy5HAIcWQpu380qNamhGtguoty1q8I+aQr4NtZvZlfCw&#10;zFKoHI+2mIWZP9AsrponQrbfACV1J4Iw91Y/fjVbRTlmgWzQxMywM1CFNe3uwl0DH6WxbzGqYW9z&#10;7N4siOUYyUcalDVO+/2w6NHoD3YzMOx2ZLYdIZoCVI6ptxi1xqFvr4dFZcW8hFzt2LQ5AD0Wwm+E&#10;29bVEYDtjO3obpKw/tt2/Ov3fTf9BQAA//8DAFBLAwQUAAYACAAAACEAHkOfrd8AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm9201ZjETEoVBEEoWL14m2a32dDsbsxu0vjv&#10;HU96HObjve+Vm9l2YtJDaL1DWC4SENrVXrWuQfh4f77JQIRITlHnnUb41gE21eVFSYXyZ/emp31s&#10;BIe4UBCCibEvpAy10ZbCwvfa8e/oB0uRz6GRaqAzh9tOrpIklZZaxw2Gev1kdH3ajxbh+NgSbXdm&#10;ehnnrzAtX+n0GVLE66t5+wAi6jn+wfCrz+pQsdPBj04F0SHcJ+sVowi3+R0IBvI05y0HhCxbg6xK&#10;+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAy9K+CqAIAADcFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAeQ5+t3wAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAAIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32896f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" type="perspective" color="#243f60" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1095">
+            <v:textbox style="mso-next-textbox:#_x0000_s1144">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="007E3011" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E3011">
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік қызметті берушінің кеңсе қызметкері</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00FD539D" w:rsidRDefault="00902BF7" w:rsidP="00FD539D"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1142" style="position:absolute;margin-left:241.7pt;margin-top:11.75pt;width:104.3pt;height:51.2pt;z-index:251736064;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+f7aapwIAADYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNJvt/rRRs1XVUoRU&#10;oKLwAF7H2Rj8h+3dbDkhcQSJZ+AZEBK0tLxC9o0YO9myUIlDRQ5RZib+Zr6Zb7y3v5QCLZh1XKsc&#10;p1s9jJiiuuBqluOXL44f7GDkPFEFEVqxHJ8zh/cn9+/t1SZjfV1pUTCLAES5rDY5rrw3WZI4WjFJ&#10;3JY2TEGw1FYSD6adJYUlNaBLkfR7vVFSa1sYqylzDrxHbRBPIn5ZMuqflaVjHokcQ20+vm18T8M7&#10;meyRbGaJqTjtyiB3qEISriDpDdQR8QTNLb8FJTm12unSb1EtE12WnLLIAdikvb/YnFXEsMgFmuPM&#10;TZvc/4OlTxenFvEix4MxRopImFHzublYvVu9b740l83X5qq5Wn1ovqPmJzg/NT+a6xi6bi5XHyH4&#10;rblAu6GPtXEZwJ2ZUxs64cyJpq8dUvqwImrGDqzVdcVIAdWn4f/kjwPBcHAUTesnuoAqyNzr2NJl&#10;aWUAhGahZZzc+c3k2NIjCs50NNje3oEBU4j1B+PRMI42Idn6tLHOP2JaovCRY6vnqngO8ogpyOLE&#10;+Ti+ousBKV5hVEoBYlgQgdLRaDSORZOs+xmw15iRrha8OOZCRCPIlx0Ki+AwUKGUKZ/GVGIugV/r&#10;T3vhaTUIflBq6+9cRJiKtJ5hL90ddvnjbgRwaCG0eTOvUKiGZvTHgHrXoob/qCnkW1O7nV1yD7ss&#10;uMzxzgazMPOHqoib5gkX7TdACdWJIMy91Y9fTpdRjduBbNDEVBfnoAqr29WFqwY+Km3fYlTD2ubY&#10;vZkTyzASjxUoazcdDMKeR2MwHPfBsJuR6WaEKApQOabeYtQah769HebG8lkFudqxKX0Aeiy5Xwu3&#10;rasjAMsZ29FdJGH7N+341+/rbvILAAD//wMAUEsDBBQABgAIAAAAIQBVAE9F3QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BSsQwEIbvgu8QRvDmpilSam26rIIgCIKrF2+zzWxTtklqk3br2zue&#10;9DbDfPzz/fV2dYNYaIp98BrUJgNBvg2m952Gj/enmxJETOgNDsGThm+KsG0uL2qsTDj7N1r2qRMc&#10;4mOFGmxKYyVlbC05jJswkufbMUwOE69TJ82EZw53g8yzrJAOe88fLI70aKk97Wen4fjQI+5e7fI8&#10;r19xUS94+oyF1tdX6+4eRKI1/cHwq8/q0LDTIczeRDFouM1VzigPdwoEA0WZcbmDhrJUIJta/m/Q&#10;/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+f7aapwIAADYFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBVAE9F3QAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAAEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+            <v:fill opacity="32896f" color2="#4f81bd" focus="50%" type="gradient"/>
+            <v:stroke joinstyle="miter"/>
+            <v:shadow on="t" type="perspective" color="#243f60" offset="1pt" offset2="-3pt"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1142">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00834C01">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00FC6AEE">
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1097" style="position:absolute;left:0;text-align:left;margin-left:378.85pt;margin-top:6.9pt;width:92.15pt;height:55.6pt;z-index:251684864;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAy9K+CqAIAADcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdLNLkiZRN1XVUoTE&#10;T0XhARzbmzX4Z7GdbMoJiSNIPAPPgJCgpeUVNm/E2LspgUocKvaw2plZfzPfzDfe218piZbcOmF0&#10;jtOdHkZcU8OEnuf45YvjeyOMnCeaEWk0z/EZd3h/evfOXl1NeGZKIxm3CEC0m9RVjkvvq0mSOFpy&#10;RdyOqbiGYGGsIh5MO0+YJTWgK5lkvd4wqY1llTWUOwfeozaIpxG/KDj1z4rCcY9kjqE2H982vmfh&#10;nUz3yGRuSVUK2pVBblGFIkJD0muoI+IJWlhxA0oJao0zhd+hRiWmKATlkQOwSXt/sTktScUjF2iO&#10;q67b5P4fLH26PLFIMJjdKMVIEwVDaj435+t36/fNl+ai+dpcNpfrD8131PwE56fmR3MVQ1fNxfoj&#10;BL8152gcGllXbgJ4p9WJDa1w1WNDXzukzWFJ9JwfWGvqkhMG5afh/+SPA8FwcBTN6ieGQRVk4U3s&#10;6aqwKgBCt9Aqju7senR85REFZzocZ+MUJkwhlvWH90dxtgmZbE5X1vmH3CgUPnJszUKz56CPmIIs&#10;Hzsf58e6HhD2CqNCSVDDkkiUDofD3Vg0mXQ/A/YGM9I1UrBjIWU0gn75obQIDgMVSrn2aUwlFwr4&#10;tf60F55WhOAHqbb+zkVkVZLWM+il40GXPy5HAIcWQpu380qNamhGtguoty1q8I+aQr4NtZvZlfCw&#10;zFKoHI+2mIWZP9AsrponQrbfACV1J4Iw91Y/fjVbRTlmgWzQxMywM1CFNe3uwl0DH6WxbzGqYW9z&#10;7N4siOUYyUcalDVO+/2w6NHoD3YzMOx2ZLYdIZoCVI6ptxi1xqFvr4dFZcW8hFzt2LQ5AD0Wwm+E&#10;29bVEYDtjO3obpKw/tt2/Ov3fTf9BQAA//8DAFBLAwQUAAYACAAAACEAHkOfrd8AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm9201ZjETEoVBEEoWL14m2a32dDsbsxu0vjv&#10;HU96HObjve+Vm9l2YtJDaL1DWC4SENrVXrWuQfh4f77JQIRITlHnnUb41gE21eVFSYXyZ/emp31s&#10;BIe4UBCCibEvpAy10ZbCwvfa8e/oB0uRz6GRaqAzh9tOrpIklZZaxw2Gev1kdH3ajxbh+NgSbXdm&#10;ehnnrzAtX+n0GVLE66t5+wAi6jn+wfCrz+pQsdPBj04F0SHcJ+sVowi3+R0IBvI05y0HhCxbg6xK&#10;+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAy9K+CqAIAADcFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAeQ5+t3wAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAAIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1145" style="position:absolute;margin-left:113.25pt;margin-top:11.75pt;width:123.95pt;height:51.2pt;z-index:251739136;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzymoZpgIAADYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u00AQviPxDqu9U8dpkqZWnapqKUIq&#10;UFF4gM16HS/sH7ubOOWExBEknoFnQEjQ0vIKzhsxu3ZKoBKHCh8sz4z3m/lmvtm9/aUUaMGs41rl&#10;ON3qYcQU1QVXsxy/fHH8YIyR80QVRGjFcnzOHN6f3L+3V5uM9XWlRcEsAhDlstrkuPLeZEniaMUk&#10;cVvaMAXBUltJPJh2lhSW1IAuRdLv9UZJrW1hrKbMOfAetUE8ifhlyah/VpaOeSRyDLX5+LbxPQ3v&#10;ZLJHspklpuK0K4PcoQpJuIKkN1BHxBM0t/wWlOTUaqdLv0W1THRZcsoiB2CT9v5ic1YRwyIXaI4z&#10;N21y/w+WPl2cWsSLHA9GGCkiYUbN5+Zi9W71vvnSXDZfm6vmavWh+Y6an+D81PxormPourlcfYTg&#10;t+YC7YY+1sZlAHdmTm3ohDMnmr52SOnDiqgZO7BW1xUjBVSfhv+TPw4Ew8FRNK2f6AKqIHOvY0uX&#10;pZUBEJqFlnFy5zeTY0uPKDjT0WB7ewwDphDrb4/Gw2FMQbL1aWOdf8S0ROEjx1bPVfEc5BFTkMWJ&#10;83F8RdcDUrzCqJQCxLAgAqWj0WinQ+x+Tki2xox0teDFMRciGkG+7FBYBIeBCqVM+TSmEnMJ/Fp/&#10;2gtPgCUZ+EGprb9zEWEq0nqGvXR3zSjuRgCHFkKbN/MKhWpoRn8HUO9a1PAfNYV8a2q3s0vuYZcF&#10;lzkebzALM3+oisjSEy7ab4ASqhNBmHurH7+cLqMaI9mgiakuzkEVVrerC1cNfFTavsWohrXNsXsz&#10;J5ZhJB4rUNZuOhiEPY/GYLjTB8NuRqabEaIoQOWYeotRaxz69naYG8tnFeRqx6b0Aeix5H4t3Lau&#10;jgAsZ2xHd5GE7d+041+/r7vJLwAAAP//AwBQSwMEFAAGAAgAAAAhAE8TTfXeAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLxDAQhe+C/yGM4M1NKrWutemyCoIgCK5evM02s03ZJqlN2q3/3vGk&#10;x8d8vPdNtVlcL2YaYxe8hmylQJBvgul8q+Hj/elqDSIm9Ab74EnDN0XY1OdnFZYmnPwbzbvUCi7x&#10;sUQNNqWhlDI2lhzGVRjI8+0QRoeJ49hKM+KJy10vr5UqpMPO84LFgR4tNcfd5DQcHjrE7audn6fl&#10;K87ZCx4/Y6H15cWyvQeRaEl/MPzqszrU7LQPkzdR9Jzz7JZRDfldBoKBXKkbEHsN6yIHWVfy/wf1&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzymoZpgIAADYFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBPE0313gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAAAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32896f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" type="perspective" color="#243f60" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1097">
+            <v:textbox style="mso-next-textbox:#_x0000_s1145">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="007E3011" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E3011">
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Мемлекеттік </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Сотрудник канцелярии услугодателя</w:t>
+                    <w:t>корпорация</w:t>
                   </w:r>
                 </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00FD539D" w:rsidRDefault="00902BF7" w:rsidP="00FD539D"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00FC6AEE">
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1098" style="position:absolute;left:0;text-align:left;margin-left:142.95pt;margin-top:9.1pt;width:123.95pt;height:44.75pt;z-index:251685888;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzymoZpgIAADYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u00AQviPxDqu9U8dpkqZWnapqKUIq&#10;UFF4gM16HS/sH7ubOOWExBEknoFnQEjQ0vIKzhsxu3ZKoBKHCh8sz4z3m/lmvtm9/aUUaMGs41rl&#10;ON3qYcQU1QVXsxy/fHH8YIyR80QVRGjFcnzOHN6f3L+3V5uM9XWlRcEsAhDlstrkuPLeZEniaMUk&#10;cVvaMAXBUltJPJh2lhSW1IAuRdLv9UZJrW1hrKbMOfAetUE8ifhlyah/VpaOeSRyDLX5+LbxPQ3v&#10;ZLJHspklpuK0K4PcoQpJuIKkN1BHxBM0t/wWlOTUaqdLv0W1THRZcsoiB2CT9v5ic1YRwyIXaI4z&#10;N21y/w+WPl2cWsSLHA9GGCkiYUbN5+Zi9W71vvnSXDZfm6vmavWh+Y6an+D81PxormPourlcfYTg&#10;t+YC7YY+1sZlAHdmTm3ohDMnmr52SOnDiqgZO7BW1xUjBVSfhv+TPw4Ew8FRNK2f6AKqIHOvY0uX&#10;pZUBEJqFlnFy5zeTY0uPKDjT0WB7ewwDphDrb4/Gw2FMQbL1aWOdf8S0ROEjx1bPVfEc5BFTkMWJ&#10;83F8RdcDUrzCqJQCxLAgAqWj0WinQ+x+Tki2xox0teDFMRciGkG+7FBYBIeBCqVM+TSmEnMJ/Fp/&#10;2gtPgCUZ+EGprb9zEWEq0nqGvXR3zSjuRgCHFkKbN/MKhWpoRn8HUO9a1PAfNYV8a2q3s0vuYZcF&#10;lzkebzALM3+oisjSEy7ab4ASqhNBmHurH7+cLqMaI9mgiakuzkEVVrerC1cNfFTavsWohrXNsXsz&#10;J5ZhJB4rUNZuOhiEPY/GYLjTB8NuRqabEaIoQOWYeotRaxz69naYG8tnFeRqx6b0Aeix5H4t3Lau&#10;jgAsZ2xHd5GE7d+041+/r7vJLwAAAP//AwBQSwMEFAAGAAgAAAAhAE8TTfXeAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLxDAQhe+C/yGM4M1NKrWutemyCoIgCK5evM02s03ZJqlN2q3/3vGk&#10;x8d8vPdNtVlcL2YaYxe8hmylQJBvgul8q+Hj/elqDSIm9Ab74EnDN0XY1OdnFZYmnPwbzbvUCi7x&#10;sUQNNqWhlDI2lhzGVRjI8+0QRoeJ49hKM+KJy10vr5UqpMPO84LFgR4tNcfd5DQcHjrE7audn6fl&#10;K87ZCx4/Y6H15cWyvQeRaEl/MPzqszrU7LQPkzdR9Jzz7JZRDfldBoKBXKkbEHsN6yIHWVfy/wf1&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzymoZpgIAADYFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBPE0313gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAAAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1141" style="position:absolute;margin-left:-1.65pt;margin-top:11.75pt;width:109.65pt;height:51.55pt;z-index:251735040;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3xe2wowIAADYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuEzEQvSPxD5bvdLMhSdNVN1XVUoRU&#10;oKLwAY7tzRq8trGdbNoTEkeQ+Aa+ASFBS8svbP6IsXdTApU4VOzB8sys38wbv/Hu3rKSaMGtE1rl&#10;ON3qYcQV1UyoWY5fvTx6MMbIeaIYkVrxHJ9xh/cm9+/t1ibjfV1qybhFAKJcVpscl96bLEkcLXlF&#10;3JY2XEGw0LYiHkw7S5glNaBXMun3eqOk1pYZqyl3DryHbRBPIn5RcOqfF4XjHskcQ20+rjau07Am&#10;k12SzSwxpaBdGeQOVVREKEh6A3VIPEFzK25BVYJa7XTht6iuEl0UgvLIAdikvb/YnJbE8MgFmuPM&#10;TZvc/4OlzxYnFgmW48EQI0UquKPmc3Oxerd633xpLpuvzVVztfrQfEfNT3B+an401zF03VyuPkLw&#10;W3OBdkIfa+MygDs1JzZ0wpljTd84pPRBSdSM71ur65ITBtWn4f/kjwPBcHAUTeunmkEVZO51bOmy&#10;sFUAhGahZby5s5ub40uPKDjTfv/hKDCgEIPteDiMKUi2Pm2s84+5rlDY5NjquWIvQB4xBVkcOx+v&#10;j3U9IOw1RkUlQQwLIlE6Go22O8Tu54Rka8xIV0vBjoSU0Qjy5QfSIjgMVCjlyqcxlZxXwK/1p73w&#10;BViSgR+U2vo7F5GmJK1n2Et31ozibARwaCG0eTOvVKgOzdgG1LsWNfxHTSHfmtrt7JXwMMtSVDke&#10;bzALd/5IscjSEyHbPUBJ1Ykg3HurH7+cLqMao0KCJqaanYEqrG5HF54a2JTanmNUw9jm2L2dE8sx&#10;kk8UKGsnHQzCnEdjMNzug2E3I9PNCFEUoHJMvcWoNQ58+zrMjRWzEnK116b0PuixEH4t3LaujgAM&#10;Z2xH95CE6d+041+/n7vJLwAAAP//AwBQSwMEFAAGAAgAAAAhAHZx32jeAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7SYghTbMpVRAEQbB68TbNTpPQ7GzMbtL4792e9Di8&#10;j/e+KXeL6cVMo+ssK4jXEQji2uqOGwWfH8+rHITzyBp7y6TghxzsqtubEgttL/xO88E3IpSwK1BB&#10;6/1QSOnqlgy6tR2IQ3ayo0EfzrGResRLKDe9TKIokwY7DgstDvTUUn0+TEbB6bFD3L+188u0fLs5&#10;fsXzl8uUur9b9lsQnhb/B8NVP6hDFZyOdmLtRK9glaUPAVWQbmIQVyDJExBHBXmWgqxK+f+D6hcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD3xe2wowIAADYFAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB2cd9o3gAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AP0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACAYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32896f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" type="perspective" color="#243f60" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1098">
+            <v:textbox style="mso-next-textbox:#_x0000_s1141">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="007E3011" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007E3011">
+                  <w:r w:rsidRPr="00834C01">
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Государственная корпорация</w:t>
+                    <w:t>Көрсетілетін қызметті алушы</w:t>
                   </w:r>
                 </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00FD539D" w:rsidRDefault="00902BF7" w:rsidP="00FD539D"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00FC6AEE">
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1094" style="position:absolute;left:0;text-align:left;margin-left:26.2pt;margin-top:9.45pt;width:114.35pt;height:46.6pt;z-index:251681792;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3xe2wowIAADYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuEzEQvSPxD5bvdLMhSdNVN1XVUoRU&#10;oKLwAY7tzRq8trGdbNoTEkeQ+Aa+ASFBS8svbP6IsXdTApU4VOzB8sys38wbv/Hu3rKSaMGtE1rl&#10;ON3qYcQV1UyoWY5fvTx6MMbIeaIYkVrxHJ9xh/cm9+/t1ibjfV1qybhFAKJcVpscl96bLEkcLXlF&#10;3JY2XEGw0LYiHkw7S5glNaBXMun3eqOk1pYZqyl3DryHbRBPIn5RcOqfF4XjHskcQ20+rjau07Am&#10;k12SzSwxpaBdGeQOVVREKEh6A3VIPEFzK25BVYJa7XTht6iuEl0UgvLIAdikvb/YnJbE8MgFmuPM&#10;TZvc/4OlzxYnFgmW48EQI0UquKPmc3Oxerd633xpLpuvzVVztfrQfEfNT3B+an401zF03VyuPkLw&#10;W3OBdkIfa+MygDs1JzZ0wpljTd84pPRBSdSM71ur65ITBtWn4f/kjwPBcHAUTeunmkEVZO51bOmy&#10;sFUAhGahZby5s5ub40uPKDjTfv/hKDCgEIPteDiMKUi2Pm2s84+5rlDY5NjquWIvQB4xBVkcOx+v&#10;j3U9IOw1RkUlQQwLIlE6Go22O8Tu54Rka8xIV0vBjoSU0Qjy5QfSIjgMVCjlyqcxlZxXwK/1p73w&#10;BViSgR+U2vo7F5GmJK1n2Et31ozibARwaCG0eTOvVKgOzdgG1LsWNfxHTSHfmtrt7JXwMMtSVDke&#10;bzALd/5IscjSEyHbPUBJ1Ykg3HurH7+cLqMao0KCJqaanYEqrG5HF54a2JTanmNUw9jm2L2dE8sx&#10;kk8UKGsnHQzCnEdjMNzug2E3I9PNCFEUoHJMvcWoNQ58+zrMjRWzEnK116b0PuixEH4t3LaujgAM&#10;Z2xH95CE6d+041+/n7vJLwAAAP//AwBQSwMEFAAGAAgAAAAhAHZx32jeAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7SYghTbMpVRAEQbB68TbNTpPQ7GzMbtL4792e9Di8&#10;j/e+KXeL6cVMo+ssK4jXEQji2uqOGwWfH8+rHITzyBp7y6TghxzsqtubEgttL/xO88E3IpSwK1BB&#10;6/1QSOnqlgy6tR2IQ3ayo0EfzrGResRLKDe9TKIokwY7DgstDvTUUn0+TEbB6bFD3L+188u0fLs5&#10;fsXzl8uUur9b9lsQnhb/B8NVP6hDFZyOdmLtRK9glaUPAVWQbmIQVyDJExBHBXmWgqxK+f+D6hcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD3xe2wowIAADYFAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB2cd9o3gAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AP0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACAYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
-[...55 lines deleted...]
-          <v:roundrect id="_x0000_s1027" style="position:absolute;margin-left:11.9pt;margin-top:23.85pt;width:111.85pt;height:496.2pt;flip:x;z-index:251670528;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsqMT+qAIAADQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfsyQl7bpo6TRtDCHx&#10;MzF4ANd2GoNjB9ttOq6QuASJZ+AZEBJsbLxC+kYcO2kpTAIJkYvI58ff+fuO9w+WlUQLbqzQKsfJ&#10;TowRV1QzoWY5fv7s5M4YI+uIYkRqxXN8zi0+mNy+td/UGR/oUkvGDQIQZbOmznHpXJ1FkaUlr4jd&#10;0TVXYCy0qYgD0cwiZkgD6JWMBnE8ihptWG005daC9rgz4knALwpO3ZOisNwhmWPIzYW/Cf+p/0eT&#10;fZLNDKlLQfs0yD9kURGhIOgG6pg4guZG3ICqBDXa6sLtUF1FuigE5aEGqCaJf6vmrCQ1D7VAc2y9&#10;aZP9f7D08eLUIMFynCYYKVLBjNqP7cXqzept+6m9bD+3V+3V6l37FbXfQfmh/dZeB9N1e7l6D8Yv&#10;7QVKdn0jm9pmgHdWnxrfCls/1PSlRUoflUTN+KExuik5YZB+4v2jXy54wcJVNG0eaQZpkLnToafL&#10;wlQeELqFlmF055vR8aVDFJRJPE6HY5gwBVu6d3cQp8MQg2Tr67Wx7j7XFfKHHBs9V+wpECTEIIuH&#10;1oUBsr4LhL3AqKgk0GFBJEpGo1GoMiJZ7wynNWaoV0vBToSUQfAE5kfSILic4+ksCWHkvILiOl0S&#10;+69jIOiBp52+VxFZl6TTANE7R4gYNsMDQ/9A2o4pFWqgE4NdcP5bQoRSrtzNpIbrUCS7kdOfo1fC&#10;wSZLUeV47EH6MvzA7ykW9swRIbszQEnVM8APvSOPW06XgYsbOk01OwdKGN0tLjw0cCi1eY1RA0ub&#10;Y/tqTgzHSD5QQKu9JE39lgchHe4OQDDblum2hSgKUDmmzmDUCUeuexvmtRGzEmJ1HVL6EMhYCLdm&#10;bZdXXwCsZhhG/4z43d+Wg9fPx27yAwAA//8DAFBLAwQUAAYACAAAACEANywFvuEAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FrHKamiNJMKkJBggSgtXbBzYjeO8COy3Tb8&#10;Pe6qLEdzdO+59XoympykD4OzCGyeAZG2c2KwPcLX7mVWAgmRW8G1sxLhVwZYN7c3Na+EO9tPedrG&#10;nqQQGyqOoGIcK0pDp6ThYe5GadPv4LzhMZ2+p8Lzcwo3muZZtqSGDzY1KD7KZyW7n+3RIGzUbvP6&#10;xH2WL/ffH3m7Z+/6TSPe302PKyBRTvEKw0U/qUOTnFp3tCIQjTAryiKhCIuHNOECsHwBpEUoGSuA&#10;NjX9P6H5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKyoxP6oAgAANAUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADcsBb7hAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAAgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" strokecolor="#243f60" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1139" style="position:absolute;margin-left:353pt;margin-top:17.3pt;width:114.8pt;height:459.15pt;z-index:251732992;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRN3jYqAIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtu1DAU/UdiD5b/aSbDvBo1U1UtRUg8&#10;KgoL8NjOxODYxvZMpnwh8QkSa2ANCAlaWraQ2RHXTqYMVAIJkY/I9+FzX+d6b39VSbTk1gmtcpzu&#10;9DDiimom1DzHz58d35lg5DxRjEiteI7PuMP709u39mqT8b4utWTcIgBRLqtNjkvvTZYkjpa8Im5H&#10;G67AWGhbEQ+inSfMkhrQK5n0e71RUmvLjNWUOwfao9aIpxG/KDj1T4rCcY9kjiE3H/82/mfhn0z3&#10;SDa3xJSCdmmQf8iiIkJB0GuoI+IJWlhxA6oS1GqnC79DdZXoohCUxxqgmrT3WzWnJTE81gLNcea6&#10;Te7/wdLHyxOLBMvxANqjSAUzaj425+s367fNp+ai+dxcNpfrd81X1HwH5YfmW3MVTVfNxfo9GL80&#10;5ygdh0bWxmWAd2pObGiFMw81femQ0oclUXN+YK2uS04YpJ8G/+SXC0FwcBXN6keaQRpk4XXs6aqw&#10;VQCEbqFVHN3Z9ej4yiMKynQ83B1OhhhRsA12B/0J1BNikGxz3Vjn73NdoXDIsdULxZ4CQWIMsnzo&#10;fBwg67pA2AuMikoCHZZEonQ0GsUqAbFzhtMGM9arpWDHQsooBALzQ2kRXM7xbJ7GMHJRQXGtLu2F&#10;r2Ug6IGnrb5TEWlK0mqA6K0jRIybEYBjbW47plSohk70x+D8t4QIpVz5m0kNN6FIdiOnP0evhIdN&#10;lqLK8SSAdGWEgd9TLO6ZJ0K2Z4CSqmNAGHpLHr+arSIX07sbPs00OwNOWN1uLrw0cCi1fY1RDVub&#10;Y/dqQSzHSD5QwKvddBB47KMwGI77INhty2zbQhQFqBxTbzFqhUPfPg4LY8W8hFhti5Q+ADYWwm9o&#10;2+bVVQC7GafRvSNh+bfl6PXztZv+AAAA//8DAFBLAwQUAAYACAAAACEA9WB+GOIAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjthLYhxKkACQkWFaWPBTsnHpIIPyLbbcPf&#10;Y1awHN2je89Uq8lockIfBmcF8BkDgrZ1arCdgP3u+aYAEqK0SmpnUcA3BljVlxeVLJU723c8bWNH&#10;UokNpRTQxziWlIa2RyPDzI1oU/bpvJExnb6jystzKjeaZowtqJGDTQu9HPGpx/ZrezQCNv1u8/Io&#10;PcsWh4+3rDnwtX7VQlxfTQ/3QCJO8Q+GX/2kDnVyatzRqkC0gCXLbxMqIM85kATcFWwOpBFQcD4H&#10;Wlf0/wv1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRN3jYqAIAADUFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD1YH4Y4gAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAAIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
             <v:fill opacity="13107f"/>
             <v:stroke joinstyle="miter"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1027">
+            <v:textbox style="mso-next-textbox:#_x0000_s1139">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00E47B67" w:rsidRDefault="00B77151" w:rsidP="00070E12">
-[...17 lines deleted...]
-                <w:p w:rsidR="00B77151" w:rsidRPr="0010226B" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00FC6AEE">
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1101" style="position:absolute;margin-left:23pt;margin-top:30.3pt;width:76.15pt;height:54.6pt;z-index:251688960" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1132" style="position:absolute;margin-left:262.95pt;margin-top:23.5pt;width:90.05pt;height:452.95pt;z-index:251725824;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASvynarAIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbf6WbTJE1X3VRVSxFS&#10;gYrCARzbmzV4bWM72ZQnJB5B4gycASFBS8sVNjdi7N2UQCWQEPuw8sx4vvn7xnv7y0qiBbdOaJXj&#10;dKuHEVdUM6FmOX7+7PjeGCPniWJEasVzfM4d3p/cvbNXm4z3dakl4xYBiHJZbXJcem+yJHG05BVx&#10;W9pwBcZC24p4EO0sYZbUgF7JpN/rjZJaW2asptw50B61RjyJ+EXBqX9SFI57JHMMufn4t/E/Df9k&#10;skeymSWmFLRLg/xDFhURCoLeQB0RT9DciltQlaBWO134LaqrRBeFoDzWANWkvd+qOSuJ4bEWaI4z&#10;N21y/w+WPl6cWiRYjreHGClSwYyaj83F6s3qbfOpuWw+N1fN1epd8xU130H5ofnWXEfTdXO5eg/G&#10;L80FSndCI2vjMsA7M6c2tMKZE01fOqT0YUnUjB9Yq+uSEwbpp+F+8otDEBy4omn9SDNIg8y9jj1d&#10;FrYKgNAttIyjO78ZHV96REGZjnZHvTGUQME22N3u9wbDGINka3djnX/AdYXCIcdWzxV7CgSJMcji&#10;xPk4QNZ1gbAXGBWVBDosiETpaDSKVSYk6y7DaY0Z69VSsGMhZRQCgfmhtAicczydpTGMnFdQXKtL&#10;e+FrGQh64Gmr71REmpK0GiB6exEixs0IwNA/kDZjSoVq6ER/By7/LSFCKVf+dlLDdSiS3crpz9Er&#10;4WGTpahyPA4gXRlh4PcVi3vmiZDtGaCk6hgQht6Sxy+ny8jFNDoHRkw1OwdOWN1uLrw0cCi1fY1R&#10;DVubY/dqTizHSD5UwKvddDAIax6FwXCnD4LdtEw3LURRgMox9RajVjj07eMwN1bMSojVtkjpA2Bj&#10;Ifyatm1eXQWwm3Ea3TsSln9Tjrd+vnaTHwAAAP//AwBQSwMEFAAGAAgAAAAhAKsmBqXhAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo4xRMFOJUgIQEC9TS0gU7Jx7iCD8i&#10;223D32NWsBzdo3vPNKvZGnLEEEfvBLBFAQRd79XoBgHvu6erCkhM0ilpvEMB3xhh1Z6fNbJW/uTe&#10;8LhNA8klLtZSgE5pqimNvUYr48JP6HL26YOVKZ9hoCrIUy63hpZFwamVo8sLWk74qLH/2h6sgI3e&#10;bZ4fZChKvv9Yl92evZoXI8TlxXx/ByThnP5g+NXP6tBmp84fnIrECLhmnGdUwPKGAckAr5a3QDoB&#10;FWMV0Lah/19ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASvynarAIAADUFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCrJgal4QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAAYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
+            <v:fill opacity="13107f"/>
+            <v:stroke joinstyle="miter"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1132">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1147" style="position:absolute;margin-left:8.7pt;margin-top:23.5pt;width:90.45pt;height:55.45pt;z-index:251741184" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#243f60" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1101">
+            <v:textbox style="mso-next-textbox:#_x0000_s1147">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00581E90" w:rsidRDefault="00B77151" w:rsidP="00FB6A7B">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00581E90">
+                  <w:r w:rsidRPr="00834C01">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Заявление</w:t>
+                    <w:t>Өтініш</w:t>
                   </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00013808" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00013808" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Өтініш</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00FD539D" w:rsidRDefault="00902BF7" w:rsidP="00FD539D"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1192" type="#_x0000_t32" style="position:absolute;margin-left:99.15pt;margin-top:30.35pt;width:336.3pt;height:0;z-index:251787264" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1130" style="position:absolute;margin-left:113.25pt;margin-top:23.5pt;width:149.7pt;height:452.95pt;z-index:251723776;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsqMT+qAIAADQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfsyQl7bpo6TRtDCHx&#10;MzF4ANd2GoNjB9ttOq6QuASJZ+AZEBJsbLxC+kYcO2kpTAIJkYvI58ff+fuO9w+WlUQLbqzQKsfJ&#10;TowRV1QzoWY5fv7s5M4YI+uIYkRqxXN8zi0+mNy+td/UGR/oUkvGDQIQZbOmznHpXJ1FkaUlr4jd&#10;0TVXYCy0qYgD0cwiZkgD6JWMBnE8ihptWG005daC9rgz4knALwpO3ZOisNwhmWPIzYW/Cf+p/0eT&#10;fZLNDKlLQfs0yD9kURGhIOgG6pg4guZG3ICqBDXa6sLtUF1FuigE5aEGqCaJf6vmrCQ1D7VAc2y9&#10;aZP9f7D08eLUIMFynCYYKVLBjNqP7cXqzept+6m9bD+3V+3V6l37FbXfQfmh/dZeB9N1e7l6D8Yv&#10;7QVKdn0jm9pmgHdWnxrfCls/1PSlRUoflUTN+KExuik5YZB+4v2jXy54wcJVNG0eaQZpkLnToafL&#10;wlQeELqFlmF055vR8aVDFJRJPE6HY5gwBVu6d3cQp8MQg2Tr67Wx7j7XFfKHHBs9V+wpECTEIIuH&#10;1oUBsr4LhL3AqKgk0GFBJEpGo1GoMiJZ7wynNWaoV0vBToSUQfAE5kfSILic4+ksCWHkvILiOl0S&#10;+69jIOiBp52+VxFZl6TTANE7R4gYNsMDQ/9A2o4pFWqgE4NdcP5bQoRSrtzNpIbrUCS7kdOfo1fC&#10;wSZLUeV47EH6MvzA7ykW9swRIbszQEnVM8APvSOPW06XgYsbOk01OwdKGN0tLjw0cCi1eY1RA0ub&#10;Y/tqTgzHSD5QQKu9JE39lgchHe4OQDDblum2hSgKUDmmzmDUCUeuexvmtRGzEmJ1HVL6EMhYCLdm&#10;bZdXXwCsZhhG/4z43d+Wg9fPx27yAwAA//8DAFBLAwQUAAYACAAAACEANywFvuEAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FrHKamiNJMKkJBggSgtXbBzYjeO8COy3Tb8&#10;Pe6qLEdzdO+59XoympykD4OzCGyeAZG2c2KwPcLX7mVWAgmRW8G1sxLhVwZYN7c3Na+EO9tPedrG&#10;nqQQGyqOoGIcK0pDp6ThYe5GadPv4LzhMZ2+p8Lzcwo3muZZtqSGDzY1KD7KZyW7n+3RIGzUbvP6&#10;xH2WL/ffH3m7Z+/6TSPe302PKyBRTvEKw0U/qUOTnFp3tCIQjTAryiKhCIuHNOECsHwBpEUoGSuA&#10;NjX9P6H5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKyoxP6oAgAANAUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADcsBb7hAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAAgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" strokecolor="#243f60" strokeweight="1pt">
+            <v:fill opacity="13107f"/>
+            <v:stroke joinstyle="miter"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1130">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00CA1B05" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00CA1B05" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00CA1B05" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00CA1B05" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00070E12" w:rsidRPr="00CA1B05">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1131" style="position:absolute;margin-left:2.65pt;margin-top:23.5pt;width:106.35pt;height:452.95pt;flip:x;z-index:251724800;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsqMT+qAIAADQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfsyQl7bpo6TRtDCHx&#10;MzF4ANd2GoNjB9ttOq6QuASJZ+AZEBJsbLxC+kYcO2kpTAIJkYvI58ff+fuO9w+WlUQLbqzQKsfJ&#10;TowRV1QzoWY5fv7s5M4YI+uIYkRqxXN8zi0+mNy+td/UGR/oUkvGDQIQZbOmznHpXJ1FkaUlr4jd&#10;0TVXYCy0qYgD0cwiZkgD6JWMBnE8ihptWG005daC9rgz4knALwpO3ZOisNwhmWPIzYW/Cf+p/0eT&#10;fZLNDKlLQfs0yD9kURGhIOgG6pg4guZG3ICqBDXa6sLtUF1FuigE5aEGqCaJf6vmrCQ1D7VAc2y9&#10;aZP9f7D08eLUIMFynCYYKVLBjNqP7cXqzept+6m9bD+3V+3V6l37FbXfQfmh/dZeB9N1e7l6D8Yv&#10;7QVKdn0jm9pmgHdWnxrfCls/1PSlRUoflUTN+KExuik5YZB+4v2jXy54wcJVNG0eaQZpkLnToafL&#10;wlQeELqFlmF055vR8aVDFJRJPE6HY5gwBVu6d3cQp8MQg2Tr67Wx7j7XFfKHHBs9V+wpECTEIIuH&#10;1oUBsr4LhL3AqKgk0GFBJEpGo1GoMiJZ7wynNWaoV0vBToSUQfAE5kfSILic4+ksCWHkvILiOl0S&#10;+69jIOiBp52+VxFZl6TTANE7R4gYNsMDQ/9A2o4pFWqgE4NdcP5bQoRSrtzNpIbrUCS7kdOfo1fC&#10;wSZLUeV47EH6MvzA7ykW9swRIbszQEnVM8APvSOPW06XgYsbOk01OwdKGN0tLjw0cCi1eY1RA0ub&#10;Y/tqTgzHSD5QQKu9JE39lgchHe4OQDDblum2hSgKUDmmzmDUCUeuexvmtRGzEmJ1HVL6EMhYCLdm&#10;bZdXXwCsZhhG/4z43d+Wg9fPx27yAwAA//8DAFBLAwQUAAYACAAAACEANywFvuEAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FrHKamiNJMKkJBggSgtXbBzYjeO8COy3Tb8&#10;Pe6qLEdzdO+59XoympykD4OzCGyeAZG2c2KwPcLX7mVWAgmRW8G1sxLhVwZYN7c3Na+EO9tPedrG&#10;nqQQGyqOoGIcK0pDp6ThYe5GadPv4LzhMZ2+p8Lzcwo3muZZtqSGDzY1KD7KZyW7n+3RIGzUbvP6&#10;xH2WL/ffH3m7Z+/6TSPe302PKyBRTvEKw0U/qUOTnFp3tCIQjTAryiKhCIuHNOECsHwBpEUoGSuA&#10;NjX9P6H5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKyoxP6oAgAANAUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADcsBb7hAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAAgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" strokecolor="#243f60" strokeweight="1pt">
+            <v:fill opacity="13107f"/>
+            <v:stroke joinstyle="miter"/>
+            <v:textbox style="mso-next-textbox:#_x0000_s1131">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00E47B67" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00DD29C9" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0010226B" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1191" type="#_x0000_t32" style="position:absolute;margin-left:435.45pt;margin-top:30.3pt;width:.05pt;height:25pt;z-index:251786240" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00FD539D" w:rsidRPr="00CD72E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00070E12" w:rsidRPr="00CA1B05">
+      <w:r w:rsidR="00FD539D" w:rsidRPr="00CD72E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00CA1B05" w:rsidRDefault="00FC6AEE" w:rsidP="00187A36">
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9989"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC6AEE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1099" style="position:absolute;margin-left:367.7pt;margin-top:25.05pt;width:121.1pt;height:376pt;z-index:251686912;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDB1VQsngIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N001u06WrVtAhp&#10;gRULH+DaTmPh2MZ2my4r/p2x05QtvCAEL4nHMz6eM3M8N7fHVqIDt05oVeLsKsWIK6qZULsSf/60&#10;Gc0xcp4oRqRWvMRP3OHb5etXN50p+Fg3WjJuEYAoV3SmxI33pkgSRxveEnelDVfgrLVtiQfT7hJm&#10;SQforUzGaTpNOm2ZsZpy52C36p14GfHrmlP/oa4d90iWGHLz8Wvjdxu+yfKGFDtLTCPoKQ3yF1m0&#10;RCi49AxVEU/Q3orfoFpBrXa69ldUt4mua0F55ABssvQXNo8NMTxygeI4cy6T+3ew9P3hwSLBSnyd&#10;Y6RICz36CFUjaic5WsxCgTrjCoh7NA82UHTmXtMvDim9aiCM31mru4YTBmllIT65OBAMB0fRtnun&#10;GcCTvdexVsfatgEQqoCOsSVP55bwo0cUNrPpeDqfQeco+LJsMh/nsWkJKYbjxjr/husWhUWJLWQf&#10;4cnh3vmQDimGkHCb0hshZey7VKgD1EU6SeMJp6VgwRtpBgnylbToQEA8hFKu/CTGyX0LVPr92SRN&#10;TzKCbRBbvz0kGYUcUGIeFxe0woP0pWhLPAeMASVUcq1YTNATIfs1kJAqpAWFAVqnVS+x50W6WM/X&#10;83yUj6frUZ5W1ehus8pH0002m1TX1WpVZd9D5lleNIIxrgLJQe5Z/mdyOj28XqhnwV9QOrP9PzVL&#10;LgnEkkI9hn+sSxRf0FuvW3/cHqO8s3yQ8lazJ5Cj1f0wgOEFi0bbbxh1MAhK7L7uieUYybcKJL3I&#10;cpAc8tHIJ7MxGPalZ/vSQxQFqBJ7jPrlyvfTZm+s2DVwUxYlpPQdPINaRIGGJ9JnBVSCAY89kjoN&#10;pjBNXtox6uf4XP4AAAD//wMAUEsDBBQABgAIAAAAIQCIzfsX4QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLO1gW1eaTmgICYnDtDHENW1MWmicqsm2wtPPnOBm6//0+3Ox&#10;Gl0njjiE1pOCdJKAQKq9ackq2L8+3WQgQtRkdOcJFXxjgFV5eVHo3PgTbfG4i1ZwCYVcK2hi7HMp&#10;Q92g02HieyTOPvzgdOR1sNIM+sTlrpPTJJlLp1viC43ucd1g/bU7OAX91r5M3/djlb09f9qNaR83&#10;s/WPUtdX48M9iIhj/IPhV5/VoWSnyh/IBNEpWKS3S0YV3KUgOF8uEh4qBrP5DGRZyP8flGcAAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwdVULJ4CAACGBQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiM37F+EAAAAJAQAADwAAAAAAAAAAAAAAAAD4&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
-            <v:textbox style="mso-next-textbox:#_x0000_s1099">
+          <v:shape id="_x0000_s1190" type="#_x0000_t32" style="position:absolute;margin-left:99.15pt;margin-top:4.4pt;width:207.95pt;height:0;z-index:251785216" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1146" style="position:absolute;margin-left:357.45pt;margin-top:25.55pt;width:110.35pt;height:365.05pt;z-index:251740160;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDB1VQsngIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N001u06WrVtAhp&#10;gRULH+DaTmPh2MZ2my4r/p2x05QtvCAEL4nHMz6eM3M8N7fHVqIDt05oVeLsKsWIK6qZULsSf/60&#10;Gc0xcp4oRqRWvMRP3OHb5etXN50p+Fg3WjJuEYAoV3SmxI33pkgSRxveEnelDVfgrLVtiQfT7hJm&#10;SQforUzGaTpNOm2ZsZpy52C36p14GfHrmlP/oa4d90iWGHLz8Wvjdxu+yfKGFDtLTCPoKQ3yF1m0&#10;RCi49AxVEU/Q3orfoFpBrXa69ldUt4mua0F55ABssvQXNo8NMTxygeI4cy6T+3ew9P3hwSLBSnyd&#10;Y6RICz36CFUjaic5WsxCgTrjCoh7NA82UHTmXtMvDim9aiCM31mru4YTBmllIT65OBAMB0fRtnun&#10;GcCTvdexVsfatgEQqoCOsSVP55bwo0cUNrPpeDqfQeco+LJsMh/nsWkJKYbjxjr/husWhUWJLWQf&#10;4cnh3vmQDimGkHCb0hshZey7VKgD1EU6SeMJp6VgwRtpBgnylbToQEA8hFKu/CTGyX0LVPr92SRN&#10;TzKCbRBbvz0kGYUcUGIeFxe0woP0pWhLPAeMASVUcq1YTNATIfs1kJAqpAWFAVqnVS+x50W6WM/X&#10;83yUj6frUZ5W1ehus8pH0002m1TX1WpVZd9D5lleNIIxrgLJQe5Z/mdyOj28XqhnwV9QOrP9PzVL&#10;LgnEkkI9hn+sSxRf0FuvW3/cHqO8s3yQ8lazJ5Cj1f0wgOEFi0bbbxh1MAhK7L7uieUYybcKJL3I&#10;cpAc8tHIJ7MxGPalZ/vSQxQFqBJ7jPrlyvfTZm+s2DVwUxYlpPQdPINaRIGGJ9JnBVSCAY89kjoN&#10;pjBNXtox6uf4XP4AAAD//wMAUEsDBBQABgAIAAAAIQCIzfsX4QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLO1gW1eaTmgICYnDtDHENW1MWmicqsm2wtPPnOBm6//0+3Ox&#10;Gl0njjiE1pOCdJKAQKq9ackq2L8+3WQgQtRkdOcJFXxjgFV5eVHo3PgTbfG4i1ZwCYVcK2hi7HMp&#10;Q92g02HieyTOPvzgdOR1sNIM+sTlrpPTJJlLp1viC43ucd1g/bU7OAX91r5M3/djlb09f9qNaR83&#10;s/WPUtdX48M9iIhj/IPhV5/VoWSnyh/IBNEpWKS3S0YV3KUgOF8uEh4qBrP5DGRZyP8flGcAAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwdVULJ4CAACGBQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiM37F+EAAAAJAQAADwAAAAAAAAAAAAAAAAD4&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#_x0000_s1146">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRDefault="008631A0" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00F5330E">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Көрсетілетін қызметті алушыдан алынған </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>құжаттарды</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> қабылдау және тіркеу </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">және </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>көрсетілетін қызметті алушыға м</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>емлекеттік қызмет</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ті көрсету нәтижесін беру</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> немесе Стандарттың </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">    </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>10-тармағы</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">нда </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35" w:rsidRPr="00671A35">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>белгіленген негіздер бойынша мемлекеттік қызметті</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35" w:rsidRPr="00671A35">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">көрсетуден </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">бас </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35" w:rsidRPr="00671A35">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>тарту</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00671A35" w:rsidRPr="00671A35">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00671A35">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">- </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00671A35">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>30 (отыз)</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                       <w:sz w:val="21"/>
                       <w:szCs w:val="21"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...6 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00A32BB7" w:rsidRDefault="00A32BB7" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00F511BC" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="24"/>
-                      <w:szCs w:val="24"/>
+                      <w:sz w:val="21"/>
+                      <w:szCs w:val="21"/>
                     </w:rPr>
-                  </w:pPr>
-[...33 lines deleted...]
-                    <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00FC6AEE">
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1096" style="position:absolute;margin-left:279.65pt;margin-top:25.05pt;width:88.05pt;height:376pt;z-index:251683840;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7yYV1nwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5O0adNGm66qpkVI&#10;C6xY+ADXcRoLX4LtNl1W/DtjpylbeEEIXhKPZ3w8Z+Z4bu9OUqAjM5ZrVeDkJsaIKaorrvYF/vxp&#10;O5pjZB1RFRFasQI/MYvvlq9f3XZtzsa60aJiBgGIsnnXFrhxrs2jyNKGSWJvdMsUOGttJHFgmn1U&#10;GdIBuhTROI5nUadN1RpNmbWwW/ZOvAz4dc2o+1DXljkkCgy5ufA14bvz32h5S/K9IW3D6TkN8hdZ&#10;SMIVXHqBKokj6GD4b1CSU6Otrt0N1TLSdc0pCxyATRL/wuaxIS0LXKA4tr2Uyf47WPr++GAQr6B3&#10;cYaRIhKa9BHKRtReMJQkM1+irrU5RD62D8aTtO29pl8sUnrdQBxbGaO7hpEKEkt8fHR1wBsWjqJd&#10;905XgE8OTodqnWojPSDUAZ1CU54uTWEnhyhsJtPJLIuhdxR8syyZT0LXIpIPp1tj3RumJfKLAhvI&#10;PqCT4711PhuSDyH+MqW3XIjQeKFQBzcs4mkcTlgteOW9gaXXIFsLg44E1EMoZcpNQ5w4SGDS72fT&#10;GLLr4Q4S1NZvD0kGJXuUkMfVBZI70L7gssBzwBhQfCE3qgqIjnDRr4GEUD4tqAvQOq96jT0v4sVm&#10;vpmno3Q824zSuCxHq+06Hc22STYtJ+V6XSbffeZJmje8qpjyJAe9J+mf6en88nqlXhR/RenC9v/U&#10;LLomEEoK9Rj+oS5Be15uvWzdaXfq9Z0NSt7p6gnUaHQ/DWB6waLR5htGHUyCAtuvB2IYRuKtAkUv&#10;kjT1oyMY6TQbg2FeenYvPURRgCqww6hfrl0/bg6t4fsGbkqChJRewSuoeRCofyF9VkDFG/DaA6nz&#10;ZPLj5KUdon7Oz+UPAAAA//8DAFBLAwQUAAYACAAAACEAtGrKCOEAAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPy07DMBBF90j8gzVI7KjTUPoIcSpUhITEompp1a0TD04gHkex2wa+vsMKllf36M6Z&#10;fDm4VpywD40nBeNRAgKp8qYhq2D3/nI3BxGiJqNbT6jgGwMsi+urXGfGn2mDp220gkcoZFpBHWOX&#10;SRmqGp0OI98hcffhe6cjx95K0+szj7tWpkkylU43xBdq3eGqxupre3QKuo19Sw+7oZzvXz/t2jTP&#10;64fVj1K3N8PTI4iIQ/yD4Vef1aFgp9IfyQTRKpikixmjCu4nILifzsacSwaTRQqyyOX/D4oLAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADvJhXWfAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALRqygjhAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;+QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
-            <v:textbox style="mso-next-textbox:#_x0000_s1096">
+          <v:shape id="_x0000_s1189" type="#_x0000_t32" style="position:absolute;margin-left:307.1pt;margin-top:4.4pt;width:0;height:21.85pt;z-index:251784192" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1143" style="position:absolute;margin-left:262.95pt;margin-top:26.25pt;width:86.65pt;height:351.4pt;z-index:251737088;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7yYV1nwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5O0adNGm66qpkVI&#10;C6xY+ADXcRoLX4LtNl1W/DtjpylbeEEIXhKPZ3w8Z+Z4bu9OUqAjM5ZrVeDkJsaIKaorrvYF/vxp&#10;O5pjZB1RFRFasQI/MYvvlq9f3XZtzsa60aJiBgGIsnnXFrhxrs2jyNKGSWJvdMsUOGttJHFgmn1U&#10;GdIBuhTROI5nUadN1RpNmbWwW/ZOvAz4dc2o+1DXljkkCgy5ufA14bvz32h5S/K9IW3D6TkN8hdZ&#10;SMIVXHqBKokj6GD4b1CSU6Otrt0N1TLSdc0pCxyATRL/wuaxIS0LXKA4tr2Uyf47WPr++GAQr6B3&#10;cYaRIhKa9BHKRtReMJQkM1+irrU5RD62D8aTtO29pl8sUnrdQBxbGaO7hpEKEkt8fHR1wBsWjqJd&#10;905XgE8OTodqnWojPSDUAZ1CU54uTWEnhyhsJtPJLIuhdxR8syyZT0LXIpIPp1tj3RumJfKLAhvI&#10;PqCT4711PhuSDyH+MqW3XIjQeKFQBzcs4mkcTlgteOW9gaXXIFsLg44E1EMoZcpNQ5w4SGDS72fT&#10;GLLr4Q4S1NZvD0kGJXuUkMfVBZI70L7gssBzwBhQfCE3qgqIjnDRr4GEUD4tqAvQOq96jT0v4sVm&#10;vpmno3Q824zSuCxHq+06Hc22STYtJ+V6XSbffeZJmje8qpjyJAe9J+mf6en88nqlXhR/RenC9v/U&#10;LLomEEoK9Rj+oS5Be15uvWzdaXfq9Z0NSt7p6gnUaHQ/DWB6waLR5htGHUyCAtuvB2IYRuKtAkUv&#10;kjT1oyMY6TQbg2FeenYvPURRgCqww6hfrl0/bg6t4fsGbkqChJRewSuoeRCofyF9VkDFG/DaA6nz&#10;ZPLj5KUdon7Oz+UPAAAA//8DAFBLAwQUAAYACAAAACEAtGrKCOEAAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPy07DMBBF90j8gzVI7KjTUPoIcSpUhITEompp1a0TD04gHkex2wa+vsMKllf36M6Z&#10;fDm4VpywD40nBeNRAgKp8qYhq2D3/nI3BxGiJqNbT6jgGwMsi+urXGfGn2mDp220gkcoZFpBHWOX&#10;SRmqGp0OI98hcffhe6cjx95K0+szj7tWpkkylU43xBdq3eGqxupre3QKuo19Sw+7oZzvXz/t2jTP&#10;64fVj1K3N8PTI4iIQ/yD4Vef1aFgp9IfyQTRKpikixmjCu4nILifzsacSwaTRQqyyOX/D4oLAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADvJhXWfAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALRqygjhAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;+QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#_x0000_s1143">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00622C77" w:rsidRDefault="00622C77" w:rsidP="005F0BD6">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00622C77" w:rsidRDefault="00622C77" w:rsidP="005F0BD6">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F0BD6" w:rsidRDefault="00671A35" w:rsidP="005F0BD6">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                </w:p>
-[...3 lines deleted...]
-                    <w:jc w:val="center"/>
+                  <w:r w:rsidRPr="005F0BD6">
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
-[...4 lines deleted...]
-                    <w:jc w:val="center"/>
+                    <w:t>ЖСН және пароль арқылы тіркелу</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00902BF7" w:rsidRPr="005F0BD6">
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
+                    <w:t>і</w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00581E90" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F0BD6" w:rsidRDefault="00902BF7" w:rsidP="005F0BD6">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="24"/>
-[...22 lines deleted...]
-                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00581E90" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00FC6AEE">
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1193" type="#_x0000_t32" style="position:absolute;margin-left:99.15pt;margin-top:26.2pt;width:20.15pt;height:.05pt;z-index:251788288" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1026" style="position:absolute;margin-left:279.65pt;margin-top:11.7pt;width:88.05pt;height:476.15pt;z-index:251671552;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASvynarAIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbf6WbTJE1X3VRVSxFS&#10;gYrCARzbmzV4bWM72ZQnJB5B4gycASFBS8sVNjdi7N2UQCWQEPuw8sx4vvn7xnv7y0qiBbdOaJXj&#10;dKuHEVdUM6FmOX7+7PjeGCPniWJEasVzfM4d3p/cvbNXm4z3dakl4xYBiHJZbXJcem+yJHG05BVx&#10;W9pwBcZC24p4EO0sYZbUgF7JpN/rjZJaW2asptw50B61RjyJ+EXBqX9SFI57JHMMufn4t/E/Df9k&#10;skeymSWmFLRLg/xDFhURCoLeQB0RT9DciltQlaBWO134LaqrRBeFoDzWANWkvd+qOSuJ4bEWaI4z&#10;N21y/w+WPl6cWiRYjreHGClSwYyaj83F6s3qbfOpuWw+N1fN1epd8xU130H5ofnWXEfTdXO5eg/G&#10;L80FSndCI2vjMsA7M6c2tMKZE01fOqT0YUnUjB9Yq+uSEwbpp+F+8otDEBy4omn9SDNIg8y9jj1d&#10;FrYKgNAttIyjO78ZHV96REGZjnZHvTGUQME22N3u9wbDGINka3djnX/AdYXCIcdWzxV7CgSJMcji&#10;xPk4QNZ1gbAXGBWVBDosiETpaDSKVSYk6y7DaY0Z69VSsGMhZRQCgfmhtAicczydpTGMnFdQXKtL&#10;e+FrGQh64Gmr71REmpK0GiB6exEixs0IwNA/kDZjSoVq6ER/By7/LSFCKVf+dlLDdSiS3crpz9Er&#10;4WGTpahyPA4gXRlh4PcVi3vmiZDtGaCk6hgQht6Sxy+ny8jFNDoHRkw1OwdOWN1uLrw0cCi1fY1R&#10;DVubY/dqTizHSD5UwKvddDAIax6FwXCnD4LdtEw3LURRgMox9RajVjj07eMwN1bMSojVtkjpA2Bj&#10;Ifyatm1eXQWwm3Ea3TsSln9Tjrd+vnaTHwAAAP//AwBQSwMEFAAGAAgAAAAhAKsmBqXhAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo4xRMFOJUgIQEC9TS0gU7Jx7iCD8i&#10;223D32NWsBzdo3vPNKvZGnLEEEfvBLBFAQRd79XoBgHvu6erCkhM0ilpvEMB3xhh1Z6fNbJW/uTe&#10;8LhNA8klLtZSgE5pqimNvUYr48JP6HL26YOVKZ9hoCrIUy63hpZFwamVo8sLWk74qLH/2h6sgI3e&#10;bZ4fZChKvv9Yl92evZoXI8TlxXx/ByThnP5g+NXP6tBmp84fnIrECLhmnGdUwPKGAckAr5a3QDoB&#10;FWMV0Lah/19ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASvynarAIAADUFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCrJgal4QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAAYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
-[...2 lines deleted...]
-            <v:textbox style="mso-next-textbox:#_x0000_s1026">
+          <v:roundrect id="Rectangle 95" o:spid="_x0000_s1140" style="position:absolute;margin-left:116.5pt;margin-top:4.3pt;width:141.1pt;height:58.6pt;z-index:251734016;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdcLK1nQIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0SddES6epaRHS&#10;gInBD3Adp7HwR7DdpmPiv3PtNKWFF4TgJfH1tY/PuT6+t3cHKdCeGcu1KnFyFWPEFNU1V9sSf/60&#10;nswxso6omgitWImfmcV3i9evbvuuYFPdalEzgwBE2aLvStw61xVRZGnLJLFXumMKko02kjgIzTaq&#10;DekBXYpoGsezqNem7oymzFqYrYYkXgT8pmHUfWgayxwSJQZuLnxN+G78N1rckmJrSNdyeqRB/oKF&#10;JFzBoSeoijiCdob/BiU5Ndrqxl1RLSPdNJyyoAHUJPEvap5a0rGgBYpju1OZ7L+Dpe/3jwbxusTX&#10;1xgpIuGOPkLViNoKhvLMF6jvbAHrnrpH4yXa7kHTLxYpvWxhGbs3RvctIzXQSvz66GKDDyxsRZv+&#10;na4BnuycDrU6NEZ6QKgCOoQreT5dCTs4RGEymSXpPM4wopDL8zRNwp1FpBh3d8a6N0xL5AclNkA+&#10;oJP9g3WeDSnGJf4wpddciHDtQqEeTsjjLA47rBa89tmg0juQLYVBewLeIZQy5bKwTuwkKBnmb7I4&#10;ProIpsFrw/RIMvjYowQeFwdI7sD5gssSzwFjRPGFXKk6EHSEi2EMIoTytKAuIOs4Ghz2ksf5ar6a&#10;p5N0OltN0riqJvfrZTqZrZObrLqulssq+e6ZJ2nR8rpmyosc3Z6kf+am47sbfHry+4Wkk9r/U7Po&#10;UkAoKdRj/Ie6BO95uw22dYfNIbg7mY1O3uj6Gdxo9NALoHfBoNXmG0Y99IES2687YhhG4q0CR+dJ&#10;mvrGEYI0u5lCYM4zm/MMURSgSuwwGoZLNzSbXWf4toWTkmAhpe/hFTQ8GNS/kIEVSPEBvPUg6tiX&#10;fDM5j8Oqn91z8QMAAP//AwBQSwMEFAAGAAgAAAAhAHN6sangAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyoQ6uENo1ToSIkJA5VS1GvTrw4gXgdxW4b+Hq2J7jt6I1mZ4rV&#10;6DpxwiG0nhTcTxIQSLU3LVkF+7fnuzmIEDUZ3XlCBd8YYFVeXxU6N/5MWzztohUcQiHXCpoY+1zK&#10;UDfodJj4HonZhx+cjiwHK82gzxzuOjlNkkw63RJ/aHSP6wbrr93RKei39nV62I/V/P3l025M+7RJ&#10;1z9K3d6Mj0sQEcf4Z4ZLfa4OJXeq/JFMEB3rWfrAVgULnsR8tkj4qBhkaQayLOT/BeUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1wsrWdAgAAhQUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHN6sangAAAACQEAAA8AAAAAAAAAAAAAAAAA9wQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#Rectangle 95">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F0BD6" w:rsidRDefault="00902BF7" w:rsidP="005F0BD6">
                   <w:pPr>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="005F0BD6">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті алушы деректерінің бар болуын тексеру</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00FC6AEE">
+      <w:r w:rsidR="00FD539D" w:rsidRPr="00CD72E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1194" type="#_x0000_t32" style="position:absolute;margin-left:189.7pt;margin-top:8.55pt;width:0;height:21.85pt;z-index:251789312" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="Rectangle 95" o:spid="_x0000_s1093" style="position:absolute;margin-left:127.25pt;margin-top:19.35pt;width:142.45pt;height:40.05pt;z-index:251680768;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdcLK1nQIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0SddES6epaRHS&#10;gInBD3Adp7HwR7DdpmPiv3PtNKWFF4TgJfH1tY/PuT6+t3cHKdCeGcu1KnFyFWPEFNU1V9sSf/60&#10;nswxso6omgitWImfmcV3i9evbvuuYFPdalEzgwBE2aLvStw61xVRZGnLJLFXumMKko02kjgIzTaq&#10;DekBXYpoGsezqNem7oymzFqYrYYkXgT8pmHUfWgayxwSJQZuLnxN+G78N1rckmJrSNdyeqRB/oKF&#10;JFzBoSeoijiCdob/BiU5Ndrqxl1RLSPdNJyyoAHUJPEvap5a0rGgBYpju1OZ7L+Dpe/3jwbxusTX&#10;1xgpIuGOPkLViNoKhvLMF6jvbAHrnrpH4yXa7kHTLxYpvWxhGbs3RvctIzXQSvz66GKDDyxsRZv+&#10;na4BnuycDrU6NEZ6QKgCOoQreT5dCTs4RGEymSXpPM4wopDL8zRNwp1FpBh3d8a6N0xL5AclNkA+&#10;oJP9g3WeDSnGJf4wpddciHDtQqEeTsjjLA47rBa89tmg0juQLYVBewLeIZQy5bKwTuwkKBnmb7I4&#10;ProIpsFrw/RIMvjYowQeFwdI7sD5gssSzwFjRPGFXKk6EHSEi2EMIoTytKAuIOs4Ghz2ksf5ar6a&#10;p5N0OltN0riqJvfrZTqZrZObrLqulssq+e6ZJ2nR8rpmyosc3Z6kf+am47sbfHry+4Wkk9r/U7Po&#10;UkAoKdRj/Ie6BO95uw22dYfNIbg7mY1O3uj6Gdxo9NALoHfBoNXmG0Y99IES2687YhhG4q0CR+dJ&#10;mvrGEYI0u5lCYM4zm/MMURSgSuwwGoZLNzSbXWf4toWTkmAhpe/hFTQ8GNS/kIEVSPEBvPUg6tiX&#10;fDM5j8Oqn91z8QMAAP//AwBQSwMEFAAGAAgAAAAhAHN6sangAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyoQ6uENo1ToSIkJA5VS1GvTrw4gXgdxW4b+Hq2J7jt6I1mZ4rV&#10;6DpxwiG0nhTcTxIQSLU3LVkF+7fnuzmIEDUZ3XlCBd8YYFVeXxU6N/5MWzztohUcQiHXCpoY+1zK&#10;UDfodJj4HonZhx+cjiwHK82gzxzuOjlNkkw63RJ/aHSP6wbrr93RKei39nV62I/V/P3l025M+7RJ&#10;1z9K3d6Mj0sQEcf4Z4ZLfa4OJXeq/JFMEB3rWfrAVgULnsR8tkj4qBhkaQayLOT/BeUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1wsrWdAgAAhQUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHN6sangAAAACQEAAA8AAAAAAAAAAAAAAAAA9wQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
-            <v:textbox style="mso-next-textbox:#Rectangle 95">
+          <v:roundrect id="_x0000_s1149" style="position:absolute;margin-left:116.5pt;margin-top:4.5pt;width:146.45pt;height:292.2pt;z-index:251743232" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1149">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00581E90" w:rsidRDefault="00B77151" w:rsidP="007E6594">
+                <w:p w:rsidR="005F0BD6" w:rsidRPr="005F0BD6" w:rsidRDefault="00671A35" w:rsidP="005F0BD6">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00581E90">
+                  <w:r w:rsidRPr="005F0BD6">
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Проверка наличия данных услугополучателя </w:t>
+                    <w:t>Стандартт</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00581E90">
+                  <w:r w:rsidR="005F0BD6" w:rsidRPr="005F0BD6">
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ың</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00226DE5" w:rsidRPr="005F0BD6">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
+                  <w:r w:rsidR="005169D5">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00902BF7" w:rsidRPr="005F0BD6">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>9-тармағына сәйкес көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорация  қызметкері өтінішті қабылдауд</w:t>
+                  </w:r>
+                  <w:r w:rsidR="005F0BD6" w:rsidRPr="005F0BD6">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ан бас тартады және Стандарттың </w:t>
+                  </w:r>
                 </w:p>
-              </w:txbxContent>
-[...26 lines deleted...]
-                <w:p w:rsidR="00B77151" w:rsidRPr="00CA1B05" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F0BD6" w:rsidRDefault="00902BF7" w:rsidP="005F0BD6">
                   <w:pPr>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:b/>
-[...109 lines deleted...]
-                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                </w:p>
-[...3 lines deleted...]
-                    <w:jc w:val="center"/>
+                  <w:r w:rsidRPr="005F0BD6">
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
+                    <w:t>2-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді</w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00581E90" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F0BD6" w:rsidRDefault="00902BF7" w:rsidP="005F0BD6">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:pStyle w:val="a5"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
-                    </w:rPr>
-[...83 lines deleted...]
-                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape id="Text Box 110" o:spid="_x0000_s1085" type="#_x0000_t202" style="position:absolute;margin-left:223.25pt;margin-top:1.8pt;width:29.75pt;height:15.15pt;z-index:251672576;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA82vxliAIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z21c52IrzmovTVVp&#10;e5F2+wEEcIyKwQUSe1v13zvgJJtuW6mq6gcMzHA4M3OG5eXQKrQX1kmjK0wuUoyEZoZLva3wp4f1&#10;ZIGR81RzqowWFX4UDl+uXr5Y9l0pMtMYxYVFAKJd2XcVbrzvyiRxrBEtdRemExqMtbEt9bC024Rb&#10;2gN6q5IsTWdJbyzvrGHCOdi9HY14FfHrWjD/oa6d8EhVGLj5ONo4bsKYrJa03FraNZIdaNB/YNFS&#10;qeHSE9Qt9RTtrPwFqpXMGmdqf8FMm5i6lkzEGCAakj6L5r6hnYixQHJcd0qT+3+w7P3+o0WSV3hG&#10;MNK0hRo9iMGjazMgQmKC+s6V4HffgacfwACFjsG67s6wzw5pc9NQvRVX1pq+EZQDQRJSm5wdDSVx&#10;pQsgm/6d4XAR3XkTgYbatiF7kA8E6FCox1NxAhkGm6/m80U2xYiBKSPFfOSW0PJ4uLPOvxGmRWFS&#10;YQu1j+B0f+d8IEPLo0u4yxkl+VoqFRd2u7lRFu0p6GQdv8j/mZvSwVmbcGxEHHeAI9wRbIFtrPu3&#10;gmR5ep0Vk/VsMZ/k63w6KebpYpKS4rqYpXmR366/B4IkLxvJudB3UoujBkn+dzU+dMOonqhC1Fe4&#10;mEKmYlx/DDKN3++CbKWHllSyrfDi5ETLUNfXmseG8VSqcZ78TD9mGXJw/MesRBWEwo8S8MNmiIoj&#10;i3B9UMXG8EfQhTVQNyg+vCcwaYz9ilEPvVlh92VHrcBIvdWgrYLkeWjmuMin8wwW9tyyObdQzQCq&#10;wh6jcXrjxwdg11m5beCmUc3aXIEeaxm18sTqoGLovxjU4a0IDX6+jl5PL9rqBwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAQ1rcLdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQ&#10;dbDahIQ4FSCB2PbxAZN4mkTEdhS7Tfr3DCvYzdUc3TlTbhc7iAtNofdOw9MqAUGu8aZ3rYbj4ePx&#10;GUSI6AwO3pGGKwXYVrc3JRbGz25Hl31sBZe4UKCGLsaxkDI0HVkMKz+S493JTxYjx6mVZsKZy+0g&#10;VZKk0mLv+EKHI7131Hzvz1bD6Wt+2ORz/RmP2W6dvmGf1f6q9f3d8voCItIS/2D41Wd1qNip9mdn&#10;ghg4p3nGKA95CoIBpXIFotawWSuQVSn/f1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADza/GWIAgAAGQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAQ1rcLdAAAACQEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" stroked="f">
+          <v:shape id="Text Box 110" o:spid="_x0000_s1133" type="#_x0000_t202" style="position:absolute;margin-left:223.25pt;margin-top:1.8pt;width:29.75pt;height:15.15pt;z-index:251726848;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA82vxliAIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z21c52IrzmovTVVp&#10;e5F2+wEEcIyKwQUSe1v13zvgJJtuW6mq6gcMzHA4M3OG5eXQKrQX1kmjK0wuUoyEZoZLva3wp4f1&#10;ZIGR81RzqowWFX4UDl+uXr5Y9l0pMtMYxYVFAKJd2XcVbrzvyiRxrBEtdRemExqMtbEt9bC024Rb&#10;2gN6q5IsTWdJbyzvrGHCOdi9HY14FfHrWjD/oa6d8EhVGLj5ONo4bsKYrJa03FraNZIdaNB/YNFS&#10;qeHSE9Qt9RTtrPwFqpXMGmdqf8FMm5i6lkzEGCAakj6L5r6hnYixQHJcd0qT+3+w7P3+o0WSV3hG&#10;MNK0hRo9iMGjazMgQmKC+s6V4HffgacfwACFjsG67s6wzw5pc9NQvRVX1pq+EZQDQRJSm5wdDSVx&#10;pQsgm/6d4XAR3XkTgYbatiF7kA8E6FCox1NxAhkGm6/m80U2xYiBKSPFfOSW0PJ4uLPOvxGmRWFS&#10;YQu1j+B0f+d8IEPLo0u4yxkl+VoqFRd2u7lRFu0p6GQdv8j/mZvSwVmbcGxEHHeAI9wRbIFtrPu3&#10;gmR5ep0Vk/VsMZ/k63w6KebpYpKS4rqYpXmR366/B4IkLxvJudB3UoujBkn+dzU+dMOonqhC1Fe4&#10;mEKmYlx/DDKN3++CbKWHllSyrfDi5ETLUNfXmseG8VSqcZ78TD9mGXJw/MesRBWEwo8S8MNmiIoj&#10;i3B9UMXG8EfQhTVQNyg+vCcwaYz9ilEPvVlh92VHrcBIvdWgrYLkeWjmuMin8wwW9tyyObdQzQCq&#10;wh6jcXrjxwdg11m5beCmUc3aXIEeaxm18sTqoGLovxjU4a0IDX6+jl5PL9rqBwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAQ1rcLdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQ&#10;dbDahIQ4FSCB2PbxAZN4mkTEdhS7Tfr3DCvYzdUc3TlTbhc7iAtNofdOw9MqAUGu8aZ3rYbj4ePx&#10;GUSI6AwO3pGGKwXYVrc3JRbGz25Hl31sBZe4UKCGLsaxkDI0HVkMKz+S493JTxYjx6mVZsKZy+0g&#10;VZKk0mLv+EKHI7131Hzvz1bD6Wt+2ORz/RmP2W6dvmGf1f6q9f3d8voCItIS/2D41Wd1qNip9mdn&#10;ghg4p3nGKA95CoIBpXIFotawWSuQVSn/f1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADza/GWIAgAAGQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAQ1rcLdAAAACQEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" stroked="f">
             <v:textbox style="mso-next-textbox:#Text Box 110">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="0089142E" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0089142E" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12"/>
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7985"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1197" type="#_x0000_t32" style="position:absolute;margin-left:47.85pt;margin-top:8.5pt;width:59.7pt;height:.05pt;flip:x;z-index:251792384" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1195" type="#_x0000_t32" style="position:absolute;margin-left:47.85pt;margin-top:8.55pt;width:3.95pt;height:169.8pt;z-index:251790336" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7985"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00187A36" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD72E7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1146" type="#_x0000_t32" style="position:absolute;margin-left:51.6pt;margin-top:2.95pt;width:.05pt;height:219.35pt;z-index:251731968" o:connectortype="straight">
-[...137 lines deleted...]
-          <v:roundrect id="_x0000_s1102" style="position:absolute;left:0;text-align:left;margin-left:11.9pt;margin-top:-.1pt;width:111.85pt;height:94.9pt;z-index:251689984" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1148" style="position:absolute;left:0;text-align:left;margin-left:2.65pt;margin-top:4.75pt;width:104.9pt;height:116.65pt;z-index:251742208" arcsize="10923f" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#243f60" offset="1pt" offset2="-3pt"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1102">
+            <v:textbox style="mso-next-textbox:#_x0000_s1148">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00581E90" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00834C01" w:rsidRDefault="00902BF7" w:rsidP="00FD539D">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00581E90">
+                  <w:r w:rsidRPr="00834C01">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Результат оказания государственной услуги</w:t>
+                    <w:t>Мемлекеттік қызмет</w:t>
+                  </w:r>
+                  <w:r w:rsidR="009025DB">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ті көрсету</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00834C01">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> нәтижесі</w:t>
                   </w:r>
                 </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00FD539D" w:rsidRDefault="00902BF7" w:rsidP="00FD539D"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187A36" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1160" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:322.8pt;margin-top:11pt;width:0;height:20pt;z-index:251743232" o:connectortype="straight"/>
+          <v:shape id="_x0000_s1201" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:326.65pt;margin-top:.7pt;width:0;height:13.65pt;z-index:251795456" o:connectortype="straight"/>
         </w:pict>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1159" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:440.5pt;margin-top:11pt;width:0;height:30.15pt;z-index:251742208" o:connectortype="straight"/>
+          <v:shape id="_x0000_s1202" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:430.25pt;margin-top:.55pt;width:.05pt;height:13.25pt;z-index:251796480" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1162" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:127.25pt;margin-top:3.4pt;width:195.55pt;height:.05pt;flip:x;z-index:251745280" o:connectortype="straight">
+          <v:shape id="_x0000_s1198" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:113.25pt;margin-top:.55pt;width:213.4pt;height:0;flip:x;z-index:251793408" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187A36" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00FD539D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1161" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:127.25pt;margin-top:-.25pt;width:313.25pt;height:.05pt;flip:x;z-index:251744256" o:connectortype="straight">
+          <v:shape id="_x0000_s1200" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:113.25pt;margin-top:0;width:317pt;height:2.35pt;flip:x;z-index:251794432" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187A36" w:rsidRDefault="00187A36" w:rsidP="00070E12">
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00187A36" w:rsidRDefault="00187A36" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRDefault="00013489" w:rsidP="004D4520">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D4520" w:rsidRDefault="004D4520" w:rsidP="004D4520">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="000B2436" w:rsidRDefault="00F5330E" w:rsidP="004C30CF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00835168">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD72E7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...13 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00F5330E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 101" o:spid="_x0000_s1105" style="position:absolute;left:0;text-align:left;margin-left:8.45pt;margin-top:2.8pt;width:36pt;height:32.25pt;z-index:251693056;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBVfMEpgIAAFoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d5NUabuJmq72QhHS&#10;AisWPsC1ncbg2MF2my6If2c8SUsXXhDiJbHH9pk5Z469vDq0muyl88qaimYXKSXScCuU2Vb008f1&#10;5JISH5gRTFsjK/okPb1avXyx7LtSTm1jtZCOAIjxZd9VtAmhK5PE80a2zF/YThpYrK1rWYCp2ybC&#10;sR7QW51M03Se9NaJzlkuvYfo3bBIV4hf15KH93XtZSC6olBbwK/D7yZ+k9WSlVvHukbxsQz2D1W0&#10;TBlIeoK6Y4GRnVN/QLWKO+ttHS64bRNb14pL5ABssvQ3No8N6yRyAXF8d5LJ/z9Y/m7/4IgSFZ1T&#10;YlgLLbreBYuZSZZmUaC+8yXse+weXKTou3vLv3hi7G3DzFZeO2f7RjIBZeH+5NmBOPFwlGz6t1YA&#10;PgN81OpQuzYCggrkgC15OrVEHgLhEMxnC2gzJRyW8rSYLWaxooSVx8Od8+G1tC2Jg4o6uzPiA7Qd&#10;M7D9vQ/YFjGSY+IzJXWrocl7pkk2n88XI+K4GbCPmMjWaiXWSmucRFvKW+0IHAYmnEsTZphK71qg&#10;N8QXsxRqRmtBGAw4hDEE8GjuiIJE/HkCbWIaY2PCgecQATlGJlEYNNb3Ipvm6c20mKznl4tJvs5n&#10;k2KRXk7SrLgp5mle5HfrH7G2LC8bJYQ098rIo8mz/O9MNF63wZ5oc9JXtJhNB9rPqvduuzmJAxKM&#10;KkTK5ySxR6hOdM0rI3AcmNLDOHleMaoEtI9/FAI9Fm012HNjxRNYzFmwALgFHiQYNNZ9o6SHy11R&#10;/3XHnKREvzFg0yLL8/ga4AQtRok7X9mcrzDDAaqigZJheBuGF2TXObVtIFOGFjA2Xp1ahdi5aPuh&#10;qnECFxgZjI9NfCHO57jr15O4+gkAAP//AwBQSwMEFAAGAAgAAAAhAOTyr33aAAAABgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyoXQQhDXGqtgjBoZc2/QAnXpKIeB3FTpv+PcsJ&#10;jk8zmnn5ena9OOMYOk8algsFAqn2tqNGw6l8f0hBhGjImt4TarhigHVxe5ObzPoLHfB8jI3gEQqZ&#10;0dDGOGRShrpFZ8LCD0icffnRmcg4NtKO5sLjrpePSiXSmY74oTUD7lqsv4+T0/A0fGz3JU7bw2dX&#10;ve03alfa/qr1/d28eQURcY5/ZfjVZ3Uo2KnyE9kgeuZkxU0NzwkIjtOUsdLwopYgi1z+1y9+AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIFV8wSmAgAAWgUAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOTyr33aAAAABgEAAA8AAAAAAAAAAAAAAAAA&#10;AAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 101" o:spid="_x0000_s1160" style="position:absolute;left:0;text-align:left;margin-left:8.45pt;margin-top:2.8pt;width:36pt;height:32.25pt;z-index:251755520;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBVfMEpgIAAFoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d5NUabuJmq72QhHS&#10;AisWPsC1ncbg2MF2my6If2c8SUsXXhDiJbHH9pk5Z469vDq0muyl88qaimYXKSXScCuU2Vb008f1&#10;5JISH5gRTFsjK/okPb1avXyx7LtSTm1jtZCOAIjxZd9VtAmhK5PE80a2zF/YThpYrK1rWYCp2ybC&#10;sR7QW51M03Se9NaJzlkuvYfo3bBIV4hf15KH93XtZSC6olBbwK/D7yZ+k9WSlVvHukbxsQz2D1W0&#10;TBlIeoK6Y4GRnVN/QLWKO+ttHS64bRNb14pL5ABssvQ3No8N6yRyAXF8d5LJ/z9Y/m7/4IgSFZ1T&#10;YlgLLbreBYuZSZZmUaC+8yXse+weXKTou3vLv3hi7G3DzFZeO2f7RjIBZeH+5NmBOPFwlGz6t1YA&#10;PgN81OpQuzYCggrkgC15OrVEHgLhEMxnC2gzJRyW8rSYLWaxooSVx8Od8+G1tC2Jg4o6uzPiA7Qd&#10;M7D9vQ/YFjGSY+IzJXWrocl7pkk2n88XI+K4GbCPmMjWaiXWSmucRFvKW+0IHAYmnEsTZphK71qg&#10;N8QXsxRqRmtBGAw4hDEE8GjuiIJE/HkCbWIaY2PCgecQATlGJlEYNNb3Ipvm6c20mKznl4tJvs5n&#10;k2KRXk7SrLgp5mle5HfrH7G2LC8bJYQ098rIo8mz/O9MNF63wZ5oc9JXtJhNB9rPqvduuzmJAxKM&#10;KkTK5ySxR6hOdM0rI3AcmNLDOHleMaoEtI9/FAI9Fm012HNjxRNYzFmwALgFHiQYNNZ9o6SHy11R&#10;/3XHnKREvzFg0yLL8/ga4AQtRok7X9mcrzDDAaqigZJheBuGF2TXObVtIFOGFjA2Xp1ahdi5aPuh&#10;qnECFxgZjI9NfCHO57jr15O4+gkAAP//AwBQSwMEFAAGAAgAAAAhAOTyr33aAAAABgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyoXQQhDXGqtgjBoZc2/QAnXpKIeB3FTpv+PcsJ&#10;jk8zmnn5ena9OOMYOk8algsFAqn2tqNGw6l8f0hBhGjImt4TarhigHVxe5ObzPoLHfB8jI3gEQqZ&#10;0dDGOGRShrpFZ8LCD0icffnRmcg4NtKO5sLjrpePSiXSmY74oTUD7lqsv4+T0/A0fGz3JU7bw2dX&#10;ve03alfa/qr1/d28eQURcY5/ZfjVZ3Uo2KnyE9kgeuZkxU0NzwkIjtOUsdLwopYgi1z+1y9+AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIFV8wSmAgAAWgUAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOTyr33aAAAABgEAAA8AAAAAAAAAAAAAAAAA&#10;AAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#243f60" offset="1pt" offset2="-3pt"/>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00070E12" w:rsidRPr="00835168">
+      <w:r w:rsidR="00F5330E" w:rsidRPr="00CD72E7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00835168">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD72E7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- начало или завершение оказания государственной услуги;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="003B53EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет көрсетудің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баста</w:t>
+      </w:r>
+      <w:r w:rsidR="003B53EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="003B53EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе аяқта</w:t>
+      </w:r>
+      <w:r w:rsidR="003B53EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="003B53EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD72E7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="707" w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="Rectangle 75" o:spid="_x0000_s1103" style="position:absolute;left:0;text-align:left;margin-left:11.45pt;margin-top:4.4pt;width:32.25pt;height:26.95pt;z-index:251691008;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHn4QcnAIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0ST+ipdPUtAhp&#10;wMTgB7iO01j4C9ttOib+O9dOW1Z4QQheEtv3+vic6+N7c3uQAu2ZdVyrCmdXKUZMUd1wta3w50/r&#10;0Qwj54lqiNCKVfiJOXy7eP3qpjclG+tOi4ZZBCDKlb2pcOe9KZPE0Y5J4q60YQqCrbaSeJjabdJY&#10;0gO6FMk4TSdJr21jrKbMOVithyBeRPy2ZdR/aFvHPBIVBm4+fm38bsI3WdyQcmuJ6Tg90iB/wUIS&#10;ruDQM1RNPEE7y3+Dkpxa7XTrr6iWiW5bTlnUAGqy9Bc1jx0xLGqB4jhzLpP7d7D0/f7BIt5UuMBI&#10;EQlX9BGKRtRWMDQtQn1640pIezQPNih05l7TLw4pvewgjd1Zq/uOkQZYZSE/udgQJg62ok3/TjcA&#10;T3Zex1IdWisDIBQBHeKNPJ1vhB08orCYp/MCWCAKoet8PJ5ERgkpT5uNdf4N0xKFQYUtcI/gZH/v&#10;fCBDylNKOEvpNRciXrpQqAfG87RI4w6nBW9CNIoM/mNLYdGegHMIpUz5IuaJnQQhw/q0SNOjh2AZ&#10;nDYsxyU4Obo4oEQeFwdI7sH3gssKzwDjhBLquFJNJOgJF8MYoIQKtKAsIOs4Gvz1PE/nq9lqlo/y&#10;8WQ1ytO6Ht2tl/loss6mRX1dL5d19j0wz/Ky403DVBB58nqW/5mXjq9ucOnZ7ReSzmr/T82SSwGx&#10;pFCP0z/WJVovuG1wrT9sDtHb1/nJyBvdPIEZrR46AXQuGHTafsOohy5QYfd1RyzDSLxVYOh5lueh&#10;bcRJXkzHMLEvI5uXEaIoQFXYYzQMl35oNTtj+baDk7JoIaXv4BG0PBo0PJCBFUgJE3jpUdSxK4VW&#10;8nIes372zsUPAAAA//8DAFBLAwQUAAYACAAAACEAokM9B94AAAAGAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KiDBW0I2VSoCAmJQ9VSxNWJFycQr6PYbQNfj3uC42hGM2/K5eR6&#10;caAxdJ4RrmcZCOLGm44twu716SoHEaJmo3vPhPBNAZbV+VmpC+OPvKHDNlqRSjgUGqGNcSikDE1L&#10;ToeZH4iT9+FHp2OSo5Vm1MdU7nqpsmwune44LbR6oFVLzdd27xCGjX1R77upzt+eP+3adI/r29UP&#10;4uXF9HAPItIU/8Jwwk/oUCWm2u/ZBNEjKHWXkgh5OpDsfHEDokaYqwXIqpT/8atfAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAIefhBycAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKJDPQfeAAAABgEAAA8AAAAAAAAAAAAAAAAA9gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+          <v:roundrect id="Rectangle 75" o:spid="_x0000_s1158" style="position:absolute;left:0;text-align:left;margin-left:11.45pt;margin-top:4.4pt;width:32.25pt;height:26.95pt;z-index:251753472;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHn4QcnAIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0ST+ipdPUtAhp&#10;wMTgB7iO01j4C9ttOib+O9dOW1Z4QQheEtv3+vic6+N7c3uQAu2ZdVyrCmdXKUZMUd1wta3w50/r&#10;0Qwj54lqiNCKVfiJOXy7eP3qpjclG+tOi4ZZBCDKlb2pcOe9KZPE0Y5J4q60YQqCrbaSeJjabdJY&#10;0gO6FMk4TSdJr21jrKbMOVithyBeRPy2ZdR/aFvHPBIVBm4+fm38bsI3WdyQcmuJ6Tg90iB/wUIS&#10;ruDQM1RNPEE7y3+Dkpxa7XTrr6iWiW5bTlnUAGqy9Bc1jx0xLGqB4jhzLpP7d7D0/f7BIt5UuMBI&#10;EQlX9BGKRtRWMDQtQn1640pIezQPNih05l7TLw4pvewgjd1Zq/uOkQZYZSE/udgQJg62ok3/TjcA&#10;T3Zex1IdWisDIBQBHeKNPJ1vhB08orCYp/MCWCAKoet8PJ5ERgkpT5uNdf4N0xKFQYUtcI/gZH/v&#10;fCBDylNKOEvpNRciXrpQqAfG87RI4w6nBW9CNIoM/mNLYdGegHMIpUz5IuaJnQQhw/q0SNOjh2AZ&#10;nDYsxyU4Obo4oEQeFwdI7sH3gssKzwDjhBLquFJNJOgJF8MYoIQKtKAsIOs4Gvz1PE/nq9lqlo/y&#10;8WQ1ytO6Ht2tl/loss6mRX1dL5d19j0wz/Ky403DVBB58nqW/5mXjq9ucOnZ7ReSzmr/T82SSwGx&#10;pFCP0z/WJVovuG1wrT9sDtHb1/nJyBvdPIEZrR46AXQuGHTafsOohy5QYfd1RyzDSLxVYOh5lueh&#10;bcRJXkzHMLEvI5uXEaIoQFXYYzQMl35oNTtj+baDk7JoIaXv4BG0PBo0PJCBFUgJE3jpUdSxK4VW&#10;8nIes372zsUPAAAA//8DAFBLAwQUAAYACAAAACEAokM9B94AAAAGAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KiDBW0I2VSoCAmJQ9VSxNWJFycQr6PYbQNfj3uC42hGM2/K5eR6&#10;caAxdJ4RrmcZCOLGm44twu716SoHEaJmo3vPhPBNAZbV+VmpC+OPvKHDNlqRSjgUGqGNcSikDE1L&#10;ToeZH4iT9+FHp2OSo5Vm1MdU7nqpsmwune44LbR6oFVLzdd27xCGjX1R77upzt+eP+3adI/r29UP&#10;4uXF9HAPItIU/8Jwwk/oUCWm2u/ZBNEjKHWXkgh5OpDsfHEDokaYqwXIqpT/8atfAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAIefhBycAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKJDPQfeAAAABgEAAA8AAAAAAAAAAAAAAAAA9gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
             <v:textbox style="mso-next-textbox:#Rectangle 75">
               <w:txbxContent>
-                <w:p w:rsidR="00B77151" w:rsidRPr="00B078B7" w:rsidRDefault="00B77151" w:rsidP="00070E12">
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00B078B7" w:rsidRDefault="00902BF7" w:rsidP="00F5330E">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="FFFFFF"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="003B53EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="707" w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00835168">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD72E7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00581E90">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="003B53EC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00835168">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәсімнің (іс-қимылд</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың) атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00C24FC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00835168" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00F5330E" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...22 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00FC6AEE" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5330E" w:rsidRPr="00CD72E7" w:rsidRDefault="00D47FF6" w:rsidP="00F5330E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47FF6">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1106" style="position:absolute;left:0;text-align:left;z-index:251694080;visibility:visible;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-bottom:-3e-5mm" from="17.9pt,6.75pt" to="49.65pt,6.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5uC2YJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70p3AwKiVzixmGDYj&#10;iBg4gMdtJxb+yTbpzg5YI+UIXIEFSCMNcIbOjSi7P2EACYHYWG5XvVf1nss9P2mURBvmvDC6xNNJ&#10;jhHT1FRCr0r88sX5vWOMfCC6ItJoVuIt8/hkcffOvLYFm5m1kRVzCEi0L2pb4nUItsgyT9dMET8x&#10;lmkIcuMUCfDpVlnlSA3sSmazPH+Y1cZV1hnKvIfTsy6IF4mfc0bDM849C0iWGHoLaXVpvYprtpiT&#10;YuWIXQvat0H+oQtFhIaiI9UZCQS9duIXKiWoM97wMKFGZYZzQVnSAGqm+U9qLtfEsqQFzPF2tMn/&#10;P1r6dLN0SFQlnj3CSBMFd9R+2L/Z79ov7cf9Du3ftt/az+2n9rr92l7v38H+Zv8e9jHY3vTHOwSX&#10;Ec2srS+A81QvXbSDNvrSXhj6ykMsuxWMH952aQ13KqaDH6hJl7MdL4c1AVE4nB3n+f0jjOgQykgx&#10;4Kzz4QkzCsVNiaXQ0TZSkM2FD7EyKYaUeCw1qoHw6AH0jKiyoN7rVUJ4I0V1LqSMeWkK2al0aENg&#10;fkIzjRKB7FZWIEI+1hUKWwvmEedM3adJ3YvudCbFYStZ18NzxsF4UDbtKseRPxQjlDIdhoJSQ3aE&#10;cWhtBOZ/Bvb5EcrSc/gb8IhIlY0OI1gJbdzvqh884l3+4ECnO1pwZart0g3zAHOdLO3fYHw4P34n&#10;+OFPsfgOAAD//wMAUEsDBBQABgAIAAAAIQAv8PWG3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI89T8MwEIZ3JP6DdUgsiNqJKj5CnAoiWBiqUjowuvERh8bnyHbTlF+PKwbY7uPRe8+Vi8n2bEQf&#10;OkcSspkAhtQ43VErYfP+cn0HLERFWvWOUMIRAyyq87NSFdod6A3HdWxZCqFQKAkmxqHgPDQGrQoz&#10;NyCl3afzVsXU+pZrrw4p3PY8F+KGW9VRumDUgLXBZrfeWwn11arhT7tXc1yO+fKj/t58eXqW8vJi&#10;enwAFnGKfzCc9JM6VMlp6/akA+sl3N+KLKES5iIHdgJENk/V9nfCq5L/f6H6AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHm4LZgmAgAAcQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAC/w9YbfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokeweight="2pt">
+          <v:line id="_x0000_s1161" style="position:absolute;left:0;text-align:left;z-index:251756544;visibility:visible;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-bottom:-3e-5mm" from="17.9pt,6.75pt" to="49.65pt,6.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5uC2YJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70p3AwKiVzixmGDYj&#10;iBg4gMdtJxb+yTbpzg5YI+UIXIEFSCMNcIbOjSi7P2EACYHYWG5XvVf1nss9P2mURBvmvDC6xNNJ&#10;jhHT1FRCr0r88sX5vWOMfCC6ItJoVuIt8/hkcffOvLYFm5m1kRVzCEi0L2pb4nUItsgyT9dMET8x&#10;lmkIcuMUCfDpVlnlSA3sSmazPH+Y1cZV1hnKvIfTsy6IF4mfc0bDM849C0iWGHoLaXVpvYprtpiT&#10;YuWIXQvat0H+oQtFhIaiI9UZCQS9duIXKiWoM97wMKFGZYZzQVnSAGqm+U9qLtfEsqQFzPF2tMn/&#10;P1r6dLN0SFQlnj3CSBMFd9R+2L/Z79ov7cf9Du3ftt/az+2n9rr92l7v38H+Zv8e9jHY3vTHOwSX&#10;Ec2srS+A81QvXbSDNvrSXhj6ykMsuxWMH952aQ13KqaDH6hJl7MdL4c1AVE4nB3n+f0jjOgQykgx&#10;4Kzz4QkzCsVNiaXQ0TZSkM2FD7EyKYaUeCw1qoHw6AH0jKiyoN7rVUJ4I0V1LqSMeWkK2al0aENg&#10;fkIzjRKB7FZWIEI+1hUKWwvmEedM3adJ3YvudCbFYStZ18NzxsF4UDbtKseRPxQjlDIdhoJSQ3aE&#10;cWhtBOZ/Bvb5EcrSc/gb8IhIlY0OI1gJbdzvqh884l3+4ECnO1pwZart0g3zAHOdLO3fYHw4P34n&#10;+OFPsfgOAAD//wMAUEsDBBQABgAIAAAAIQAv8PWG3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI89T8MwEIZ3JP6DdUgsiNqJKj5CnAoiWBiqUjowuvERh8bnyHbTlF+PKwbY7uPRe8+Vi8n2bEQf&#10;OkcSspkAhtQ43VErYfP+cn0HLERFWvWOUMIRAyyq87NSFdod6A3HdWxZCqFQKAkmxqHgPDQGrQoz&#10;NyCl3afzVsXU+pZrrw4p3PY8F+KGW9VRumDUgLXBZrfeWwn11arhT7tXc1yO+fKj/t58eXqW8vJi&#10;enwAFnGKfzCc9JM6VMlp6/akA+sl3N+KLKES5iIHdgJENk/V9nfCq5L/f6H6AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHm4LZgmAgAAcQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAC/w9YbfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokeweight="2pt">
             <v:stroke endarrow="open" joinstyle="miter"/>
             <o:lock v:ext="edit" shapetype="f"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00070E12" w:rsidRPr="00FC457D">
+      <w:r w:rsidR="00F5330E" w:rsidRPr="00CD72E7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:ind w:right="397"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5330E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:ind w:right="397"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесі рәсімге (іс-қимылға) өту</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5330E" w:rsidRPr="00CD72E7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRPr="00FC457D" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRPr="00CD72E7" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="14317"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD539D" w:rsidRDefault="00FD539D" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB3448" w:rsidRDefault="00BB3448" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A4A30" w:rsidRDefault="006A4A30" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB3448" w:rsidRDefault="00BB3448" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C30CF" w:rsidRDefault="004C30CF" w:rsidP="00FD539D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9852" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4357"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007875FD" w:rsidRPr="00BB3448" w:rsidTr="004728CA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4357" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007875FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы әкімдігінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="00BB3448" w:rsidP="007875FD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018 жылғы «18» қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidR="007875FD" w:rsidRPr="007875FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="007875FD" w:rsidRPr="007875FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14/1 </w:t>
+            </w:r>
+            <w:r w:rsidR="007875FD" w:rsidRPr="007875FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаулысына</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007875FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкімдігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2015 жылғы «28» мамырдағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 153/5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00D30335" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Мектепке дейінгі  білім беру ұйымдарына құжаттарды қабылдау және балаларды қабылдау» мемлекеттiк көрсетiлетiн қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRDefault="007875FD" w:rsidP="00013489">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. «Мектепке дейінгі балалар ұйымдарына құжаттарды қабылдау және балаларды қабылдау» мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) </w:t>
+      </w:r>
+      <w:r w:rsidR="00085562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барлық үлгідегі және түрдегі мектепке дейінгі ұйымдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00085562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бұдан әрі – көрсетіле</w:t>
+      </w:r>
+      <w:r w:rsidR="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRPr="00013489" w:rsidRDefault="00013489" w:rsidP="00013489">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRPr="007875FD" w:rsidRDefault="00013489" w:rsidP="00013489">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00013489">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету нысаны: қағаз түрінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесі: мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі арасында жасалған шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі </w:t>
+      </w:r>
+      <w:r w:rsidR="000718DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 172 бұйрығымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Мектепке дейінгі балалар ұйымдарына құжаттарды қабылдау және балаларды қабылдау» м</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік көрсетілетін қызмет с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандартының </w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB" w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі – </w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B53EC" w:rsidRPr="007875FD" w:rsidRDefault="003B53EC" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="003B53EC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-тарау.  </w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету проце</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкер</w:t>
+      </w:r>
+      <w:r w:rsidR="003B53EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лерінің) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRPr="007875FD" w:rsidRDefault="00013489" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың 9-тармағында көрсетілген қажетті құжаттардың қоса берілуімен көрсетілетін қызметті алушының өтініші мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсету бойынша рәсімді (іс-қимылды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) бастау үшін негіз болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету процесінің құрамына кіретін әрбі</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р рәсімнің (іс-қимылыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң) мазмұны</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның орындалу ұзақтығы мен реттіліг</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і, оның ішінде рәсімнің (іс-қимылдың) өткіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыдан алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына қарауға жібереді</w:t>
+      </w:r>
+      <w:r w:rsidR="000718DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F953E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 5 (бес) минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F953E6" w:rsidRPr="007875FD" w:rsidRDefault="00F953E6" w:rsidP="00F953E6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы  деректердің (мәліметтердің) дұрыс еместігі анықталған кезде, құжаттардың топтамасын толық ұсынбаған және (немесе) қолдану мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда көрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің кеңсе қызметкері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік қызметті көрсетуден бас тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) көрсетілетін   қызметті  берушінің  басшысы  қарайды  және  жауапты орындаушыны анықтайды – 5 (бес) минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+      </w:r>
+      <w:r w:rsidR="009025DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келіп түскен құжаттарды зерделейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, баланы мектепке дейінгі білім беру ұйымына қабылдау туралы бұйрық жобасын ресімдейді, көрсетілетін қызметті берушінің басшысына қарауға және қол қоюға жібереді </w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4" w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 (он) минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4) көрсетілетін қызметті берушінің басшысы  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесін </w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарайды және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қол қояды</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 5 (бес) минут</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65AB1" w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) көрсетілетін қызметті берушінің кеңсе қызметкері </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D65AB1" w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркейді – 5 (бес) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F953E6" w:rsidRPr="00F953E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсету рәсімінің (іс-қимылының) н</w:t>
+      </w:r>
+      <w:r w:rsidR="00F953E6" w:rsidRPr="00F953E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әтижесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі арасында жасалған шарт негізінде баланы мектепке дейінгі ұйы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F953E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мға қабылдау немесе Стандарттың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-тарау. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету проце</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзара іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету процесіне қатысатын көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлердің) тізбесі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті берушінің кеңсе қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің басшысы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) көрсетілетін қызметті берушінің жауапты орындаушысы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013489" w:rsidRPr="007875FD" w:rsidRDefault="00013489" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0035559C" w:rsidRDefault="001A71D4" w:rsidP="0035559C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8. Рәсімдер (іс-қимылдар</w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) реттілігінің сипаттамасы осы регламенттің                   қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процестердің анықтамалығында көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="0035559C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE694E" w:rsidRDefault="00BE694E" w:rsidP="0035559C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="00BE694E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-тарау. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Азаматтарға арналған үкімет» мемлекеттік корпорациясымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзара </w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іс-қимыл, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік көрсетілетін қызмет «Азаматтарға арналған үкімет» мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғам</w:t>
+      </w:r>
+      <w:r w:rsidR="001A71D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«электрондық үкімет» веб-порталы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>көрсетілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007875FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D58EB" w:rsidRDefault="009D58EB" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D58EB" w:rsidRDefault="009D58EB" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D58EB" w:rsidRDefault="009D58EB" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D65AB1" w:rsidRDefault="00D65AB1" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C30CF" w:rsidRDefault="004C30CF" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D4520" w:rsidRDefault="004D4520" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C30CF" w:rsidRDefault="004C30CF" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="00773852" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00070E12" w:rsidRDefault="00070E12" w:rsidP="00070E12">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі білім беру ұйымдарына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="00773852" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="004C30CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарды қабылдау және балаларды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="00773852" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="004C30CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="00773852" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="00773852" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00773852">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00773852" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00773852">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсетудің бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00E91097" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1164" style="position:absolute;left:0;text-align:left;margin-left:2.35pt;margin-top:1.6pt;width:105.95pt;height:77.35pt;z-index:251760640" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1164">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="00902BF7" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="00902BF7" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>қызметті алушы</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1163" style="position:absolute;left:0;text-align:left;margin-left:108.3pt;margin-top:1.6pt;width:132.8pt;height:77.35pt;z-index:251759616" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1163">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="00902BF7" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті  берушінің кеңсесі</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1162" style="position:absolute;left:0;text-align:left;margin-left:241.1pt;margin-top:2.75pt;width:117.85pt;height:76.2pt;z-index:251758592" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1162">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="00902BF7" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті  берушінің  басшысы</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00733075" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="000F1805" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00D47FF6">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="AutoShape 38" o:spid="_x0000_s1177" style="position:absolute;left:0;text-align:left;margin-left:361.05pt;margin-top:2.75pt;width:102.4pt;height:76.2pt;z-index:251773952;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJJxfpOQIAAHQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+Z2m6tlujpdO0MYQ0&#10;YGLwA1zbaQyOz5zdptuv5+ykowOeEHmw7nz2d3ffd87F5b6zbKcxGHA1L08mnGknQRm3qfnXL7dv&#10;zjkLUTglLDhd80cd+OXq9auL3ld6Ci1YpZERiAtV72vexuirogiy1Z0IJ+C1o2AD2IlILm4KhaIn&#10;9M4W08lkUfSAyiNIHQLt3gxBvsr4TaNl/NQ0QUdma061xbxiXtdpLVYXotqg8K2RYxniH6rohHGU&#10;9BnqRkTBtmj+gOqMRAjQxBMJXQFNY6TOPVA35eS3bh5a4XXuhcgJ/pmm8P9g5cfdPTKjar4gpZzo&#10;SKOrbYScmp2eJ4J6Hyo69+DvMbUY/B3I74E5uG6F2+grROhbLRSVVabzxYsLyQl0la37D6AIXhB8&#10;5mrfYJcAiQW2z5I8Pkui95FJ2ixni+XpkpSTFDubl9PJPKcQ1eG2xxDfaehYMmqOsHXqM+meU4jd&#10;XYhZFzU2J9Q3zprOkso7YVm5WCzORsTxcCGqA2ZuF6xRt8ba7OBmfW2R0dWa3+ZvvByOj1nH+pov&#10;59N5ruJFLBxDTPL3N4jcR57ORO1bp7IdhbGDTVVaN3Kd6B1kivv1flAzYSbq16AeiXyEYfTpqZLR&#10;Aj5x1tPY1zz82ArUnNn3jgRclrNZeifZmc3PpuTgcWR9HBFOElTNI2eDeR2Ht7X1aDYtZSozAQ7S&#10;TDUmHqZjqGosn0abrBdv59jPp379LFY/AQAA//8DAFBLAwQUAAYACAAAACEAedkRvdwAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+h2ZMvLktmFUXKRtjolcjevBY6AhEOmXbwqK/&#10;3tmTzmkm7+XN98r96kaxYIiDJw3ZRoFAar0dqNPw/vZ0dQciJkPWjJ5QwzdG2FfnZ6UprD/SKy51&#10;6gSHUCyMhj6lqZAytj06Ezd+QmLt0wdnEp+hkzaYI4e7UeZK3UhnBuIPvZnwscf2q56dhtaqWYWP&#10;5WXXbFP9s8wHks8HrS8v1od7EAnX9GeGEz6jQ8VMjZ/JRjFquOVhq4brHMRJV2qXgWh4y7MtyKqU&#10;/ytUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCJJxfpOQIAAHQEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB52RG93AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAJMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;">
+            <v:textbox style="mso-next-textbox:#AutoShape 38">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="001A71D4" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті  берушінің ж</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00902BF7" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ауапты орындаушы</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0035559C" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>сы</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="007875FD" w:rsidRPr="00733075">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="AutoShape 39" o:spid="_x0000_s1178" style="position:absolute;left:0;text-align:left;margin-left:370.3pt;margin-top:27.05pt;width:93.15pt;height:431.05pt;z-index:251774976;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBihKn/PAIAAHYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8nSXp29qo6TR1DCEN&#10;mBj8ANd2GoPjM7bbdPv1XC7daIFPiHyw7ny+x3fPc87y6tBattchGnAVLy5yzrSToIzbVvzrl9s3&#10;c85iEk4JC05X/FFHfrV6/WrZ+VKPoAGrdGAI4mLZ+Yo3Kfkyy6JsdCviBXjtMFhDaEVCN2wzFUSH&#10;6K3NRnk+yzoIygeQOkbcvRmCfEX4da1l+lTXUSdmK461JVoDrZt+zVZLUW6D8I2RxzLEP1TRCuPw&#10;0heoG5EE2wXzB1RrZIAIdbqQ0GZQ10Zq6gG7KfLfunlohNfUC5IT/QtN8f/Byo/7+8CMqvhswpkT&#10;LWp0vUtAV7Pxoieo87HEcw/+PvQtRn8H8ntkDtaNcFt9HQJ0jRYKyyr689lZQu9ETGWb7gMohBcI&#10;T1wd6tD2gMgCO5Akjy+S6ENiEjeL6ThfzKecSYyN55N5kZNomSif032I6Z2GlvVGxQPsnPqMwtMd&#10;Yn8XEwmjjt0J9Y2zurUo815YVsxms0uqWpTHw4j9jEn9gjXq1lhLTthu1jYwTK34LX3H5Hh6zDrW&#10;VXwxHU2pirNYPIXI6fsbBPVB49lz+9YpspMwdrCxSuuOZPf8Djqlw+ZAchZEU0/+BtQj0h9gGH58&#10;rGg0EJ4463DwKx5/7ETQnNn3DiVcFJNJ/1LImUwvR+iE08jmNCKcRKiKJ84Gc52G17XzwWwbvKkg&#10;Bhz0U1Wb9DwfQ1XH+nG40Tp7Pac+nfr1u1j9BAAA//8DAFBLAwQUAAYACAAAACEA7WqWB94AAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBSE7yb+h+aZeHPbXQMuyGNjTPRqRA8eC30Ckb6y&#10;tLDor7d70uNkJjPfFIfVDmKhyfeOEbYbBYK4cabnFuH97elmD8IHzUYPjgnhmzwcysuLQufGnfiV&#10;liq0IpawzzVCF8KYS+mbjqz2GzcSR+/TTVaHKKdWmkmfYrkd5E6pVFrdc1zo9EiPHTVf1WwRGqNm&#10;NX0sL1mdhOpnmY8sn4+I11frwz2IQGv4C8MZP6JDGZlqN7PxYkC4S/fxS0DYZQmIc0CpbAuiRkhv&#10;kwRkWcj/H8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGKEqf88AgAAdgQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO1qlgfeAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;">
+            <v:textbox style="mso-next-textbox:#AutoShape 39">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:r>
+                    <w:t xml:space="preserve">                      </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F6091" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1166" style="position:absolute;left:0;text-align:left;margin-left:247.5pt;margin-top:27.05pt;width:122.8pt;height:431.05pt;z-index:251762688" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1166">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00217A40" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F6091" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00C310C5">
+                  <w:pPr>
+                    <w:ind w:left="708"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                  <w:bookmarkEnd w:id="0"/>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1167" style="position:absolute;left:0;text-align:left;margin-left:105.1pt;margin-top:25.9pt;width:142.4pt;height:431.05pt;z-index:251763712" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1167">
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F6091" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:pStyle w:val="a3"/>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001659DB">
+                    <w:t xml:space="preserve">               </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="007875FD"/>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F6091" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">                  </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00410B06">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F6091" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:ind w:left="708"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1165" style="position:absolute;left:0;text-align:left;margin-left:2.35pt;margin-top:25.9pt;width:102.75pt;height:432.2pt;z-index:251761664" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1179" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:370.3pt;margin-top:3.15pt;width:93.15pt;height:220.7pt;z-index:251776000">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="005F6091" w:rsidRDefault="00902BF7" w:rsidP="003B53EC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">     </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="00902BF7" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Бұйр</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ық жобасын рәсімдеу, қол қоюға жіберу</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> немесе Стандарттың 10-тармағы негізінде </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>бас тарту туралы дәлелді жауап беру</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> – 10 (он) минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="00C310C5" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1169" style="position:absolute;left:0;text-align:left;margin-left:259.35pt;margin-top:7.25pt;width:99.6pt;height:99.35pt;z-index:251765760">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="001605BF" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Қарау</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00902BF7" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> және</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> жауапты орын-даушыны анықтау</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00902BF7" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> - 5  (бес) минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="004A7D5F" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1168" style="position:absolute;left:0;text-align:left;margin-left:118.7pt;margin-top:3.15pt;width:122.4pt;height:135.7pt;z-index:251764736">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="00902BF7" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті алушыд</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ан алынған құжаттарды қабылдау</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> және тірке</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>у</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> және басшыға қ</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>арауға жіберу</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> -5 (бес) минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="004258A3" w:rsidRDefault="00902BF7" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1170" style="position:absolute;left:0;text-align:left;margin-left:9.55pt;margin-top:10.7pt;width:87.8pt;height:49.5pt;z-index:251766784" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="001C0116" w:rsidP="007875FD">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Өтініш</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1181" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:361.05pt;margin-top:6.45pt;width:19.8pt;height:0;z-index:251778048" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1171" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:242.3pt;margin-top:6.4pt;width:12.75pt;height:0;z-index:251767808" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1172" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:97.35pt;margin-top:6.4pt;width:22.65pt;height:.05pt;z-index:251768832" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1174" style="position:absolute;left:0;text-align:left;margin-left:125.8pt;margin-top:28.05pt;width:115.3pt;height:166.7pt;z-index:251770880">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="00902BF7" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Баланы қа</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>былдау туралы бұйрықты  тіркеу</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> немесе Стандарттың         10-тармағы негізінде бас тарту туралы </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">дәлелді жауап </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">- </w:t>
+                  </w:r>
+                  <w:r w:rsidR="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">      </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> 5 (бес) минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1180" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:259.35pt;margin-top:28.05pt;width:95.9pt;height:166.7pt;z-index:251777024">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRPr="0035559C" w:rsidRDefault="001605BF" w:rsidP="0035559C">
+                  <w:pPr>
+                    <w:pStyle w:val="a5"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Бұйрық  жобасын қарау және қол қою</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00902BF7" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> немесе Стандарттың  10-тармағы негізінде </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">бас тарту туралы дәлелді жауап </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00902BF7" w:rsidRPr="0035559C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">    – 5 (бес) минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1175" style="position:absolute;left:0;text-align:left;margin-left:5.2pt;margin-top:6.3pt;width:92.15pt;height:76.25pt;z-index:251771904" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7" w:rsidP="00773852">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік қызмет</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001605BF">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ті көрсету</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> нәтижесі</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="00D47FF6" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1187" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:422.5pt;margin-top:-.45pt;width:.05pt;height:17.7pt;flip:x;z-index:251783168" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1182" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:358.95pt;margin-top:17.5pt;width:63.55pt;height:.05pt;flip:x;z-index:251779072" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1183" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:240.3pt;margin-top:17.25pt;width:14.75pt;height:.2pt;flip:x;z-index:251780096" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1176" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:96.05pt;margin-top:17.45pt;width:29.75pt;height:.05pt;flip:x;z-index:251772928" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00BE694E" w:rsidRDefault="007875FD" w:rsidP="00D65AB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE694E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+      <w:r w:rsidR="001605BF" w:rsidRPr="00BE694E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="106"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="6913"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007875FD" w:rsidRPr="00BE694E" w:rsidTr="004728CA">
+        <w:trPr>
+          <w:trHeight w:val="888"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007875FD" w:rsidRPr="00BE694E" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:roundrect id="_x0000_s1184" style="position:absolute;margin-left:19.7pt;margin-top:4.8pt;width:69pt;height:31.5pt;z-index:251781120" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                  <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+                  <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+                </v:roundrect>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6913" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007875FD" w:rsidRPr="00BE694E" w:rsidRDefault="00BE694E" w:rsidP="004728CA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="007875FD" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>емлекеттік көрсетілетін қызметтің басталуы немесе аяқталуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007875FD" w:rsidRPr="00BE694E" w:rsidTr="004728CA">
+        <w:trPr>
+          <w:trHeight w:val="331"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007875FD" w:rsidRPr="00BE694E" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1185" type="#_x0000_t32" style="position:absolute;margin-left:25.7pt;margin-top:4.75pt;width:57pt;height:0;z-index:251782144;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007875FD" w:rsidRPr="00BE694E" w:rsidRDefault="00BE694E" w:rsidP="004728CA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2220"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="007875FD" w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>елесі рәсімге көшу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C24FC2" w:rsidRPr="00BE694E" w:rsidTr="004728CA">
+        <w:trPr>
+          <w:trHeight w:val="331"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24FC2" w:rsidRPr="00BE694E" w:rsidRDefault="00D47FF6" w:rsidP="004728CA">
+            <w:pPr>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:roundrect id="_x0000_s1204" style="position:absolute;margin-left:25.7pt;margin-top:6.1pt;width:63pt;height:26.95pt;z-index:251797504;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHn4QcnAIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0ST+ipdPUtAhp&#10;wMTgB7iO01j4C9ttOib+O9dOW1Z4QQheEtv3+vic6+N7c3uQAu2ZdVyrCmdXKUZMUd1wta3w50/r&#10;0Qwj54lqiNCKVfiJOXy7eP3qpjclG+tOi4ZZBCDKlb2pcOe9KZPE0Y5J4q60YQqCrbaSeJjabdJY&#10;0gO6FMk4TSdJr21jrKbMOVithyBeRPy2ZdR/aFvHPBIVBm4+fm38bsI3WdyQcmuJ6Tg90iB/wUIS&#10;ruDQM1RNPEE7y3+Dkpxa7XTrr6iWiW5bTlnUAGqy9Bc1jx0xLGqB4jhzLpP7d7D0/f7BIt5UuMBI&#10;EQlX9BGKRtRWMDQtQn1640pIezQPNih05l7TLw4pvewgjd1Zq/uOkQZYZSE/udgQJg62ok3/TjcA&#10;T3Zex1IdWisDIBQBHeKNPJ1vhB08orCYp/MCWCAKoet8PJ5ERgkpT5uNdf4N0xKFQYUtcI/gZH/v&#10;fCBDylNKOEvpNRciXrpQqAfG87RI4w6nBW9CNIoM/mNLYdGegHMIpUz5IuaJnQQhw/q0SNOjh2AZ&#10;nDYsxyU4Obo4oEQeFwdI7sH3gssKzwDjhBLquFJNJOgJF8MYoIQKtKAsIOs4Gvz1PE/nq9lqlo/y&#10;8WQ1ytO6Ht2tl/loss6mRX1dL5d19j0wz/Ky403DVBB58nqW/5mXjq9ucOnZ7ReSzmr/T82SSwGx&#10;pFCP0z/WJVovuG1wrT9sDtHb1/nJyBvdPIEZrR46AXQuGHTafsOohy5QYfd1RyzDSLxVYOh5lueh&#10;bcRJXkzHMLEvI5uXEaIoQFXYYzQMl35oNTtj+baDk7JoIaXv4BG0PBo0PJCBFUgJE3jpUdSxK4VW&#10;8nIes372zsUPAAAA//8DAFBLAwQUAAYACAAAACEAokM9B94AAAAGAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KiDBW0I2VSoCAmJQ9VSxNWJFycQr6PYbQNfj3uC42hGM2/K5eR6&#10;caAxdJ4RrmcZCOLGm44twu716SoHEaJmo3vPhPBNAZbV+VmpC+OPvKHDNlqRSjgUGqGNcSikDE1L&#10;ToeZH4iT9+FHp2OSo5Vm1MdU7nqpsmwune44LbR6oFVLzdd27xCGjX1R77upzt+eP+3adI/r29UP&#10;4uXF9HAPItIU/8Jwwk/oUCWm2u/ZBNEjKHWXkgh5OpDsfHEDokaYqwXIqpT/8atfAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAIefhBycAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKJDPQfeAAAABgEAAA8AAAAAAAAAAAAAAAAA9gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1204">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00C24FC2" w:rsidRPr="00B078B7" w:rsidRDefault="00C24FC2" w:rsidP="00C24FC2">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:roundrect>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6913" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C24FC2" w:rsidRPr="00BE694E" w:rsidRDefault="00C24FC2" w:rsidP="00C24FC2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE694E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рәсімнің (іс-қимылдың) атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C24FC2" w:rsidRPr="00BE694E" w:rsidRDefault="00C24FC2" w:rsidP="004728CA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2220"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00733075" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="005F6091" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="005F6091" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="005F6091" w:rsidRDefault="007875FD" w:rsidP="007875FD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00FF2D86" w:rsidRDefault="007875FD" w:rsidP="007875FD">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="14317"/>
+          <w:tab w:val="left" w:pos="3750"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007875FD" w:rsidRPr="00FD539D" w:rsidRDefault="007875FD" w:rsidP="00FD539D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5505"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...211 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007875FD" w:rsidRPr="00FD539D" w:rsidSect="004D4520">
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1134" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00E07ADE" w:rsidRDefault="00E07ADE" w:rsidP="00AE33A2">
+    <w:p w:rsidR="003A2F9B" w:rsidRDefault="003A2F9B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00E07ADE" w:rsidRDefault="00E07ADE" w:rsidP="00AE33A2">
+    <w:p w:rsidR="003A2F9B" w:rsidRDefault="003A2F9B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151">
-[...29 lines deleted...]
-  <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151">
+  <w:p w:rsidR="00902BF7" w:rsidRDefault="00D47FF6">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
+      <w:r w:rsidR="00902BF7">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:fldSimple>
   </w:p>
-  <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151">
+  <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00E07ADE" w:rsidRDefault="00E07ADE" w:rsidP="00AE33A2">
+    <w:p w:rsidR="003A2F9B" w:rsidRDefault="003A2F9B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00E07ADE" w:rsidRDefault="00E07ADE" w:rsidP="00AE33A2">
+    <w:p w:rsidR="003A2F9B" w:rsidRDefault="003A2F9B" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151">
-[...98 lines deleted...]
-  <w:p w:rsidR="00B77151" w:rsidRDefault="00FC6AEE">
+  <w:p w:rsidR="00902BF7" w:rsidRDefault="00D47FF6">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
-      <w:r w:rsidR="001A7115">
+      <w:r w:rsidR="00902BF7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
-  <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151">
-[...18 lines deleted...]
-  <w:p w:rsidR="00B77151" w:rsidRDefault="00B77151">
+  <w:p w:rsidR="00902BF7" w:rsidRDefault="00902BF7">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="21A1646B"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="3326B890">
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000002"/>
+    <w:name w:val="WW8Num2"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1744" w:hanging="1035"/>
-[...11 lines deleted...]
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2509" w:hanging="180"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4669" w:hanging="180"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="6829" w:hanging="180"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="33841105"/>
+    <w:nsid w:val="1B35090E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="048CD676"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="4C193109"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2230E6C2"/>
+    <w:lvl w:ilvl="0" w:tplc="16AE656A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="109"/>
+  <w:zoom w:percent="80"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00AE33A2"/>
-    <w:rsid w:val="00014613"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00072705"/>
+    <w:rsid w:val="00013489"/>
+    <w:rsid w:val="0004119B"/>
+    <w:rsid w:val="00042911"/>
+    <w:rsid w:val="00060A72"/>
+    <w:rsid w:val="000718DD"/>
     <w:rsid w:val="000742F8"/>
+    <w:rsid w:val="0007652E"/>
+    <w:rsid w:val="00077111"/>
     <w:rsid w:val="00082BC8"/>
-    <w:rsid w:val="000905FD"/>
-[...16 lines deleted...]
-    <w:rsid w:val="001E7895"/>
+    <w:rsid w:val="00085562"/>
+    <w:rsid w:val="00085953"/>
+    <w:rsid w:val="000D3F98"/>
+    <w:rsid w:val="000E330C"/>
+    <w:rsid w:val="000F3C72"/>
+    <w:rsid w:val="001065E8"/>
+    <w:rsid w:val="001605BF"/>
+    <w:rsid w:val="001627D2"/>
+    <w:rsid w:val="00166758"/>
+    <w:rsid w:val="00172D0E"/>
+    <w:rsid w:val="001A71D4"/>
+    <w:rsid w:val="001B278C"/>
+    <w:rsid w:val="001C0116"/>
+    <w:rsid w:val="001C0128"/>
+    <w:rsid w:val="001C6805"/>
+    <w:rsid w:val="001D0F73"/>
+    <w:rsid w:val="001E4001"/>
+    <w:rsid w:val="002004B4"/>
+    <w:rsid w:val="00203C86"/>
     <w:rsid w:val="00205516"/>
-    <w:rsid w:val="00216FF7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00266575"/>
+    <w:rsid w:val="00207EFC"/>
+    <w:rsid w:val="0021029A"/>
+    <w:rsid w:val="00226DE5"/>
+    <w:rsid w:val="0023216D"/>
+    <w:rsid w:val="002325F0"/>
+    <w:rsid w:val="002331A5"/>
+    <w:rsid w:val="00252C13"/>
+    <w:rsid w:val="00260E73"/>
+    <w:rsid w:val="002611E3"/>
     <w:rsid w:val="00267B0D"/>
     <w:rsid w:val="002704DA"/>
-    <w:rsid w:val="002867B2"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00324FED"/>
+    <w:rsid w:val="00276C40"/>
+    <w:rsid w:val="00284751"/>
+    <w:rsid w:val="002B2815"/>
+    <w:rsid w:val="002B5397"/>
+    <w:rsid w:val="002C5868"/>
+    <w:rsid w:val="002C775C"/>
+    <w:rsid w:val="002F5937"/>
+    <w:rsid w:val="00311980"/>
+    <w:rsid w:val="00322572"/>
+    <w:rsid w:val="00336219"/>
+    <w:rsid w:val="0034058F"/>
     <w:rsid w:val="003413D9"/>
-    <w:rsid w:val="00347435"/>
-[...8 lines deleted...]
-    <w:rsid w:val="003E34F6"/>
+    <w:rsid w:val="003454B4"/>
+    <w:rsid w:val="0035559C"/>
+    <w:rsid w:val="00367B1D"/>
+    <w:rsid w:val="003817F4"/>
+    <w:rsid w:val="0039088D"/>
+    <w:rsid w:val="00394072"/>
+    <w:rsid w:val="003962B3"/>
+    <w:rsid w:val="003A2566"/>
+    <w:rsid w:val="003A2F9B"/>
+    <w:rsid w:val="003A369C"/>
+    <w:rsid w:val="003A444F"/>
+    <w:rsid w:val="003B53EC"/>
+    <w:rsid w:val="003C6EE6"/>
     <w:rsid w:val="003E4523"/>
-    <w:rsid w:val="003E4761"/>
     <w:rsid w:val="004015BE"/>
-    <w:rsid w:val="00402203"/>
     <w:rsid w:val="00413892"/>
-    <w:rsid w:val="00414C58"/>
-[...3 lines deleted...]
-    <w:rsid w:val="004942D0"/>
+    <w:rsid w:val="00432542"/>
+    <w:rsid w:val="00433685"/>
+    <w:rsid w:val="004728CA"/>
+    <w:rsid w:val="00475674"/>
     <w:rsid w:val="00494925"/>
-    <w:rsid w:val="004C5A64"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004E7E85"/>
+    <w:rsid w:val="004C30CF"/>
+    <w:rsid w:val="004C4B3A"/>
+    <w:rsid w:val="004D4520"/>
+    <w:rsid w:val="004F7562"/>
+    <w:rsid w:val="00501E96"/>
+    <w:rsid w:val="005169D5"/>
     <w:rsid w:val="00522343"/>
-    <w:rsid w:val="00527770"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00547C57"/>
+    <w:rsid w:val="0053650D"/>
     <w:rsid w:val="005518D8"/>
-    <w:rsid w:val="00552692"/>
-[...9 lines deleted...]
-    <w:rsid w:val="005B0AFD"/>
+    <w:rsid w:val="00564EDA"/>
+    <w:rsid w:val="00567DFB"/>
+    <w:rsid w:val="0057132A"/>
+    <w:rsid w:val="00594DFB"/>
+    <w:rsid w:val="005C0DBE"/>
     <w:rsid w:val="005C73D6"/>
-    <w:rsid w:val="005F5ADD"/>
-    <w:rsid w:val="00606D9E"/>
+    <w:rsid w:val="005D4173"/>
+    <w:rsid w:val="005E1167"/>
+    <w:rsid w:val="005F0BD6"/>
+    <w:rsid w:val="005F5374"/>
+    <w:rsid w:val="006105AB"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="006321AF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00683B4B"/>
+    <w:rsid w:val="00622C77"/>
+    <w:rsid w:val="00623B02"/>
+    <w:rsid w:val="00624FE7"/>
+    <w:rsid w:val="00625F4A"/>
+    <w:rsid w:val="00631741"/>
+    <w:rsid w:val="006320D8"/>
+    <w:rsid w:val="00643322"/>
+    <w:rsid w:val="00664091"/>
+    <w:rsid w:val="00671A35"/>
+    <w:rsid w:val="00681130"/>
+    <w:rsid w:val="006836A0"/>
     <w:rsid w:val="00690D36"/>
-    <w:rsid w:val="00697D44"/>
+    <w:rsid w:val="006920F0"/>
+    <w:rsid w:val="00695F4E"/>
+    <w:rsid w:val="006A48E3"/>
+    <w:rsid w:val="006A4A30"/>
+    <w:rsid w:val="006A5EBA"/>
+    <w:rsid w:val="006B7071"/>
     <w:rsid w:val="006D1066"/>
-    <w:rsid w:val="006D1F05"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006D5FEA"/>
+    <w:rsid w:val="006D2198"/>
     <w:rsid w:val="006E036F"/>
-    <w:rsid w:val="006E3E6B"/>
-    <w:rsid w:val="006F4064"/>
+    <w:rsid w:val="006E5046"/>
     <w:rsid w:val="00720C05"/>
     <w:rsid w:val="00721A06"/>
-    <w:rsid w:val="00733532"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0077568C"/>
+    <w:rsid w:val="007564A0"/>
+    <w:rsid w:val="00773852"/>
+    <w:rsid w:val="00780D66"/>
     <w:rsid w:val="007813AD"/>
-    <w:rsid w:val="00781F6D"/>
-    <w:rsid w:val="00791B24"/>
+    <w:rsid w:val="00783B5E"/>
+    <w:rsid w:val="00786AA6"/>
+    <w:rsid w:val="007875FD"/>
+    <w:rsid w:val="007A67C8"/>
+    <w:rsid w:val="007C5780"/>
     <w:rsid w:val="007C61DE"/>
-    <w:rsid w:val="007D5DAE"/>
-[...4 lines deleted...]
-    <w:rsid w:val="008069EB"/>
+    <w:rsid w:val="007D3663"/>
+    <w:rsid w:val="007E0559"/>
+    <w:rsid w:val="007E4813"/>
+    <w:rsid w:val="007E4D7B"/>
+    <w:rsid w:val="007E5C58"/>
+    <w:rsid w:val="00810B09"/>
     <w:rsid w:val="00812F70"/>
-    <w:rsid w:val="00820362"/>
+    <w:rsid w:val="00816DC7"/>
+    <w:rsid w:val="00820576"/>
+    <w:rsid w:val="00820649"/>
     <w:rsid w:val="008330B1"/>
-    <w:rsid w:val="00845837"/>
-[...6 lines deleted...]
-    <w:rsid w:val="008E77AE"/>
+    <w:rsid w:val="00834C01"/>
+    <w:rsid w:val="00837546"/>
+    <w:rsid w:val="00837A06"/>
+    <w:rsid w:val="00877F64"/>
+    <w:rsid w:val="008A738B"/>
+    <w:rsid w:val="008A7ABE"/>
+    <w:rsid w:val="008C4BB7"/>
+    <w:rsid w:val="008E2205"/>
+    <w:rsid w:val="008F1314"/>
+    <w:rsid w:val="008F1D39"/>
+    <w:rsid w:val="008F2186"/>
+    <w:rsid w:val="008F4A3A"/>
+    <w:rsid w:val="008F6455"/>
+    <w:rsid w:val="009025DB"/>
+    <w:rsid w:val="00902BF7"/>
+    <w:rsid w:val="00903039"/>
     <w:rsid w:val="009055F3"/>
+    <w:rsid w:val="00906B65"/>
     <w:rsid w:val="0091223E"/>
-    <w:rsid w:val="00921C4E"/>
-[...13 lines deleted...]
-    <w:rsid w:val="009E2A70"/>
+    <w:rsid w:val="00921F03"/>
+    <w:rsid w:val="009222E6"/>
+    <w:rsid w:val="00932238"/>
+    <w:rsid w:val="00935D16"/>
+    <w:rsid w:val="009415DC"/>
+    <w:rsid w:val="00943605"/>
+    <w:rsid w:val="00947DDB"/>
+    <w:rsid w:val="00970DC1"/>
+    <w:rsid w:val="009829A6"/>
+    <w:rsid w:val="00986360"/>
+    <w:rsid w:val="00987277"/>
+    <w:rsid w:val="009B3F94"/>
+    <w:rsid w:val="009B6512"/>
+    <w:rsid w:val="009C093A"/>
+    <w:rsid w:val="009D58EB"/>
+    <w:rsid w:val="009F7658"/>
     <w:rsid w:val="00A05A07"/>
-    <w:rsid w:val="00A10081"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A25C7C"/>
     <w:rsid w:val="00A309F4"/>
-    <w:rsid w:val="00A32BB7"/>
     <w:rsid w:val="00A32E18"/>
+    <w:rsid w:val="00A45A68"/>
+    <w:rsid w:val="00A47166"/>
+    <w:rsid w:val="00A53E79"/>
+    <w:rsid w:val="00A60FA1"/>
+    <w:rsid w:val="00A62AEB"/>
     <w:rsid w:val="00A67CF2"/>
-    <w:rsid w:val="00A82EF1"/>
+    <w:rsid w:val="00A734FD"/>
+    <w:rsid w:val="00A80BF3"/>
     <w:rsid w:val="00A83FCC"/>
     <w:rsid w:val="00A8751C"/>
-    <w:rsid w:val="00A95FD0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AA2B87"/>
+    <w:rsid w:val="00A979D9"/>
+    <w:rsid w:val="00A97A42"/>
     <w:rsid w:val="00AD3DEE"/>
-    <w:rsid w:val="00AD67AB"/>
+    <w:rsid w:val="00AD4573"/>
+    <w:rsid w:val="00AD773F"/>
     <w:rsid w:val="00AE33A2"/>
-    <w:rsid w:val="00AE49C2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B154E5"/>
+    <w:rsid w:val="00AE6231"/>
+    <w:rsid w:val="00AF31FE"/>
+    <w:rsid w:val="00B00CF2"/>
     <w:rsid w:val="00B17E07"/>
-    <w:rsid w:val="00B32B30"/>
+    <w:rsid w:val="00B24D33"/>
+    <w:rsid w:val="00B27A30"/>
+    <w:rsid w:val="00B3075A"/>
+    <w:rsid w:val="00B3524D"/>
+    <w:rsid w:val="00B64330"/>
     <w:rsid w:val="00B64EEA"/>
     <w:rsid w:val="00B7191E"/>
+    <w:rsid w:val="00B72993"/>
+    <w:rsid w:val="00B731FE"/>
+    <w:rsid w:val="00B73338"/>
     <w:rsid w:val="00B74D07"/>
-    <w:rsid w:val="00B77151"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BC2B3F"/>
+    <w:rsid w:val="00B82E09"/>
+    <w:rsid w:val="00B90694"/>
+    <w:rsid w:val="00B91F82"/>
+    <w:rsid w:val="00B97D46"/>
+    <w:rsid w:val="00BB3448"/>
+    <w:rsid w:val="00BD05F5"/>
+    <w:rsid w:val="00BE694E"/>
     <w:rsid w:val="00BF14F5"/>
-    <w:rsid w:val="00C00DF5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C27B76"/>
+    <w:rsid w:val="00C24FC2"/>
+    <w:rsid w:val="00C310C5"/>
     <w:rsid w:val="00C36780"/>
-    <w:rsid w:val="00C36BD0"/>
-    <w:rsid w:val="00C52089"/>
+    <w:rsid w:val="00C54C5E"/>
+    <w:rsid w:val="00C57C00"/>
+    <w:rsid w:val="00C611A7"/>
+    <w:rsid w:val="00C66213"/>
     <w:rsid w:val="00C669A4"/>
-    <w:rsid w:val="00C676FB"/>
+    <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C8580F"/>
-    <w:rsid w:val="00C87023"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CA46DC"/>
+    <w:rsid w:val="00C8713C"/>
     <w:rsid w:val="00CA6E71"/>
-    <w:rsid w:val="00CB15AE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CB4EA9"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CD39C2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D22BA3"/>
+    <w:rsid w:val="00CD72E7"/>
+    <w:rsid w:val="00CE1B46"/>
+    <w:rsid w:val="00CE312D"/>
+    <w:rsid w:val="00CE6406"/>
+    <w:rsid w:val="00CF759E"/>
+    <w:rsid w:val="00D0252D"/>
+    <w:rsid w:val="00D0664E"/>
+    <w:rsid w:val="00D21BA1"/>
     <w:rsid w:val="00D24827"/>
-    <w:rsid w:val="00D340FA"/>
-    <w:rsid w:val="00D54434"/>
+    <w:rsid w:val="00D27468"/>
+    <w:rsid w:val="00D31B6C"/>
+    <w:rsid w:val="00D4312B"/>
+    <w:rsid w:val="00D47FF6"/>
     <w:rsid w:val="00D55409"/>
-    <w:rsid w:val="00D76E43"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00DB1E97"/>
+    <w:rsid w:val="00D64BA6"/>
+    <w:rsid w:val="00D64C9B"/>
+    <w:rsid w:val="00D65AB1"/>
+    <w:rsid w:val="00D719BD"/>
+    <w:rsid w:val="00D86B5F"/>
+    <w:rsid w:val="00D87F13"/>
+    <w:rsid w:val="00D91299"/>
+    <w:rsid w:val="00DA0057"/>
+    <w:rsid w:val="00DB3B93"/>
     <w:rsid w:val="00DB493B"/>
-    <w:rsid w:val="00DB7504"/>
-    <w:rsid w:val="00DC7610"/>
+    <w:rsid w:val="00DB4DBF"/>
     <w:rsid w:val="00DF0B90"/>
     <w:rsid w:val="00DF4587"/>
-    <w:rsid w:val="00E07ADE"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E667A3"/>
+    <w:rsid w:val="00E00E6A"/>
+    <w:rsid w:val="00E21E9D"/>
+    <w:rsid w:val="00E3520D"/>
+    <w:rsid w:val="00E42AE8"/>
+    <w:rsid w:val="00E604BD"/>
+    <w:rsid w:val="00E61374"/>
     <w:rsid w:val="00E66982"/>
-    <w:rsid w:val="00E71E39"/>
+    <w:rsid w:val="00E82ADF"/>
     <w:rsid w:val="00E834AC"/>
-    <w:rsid w:val="00E92E90"/>
-    <w:rsid w:val="00EC1DD4"/>
+    <w:rsid w:val="00EC45FE"/>
     <w:rsid w:val="00ED2E7D"/>
     <w:rsid w:val="00ED7C4B"/>
-    <w:rsid w:val="00EE6476"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F00EAA"/>
+    <w:rsid w:val="00EE0E64"/>
+    <w:rsid w:val="00EF2F9E"/>
     <w:rsid w:val="00F03534"/>
+    <w:rsid w:val="00F03A8B"/>
+    <w:rsid w:val="00F13381"/>
     <w:rsid w:val="00F242D8"/>
-    <w:rsid w:val="00F369FC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FA1603"/>
+    <w:rsid w:val="00F32AB6"/>
+    <w:rsid w:val="00F32B68"/>
+    <w:rsid w:val="00F45A4D"/>
+    <w:rsid w:val="00F511D5"/>
+    <w:rsid w:val="00F52A06"/>
+    <w:rsid w:val="00F5330E"/>
+    <w:rsid w:val="00F6695E"/>
+    <w:rsid w:val="00F80B97"/>
+    <w:rsid w:val="00F87EC0"/>
+    <w:rsid w:val="00F943CF"/>
+    <w:rsid w:val="00F953E6"/>
+    <w:rsid w:val="00FA063C"/>
     <w:rsid w:val="00FA358F"/>
+    <w:rsid w:val="00FA496C"/>
     <w:rsid w:val="00FB3434"/>
-    <w:rsid w:val="00FB4382"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FD667A"/>
+    <w:rsid w:val="00FB5149"/>
+    <w:rsid w:val="00FD539D"/>
+    <w:rsid w:val="00FE68EC"/>
+    <w:rsid w:val="00FE722E"/>
     <w:rsid w:val="00FF0DC6"/>
+    <w:rsid w:val="00FF1BF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="67586"/>
+    <o:shapedefaults v:ext="edit" spidmax="8194"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule46" type="connector" idref="#_x0000_s1044"/>
-        <o:r id="V:Rule47" type="connector" idref="#_x0000_s1083"/>
+        <o:r id="V:Rule47" type="connector" idref="#_x0000_s1032"/>
         <o:r id="V:Rule48" type="connector" idref="#Прямая со стрелкой 39"/>
-        <o:r id="V:Rule49" type="connector" idref="#Прямая со стрелкой 41"/>
-[...8 lines deleted...]
-        <o:r id="V:Rule61" type="connector" idref="#_x0000_s1080"/>
+        <o:r id="V:Rule49" type="connector" idref="#_x0000_s1182"/>
+        <o:r id="V:Rule50" type="connector" idref="#_x0000_s1202"/>
+        <o:r id="V:Rule51" type="connector" idref="#_x0000_s1183"/>
+        <o:r id="V:Rule52" type="connector" idref="#_x0000_s1176"/>
+        <o:r id="V:Rule53" type="connector" idref="#_x0000_s1185"/>
+        <o:r id="V:Rule54" type="connector" idref="#Прямая со стрелкой 63"/>
+        <o:r id="V:Rule55" type="connector" idref="#_x0000_s1181"/>
+        <o:r id="V:Rule56" type="connector" idref="#_x0000_s1191"/>
+        <o:r id="V:Rule57" type="connector" idref="#_x0000_s1071"/>
+        <o:r id="V:Rule58" type="connector" idref="#_x0000_s1069"/>
+        <o:r id="V:Rule59" type="connector" idref="#_x0000_s1172"/>
+        <o:r id="V:Rule60" type="connector" idref="#_x0000_s1187"/>
+        <o:r id="V:Rule61" type="connector" idref="#_x0000_s1073"/>
         <o:r id="V:Rule62" type="connector" idref="#Прямая со стрелкой 44"/>
-        <o:r id="V:Rule63" type="connector" idref="#Прямая со стрелкой 47"/>
-[...13 lines deleted...]
-        <o:r id="V:Rule81" type="connector" idref="#_x0000_s1082"/>
+        <o:r id="V:Rule63" type="connector" idref="#_x0000_s1171"/>
+        <o:r id="V:Rule64" type="connector" idref="#Прямая со стрелкой 48"/>
+        <o:r id="V:Rule65" type="connector" idref="#_x0000_s1036"/>
+        <o:r id="V:Rule66" type="connector" idref="#_x0000_s1034"/>
+        <o:r id="V:Rule67" type="connector" idref="#_x0000_s1070"/>
+        <o:r id="V:Rule68" type="connector" idref="#_x0000_s1200"/>
+        <o:r id="V:Rule69" type="connector" idref="#_x0000_s1060"/>
+        <o:r id="V:Rule70" type="connector" idref="#_x0000_s1074"/>
+        <o:r id="V:Rule71" type="connector" idref="#Прямая со стрелкой 54"/>
+        <o:r id="V:Rule72" type="connector" idref="#Прямая со стрелкой 41"/>
+        <o:r id="V:Rule73" type="connector" idref="#_x0000_s1193"/>
+        <o:r id="V:Rule74" type="connector" idref="#Прямая со стрелкой 47"/>
+        <o:r id="V:Rule75" type="connector" idref="#Прямая со стрелкой 79"/>
+        <o:r id="V:Rule76" type="connector" idref="#_x0000_s1033"/>
+        <o:r id="V:Rule77" type="connector" idref="#_x0000_s1194"/>
+        <o:r id="V:Rule78" type="connector" idref="#Прямая со стрелкой 46"/>
+        <o:r id="V:Rule79" type="connector" idref="#_x0000_s1195"/>
+        <o:r id="V:Rule80" type="connector" idref="#_x0000_s1198"/>
+        <o:r id="V:Rule81" type="connector" idref="#_x0000_s1031"/>
         <o:r id="V:Rule82" type="connector" idref="#Прямая со стрелкой 40"/>
-        <o:r id="V:Rule84" type="connector" idref="#_x0000_s1152"/>
-[...5 lines deleted...]
-        <o:r id="V:Rule90" type="connector" idref="#_x0000_s1156"/>
+        <o:r id="V:Rule83" type="connector" idref="#_x0000_s1197"/>
+        <o:r id="V:Rule84" type="connector" idref="#_x0000_s1051"/>
+        <o:r id="V:Rule85" type="connector" idref="#Прямая со стрелкой 43"/>
+        <o:r id="V:Rule86" type="connector" idref="#_x0000_s1201"/>
+        <o:r id="V:Rule87" type="connector" idref="#_x0000_s1189"/>
+        <o:r id="V:Rule88" type="connector" idref="#_x0000_s1192"/>
+        <o:r id="V:Rule89" type="connector" idref="#_x0000_s1076"/>
+        <o:r id="V:Rule90" type="connector" idref="#_x0000_s1072"/>
+        <o:r id="V:Rule91" type="connector" idref="#_x0000_s1037"/>
+        <o:r id="V:Rule92" type="connector" idref="#_x0000_s1190"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -11154,51 +15858,50 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00AE33A2"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE33A2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:qFormat/>
     <w:rsid w:val="00AE33A2"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11313,176 +16016,182 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE33A2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:rsid w:val="00ED2E7D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00690D36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00690D36"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="af0">
-[...32 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="af1">
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00070E12"/>
+    <w:rsid w:val="003454B4"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:kern w:val="0"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F6695E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="435297024">
+    <w:div w:id="500656840">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1509057655">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1567522417">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11733,82 +16442,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAABC141-2985-4AE6-9881-2A6E1D6D316A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E906F56-FC64-4EA1-8705-9443A1F55D0B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1827</Words>
-  <Characters>10420</Characters>
+  <Words>2637</Words>
+  <Characters>15036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12223</CharactersWithSpaces>
+  <CharactersWithSpaces>17638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Айнур</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>