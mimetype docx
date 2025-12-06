--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,2340 +1,2734 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D53241" w:rsidRDefault="00D53241" w:rsidP="00D53241">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="006F4288" w:rsidRPr="00B627C5" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы әкімдігінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="00B627C5" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мамыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="00B627C5" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 153/5   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="00E77A4D" w:rsidP="006F4288">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...24 lines deleted...]
-        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="006F4288" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="008525F7" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...92 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F703FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008525F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00E05483" w:rsidRPr="004D5259" w:rsidRDefault="00E05483" w:rsidP="00E05483">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін қызмет регламенті»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="00C922F3" w:rsidRDefault="006F4288" w:rsidP="006F4288">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00E05483" w:rsidRPr="004D5259" w:rsidRDefault="00E05483" w:rsidP="00E05483">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="00C922F3" w:rsidRDefault="006F4288" w:rsidP="006F4288">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004F08E5" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...103 lines deleted...]
-    <w:p w:rsidR="00E05483" w:rsidRDefault="00E05483" w:rsidP="00E05483">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F703FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A701D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызметі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – мемлекеттік көрсетілетін қызмет) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бастауыш, негізгі орта, жалпы орта білім беру ұйымдары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті көрсету нысаны: қағаз түрінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="003E33B2" w:rsidRDefault="006F4288" w:rsidP="006F4288">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-    <w:p w:rsidR="00E05483" w:rsidRPr="00656A69" w:rsidRDefault="00E05483" w:rsidP="00E05483">
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мемлекеттік қызмет көрсету нәтижесі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F703FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттарды қабылдау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F703FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы қолхат (еркін нысанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="00F61B09" w:rsidRDefault="006F4288" w:rsidP="006F4288">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н беру нысаны: қағаз түрінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004F08E5" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...11 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004F08E5" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00985C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 сәуірдегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 174 бұйрығымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F703FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00985C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік көрсетілетін қызмет стандартының (бұдан әрі – стандарт) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9-тармағында көрсетілген қажетті құжаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоса көрсетілетін қызметті алушының өтініші мемлекеттік қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызмет көрсету бойынша рәсімді            (іс-қимылды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) бастау үшін негіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрамына кіретін әрбір рәсімнің (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың) мазмұны, ұзақтығы мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орындау реттілігі, соның ішінде рәсімдердің (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) өту кезеңі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыдан алынған құжаттарды қабылдауды және тіркеуді жүзеге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>асырады, құжаттардың көшірмелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың түпнұсқаларымен салыстырады және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарттың 4-қосымшасына сәйкес нысан бойынша құжаттард</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы қабылдау туралы қолхат бере отыра,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түпнұсқаларын көрсетілетін қызметті алушыға қайтарады және көрсетілетін қызметті берушінің басшысына қарауға береді (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минуттан аспайды); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) көрсетілетін қызметті берушінің басшысы құжаттарды қара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йды және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауапты орындаушыны анықтайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минуттан аспайды)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің жауапты орындаушысы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұйрық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жобасын р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сімдейді, басшыға қарауға және қол қоюға жібереді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс күні); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>метті берушінің басшысы бұйрық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жобасын қара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды, қол қояды және кеңсеге жібереді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1 жұмыс күні)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="002B2034" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті беруш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>інің кеңсе қызметкері бұйрықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тіркейді және көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алушыға мемлекетті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к қызметтің нәтижесін береді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минуттан аспайды)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="003E33B2" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...34 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00985C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Нәтижесі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F703FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттарды қабылдау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F703FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...99 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы қолхат (еркін нысанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D43B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="clear" w:pos="1068"/>
+          <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысатын көрсетілетін қызметті берушінің  құрылымдық бөлімшелерінің (қызметкерлер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) тізімі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті берушінің кеңсе қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) көрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің  басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) көрсетілетін қызметті берушінің жауапты орындаушысы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Әрбір рәсімнің (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) ұзақтығын көрсете отырып, құрылымдық бөлімшелер (қызметкерлер) арасындағы рәсімдер (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) реттілігін сипатта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы регламенттің қосымш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процестердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтамалығында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беріл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...52 lines deleted...]
-        </w:tabs>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="004D5259" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...45 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E5101" w:rsidRPr="001708DC" w:rsidRDefault="004E5101" w:rsidP="004E5101">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорациясымен өзара іс – қимыл және басқа да көрсетілетін қызметті берушілермен, сондай – ақ мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5101" w:rsidRPr="001708DC" w:rsidRDefault="004E5101" w:rsidP="004E5101">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...336 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E5101" w:rsidRPr="001708DC" w:rsidRDefault="004E5101" w:rsidP="004E5101">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9. Стандар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тқа сәйкес мемлекеттік қызмет «Азаматтарға арналған үкімет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы және «электрондық үкімет» веб – порталы арқылы көрсетілмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...229 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8496"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...177 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="006F4288" w:rsidSect="003A6C37">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1418" w:right="907" w:bottom="1560" w:left="1531" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="3936" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5670"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F4288" w:rsidTr="00752C3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006F4288" w:rsidRPr="00E77A4D" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта, жалпы орта  білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара  алмайтын балаларды үйде жеке тегін оқытуды йымдастыру үшін құжаттар  қабылдау» мемлекеттік көрсетілетін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F4288" w:rsidRPr="00E77A4D" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызмет регламентіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F4288" w:rsidRPr="00E77A4D" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E77A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F4288" w:rsidRPr="00E77A4D" w:rsidRDefault="006F4288" w:rsidP="00752C3C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006F4288" w:rsidRPr="003F26E2" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...182 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E05483" w:rsidRDefault="00E05483" w:rsidP="00D53241">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="003F26E2" w:rsidRDefault="006F4288" w:rsidP="006F4288">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...22 lines deleted...]
-      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F26E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRPr="00E77A4D" w:rsidRDefault="006F4288" w:rsidP="006F4288">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E05483" w:rsidRDefault="00E05483" w:rsidP="00D53241">
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсетудің бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F4288" w:rsidRDefault="006F4288" w:rsidP="00167A67">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3810"/>
+          <w:tab w:val="left" w:pos="5370"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00192921" w:rsidRDefault="006F4288" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5370"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5880100" cy="5671820"/>
-[...1 lines deleted...]
-            <wp:docPr id="40" name="Рисунок 40"/>
+            <wp:extent cx="5410200" cy="5676900"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="13" name="Рисунок 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 40"/>
+                    <pic:cNvPr id="0" name="Picture 13"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5880100" cy="5671820"/>
+                      <a:ext cx="5410200" cy="5676900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D53241" w:rsidRPr="00D53241" w:rsidRDefault="00D53241" w:rsidP="00D53241">
-[...34 lines deleted...]
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1560" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
+    <w:sectPr w:rsidR="00192921" w:rsidSect="00C57350">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1276" w:left="1276" w:header="709" w:footer="680" w:gutter="0"/>
+      <w:pgNumType w:start="3"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00257C6F" w:rsidRDefault="00257C6F" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00257C6F" w:rsidRDefault="00257C6F" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DejaVu Sans">
-[...32 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003E39D5" w:rsidRDefault="003E39D5" w:rsidP="00A82E0D">
+  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00752C3C">
     <w:pPr>
-      <w:pStyle w:val="ad"/>
+      <w:pStyle w:val="ae"/>
       <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD">
+    <w:pPr>
+      <w:pStyle w:val="ae"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00257C6F" w:rsidRDefault="00257C6F" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00257C6F" w:rsidRDefault="00257C6F" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003E39D5" w:rsidRDefault="003104E9" w:rsidP="00A82E0D">
+  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="004B7793" w:rsidP="00752C3C">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="a5"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af"/>
-        <w:rFonts w:eastAsia="DejaVu Sans"/>
+        <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af"/>
-        <w:rFonts w:eastAsia="DejaVu Sans"/>
+        <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="003E39D5">
+    <w:r w:rsidR="00EA3FDD">
       <w:rPr>
-        <w:rStyle w:val="af"/>
-        <w:rFonts w:eastAsia="DejaVu Sans"/>
+        <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af"/>
-        <w:rFonts w:eastAsia="DejaVu Sans"/>
+        <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003E39D5" w:rsidRDefault="003E39D5">
+  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:sdt>
-[...24 lines deleted...]
-  <w:p w:rsidR="003E39D5" w:rsidRDefault="003E39D5">
+  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003E39D5" w:rsidRDefault="003104E9">
+  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
+      <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:fldSimple w:instr="PAGE   \* MERGEFORMAT">
-[...6 lines deleted...]
-    </w:fldSimple>
   </w:p>
-  <w:p w:rsidR="003E39D5" w:rsidRPr="004C2469" w:rsidRDefault="003E39D5" w:rsidP="00A82E0D">
+  <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD">
     <w:pPr>
-      <w:pStyle w:val="ab"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2408,1474 +2802,974 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="075F0415"/>
+    <w:nsid w:val="1B35090E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85383446"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="-705" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="23360E00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6BECCEDC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="15" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="735" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1455" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2175" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2895" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3615" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4335" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5055" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="12E76E96"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="451040E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="301E7C3A"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B3D8F4FA"/>
+    <w:lvl w:ilvl="0" w:tplc="9ED85FCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="4C193109"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2230E6C2"/>
+    <w:lvl w:ilvl="0" w:tplc="16AE656A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1364" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2084" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2804" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3524" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4244" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4964" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5684" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6404" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="21A1646B"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="53A77FA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F280A516"/>
-    <w:lvl w:ilvl="0" w:tplc="3326B890">
+    <w:tmpl w:val="E72AECFC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1603" w:hanging="1035"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="252C4DBD"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="6BA31ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5BB0F3E4"/>
-[...1 lines deleted...]
-      <w:start w:val="9"/>
+    <w:tmpl w:val="F5E6096E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
-[...801 lines deleted...]
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="13"/>
-[...4 lines deleted...]
-  <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="60"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:mailMerge>
+    <w:mainDocumentType w:val="formLetters"/>
+    <w:dataType w:val="textFile"/>
+    <w:activeRecord w:val="-1"/>
+  </w:mailMerge>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="000C148D"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00604A32"/>
+    <w:rsidRoot w:val="0013473E"/>
+    <w:rsid w:val="00003146"/>
+    <w:rsid w:val="00032323"/>
+    <w:rsid w:val="00066EB4"/>
+    <w:rsid w:val="0007112F"/>
+    <w:rsid w:val="000B1A51"/>
+    <w:rsid w:val="001018D5"/>
+    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="00150B50"/>
+    <w:rsid w:val="00167A67"/>
+    <w:rsid w:val="00187475"/>
+    <w:rsid w:val="00191D0F"/>
+    <w:rsid w:val="00192921"/>
+    <w:rsid w:val="001C02B7"/>
+    <w:rsid w:val="001C2630"/>
+    <w:rsid w:val="001D0DED"/>
+    <w:rsid w:val="001F1527"/>
+    <w:rsid w:val="001F69D4"/>
+    <w:rsid w:val="00235917"/>
+    <w:rsid w:val="00254CAD"/>
+    <w:rsid w:val="00266E4A"/>
+    <w:rsid w:val="002A31D7"/>
+    <w:rsid w:val="002C361F"/>
+    <w:rsid w:val="00314EBB"/>
+    <w:rsid w:val="003155E6"/>
+    <w:rsid w:val="0032067B"/>
+    <w:rsid w:val="00324DF3"/>
+    <w:rsid w:val="003979A5"/>
+    <w:rsid w:val="003A6C37"/>
+    <w:rsid w:val="003D669C"/>
+    <w:rsid w:val="003F475E"/>
+    <w:rsid w:val="00422420"/>
+    <w:rsid w:val="004B7793"/>
+    <w:rsid w:val="004C03F7"/>
+    <w:rsid w:val="004E5101"/>
+    <w:rsid w:val="00547AB2"/>
+    <w:rsid w:val="005544F8"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00642BD3"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00A31BBB"/>
+    <w:rsid w:val="00621093"/>
+    <w:rsid w:val="00623FF5"/>
+    <w:rsid w:val="00624AA4"/>
+    <w:rsid w:val="00632A2F"/>
+    <w:rsid w:val="0066076B"/>
+    <w:rsid w:val="00665D1D"/>
+    <w:rsid w:val="00684DCB"/>
+    <w:rsid w:val="006B0BDA"/>
+    <w:rsid w:val="006C6BEE"/>
+    <w:rsid w:val="006E565A"/>
+    <w:rsid w:val="006F4288"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:rsid w:val="007D46DB"/>
+    <w:rsid w:val="0080377C"/>
+    <w:rsid w:val="00814F42"/>
+    <w:rsid w:val="008162C2"/>
+    <w:rsid w:val="0096176F"/>
+    <w:rsid w:val="00971FDE"/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:rsid w:val="009B760B"/>
+    <w:rsid w:val="009D7B36"/>
+    <w:rsid w:val="009E5DE1"/>
+    <w:rsid w:val="00A07A9C"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A5037F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C9491F"/>
+    <w:rsid w:val="00A60E3E"/>
+    <w:rsid w:val="00A61E92"/>
+    <w:rsid w:val="00A6652D"/>
+    <w:rsid w:val="00A71944"/>
+    <w:rsid w:val="00AA624E"/>
+    <w:rsid w:val="00AB4ED0"/>
+    <w:rsid w:val="00B03D94"/>
+    <w:rsid w:val="00B677A8"/>
+    <w:rsid w:val="00BA1B40"/>
+    <w:rsid w:val="00BE7A5C"/>
+    <w:rsid w:val="00C012BE"/>
+    <w:rsid w:val="00C14CDE"/>
+    <w:rsid w:val="00C57350"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CE4954"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E05483"/>
+    <w:rsid w:val="00CE199B"/>
+    <w:rsid w:val="00D26339"/>
+    <w:rsid w:val="00D4054E"/>
+    <w:rsid w:val="00D51B93"/>
+    <w:rsid w:val="00D55D50"/>
+    <w:rsid w:val="00D76F35"/>
+    <w:rsid w:val="00D87CA5"/>
+    <w:rsid w:val="00DA065A"/>
+    <w:rsid w:val="00DA2C9D"/>
+    <w:rsid w:val="00DC34B3"/>
+    <w:rsid w:val="00E220F2"/>
     <w:rsid w:val="00E66982"/>
-    <w:rsid w:val="00E8441A"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FF51C0"/>
+    <w:rsid w:val="00E77A4D"/>
+    <w:rsid w:val="00E9420A"/>
+    <w:rsid w:val="00EA3FDD"/>
+    <w:rsid w:val="00EC75E5"/>
+    <w:rsid w:val="00EE27B0"/>
+    <w:rsid w:val="00F342E1"/>
+    <w:rsid w:val="00F343FC"/>
+    <w:rsid w:val="00F72DEC"/>
+    <w:rsid w:val="00F91E29"/>
+    <w:rsid w:val="00F94099"/>
+    <w:rsid w:val="00F946F9"/>
+    <w:rsid w:val="00FD246C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3923,454 +3817,474 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0013473E"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...14 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0013473E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="000C148D"/>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0013473E"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-[...1 lines deleted...]
-      <w:contextualSpacing/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
+    <w:name w:val="rtejustify"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="aa"/>
+    <w:locked/>
+    <w:rsid w:val="0013473E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00621093"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00621093"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DD45CC"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DA065A"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
-      <w:kern w:val="2"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
-    <w:rsid w:val="00DD45CC"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DA065A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
-[...35 lines deleted...]
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Абзац списка2"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00121E40"/>
+    <w:rsid w:val="00167A67"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-      <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...69 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00A82E0D"/>
-[...60 lines deleted...]
-    <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
-[...18 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A6652D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001047D6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00066EB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1a">
+    <w:name w:val="s1a"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00066EB4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00752C3C"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007D46DB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4621,81 +4535,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{036B8C16-DD90-45DF-962B-096DEDFFCB06}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AA30211-46F1-424C-8345-E49C29803733}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>733</Words>
-  <Characters>4180</Characters>
+  <Words>644</Words>
+  <Characters>3677</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4904</CharactersWithSpaces>
+  <CharactersWithSpaces>4313</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>