--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -1,2063 +1,3402 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001708DC" w:rsidRPr="009C1B1E" w:rsidRDefault="001708DC" w:rsidP="001708DC">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00531747" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением акимата Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00531747" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00401">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>июня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00531747" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>181/6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1B1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>редоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы әкімдігінің</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C1B1E">
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>редоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аппаратом акима поселка, села, сельского округа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее - услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бесплатного подвоза к общеобразовательной организации образования и обратно домой по форме согласно приложению 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001708DC" w:rsidRPr="009C1B1E" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к стандарту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>редоставление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утвержденного приказом Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198 (далее - стандарт).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
-        <w:jc w:val="right"/>
-[...197 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, указанных в пункте 9 стандарта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сверяет копии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">оригиналами документов, возвращает оригиналы услугополучателю с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распиской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о приеме документов по форме согласно приложению 4 к стандарту и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рассматривает и определяет ответственного исполнителя (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ответственный исполнитель услугодателя оформляет проект </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>справки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, направляет на рассмотрение и подписание руководителю (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) руководитель услугодателя рассматривает прое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кт спр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авки, подписывает и направляет в канцелярию (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>1 рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00134F75" w:rsidRDefault="00152FA5" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник канцелярии услугодателя регистрирует справку и выдает результат государственной услуги услугополучателю </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. «Шалғайдағы ауылдық елді мекендерде тұратын балаларды жалпы білім беру ұйымдарына және кейін үйлеріне тегін тасымалдауды ұсыну» мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Павлодар облысының кент, ауыл, ауылдық округ әкімінің аппараты (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="00495240">
+        <w:t xml:space="preserve">не более 30 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00845C1B">
       <w:pPr>
         <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результат - </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бесплатного подвоза к общеобразовательной организации образования и обратно домой</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00E2588C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00E2588C" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...79 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00134F75" w:rsidRDefault="00152FA5" w:rsidP="00845C1B">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00134F75" w:rsidRDefault="00152FA5" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00134F75" w:rsidRDefault="00152FA5" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) между структурными </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделениями (работниками) с </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указанием длительности каждой </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процедуры (действия) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2588C" w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сопровождается в справочнике бизнес процессов согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00152FA5" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRPr="00152FA5" w:rsidRDefault="00E2588C" w:rsidP="00845C1B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1090" w:rsidRDefault="008F1090" w:rsidP="008F1090">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F1090" w:rsidRPr="008F1090" w:rsidRDefault="008F1090" w:rsidP="008F1090">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1090" w:rsidRPr="008F1090" w:rsidRDefault="008F1090" w:rsidP="008F1090">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z147"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="008F1090">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>стандарту</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, государственная услуга </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" и веб-портал "электронного правительства".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0076369F" w:rsidRDefault="0076369F" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0076369F" w:rsidRDefault="0076369F" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRPr="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRPr="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">редоставление бесплатного подвоза </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ательным организациям и обратно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">домой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2588C" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...224 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="00152FA5" w:rsidP="00152FA5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...178 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRPr="001708DC" w:rsidRDefault="001708DC" w:rsidP="001708DC">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00152FA5" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...312 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6076950" cy="5267325"/>
+            <wp:extent cx="5094605" cy="5034915"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="30" name="Рисунок 1"/>
+            <wp:docPr id="31" name="Рисунок 31"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="0" name="Picture 31"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6076950" cy="5267325"/>
+                      <a:ext cx="5094605" cy="5034915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001708DC" w:rsidRPr="009C1B1E" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
-[...77 lines deleted...]
-    <w:p w:rsidR="001708DC" w:rsidRDefault="001708DC" w:rsidP="009C1B1E">
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-    <w:p w:rsidR="008E677E" w:rsidRDefault="008E677E" w:rsidP="00E06D45">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="008E677E" w:rsidSect="001A75A5">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE32C2" w:rsidSect="003D512D">
       <w:headerReference w:type="default" r:id="rId10"/>
-      <w:headerReference w:type="first" r:id="rId11"/>
-[...3 lines deleted...]
-      <w:cols w:space="708"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1418" w:right="907" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720" w:equalWidth="0">
+        <w:col w:w="9575"/>
+      </w:cols>
+      <w:noEndnote/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB1130" w:rsidRDefault="00DB1130" w:rsidP="00363490">
+    <w:p w:rsidR="00F3799E" w:rsidRDefault="00F3799E" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB1130" w:rsidRDefault="00DB1130" w:rsidP="00363490">
+    <w:p w:rsidR="00F3799E" w:rsidRDefault="00F3799E" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB1130" w:rsidRDefault="00DB1130" w:rsidP="00363490">
+    <w:p w:rsidR="00F3799E" w:rsidRDefault="00F3799E" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB1130" w:rsidRDefault="00DB1130" w:rsidP="00363490">
+    <w:p w:rsidR="00F3799E" w:rsidRDefault="00F3799E" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="007007F8" w:rsidRDefault="00AD31A0">
+  <w:p w:rsidR="000F2BD2" w:rsidRPr="00FD7FAD" w:rsidRDefault="00F730A7" w:rsidP="001D48FF">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a4"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
-    <w:fldSimple w:instr="PAGE   \* MERGEFORMAT">
-[...39 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="000F2BD2" w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="008F1090" w:rsidRPr="008F1090">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="065A4C5D"/>
+    <w:nsid w:val="05D31567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2C5C1CAE"/>
-    <w:lvl w:ilvl="0" w:tplc="2526AFAE">
+    <w:tmpl w:val="D82EEB26"/>
+    <w:lvl w:ilvl="0" w:tplc="9014B650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="1065"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="06AD46CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F724B73E"/>
+    <w:lvl w:ilvl="0" w:tplc="9670E236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0DC022FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF0E9A9E"/>
+    <w:lvl w:ilvl="0" w:tplc="4EDE2B4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="12D63E29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37286AF2"/>
+    <w:lvl w:ilvl="0" w:tplc="6FFEDC98">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="1B35090E"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1BF71994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19A2BD4E"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="928C80D0"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="2D9B54DF"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="21A1646B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="16CE46DC"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1744" w:hanging="1035"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -2092,628 +3431,625 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="3F2A75B5"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="3F6D00D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8B4EC6F8"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="D6C009D4"/>
+    <w:lvl w:ilvl="0" w:tplc="7212BBDE">
+      <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1226" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2651" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4811" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="49335AFD"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="448D2908"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D5C0ABC8"/>
+    <w:tmpl w:val="AF62CEC6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="63DF27E0"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="4FAC36B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DEAC02BE"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="336C0932"/>
+    <w:lvl w:ilvl="0" w:tplc="8D9E53BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2498" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3218" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3938" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4658" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5378" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6098" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6818" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7538" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8258" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-[...39 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="50"/>
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004D181E"/>
-[...87 lines deleted...]
-    <w:rsid w:val="00FA09AF"/>
+    <w:rsidRoot w:val="00E00401"/>
+    <w:rsid w:val="00002716"/>
+    <w:rsid w:val="00071783"/>
+    <w:rsid w:val="00074284"/>
+    <w:rsid w:val="00082B73"/>
+    <w:rsid w:val="000D696D"/>
+    <w:rsid w:val="000F2BD2"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rsid w:val="001373DA"/>
+    <w:rsid w:val="00147C04"/>
+    <w:rsid w:val="00152FA5"/>
+    <w:rsid w:val="00173A1C"/>
+    <w:rsid w:val="001D404E"/>
+    <w:rsid w:val="001D48FF"/>
+    <w:rsid w:val="001D4B29"/>
+    <w:rsid w:val="001D53F3"/>
+    <w:rsid w:val="0023049E"/>
+    <w:rsid w:val="00237048"/>
+    <w:rsid w:val="00271B66"/>
+    <w:rsid w:val="00283A43"/>
+    <w:rsid w:val="002E7070"/>
+    <w:rsid w:val="002E7F7F"/>
+    <w:rsid w:val="00305215"/>
+    <w:rsid w:val="00393EC4"/>
+    <w:rsid w:val="003D4846"/>
+    <w:rsid w:val="003D512D"/>
+    <w:rsid w:val="003D7BC6"/>
+    <w:rsid w:val="003F2239"/>
+    <w:rsid w:val="003F7061"/>
+    <w:rsid w:val="00405563"/>
+    <w:rsid w:val="0040687D"/>
+    <w:rsid w:val="004119A8"/>
+    <w:rsid w:val="00481156"/>
+    <w:rsid w:val="004E2177"/>
+    <w:rsid w:val="00544A3C"/>
+    <w:rsid w:val="00552EFE"/>
+    <w:rsid w:val="005A40AE"/>
+    <w:rsid w:val="005E260F"/>
+    <w:rsid w:val="005F0218"/>
+    <w:rsid w:val="006014CB"/>
+    <w:rsid w:val="00615693"/>
+    <w:rsid w:val="00627EA7"/>
+    <w:rsid w:val="006509A5"/>
+    <w:rsid w:val="00650FAB"/>
+    <w:rsid w:val="00693C54"/>
+    <w:rsid w:val="006C4848"/>
+    <w:rsid w:val="00705FA6"/>
+    <w:rsid w:val="007162D6"/>
+    <w:rsid w:val="00726425"/>
+    <w:rsid w:val="00755AFD"/>
+    <w:rsid w:val="0076369F"/>
+    <w:rsid w:val="00780D3F"/>
+    <w:rsid w:val="00793FED"/>
+    <w:rsid w:val="007D0DAB"/>
+    <w:rsid w:val="007E6913"/>
+    <w:rsid w:val="00835F7B"/>
+    <w:rsid w:val="00845C1B"/>
+    <w:rsid w:val="00850C75"/>
+    <w:rsid w:val="00895B66"/>
+    <w:rsid w:val="008A5205"/>
+    <w:rsid w:val="008B1A7F"/>
+    <w:rsid w:val="008D2709"/>
+    <w:rsid w:val="008E538C"/>
+    <w:rsid w:val="008F1090"/>
+    <w:rsid w:val="009003BD"/>
+    <w:rsid w:val="00916682"/>
+    <w:rsid w:val="00987536"/>
+    <w:rsid w:val="00996EE7"/>
+    <w:rsid w:val="00A32E18"/>
+    <w:rsid w:val="00A33935"/>
+    <w:rsid w:val="00AB7C0F"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rsid w:val="00B001D9"/>
+    <w:rsid w:val="00B7672D"/>
+    <w:rsid w:val="00BF4248"/>
+    <w:rsid w:val="00C11F0C"/>
+    <w:rsid w:val="00C161D3"/>
+    <w:rsid w:val="00C16F5D"/>
+    <w:rsid w:val="00C41807"/>
+    <w:rsid w:val="00C453BA"/>
+    <w:rsid w:val="00CA6E71"/>
+    <w:rsid w:val="00CC1898"/>
+    <w:rsid w:val="00CC4B87"/>
+    <w:rsid w:val="00CE09E6"/>
+    <w:rsid w:val="00CF3097"/>
+    <w:rsid w:val="00D11DDB"/>
+    <w:rsid w:val="00D14765"/>
+    <w:rsid w:val="00D220FB"/>
+    <w:rsid w:val="00D7142D"/>
+    <w:rsid w:val="00DB09D0"/>
+    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="00E2588C"/>
+    <w:rsid w:val="00E66982"/>
+    <w:rsid w:val="00E946E6"/>
+    <w:rsid w:val="00E9584F"/>
+    <w:rsid w:val="00EB6B9E"/>
+    <w:rsid w:val="00EC61BF"/>
+    <w:rsid w:val="00F309B2"/>
+    <w:rsid w:val="00F3799E"/>
+    <w:rsid w:val="00F62D50"/>
+    <w:rsid w:val="00F730A7"/>
+    <w:rsid w:val="00F814A2"/>
+    <w:rsid w:val="00FD2601"/>
+    <w:rsid w:val="00FE32C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -2761,399 +4097,425 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E00401"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн,Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E00401"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
       <w:suppressAutoHyphens/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="004D181E"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00E00401"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="004D181E"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной текст (3)"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
-    <w:rsid w:val="00461EB5"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
       <w:i/>
-      <w:iCs/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-[...3 lines deleted...]
-    <w:rsid w:val="00461EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:rsid w:val="001D48FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...23 lines deleted...]
-    <w:rsid w:val="00872784"/>
   </w:style>
   <w:style w:type="table" w:styleId="af">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E06D45"/>
+    <w:rsid w:val="00E2588C"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00627EA7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:rsid w:val="00627EA7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af1"/>
+    <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E677E"/>
+    <w:rsid w:val="00755AFD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
+    <w:link w:val="af2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008E677E"/>
+    <w:rsid w:val="00755AFD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...36 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3404,77 +4766,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{846F9DC5-085A-49FE-A7A0-B88CF1F24116}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27BE3891-4AB7-47C9-B8BD-0D8723881AA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>669</Words>
-  <Characters>3819</Characters>
+  <Words>658</Words>
+  <Characters>3755</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4480</CharactersWithSpaces>
+  <CharactersWithSpaces>4405</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>Айнур</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>