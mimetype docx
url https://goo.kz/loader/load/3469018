--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,11961 +1,16731 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Default Extension="png" ContentType="image/png"/>
-[...1 lines deleted...]
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006B7B03" w:rsidRPr="00E319E7" w:rsidRDefault="006B7B03" w:rsidP="006B7B03">
-[...1 lines deleted...]
-        <w:ind w:left="5664"/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00213E63" w:rsidRPr="00FE0ED8" w:rsidRDefault="00213E63" w:rsidP="00213E63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00213E63" w:rsidRPr="00FE0ED8" w:rsidRDefault="00213E63" w:rsidP="00213E63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00213E63" w:rsidRPr="00FE0ED8" w:rsidRDefault="00213E63" w:rsidP="00213E63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «19» февраля 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00213E63" w:rsidRPr="00FE0ED8" w:rsidRDefault="00213E63" w:rsidP="00213E63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «24» июня 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 181/6 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляющих функции по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для оформления сделок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принадлежащим на праве собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B7B03" w:rsidRPr="00E319E7" w:rsidRDefault="006B7B03" w:rsidP="006B7B03">
-[...56 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...129 lines deleted...]
-        <w:ind w:left="5672"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...172 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="23"/>
         </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="708"/>
-[...1 lines deleted...]
-          <w:tab w:val="right" w:pos="9355"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...23 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляющих функции по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления сделок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принадлежащим на праве собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (далее – государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами районов и городов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...83 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:overflowPunct/>
-[...2 lines deleted...]
-        <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...49 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>некоммерческое акционерное общество «Государственная корпорация «Правительство для граждан»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:overflowPunct/>
-[...2 lines deleted...]
-        <w:adjustRightInd/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001A117F">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал «электронного правительства» www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Форма оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: электронная (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">частично </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>автоматизированная)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги – справка органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям, выдаваемая по месту нахождения недвижимого имущества, по форме согласно приложению 1 стандарту государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляющих функции по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления сделок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принадлежащим на праве собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденного приказом Министра образования и науки Республики Казахстан от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13 апреля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>№ 198</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – Стандарт) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основанием д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля начала процедуры (действия) по оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при обращении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в Государственную корпорацию:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявление услугополучателя по форме согласно приложе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нию 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у с предоставлением необходимых документов, указанных в пункте 9 Стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при обращении через портал: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запрос в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) услугополучателя и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свидетельство о рождении ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае обращения услугополучателя за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На портале результат оказания государственной услуги направляется и хранится в «личном кабинете» услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента поступления из Государственной корпорации необходимых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>документов услугополучателя, указанных в пункте 9 Стандарта осуществляет прием и их регистрацию –         30 (тридцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководство услугодателя рассматривает документы и определяет ответственного исполнителя – 1 (один) рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает поступившие документы, готовит справку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляющих функции по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления сделок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принадлежащим на праве собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо мотивированный ответ об отказе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 1 (один) рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководство услугодателя рассматривает справку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>либо мотивированный ответ об отказе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и подписывет – 1 (один) рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответственный исполнитель услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регистрирует справку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>либо мотивированный ответ об отказе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в журнале учета и направляет в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Государственную корпорацию результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–        1 (один) рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат – справка органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">либо мотивированный ответ об отказе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...202 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...46 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писание порядка обращения в Государственную корпорацию с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием каждой процедуры (действия) согласно приложению 2 к настоящему регламенту – 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...1029 lines deleted...]
-    <w:p w:rsidR="00CC0029" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) услугополучатель государственной услуги  подает необходимые документы и заявление оператору Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в операционном зале посредством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«безбарьерного» обслуживания путем электронной очереди. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 Стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 4 к Стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...96 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) процесс 1 – ввод оператором Государственной корпорации в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001A117F">
+        <w:t xml:space="preserve">автоматизированное рабочее место интегрированной информационной системы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – АРМ ИИС) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001A117F">
+        <w:t xml:space="preserve">Государственной корпорации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+        <w:t>логина и пароля (процесс авторизации) для оказания услуги;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="00E04065" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:pStyle w:val="rtejustify"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>5-процесс – ЭҮШ арқылы өңірлік электрондық үкімет шлюзінің ақпараттық жұмыс орнына (бұдан әрі – ӨЭҮШ АЖО) Мемлекеттік корпорация операторының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұрауын) жіберу.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">          3)    процесс   2 – выбор оператором Государственной корпорации услуги,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="001A117F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="001A117F">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вывод на экран формы запроса для оказания услуги и ввод оператором Государственной корпорации данных услугополучателя, а также данных по доверенности представителя услугополучателя (при нотариально удостоверенной доверенности)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) процесс 3 – направление запроса через шлюз электронного правительства (далее – ШЭП) в государственную базу данных физических лиц (далее - ГБД ФЛ) о данных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>получателя, а также в Единой нотариальной информационной системе (далее - ЕНИС) – о данных  доверенности представителя услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5)    условие    1 – проверка наличия данных услугополучателя в ГБД </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Л и данных доверенности в ЕНИС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6)    процесс    4 – формирование сообщения о невозможности получения данных в связи с отсутствием данных услугополучателя в ГБД ФЛ и данных доверенности в ЕНИС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) процесс 5 – направление электронного документа (запроса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>получателя), удостоверенного (подписанного) ЭЦП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оператора Государственной корпорации через ШЭП в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автоматизированном рабочем месте регионального шлюза электронного правительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(далее – АРМ РШЭП)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание  процесса получения результата оказания государственной услуги через Государственную корпорацию с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием  каждой процедуры (действия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1)   процесс    6 – регистрация электронного документа в АРМ РШЭП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2) условие  2 – проверка (обработка) услугодателем соответствия приложенных услугополучателем документов и основани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3)  процесс   7 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4) процесс 8 – получение услугополучателем через оператора Государственной корпорации результата услуги (справка либо письменный мотивированный ответ об отказе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сформированной АРМ РШЭП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...91 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писание порядка обращения при оказании государственной услуги через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и последовательности процедур (действий) услугодателя и услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 15 (пятнадцать)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале с помощью индивидуального идентификационного номера </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН) , а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) процесс  1 -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) условие 1 - проверка на портале подлинности данных о зарегистрированном услугополучателе через ИИН и пароль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) процесс  2 - формирование порталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...127 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5)  процесс   3 - выбор услугополучателем услуги, указанной в настоящем регламенте, вывод на экран формы запроса для оказания услуги и заполнение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прикрепление к форме запроса необходимых копий документов в электронном виде, а также выбор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрационного свидетельства ЭЦП для удостоверения (подписания) запроса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6)  условие  2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) регистрационных свидетельств, а также соответствия идентификационных данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t>7) 4-процесс – көрсетілетін қызметті алушының ЭЦҚ расталмауына байланысты сұратылып жатқан қызметтен бас тарту жөнінде хабарламаны қалыптастыру;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7)  процесс   4 – формирование сообщения об отказе в запрашиваемой услуге в связи с неподтверждением подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) процесс 5 – направление электронного документа (запроса услугополучателя) удостоверенного (подписанного) ЭЦП услугополучателя через ШЭП в АРМ РШЭП для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) условие   3 – проверка услугодателем соответствия приложенных услугополучателем документов и основани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сообщения об отказе в запрашиваемой </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сформированн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АРМ РШЭП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="00A0"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="00E04065" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
-[...2 lines deleted...]
-              <w:t>8) 5-процесс – көрсетілетін қызметті беруші сұранысты өңдеуі үшін ЭҮШ арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұранысын) ӨЭҮШ АЖО-ға жіберу;</w:t>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-[...150 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем, задействованных при оказании государственной услуги через портал, приведены в диаграмме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...17 lines deleted...]
-          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, а также описание порядка взаимодействия с иными услугодателями и (или) Государственной корпорацией и порядка использования информационных систем в процессе оказания государственной услуги отражается в справочнике бизнес-процессов согласно приложению 4 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidSect="00A538AA">
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1304" w:right="737" w:bottom="1077" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
-          <w:pgNumType w:start="37"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="36"/>
           <w:cols w:space="708"/>
-          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC0029" w:rsidRDefault="00CC0029" w:rsidP="00CC0029">
-[...11 lines deleted...]
-        <w:ind w:left="4677"/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797" w:right="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществляющих функции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>принадлежащим на праве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797" w:right="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>несовершеннолетним дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="120"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="120"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:ind w:left="4677"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...61 lines deleted...]
-          <w:b/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14688" w:type="dxa"/>
+        <w:tblW w:w="15026" w:type="dxa"/>
+        <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="438"/>
-        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2552"/>
-        <w:gridCol w:w="2410"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="00E04065" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:trPr>
-          <w:trHeight w:val="259"/>
+          <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14250" w:type="dxa"/>
+            <w:tcW w:w="14458" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Негізгі процестің (жұмыс барысының, ағының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:trPr>
-          <w:trHeight w:val="698"/>
+          <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-              <w:t>1.</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Іс-қимылдың (жұмыс барысының ағынының) №</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:t>№ действия (хода, потока, работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-318"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
+        <w:trPr>
+          <w:trHeight w:val="868"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-              <w:t>2.</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Құрылымдық бөлімше (қызметкер) атауы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сотрудник </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...9 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...9 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="00E04065" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="1417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:t>3.</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="009B793E" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...367 lines deleted...]
-              <w:t>Аяқталу нысаны</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Басшыға қарауға беру</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет прием и регистрацию полученных документов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Бұрыштама</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и  определяет ответственного исполнителя </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Изучает документы, оформляет справку либо ответ об отказе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...47 lines deleted...]
-              <w:t>немесе бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рассматривает справку и подписывает либо мотивированный  ответ об отказе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:highlight w:val="yellow"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Мемлекеттік көрсетілетін қызмет  нәтижесін Мемлекеттік корпорацияға жібереді</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрирует справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>либо мотивированный  ответ об отказе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="009B793E" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>Орындау мерзімдері</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-              <w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Передача на рассмотрение руководителю </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Направление справки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на рассмотрение и подписание руководителю либо мотивированный ответ об отказе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Справка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>либо мотивированный ответ об отказе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">30 </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Направляет результат государственной услуги </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">(отыз) </w:t>
+              <w:t>в Государственную корпорацию</w:t>
             </w:r>
-            <w:r w:rsidRPr="001A117F">
-              <w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="009B793E" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 (тридцать) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> жұмыс күні</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00530A1C">
-[...3 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00530A1C">
-[...3 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00530A1C">
-[...3 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-[...2 lines deleted...]
-        <w:ind w:left="4677"/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:ind w:left="4677"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:ind w:left="4677"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:ind w:left="4677"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...50 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB4C9C" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00CB4C9C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8496" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                «Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществляющих функции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A117F">
-[...10 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>принадлежащим на праве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Диаграмма функционального взаимодействия информационных систем, задействованных в оказании государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14317" w:type="dxa"/>
+            <w:tcW w:w="14109" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:pict>
                 <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
                 </v:shapetype>
-                <v:shape id="Блок-схема: сохраненные данные 92" o:spid="_x0000_s1646" type="#_x0000_t130" style="position:absolute;margin-left:13.7pt;margin-top:3.5pt;width:102pt;height:41.5pt;z-index:252171264;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUS7LJcgIAAIwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFO3DAQvVfqP1i+QzbLUiAiixCUqhIF&#10;JNoP8DpOYtWx07F3s/RUDpx66p9wKJe28A3eP+rYWZalvVXNwfJ4Zp7fvPFk/2DeKDITYKXROU03&#10;B5QIzU0hdZXTD+9PNnYpsY7pgimjRU6vhKUH45cv9rs2E0NTG1UIIAiibda1Oa2da7MksbwWDbOb&#10;phUanaWBhjk0oUoKYB2iNyoZDgavks5A0YLhwlo8Pe6ddBzxy1Jwd16WVjiicorcXFwhrpOwJuN9&#10;llXA2lryJQ32DywaJjVeuoI6Zo6RKci/oBrJwVhTuk1umsSUpeQi1oDVpIM/qrmsWStiLSiObVcy&#10;2f8Hy89mF0BkkdO9ISWaNdgj/83/9A/+x8bienHj7/wvf5uRxbV/WNwsvvhbf49n9/5+8dXfEf89&#10;HvQGQqCeXWszhL1sLyAoYttTwz9aos1RzXQlDgFMVwtWYBVpiE+eJQTDYiqZdO9MgWzY1Jko7byE&#10;JgCiaGQeO3i16qCYO8LxME1HW4MBNpqjb7SztZPGFicse8xuwbo3wjQkbHJaKtMhL3DnWkktLp0B&#10;VgXNWcZmp9YFfix7TIr1GCWLE6lUNKCaHCkgM4bv6yR+sSQsez1MadKhwtvD7Yj8zGfXIZB7oN/f&#10;+iyskQ4HRckmp7urIJYFIV/rAhNY5phU/R4pK71UNojZN8XNJ3MMDApPTHGFGoPpBwIHGDe1gc+U&#10;dDgMObWfpgwEJeqtxj7tpaNRmJ5ojLZ3hmjAumey7mGaI1ROuQNKeuPI9TM3bUFWNd6VRiG0OcTu&#10;ljLK/MRryRyffFR/OZ5hptbtGPX0Exn/BgAA//8DAFBLAwQUAAYACAAAACEAHQV0st4AAAAHAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCl9JuEqWWmJdSC3rTaisFb9vsaxLMvk2z&#10;mzT+e7cnPQ4zzHyTLUfTiIE6V1tGiGcRCOLC6ppLhM/d83QBwnnFWjWWCeGHHCzz66tMpdqe+YOG&#10;rS9FKGGXKoTK+zaV0hUVGeVmtiUO3tF2Rvkgu1LqTp1DuWlkEkVzaVTNYaFSLa0rKr63vUGYrE59&#10;9zr5Ou6Ht3h9enrfb4x7Qby9GVePIDyN/i8MF/yADnlgOtietRMNwv1dIPcID+FRsJPkog8Ii3gO&#10;Ms/kf/78FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANRLsslyAgAAjAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAB0FdLLeAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;">
-                  <v:textbox>
+                <v:shape id="_x0000_s1537" type="#_x0000_t130" style="position:absolute;margin-left:312.65pt;margin-top:3.5pt;width:103.1pt;height:39.7pt;z-index:11;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1537">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:rPr>
+                            <w:sz w:val="4"/>
+                            <w:szCs w:val="4"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">АРМ </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>РШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="001A117F">
-[...12 lines deleted...]
-                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:pict>
-                <v:rect id="Прямоугольник 91" o:spid="_x0000_s1684" style="position:absolute;margin-left:191.75pt;margin-top:3.5pt;width:56.8pt;height:37.3pt;z-index:252210176;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQtY5aUAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE233e5GTVerLkVI&#10;C6y08ACO4zQWjm3GbtNyQuKKxCPwEFwQP/sM6RsxcdrSBU6IHCyPZ+bzzPeNM7lYV4qsBDhpdErj&#10;Xp8SobnJpV6k9NXL+aMzSpxnOmfKaJHSjXD0YvrwwaS2iRiY0qhcAEEQ7ZLaprT03iZR5HgpKuZ6&#10;xgqNzsJAxTyasIhyYDWiVyoa9PunUW0gt2C4cA5PrzonnQb8ohDcvygKJzxRKcXafFghrFm7RtMJ&#10;SxbAbCn5rgz2D1VUTGq89AB1xTwjS5B/QFWSg3Gm8D1uqsgUheQi9IDdxP3furktmRWhFyTH2QNN&#10;7v/B8uerGyAyT+l5TIlmFWrUfNq+235svjd32/fN5+au+bb90PxovjRfCQYhY7V1CSbe2htoe3b2&#10;2vDXjmgzK5leiEsAU5eC5VhniI/uJbSGw1SS1c9MjvexpTeBvHUBVQuItJB10Ghz0EisPeF4OB7E&#10;J6eoJEfXcHwyjoOGEUv2yRacfyJMRdpNSgFHIICz1bXzWDyG7kNC8UbJfC6VCgYsspkCsmI4LvPw&#10;tf1iijsOU5rUSNhoMArI93zuGKIfvr9BVNLj3CtZpfTsEMSSlrXHOg9T6ZlU3R7vVxrL2DPXKeDX&#10;2Tood9AkM/kGeQXTjTk+S9yUBt5SUuOIp9S9WTIQlKinGrU5j4fD9k0EYzgaD9CAY0927GGaI1RK&#10;uQdKOmPmu5e0tCAXJd4VBz60uURFCxnYbmvu6to1gIMcGN09uvalHNsh6tevYfoTAAD//wMAUEsD&#10;BBQABgAIAAAAIQC/h7v+4AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAFITvJv6HzTPx&#10;YuyC1RaRpSFGY4wehPbS25Z9ApF9S9gtxX/v86THyUxmvsk2s+3FhKPvHCmIFxEIpNqZjhoFu+3z&#10;dQLCB01G945QwTd62OTnZ5lOjTtRiVMVGsEl5FOtoA1hSKX0dYtW+4UbkNj7dKPVgeXYSDPqE5fb&#10;Xt5E0Upa3REvtHrAxxbrr+poFezdu3sqInwZ2u1rmK6K8u2jKpW6vJiLBxAB5/AXhl98RoecmQ7u&#10;SMaLXsEyWd5xVMGaL7F/e7+OQRwUJPEKZJ7J/wfyHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDQtY5aUAIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQC/h7v+4AAAAAgBAAAPAAAAAAAAAAAAAAAAAKoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
-                  <v:textbox>
+                <v:rect id="_x0000_s1538" style="position:absolute;margin-left:191.75pt;margin-top:3.5pt;width:67.75pt;height:37.3pt;z-index:12;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1538">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="8"/>
                             <w:szCs w:val="8"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ЖТ МДҚ</w:t>
+                          <w:t>ГБД ФЛ/ГБД ЮЛ</w:t>
                         </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:pict>
-                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...14 lines deleted...]
-                  <v:textbox>
+                <v:shape id="_x0000_s1527" type="#_x0000_t130" style="position:absolute;margin-left:12.15pt;margin-top:3.5pt;width:105.1pt;height:39.7pt;z-index:1;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1527">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-221"/>
-[...39 lines deleted...]
-                          <w:jc w:val="both"/>
+                          <w:ind w:left="-142"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>АРМ ИС Государственной корпорации</w:t>
+                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3480"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="001A117F">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:pict>
-                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
-[...3 lines deleted...]
-                  </v:formulas>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
-                  <v:handles>
-[...1 lines deleted...]
-                  </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="Прямая со стрелкой 86" o:spid="_x0000_s1647" type="#_x0000_t34" style="position:absolute;margin-left:42.75pt;margin-top:30.2pt;width:34.85pt;height:.05pt;rotation:270;z-index:252172288;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1TCXuaAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO7DpC5KCQ7G7S&#10;1kDS7mmRsohSpEAylo2iQNoL5Ai9Qjdd9IOcQb5Rh5TjJO2mKOoFPSRnHt/MvNHp2aYWaM204Uqm&#10;ODoKMWKyUJTLVYrfXM4HE4yMJZISoSRL8ZYZfDZ9+uS0bRI2VJUSlGkEINIkbZPiytomCQJTVKwm&#10;5kg1TMJlqXRNLGz1KqCatIBei2AYhuOgVZo2WhXMGDjN+0s89fhlyQr7uiwNs0ikGLhZv2q/Lt0a&#10;TE9JstKkqXixp0H+gUVNuIRHD1A5sQRdaf4HVM0LrYwq7VGh6kCVJS+YzwGyicLfsrmoSMN8LlAc&#10;0xzKZP4fbPFqvdCI0xRPxhhJUkOPus+7691N97P7srtBu4/dLSy7T7vr7mv3o/ve3XbfEDhD5drG&#10;JACQyYV2uRcbedGcq+KdQVJlFZEr5jO43DaAGrmI4FGI25gG3l+2LxUFH3JllS/jptQ1KgVv3rpA&#10;Bw6lQhvft+2hb2xjUdEfFnA6Oj6OQ9/SgCQOwcU12tgXTNXIGSk2VhO+qmympARxKN2jk/W5sY7f&#10;fYALlmrOhfAaERK1KT4ZDUeejlGCU3fp3IxeLTOh0Zo4lfmfTxZuHrppdSWpB6sYobO9bQkXYCPr&#10;q2Q1h7oJht1rNaMYCQaD5ayenpDuRcgcCO+tXmjvT8KT2WQ2iQfxcDwbxGGeD57Ps3gwnkfPRvlx&#10;nmV59MGRj+Kk4pQy6fjfiT6K/05U+/Hr5XqQ/aFQwWN0X1Ege/fvSXsRuL73Cloqul1ol53TA+jc&#10;O+9n0g3Sw733uv9yTH8BAAD//wMAUEsDBBQABgAIAAAAIQC661L33QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUhcELVr8VOFOBUCCidUEcrdjZckaryOYrdN3p4tF7jN7I5m&#10;v82Xo+/EAYfYBjIwnykQSFVwLdUGNp+r6wWImCw52wVCAxNGWBbnZ7nNXDjSBx7KVAsuoZhZA01K&#10;fSZlrBr0Ns5Cj8S77zB4m9gOtXSDPXK576RW6k562xJfaGyPTw1Wu3LvDTyX69vV19Vm1FP19l6+&#10;LnZrml6MubwYHx9AJBzTXxhO+IwOBTNtw55cFB17rW44yuJegzgFfgdbFmquQRa5/P9C8QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC1TCXuaAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC661L33QAAAAoBAAAPAAAAAAAAAAAAAAAAAMIE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" adj="11218,-105278400,-84603">
+                <v:shape id="_x0000_s1529" type="#_x0000_t32" style="position:absolute;margin-left:354.25pt;margin-top:11pt;width:0;height:40.45pt;flip:y;z-index:3;visibility:visible">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:pict>
+                <v:shape id="_x0000_s1530" type="#_x0000_t32" style="position:absolute;margin-left:372pt;margin-top:7.55pt;width:0;height:35.2pt;z-index:4;visibility:visible">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:pict>
+                <v:shape id="_x0000_s1536" type="#_x0000_t32" style="position:absolute;margin-left:221.15pt;margin-top:11pt;width:0;height:40.4pt;flip:y;z-index:10;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:pict>
-                <v:shape id="Прямая со стрелкой 88" o:spid="_x0000_s1649" type="#_x0000_t32" style="position:absolute;margin-left:372pt;margin-top:7.55pt;width:0;height:35.2pt;z-index:252174336;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVmqOSbQIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmunDhC5KCQ7G7S&#10;1kDSA9AiZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDinbTdpNUdQLekjOvJk3fKOLy00t0Jppw5VM&#10;cXQSYsRkoSiXyxS/uZkNxhgZSyQlQkmW4i0z+HLy9MlF2yRsqColKNMIQKRJ2ibFlbVNEgSmqFhN&#10;zIlqmITLUumaWNjqZUA1aQG9FsEwDE+DVmnaaFUwY+A07y/xxOOXJSvs67I0zCKRYqjN+lX7deHW&#10;YHJBkqUmTcWLfRnkH6qoCZeQ9AiVE0vQSvM/oGpeaGVUaU8KVQeqLHnBPAdgE4W/sbmuSMM8F2iO&#10;aY5tMv8Ptni1nmvEaYrH8FKS1PBG3afd7e6u+9F93t2h3YfuHpbdx91t96X73n3r7ruvCJyhc21j&#10;EgDI5Fw77sVGXjdXqnhrkFRZReSSeQY32wZQIxcRPApxG9NA/kX7UlHwISurfBs3pa4dJDQIbfxr&#10;bY+vxTYWFf1hAadxfBbG/iEDkhziGm3sC6Zq5IwUG6sJX1Y2U1KCJJSOfBayvjLWVUWSQ4BLKtWM&#10;C+GVISRqU3w+Go58gFGCU3fp3IxeLjKh0Zo4bfmfpwg3D90cck5M1ftRsHrRabWS1CepGKHTvW0J&#10;F2Aj63tmNYcuCoZdFTWjGAkGY+asvmwhXSXQESCyt3rZvTsPz6fj6TgexMPT6SAO83zwfJbFg9NZ&#10;dDbKn+VZlkfvHakoTipOKZOO12EEovjvJLYfxl68xyE4NjB4jO47DcUe/n3RXhJOBb2eFopu59qx&#10;c+oA1Xvn/YS6sXq4916/viOTnwAAAP//AwBQSwMEFAAGAAgAAAAhAApHy+jcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok6iBNsSpEC0nThQOHN14mwTsdbDdNvw9iziU&#10;486MZt/Uq8lZccQQB08K8lkGAqn1ZqBOwdvr080CREyajLaeUME3Rlg1lxe1row/0Qset6kTXEKx&#10;0gr6lMZKytj26HSc+RGJvb0PTic+QydN0Ccud1YWWXYrnR6IP/R6xMce28/twSlYtm5TpPdnq7/W&#10;H+uQp6yUxUap66vp4R5Ewimdw/CLz+jQMNPOH8hEYRXczee8JbFR5iA48CfsFCzKEmRTy/8Lmh8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlZqjkm0CAACPBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACkfL6NwAAAAJAQAADwAAAAAAAAAAAAAA&#10;AADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
-[...9 lines deleted...]
-                <v:shape id="Прямая со стрелкой 87" o:spid="_x0000_s1682" type="#_x0000_t32" style="position:absolute;margin-left:221.15pt;margin-top:11pt;width:0;height:40.4pt;flip:y;z-index:252208128;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCoTyraAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOnThC5KKQ7G7S&#10;NkDS7mmRsohSJEEylo2iQNoL5Ai9Qjdd9IOcQb5Rh5TjJO2mKOoFPSRnHt/MvNHps3Uj0IoZy5XM&#10;cHIQY8RkqSiXywy/uZwPJhhZRyQlQkmW4Q2z+Nn06ZPTVqdsqGolKDMIQKRNW53h2jmdRpEta9YQ&#10;e6A0k3BZKdMQB1uzjKghLaA3IhrG8VHUKkO1USWzFk6L/hJPA35VsdK9rirLHBIZBm4urCasC79G&#10;01OSLg3RNS93NMg/sGgIl/DoHqogjqArw/+AanhplFWVOyhVE6mq4iULOUA2SfxbNhc10SzkAsWx&#10;el8m+/9gy1erc4M4zfDkGCNJGuhR93l7vb3pfnZftjdo+7G7hWX7aXvdfe1+dN+72+4bAmeoXKtt&#10;CgC5PDc+93ItL/SZKt9ZJFVeE7lkIYPLjQbUxEdEj0L8xmp4f9G+VBR8yJVToYzryjSoEly/9YEe&#10;HEqF1qFvm33f2Nqhsj8s4XScHMaT0NKIpB7Bx2lj3QumGuSNDFtnCF/WLldSgjiU6dHJ6sw6z+8+&#10;wAdLNedCBI0IidoMn4yH40DHKsGpv/Ru1iwXuTBoRbzKwi8kCzcP3Yy6kjSA1YzQ2c52hAuwkQtV&#10;coZD3QTD/rWGUYwEg8HyVk9PSP8iZA6Ed1YvtPcn8clsMpuMBqPh0Wwwioti8HyejwZH8+R4XBwW&#10;eV4kHzz5ZJTWnFImPf870SejvxPVbvx6ue5lvy9U9Bg9VBTI3v0H0kEEvu+9ghaKbs6Nz87rAXQe&#10;nHcz6Qfp4T543X85pr8AAAD//wMAUEsDBBQABgAIAAAAIQBkSWLA3gAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEsJA1Wl6YSAwWma6MY9a0xbrXGqJtvat8eIAxxtf/r9&#10;/flydJ044RBaTxpu5wkIpMrblmoNu+1qloII0ZA1nSfUMGGAZXF5kZvM+jN94KmMteAQCpnR0MTY&#10;Z1KGqkFnwtz3SHz78oMzkcehlnYwZw53nVRJ8iCdaYk/NKbH5warQ3l0Gl7Kzf3q82Y3qql6X5dv&#10;6WFD06vW11fj0yOIiGP8g+FHn9WhYKe9P5INotOwWKg7RjUoxZ0Y+F3smUxUCrLI5f8KxTcAAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQqE8q2gCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZEliwN4AAAAKAQAADwAAAAAAAAAAAAAAAADC&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;">
+                <v:shape id="_x0000_s1528" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:2;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00C866FB" w:rsidRPr="001A117F">
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-      <w:pPr>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:vanish/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
-        <w:tblW w:w="14283" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="395"/>
+        <w:tblW w:w="14351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="401"/>
-        <w:gridCol w:w="13882"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="13817"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="3960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="401" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...14 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 85" o:spid="_x0000_s1666" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:64.2pt;width:33pt;height:30pt;z-index:252191744;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqMJORMgIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fu2zAM/R+wOwj6Xx2nyZYacYqiXYYB&#10;3Vag2wEUWbaFyaJGKXGyw+wMxX53iRxplJym6fY3zB8CKVLP5Hvk/HLbGbZR6DXYkudnI86UlVBp&#10;25T8y+flqxlnPghbCQNWlXynPL9cvHwx712hxtCCqRQyArG+6F3J2xBckWVetqoT/gycshSsATsR&#10;yMUmq1D0hN6ZbDwavc56wMohSOU93d4MQb5I+HWtZPhU114FZkpOtYV0YjpX8cwWc1E0KFyr5aEM&#10;8Q9VdEJb+ukR6kYEwdao/4LqtETwUIczCV0Gda2lSj1QN/noj27uW+FU6oXI8e5Ik/9/sPLj5g6Z&#10;rko+m3JmRUca7X/sf+4f9r8YXRE/vfMFpd27O4wdencL8qtnFq5bYRt1hQh9q0RFVeUxP3v2IDqe&#10;nrJV/wEqQhfrAImqbY1dBCQS2DYpsjsqoraBSbqc5Bf5iHSTFDqfkZkUy0Tx+NihD+8UdCwaJVfG&#10;aOcjZ6IQm1sfYj2ieMxK9YPR1VIbkxxsVtcG2UbQfCzTl1qgNk/TjGV9yS+m42lCfhbzpxBU4FON&#10;z9IQ1rZK0xa5enuwg9BmsKlKYw/kRb4G3sN2tU3qnD8qsYJqR2wiDKNMq0dGC/ids57GuOT+21qg&#10;4sy8t6TIRT6ZxLlPzmT6ZkwOnkZWpxFhJUGVXAbkbHCuw7Ata4e6aelfeaLAwhXpWOtEcNR4qOvQ&#10;AA1r4v2wWHEbTv2U9bT+i98AAAD//wMAUEsDBBQABgAIAAAAIQCTL2y83gAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8JAEIXvJvyHzZB4ky00WqjdEjWo0UgIaDwv3aFt6M423S2Uf+940uOb&#10;9/Lme9lysI04YedrRwqmkwgEUuFMTaWCr8/nmzkIHzQZ3ThCBRf0sMxHV5lOjTvTFk+7UAouIZ9q&#10;BVUIbSqlLyq02k9ci8TewXVWB5ZdKU2nz1xuGzmLojtpdU38odItPlVYHHe9VfCyeV3IuH+MDvS2&#10;nq+/P1aX93il1PV4eLgHEXAIf2H4xWd0yJlp73oyXjQKZsktJxUkCS9gfxGz3nMu5oPMM/l/QP4D&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqjCTkTICAABGBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAky9svN4AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
-                  <v:textbox>
+                <v:oval id="_x0000_s1555" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:101.25pt;width:33pt;height:30pt;z-index:29;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1555">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13882" w:type="dxa"/>
+            <w:tcW w:w="13817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 62" o:spid="_x0000_s1655" style="position:absolute;left:0;text-align:left;margin-left:15.25pt;margin-top:11.65pt;width:52.6pt;height:26.65pt;z-index:252180480;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+C2ehTgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNGlpyzZqulp1KUJa&#10;YKWFB3Adp7FwbDN2m5QT0l6ReAQeggviZ58hfSMmTrdbfsQBkYPl8cx8M/PNTKandanIRoCTRqe0&#10;34spEZqbTOpVSl+9XDw4ocR5pjOmjBYp3QpHT2f3700rm4iBKYzKBBAE0S6pbEoL720SRY4XomSu&#10;Z6zQqMwNlMyjCKsoA1YheqmiQRyPo8pAZsFw4Ry+nndKOgv4eS64f5HnTniiUoq5+XBCOJftGc2m&#10;LFkBs4Xk+zTYP2RRMqkx6AHqnHlG1iB/gyolB+NM7nvclJHJc8lFqAGr6ce/VHNVMCtCLUiOswea&#10;3P+D5c83l0BkltLxgBLNSuxR83H3bveh+dbc7K6bT81N83X3vvnefG6+EDRCxirrEnS8spfQ1uzs&#10;heGvHdFmXjC9EmcApioEyzDPfmsf/eTQCg5dybJ6ZjKMx9beBPLqHMoWEGkhdejR9tAjUXvC8XEc&#10;T8YxdpKj6uFoMByMQgSW3DpbcP6JMCVpLykFHIEAzjYXzrfJsOTWJCRvlMwWUqkgwGo5V0A2DMdl&#10;Eb49ujs2U5pUKZ2MMPbfIeLw/QmilB7nXskypScHI5a0rD3WWZhKz6Tq7piy0nsaW+a6Dvh6WYfO&#10;9QPJLa1Lk22RWDDdnONe4qUw8JaSCmc8pe7NmoGgRD3V2JxJfzhslyIIw9GjAQpwrFkea5jmCJVS&#10;7oGSTpj7bpXWFuSqwFj9QIg2Z9jSXAa67/LaV4CTHLqw37p2VY7lYHX3b5j9AAAA//8DAFBLAwQU&#10;AAYACAAAACEAUaRZGd8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeDF2&#10;sUSLyNAQozGmHoT20tuWHYHIzhJ2S/Hfuz3p8c17ee+bbD2bXkw0us4ywt0iAkFcW91xg7Dbvt4m&#10;IJxXrFVvmRB+yME6v7zIVKrtiUuaKt+IUMIuVQit90MqpatbMsot7EAcvC87GuWDHBupR3UK5aaX&#10;yyh6kEZ1HBZaNdBzS/V3dTQIe/thX4qI3oZ2++6nm6LcfFYl4vXVXDyB8DT7vzCc8QM65IHpYI+s&#10;negR4sdVSCIs4xjE2Y/vw+GAsEoSkHkm/z+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC+C2ehTgIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBRpFkZ3wAAAAgBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
-                  <v:textbox>
+                <v:rect id="_x0000_s1543" style="position:absolute;left:0;text-align:left;margin-left:565.15pt;margin-top:4.5pt;width:61.75pt;height:35.4pt;z-index:17;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1543">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
-[...10 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00630C19" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00630C19">
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">   1-процесс </w:t>
+                          <w:t>Процесс 8</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 63" o:spid="_x0000_s1656" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:12.15pt;width:48pt;height:26.15pt;z-index:252181504;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+le89TwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNEm3Lduo6WrVpQhp&#10;gZUWHsB1nMTCsc3YbVpOSFyReAQeggviZ58hfSMmbrdbfsQBkYPl8cx8M/PNTCZn61qRlQAnjc5o&#10;0ospEZqbXOoyoy9fzB+cUuI80zlTRouMboSjZ9P79yaNTUXfVEblAgiCaJc2NqOV9zaNIscrUTPX&#10;M1ZoVBYGauZRhDLKgTWIXquoH8ejqDGQWzBcOIevFzslnQb8ohDcPy8KJzxRGcXcfDghnIvujKYT&#10;lpbAbCX5Pg32D1nUTGoMeoC6YJ6RJcjfoGrJwThT+B43dWSKQnIRasBqkviXaq4rZkWoBclx9kCT&#10;+3+w/NnqCojMMzo6oUSzGnvUfty+3X5ov7U323ftp/am/bp9335vP7dfCBohY411KTpe2yvoanb2&#10;0vBXjmgzq5guxTmAaSrBcswz6eyjnxw6waErWTRPTY7x2NKbQN66gLoDRFrIOvRoc+iRWHvC8XEU&#10;j0cxdpKj6mTYH/SHIQJLb50tOP9YmJp0l4wCjkAAZ6tL57tkWHprEpI3SuZzqVQQoFzMFJAVw3GZ&#10;h2+P7o7NlCZNRsdDjP13iDh8f4Kopce5V7LO6OnBiKUda490HqbSM6l2d0xZ6T2NHXO7Dvj1Yh06&#10;l4Qx7mhdmHyDxILZzTnuJV4qA28oaXDGM+peLxkIStQTjc0ZJ4NBtxRBGAwf9lGAY83iWMM0R6iM&#10;cg+U7ISZ363S0oIsK4yVBEK0OceWFjLQfZfXvgKc5NCF/dZ1q3IsB6u7f8P0BwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAFxHivngAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLyY&#10;dhG1pcjSEKMxjR6EevG2ZUcgsrOE3VJ8e8eTHv+ZL/98k21n24sJR985UnC9jEAg1c501Ch43z8t&#10;EhA+aDK6d4QKvtHDNj8/y3Rq3IlKnKrQCC4hn2oFbQhDKqWvW7TaL92AxLtPN1odOI6NNKM+cbnt&#10;ZRxFK2l1R3yh1QM+tFh/VUer4MO9usciwueh3e/CdFWUL29VqdTlxVzcgwg4hz8YfvVZHXJ2Orgj&#10;GS96zslmxaiC+PYGBANxcseDg4L1JgGZZ/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAD6V7z1PAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFxHivngAAAACQEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
-[...118 lines deleted...]
-                <v:shape id="Соединительная линия уступом 83" o:spid="_x0000_s1659" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:252184576;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhyiMcjQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm24thC5KCQ7W7S&#10;NkDSA9AiZbGlSIFk/EHRRZNtgZyhN+iiBQKknytIN+qQkY2k3RRFvaCH5PDNzJs3Oj7ZVAKtmDZc&#10;yRRHByFGTOaKcrlM8euLeW+EkbFEUiKUZCneMoNPJk+fHK/rhPVVqQRlGgGINMm6TnFpbZ0EgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JoB+Gw2CtNK21ypkxcDq9v8QTj18ULLevisIwi0SKITfrV+3X&#10;hVuDyTFJlprUJc+7NMg/ZFERLiHoHmpKLEGXmv8BVfFcK6MKe5CrKlBFwXPma4BqovC3as5LUjNf&#10;C5Bj6j1N5v/B5i9XZxpxmuLRACNJKuhR86n50XxtvjS3zffmtr0C+679CPbn9gY1d93xDWqv2w/t&#10;VXvd/AT/bwgAgM11bRIAzeSZdnzkG3len6r8rUFSZSWRS+arutjWEClyL4JHT9zG1JDTYv1CUfAh&#10;l1Z5ajeFrhwkkIY2voPbfQfZxqIcDvvjOAwPMcrhajg49PAk2b2stbHPmaqQM1K8YNJmSkoQidID&#10;H4OsTo31faQdGYS+iTAqKgGyWBGB4vFoHHe4nXdAkh2yeyrVnAvhhSUkWkOV/aMw9PBGCU7drfMz&#10;ernIhEaACnX4X4f7yK3iFiZE8ApatHciSckInUnqw1jCBdjIelKt5kCzYNjFrhjFSDCYTWc5tkki&#10;pAsPlHW1OvK8Vt+Nw/FsNBvFvbg/nPXicDrtPZtncW84j44Op4Nplk2j966SKE5KTimTrpjd3ETx&#10;3+mym+B7xe8nZ09b8Bjdpwwp7v590l4zTib3glsouj3TOy3BqHjnbqzdLD7cg/3w4zP5BQAA//8D&#10;AFBLAwQUAAYACAAAACEAFd6LfN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8&#10;h8hI3FjaAWOUptMGmzghsYHgmjWmqUicqsm28u9xT3Dzs5+ev1cuBu/EEfvYBlKQTzIQSHUwLTUK&#10;3t82V3MQMWky2gVCBT8YYVGdn5W6MOFEWzzuUiM4hGKhFdiUukLKWFv0Ok5Ch8S3r9B7nVj2jTS9&#10;PnG4d3KaZTPpdUv8weoOHy3W37uDV3AvX9aDed08h4/1p9s+uVVulyulLi+G5QOIhEP6M8OIz+hQ&#10;MdM+HMhE4Vhf396xVcHNjDuNhvmUh/24yEFWpfzfoPoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAYcojHI0CAADEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAFd6LfN0AAAAJAQAADwAAAAAAAAAAAAAAAADnBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" adj="10777" strokeweight="1pt">
+                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                  </v:formulas>
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <v:handles>
+                    <v:h position="#0,center"/>
+                  </v:handles>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1548" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:22;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 82" o:spid="_x0000_s1661" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:252186624;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiwDaWYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUmukzhC5KCQ7G7S&#10;1kDSA9AkZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOricl1LtOLGCq0y&#10;nPRjjLiimgm1yPCbm2lvhJF1RDEiteIZ3nCLL8dPn1y0TcoHutKScYMARNm0bTJcOdekUWRpxWti&#10;+7rhCg5LbWriYGsWETOkBfRaRoM4Po1abVhjNOXWwtdid4jHAb8sOXWvy9Jyh2SGgZsLqwnr3K/R&#10;+IKkC0OaStA9DfIPLGoiFCQ9QhXEEbQ04g+oWlCjrS5dn+o60mUpKA81QDVJ/Fs11xVpeKgFmmOb&#10;Y5vs/4Olr1YzgwTL8GiAkSI1zKj7tL3d3nU/us/bO7T90N3Dsv24ve2+dN+7b9199xWBM3SubWwK&#10;ALmaGV87Xavr5krTtxYpnVdELXio4GbTAGriI6JHIX5jG8g/b19qBj5k6XRo47o0tYeEBqF1mNbm&#10;OC2+dojCx0FyHp+dYEQPRxFJD3GNse4F1zXyRoatM0QsKpdrpUAS2iQhC1ldWedZkfQQ4JMqPRVS&#10;BmVIhVqgPjiL4xBhtRTMn3o/axbzXBq0Il5c4Qk1wslDN6OXigW0ihM22duOCAk2cqE5zghol+TY&#10;p6s5w0hyuE/e2vGTymeE0oHx3trp6915fD4ZTUbD3nBwOukN46LoPZ/mw97pNDk7KZ4VeV4k7z35&#10;ZJhWgjGuPP+D1pPh32lpf+t2Kj2q/dip6DF6aCmQPbwD6TB7P+6dcOaabWbGV+dlAPIOzvur6O/P&#10;w33w+vXDGP8EAAD//wMAUEsDBBQABgAIAAAAIQBTf3sw3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyEhcEEvZumkrTSeKVMR1A+2cNaYta5wqSbfy7zHiADfb7+n5e/l2sr04&#10;ow+dIwUPswQEUu1MR42C97fqfg0iRE1G945QwRcG2BbXV7nOjLvQDs/72AgOoZBpBW2MQyZlqFu0&#10;OszcgMTah/NWR159I43XFw63vZwnyUpa3RF/aPWAzy3Wp/1oFdw5W36G6vRSjmld+XJ1eMVmrtTt&#10;zfT0CCLiFP/M8IPP6FAw09GNZILoFaTL5YKtPCy4ExvS9Ya7HH8Pssjl/wbFNwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAiwDaWYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBTf3sw3QAAAAkBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1550" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:24;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 81" o:spid="_x0000_s1663" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:369.1pt;margin-top:21.3pt;width:26.25pt;height:0;z-index:252188672;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJOFe0YAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUmOkzhC5KCQ7G7S&#10;1kDSA9AkZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDulPm3ZTFNWCGoozb2bePOryal1LtOLGCq0y&#10;nPRjjLiimgm1yPDr22lvhJF1RDEiteIZ3nCLr8ZPn1y2TcoHutKScYMARNm0bTJcOdekUWRpxWti&#10;+7rhCg5LbWriYGsWETOkBfRaRoM4PotabVhjNOXWwtdid4jHAb8sOXWvytJyh2SGoTYXVhPWuV+j&#10;8SVJF4Y0laD7Msg/VFEToSDpEaogjqClEX9A1YIabXXp+lTXkS5LQXnoAbpJ4t+6ualIw0MvQI5t&#10;jjTZ/wdLX65mBgmW4VGCkSI1zKj7uL3b3nffu0/be7R93z3Asv2wves+d9+6r91D9wWBMzDXNjYF&#10;gFzNjO+drtVNc63pG4uUziuiFjx0cLtpADVERI9C/MY2kH/evtAMfMjS6UDjujS1hwSC0DpMa3Oc&#10;Fl87ROHjCTznpxjRw1FE0kNcY6x7znWNvJFh6wwRi8rlWimQhDZJyEJW19ZBHxB4CPBJlZ4KKYMy&#10;pEItlD44j+MQYbUUzJ96P2sW81watCJeXOHxrADaIzejl4oFtIoTNtnbjggJNnKBHGcE0CU59ulq&#10;zjCSHO6Tt3aIUvmM0DpUvLd2+np7EV9MRpPRsDccnE16w7goes+m+bB3Nk3OT4uTIs+L5J0vPhmm&#10;lWCMK1//QevJ8O+0tL91O5Ue1X5kKnqMHkiAYg/vUHSYvR/3TjhzzTYz47vzMgB5B+f9VfT359d9&#10;8Pr5wxj/AAAA//8DAFBLAwQUAAYACAAAACEA3n7HrNwAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMAyG70i8Q2QkLoillKkdpelEkYq4MhBnrzFtWeNUSbqVtyeIAxxtf/r9/eV2MaM4kvOD&#10;ZQU3qwQEcWv1wJ2Ct9fmegPCB2SNo2VS8EUettX5WYmFtid+oeMudCKGsC9QQR/CVEjp254M+pWd&#10;iOPtwzqDIY6uk9rhKYabUaZJkkmDA8cPPU702FN72M1GwZU19advDk/1vG4bV2fvz9SlSl1eLA/3&#10;IAIt4Q+GH/2oDlV02tuZtRejgvx2k0ZUwTrNQEQgv0tyEPvfhaxK+b9B9Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCJOFe0YAIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDefses3AAAAAkBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1552" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:369.1pt;margin-top:21.3pt;width:26.25pt;height:0;z-index:26;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Полилиния 80" o:spid="_x0000_s1665" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:252190720;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYsEpbAAQAAKMNAAAOAAAAZHJzL2Uyb0RvYy54bWysV22O2zYQ/V+gdyD0s0BXovxtrDcokm5R&#10;IG0CxD0ALVGWUElUSdry9hI5Qq8RoGjP4Nyoww/ZZLbU7hY1YJn0PD7O8FHD4e2rU1OjI+WiYu0m&#10;wjdJhGibsbxq95vol+39t8sICUnanNSspZvogYro1d3XX9323ZqmrGR1TjkCklas+24TlVJ26zgW&#10;WUkbIm5YR1swFow3REKX7+Ockx7YmzpOk2Qe94znHWcZFQL+fWOM0Z3mLwqayXdFIahE9SYC36R+&#10;cv3cqWd8d0vWe066ssqsG+Q/eNGQqoVJL1RviCTowKtHVE2VcSZYIW8y1sSsKKqM6hggGpx8Ec2H&#10;knRUxwKLI7rLMon/jzb7+fieoyrfREtYnpY0oNH5j/Pf5z/Pn/T3r/Onzx8RGGGl+k6sYcCH7j1X&#10;sYruLct+FWCIPYvqCMCgXf8Ty4GQHCTTq3MqeKNGQtzopEV4uIhATxJl8OdytkhnEcrAgufTxRI6&#10;agayHgZnByF/oEwTkeNbIY2GObS0ArkNYwsBFU0Ncn4TowT1yDBb9ADCDsjOh0rkzAyaXhhTBxxk&#10;nDggnEyWqzDf1IEG+WAxLmE8wTd3oPNpupqGol44wCc44QW+TD/KuXKASThm7MqiJQk5iT1txlcS&#10;u9KMuoldfdJksViO+OoKNM76ApWwK1NQdvwCjbArUpjRVegJ1VNXpSBj6ilk3tbwaqauRgmaJ/BB&#10;89lsMrdp+PqeuRqNI12FxpGuQuNIX58xP12Nxjl9hcY4XZVGOSe+RiOcE1encc5RjSAL74c8S8oh&#10;9Wan1uZeaCGiTv4taK2ScceESvQqFUM+32KbygGnrA584sHBCQWfBOFTDw57QMGHg+Ix+8yDg7wK&#10;vgiyzz04KKfgqyB84cFVflN4yF7m3HrsztIfYKOFxBQasPIH2HhxMGDYGe7qq4SjXQqGDBvEG2Bj&#10;xsGgJ76+Kl2oGSAhODHAdoHg7d7gUIt9WYXxCEEVtlNjYK8QqbbU0ET9pRYor6WAsjbsSLdM4+S1&#10;jHCObJj3iqnbf8Gqw8R6OtiH305z6mSvY9KJ8plYXSXB7APX8Gs4bWUD6/QSTn1EPXP+p3mNTs/G&#10;eQXYEE1WM0GNzEozXZxdxFOaOwWaYHWV31d1reQSfL97XXN0JFCN3+uPDcyD1a3SHqeLxGxjz+hx&#10;qBMEQMYXD8bZoc31tiopyb+3bUmq2rS1SLZwVbWqKW53LH+AupUzc0+Aew00SsZ/j1APd4RNJH47&#10;EE4jVP/YQhG+wtMpLKjUnSnUrdDhrmXnWkibAdUmyiRse9N5Lc1V5NDxal/CXOY1bNl3UDEXlaps&#10;dWlt/LIduAnoJbe3FnXVcPsadb1b3f0DAAD//wMAUEsDBBQABgAIAAAAIQADMAc12wAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTE9NT8JAFLyT+B82j8SbbKGiUrslBqI3Y0RIOC7dZ7fafdt0Fyj/&#10;3teTnCaTmcxHvuxdI07YhdqTgukkAYFUelNTpWD79Xr3BCJETUY3nlDBBQMsi5tRrjPjz/SJp02s&#10;BIdQyLQCG2ObSRlKi06HiW+RWPv2ndORaVdJ0+kzh7tGzpLkQTpdEzdY3eLKYvm7Obqhd717s5ew&#10;deuPfkWLn/17uvNK3Y77l2cQEfv4b4ZhPk+Hgjcd/JFMEA3zR74SFdynjKynyRzEYcDZHGSRy+sD&#10;xR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2LBKWwAEAACjDQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAAzAHNdsAAAAIAQAADwAAAAAAAAAA&#10;AAAAAABaBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGIHAAAAAA==&#10;" path="m,1647825l,10389r64294,l64294,,85725,10389,64294,20778r,-10389l,10389,,1647825xe" strokeweight="1pt">
+                <v:shape id="_x0000_s1554" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:28;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Соединительная линия уступом 79" o:spid="_x0000_s1670" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:503pt;margin-top:133.45pt;width:40.7pt;height:.05pt;rotation:90;z-index:252195840;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTP9cclgIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6WbTTZqsuqlQfrgU&#10;qNTyAM7amzX4Z2W72USIA+0Vqc/AG3AAqVL5eYXNGzF2toHCBSH24Izt8TfffDOT45O1FGjFjOVa&#10;ZTg+6GLEVK4pV8sMv7yYd4YYWUcUJUIrluENs/hk/PjRcV2lrKdLLSgzCECUTesqw6VzVRpFNi+Z&#10;JPZAV0zBZaGNJA62ZhlRQ2pAlyLqdbuDqNaGVkbnzFo4ne4u8TjgFwXL3YuisMwhkWHg5sJqwrrw&#10;azQ+JunSkKrkeUuD/AMLSbiCoHuoKXEEXRr+B5TkudFWF+4g1zLSRcFzFnKAbOLub9mcl6RiIRcQ&#10;x1Z7mez/g82fr84M4jTDRyOMFJFQo+ZD86353Hxqbpuvze32Cuy77XuwP25vUHPXHt+g7fX23fZq&#10;e918B/8vCABAzbqyKYBO1JnxeuRrdV6d6vy1RUpPSqKWLGR1sakgUuxfRA+e+I2tgNOifqYp+JBL&#10;p4O068JIZDSUsJ90/RdOQUK0DvXc7OvJ1g7lcNiPB8MRVD2Hq8FhPwQjqcfx1Cpj3VOmJfJGhhdM&#10;uYlWClpGm8OATVan1oWq0lYaQl/FGBVSQJOsiED9wMMnQdLWG6x7ZP9U6TkXIrSZUKiGnHtHLXWr&#10;Baf+1vtZs1xMhEGACnmEr+X7wE1yB/MiuMzwcO9E0pIROlM0hHGEC7CRCxI7w0F0wbCPLRnFSDCY&#10;VG/taAvlw4Nkba5evNC5b0bd0Ww4GyadpDeYdZLudNp5Mp8kncE8PupPD6eTyTR+64WKk7TklDLl&#10;k7mfojj5uy5t53nX//s52ssWPUQPSgPF+99AOnSQb5pd+y003ZwZn51vJhic4NwOuZ/MX/fB6+df&#10;0fgHAAAA//8DAFBLAwQUAAYACAAAACEATYYDT+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2Qkbiyhg3QqTacJhEDiAgXBNWtCU9E4pcnWjqfHO8Hxtz/9/lyuZ9+zvR1jF1DB&#10;5UIAs9gE02Gr4O31/mIFLCaNRvcBrYKDjbCuTk9KXZgw4Yvd16llVIKx0ApcSkPBeWyc9TouwmCR&#10;dp9h9DpRHFtuRj1Rue95JoTkXndIF5we7K2zzVe98wo2j/Xz4eHnWn+8i7sn147fU1pJpc7P5s0N&#10;sGTn9AfDUZ/UoSKnbdihiaynLK6kJFZBlsklsCNCoxzYVsFS5DnwquT/v6h+AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhANM/1xyWAgAA0gQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAE2GA0/hAAAADQEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+BQAAAAA=&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1566" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:40;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-462737,-1,-462737" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 77" o:spid="_x0000_s1686" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:252212224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDjB4ZYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOYidC5KKQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr82aqRaMmNFVrl&#10;ODmKMeKKaibUIsdvrmeDU4ysI4oRqRXP8Zpb/Gzy9Ml512Z8qGstGTcIQJTNujbHtXNtFkWW1rwh&#10;9ki3XMFhpU1DHGzNImKGdIDeyGgYx6Oo04a1RlNuLXwtt4d4EvCrilP3uqosd0jmGLi5sJqwzv0a&#10;Tc5JtjCkrQXd0SD/wKIhQkHSA1RJHEE3RvwB1QhqtNWVO6K6iXRVCcpDDVBNEv9WzVVNWh5qgebY&#10;9tAm+/9g6avlpUGC5Xg8xkiRBmbUf9rcbu76H/3nzR3afOjvYdl83Nz2X/rv/bf+vv+KwBk617U2&#10;A4BCXRpfO12pq/ZC07cWKV3URC14qOB63QJq4iOiRyF+Y1vIP+9eagY+5Mbp0MZVZRoPCQ1CqzCt&#10;9WFafOUQhY/H6XA4OsGI7o8iku3jWmPdC64b5I0cW2eIWNSu0EqBJLRJQhayvLDOsyLZPsAnVXom&#10;pAzKkAp1QH04juMQYbUUzJ96P2sW80IatCReXOEJNcLJQzejbxQLaDUnbLqzHRESbORCc5wR0C7J&#10;sU/XcIaR5HCfvLXlJ5XPCKUD45211de7s/hsejo9TQfpcDQdpHFZDp7PinQwmiXjk/K4LIoyee/J&#10;J2lWC8a48vz3Wk/Sv9PS7tZtVXpQ+6FT0WP00FIgu38H0mH2ftxb4cw1W18aX52XAcg7OO+uor8/&#10;D/fB69cPY/ITAAD//wMAUEsDBBQABgAIAAAAIQBfgP2q3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSHuHyJO4IJasqwoqTad1UhFXBuKcNaYta5wqSbfy9mTiAMff/vT7c7GdzcDO&#10;6HxvScJ6JYAhNVb31Ep4f6vvH4H5oEirwRJK+EYP23JxU6hc2wu94vkQWhZLyOdKQhfCmHPumw6N&#10;8is7IsXdp3VGhRhdy7VTl1huBp4IkXGjeooXOjXivsPmdJiMhDtrqi9fn56rKW1qV2UfL9gmUt4u&#10;590TsIBz+IPhqh/VoYxORzuR9myIWTxkaWQlpEkG7EqsN2ID7Pg74WXB//9Q/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDDjB4ZYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBfgP2q3QAAAAsBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1553" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:27;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-462737,-1,-462737" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1658" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:488.05pt;margin-top:64.5pt;width:33pt;height:0;rotation:90;z-index:252183552;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEz95MZgIAAIYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0lK1m3R0gklLTcD&#10;Jm08gGs7jYVjR7bXtEJIgxfYI/AK3HDBj/YM6Rtx7HQdgxuE6IV7bB9//r5zPuf0bN1ItOLGCq1y&#10;nBzEGHFFNRNqmeM3V/PRMUbWEcWI1IrneMMtPps+fXLatRkf61pLxg0CEGWzrs1x7VybRZGlNW+I&#10;PdAtV7BZadMQB1OzjJghHaA3MhrH8STqtGGt0ZRbC6vlsImnAb+qOHWvq8pyh2SOgZsLownjwo/R&#10;9JRkS0PaWtAdDfIPLBoiFFy6hyqJI+jaiD+gGkGNtrpyB1Q3ka4qQXnQAGqS+Dc1lzVpedACxbHt&#10;vkz2/8HSV6sLgwTL8dEEI0Ua6FH/aXuzve1/9J+3t2j7ob+DYftxe9N/6b/33/q7/iuCZKhc19oM&#10;AAp1Ybx2ulaX7bmmby1SuqiJWvKg4GrTAmriT0SPjviJbeH+RfdSM8gh106HMq4r0yCjoV2Haex/&#10;YRXKhdahd5t97/jaIQqLaXKSQBqi91sRyTyKJ9Ya615w3SAf5Ng6Q8SydoVWCgyiTRLQyercOs/x&#10;4YA/rPRcSBl8IhXqQMj4aMfHaimY3/V51iwXhTRoRbzVBtID2qM0o68VC2g1J2y2ix0REmLkQqmc&#10;EVA8ybG/ruEMI8nhdfloQJTK3wjSgfEuGtz27iQ+mR3PjtNROp7MRmlclqPn8yIdTebJ0WH5rCyK&#10;Mnnv5SZpVgvGuPL8752fpH/nrN0bHDy79/6+UtFj9FBSIHv/H0gHJ/jmDzZaaLa5MF6dNwWYPSTv&#10;HqZ/Tb/OQ9bD52P6EwAA//8DAFBLAwQUAAYACAAAACEADzjGi98AAAAMAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VIXFBrtxKBhDgVP0JcSYqKuLnxEkfEdoidNLw9W3Eot53d0ew3&#10;+Wa2HZtwCK13ElZLAQxd7XXrGglv2+fFLbAQldOq8w4l/GCATXF+lqtM+4MrcapiwyjEhUxJMDH2&#10;GeehNmhVWPoeHd0+/WBVJDk0XA/qQOG242shEm5V6+iDUT0+Gqy/qtFK+Hj9vvbp+9ao6WZMq5ey&#10;vHraPUh5eTHf3wGLOMeTGY74hA4FMe396HRgHWkh0hV5JaQJlTo6/jZ7mpK1AF7k/H+J4hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEz95MZgIAAIYEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAPOMaL3wAAAAwBAAAPAAAAAAAAAAAAAAAAAMAE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1551" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:298.05pt;margin-top:21.5pt;width:18.75pt;height:0;z-index:25;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 75" o:spid="_x0000_s1685" style="position:absolute;left:0;text-align:left;margin-left:480.5pt;margin-top:80.3pt;width:57.7pt;height:27.75pt;z-index:252211200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvSwruTwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG23pduo6WrVpQhp&#10;gZUWHsB1nMTCsc3YbVJOSHtF4hF4CC6In32G9I2YON1SfsQBkYPl8Yw/z3zfTGZndanIRoCTRid0&#10;0OtTIjQ3qdR5Ql++WD44pcR5plOmjBYJ3QpHz+b3780qG4uhKYxKBRAE0S6ubEIL720cRY4XomSu&#10;Z6zQ6MwMlMyjCXmUAqsQvVTRsN9/GFUGUguGC+fw9KJz0nnAzzLB/fMsc8ITlVDMzYcVwrpq12g+&#10;Y3EOzBaS79Ng/5BFyaTGRw9QF8wzsgb5G1QpORhnMt/jpoxMlkkuQg1YzaD/SzXXBbMi1ILkOHug&#10;yf0/WP5scwVEpgmdjCnRrESNmg+7t7v3zdfmdnfTfGxumy+7d8235lPzmWAQMlZZF+PFa3sFbc3O&#10;Xhr+yhFtFgXTuTgHMFUhWIp5Dtr46KcLreHwKllVT02K77G1N4G8OoOyBURaSB002h40ErUnHA8n&#10;J8PJFJXk6DoZD0fDkFHE4rvLFpx/LExJ2k1CAVsggLPNpfNtMiy+CwnJGyXTpVQqGJCvFgrIhmG7&#10;LMMX8scaj8OUJlVCp2N8++8Q/fD9CaKUHvteyTKhp4cgFresPdJp6ErPpOr2mLLSexpb5joFfL2q&#10;g3IHTVYm3SKvYLo2x7HETWHgDSUVtnhC3es1A0GJeqJRm+lgNGpnIhij8WSIBhx7VscepjlCJZR7&#10;oKQzFr6bpLUFmRf41iDwoc05KprJwHardpfXvgBs5CDCfujaSTm2Q9SPX8P8OwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAPEY+GrgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAUhO+C/yE8wYu4&#10;SReJWpsuRRQR92C7Xrxlm2dTbF5Kk+3Wf2/2pMdhhplvis3iBjbjFHpPCrKVAIbUetNTp+Bj93x9&#10;ByxETUYPnlDBDwbYlOdnhc6NP1KNcxM7lkoo5FqBjXHMOQ+tRafDyo9Iyfvyk9MxyanjZtLHVO4G&#10;vhZCcqd7SgtWj/hosf1uDk7Bp9/6p0rgy2h3r3G+quq396ZW6vJiqR6ARVziXxhO+AkdysS09wcy&#10;gQ0K7mWWvsRkSCGBnRLiVt4A2ytYZzIDXhb8/4nyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAG9LCu5PAgAAYgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAPEY+GrgAAAADAEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
-[...64 lines deleted...]
-                <v:shape id="Соединительная линия уступом 74" o:spid="_x0000_s1671" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:471.35pt;margin-top:131.85pt;width:37.5pt;height:.05pt;rotation:90;flip:x;z-index:252196864;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJjPlXngIAAN0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmO/IkQOSgku130&#10;EyDpAWiRsthSpEAy/qDoosm2QM7QG3TRAgHSzxWkG3VIK27TboqiWtBDcvhm3psZH59sKoFWTBuu&#10;ZILDgz5GTOaKcrlM8MvzeW+CkbFEUiKUZAneMoNPpg8fHK/rmA1UqQRlGgGINPG6TnBpbR0HgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JYNDvj4K10rTWKmfGwGm2u8RTj18ULLcvisIwi0SCITfrV+3X&#10;hVuD6TGJl5rUJc+7NMg/ZFERLiHoHiojlqALzf+AqniulVGFPchVFaii4DnzHIBN2P+NzVlJaua5&#10;gDim3stk/h9s/nx1qhGnCR5HGElSQY2aD8235nPzqblpvjY37SXYt+17sD+216i57Y6vUXvVvmsv&#10;26vmO/h/QQAAaq5rEwNoKk+10yPfyLP6qcpfGyRVWhK5ZJ7V+baGSKF7Edx74jamhpwW62eKgg+5&#10;sMpLuyl0hbSCEoYjKD18GBWC108cjosFaqKNL+12X1q2sSiHw2g8GgzhQQ5Xo8Ohj0tiB+le1trY&#10;x0xVyBkJXjBpUyUldI/Shx6brJ4a6wtMO5UIfRVCApWAflkRgYY+I8eHxJ03WHfI7qlUcy6E7zgh&#10;0RrSHoyBhLsySnDqbv1GLxep0AhQgYf/unzvuVXcwugIXiV4sncicckInUnqw1jCBdjIerWt5qC/&#10;YNjFrhjFSDAYWmft0hbShQfJOq5OPN/Eb476R7PJbBL1osFo1ov6WdZ7NE+j3mgejofZYZamWfjW&#10;MQmjuOSUMunI3A1UGP1dw3ajvRuF/UjtZQvuo3ulIcW7X5+0bybXP7tOXCi6PdWOnesrmCHv3M27&#10;G9Jf997r57/S9AcAAAD//wMAUEsDBBQABgAIAAAAIQDohjY23wAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/LTsMwEEX3SPyDNZXYUTuOVJUQp6oQlWCFEtiwc+NpHOpHFDsP/h6zguXMHN05tzys&#10;1pAZx9B7JyDbMiDoWq961wn4eD/d74GEKJ2SxjsU8I0BDtXtTSkL5RdX49zEjqQQFwopQMc4FJSG&#10;VqOVYesHdOl28aOVMY1jR9UolxRuDeWM7aiVvUsftBzwSWN7bSYr4GryRrZv/Ov580Wf5noalkv9&#10;KsTdZj0+Aom4xj8YfvWTOlTJ6ewnpwIxAh72LEuoAM53OZBEpA0HchaQsywHWpX0f4fqBwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMmM+VeeAgAA3QQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOiGNjbfAAAACwEAAA8AAAAAAAAAAAAAAAAA+AQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1549" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:23;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 73" o:spid="_x0000_s1652" style="position:absolute;left:0;text-align:left;margin-left:244.9pt;margin-top:80.3pt;width:48pt;height:27.75pt;z-index:252177408;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkCSkFTwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZDdpkjarbKoqJQip&#10;QKXCAzheb9bCa5uxk005IfWKxCPwEFwQP32GzRsxdtI0/IgDYg+WxzPzzcw3Mzs+XdeKrAQ4aXRO&#10;u52UEqG5KaRe5PTVy9mjE0qcZ7pgymiR02vh6Onk4YNxYzPRM5VRhQCCINpljc1p5b3NksTxStTM&#10;dYwVGpWlgZp5FGGRFMAaRK9V0kvTYdIYKCwYLpzD1/Otkk4iflkK7l+UpROeqJxibj6eEM95OJPJ&#10;mGULYLaSfJcG+4csaiY1Bt1DnTPPyBLkb1C15GCcKX2HmzoxZSm5iDVgNd30l2quKmZFrAXJcXZP&#10;k/t/sPz56hKILHJ6fESJZjX2qP24ebf50H5rbzc37af2tv26ed9+bz+3XwgaIWONdRk6XtlLCDU7&#10;e2H4a0e0mVZML8QZgGkqwQrMsxvsk58cguDQlcybZ6bAeGzpTSRvXUIdAJEWso49ut73SKw94fg4&#10;TEfDFDvJUXU06PV7gxiBZXfOFpx/IkxNwiWngCMQwdnqwvmQDMvuTGLyRsliJpWKAizmUwVkxXBc&#10;ZvHbobtDM6VJk9PRAGP/HSKN358gaulx7pWsc3qyN2JZYO2xLuJUeibV9o4pK72jMTC37YBfz9ex&#10;c8MQILA6N8U18gpmO+a4lnipDLylpMERz6l7s2QgKFFPNfZm1O33w05EoT847qEAh5r5oYZpjlA5&#10;5R4o2QpTv92kpQW5qDBWN/KhzRl2tJSR7fu8dgXgIMcm7JYubMqhHK3ufw2THwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHHm15rhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;tVPRKKRxqgiBEIIDSbn05sZLHBHbUeym4e9ZTnCcndHM22K32IHNOIXeOwnJSgBD13rdu07Cx/7p&#10;NgMWonJaDd6hhG8MsCsvLwqVa392Nc5N7BiVuJArCSbGMec8tAatCis/oiPv009WRZJTx/WkzlRu&#10;B74WIuVW9Y4WjBrxwWD71ZyshIN/84+VwOfR7F/ifFPVr+9NLeX11VJtgUVc4l8YfvEJHUpiOvqT&#10;04ENEu6ye0KPZKQiBUaJTbahy1HCOkkT4GXB//9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDkCSkFTwIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBx5tea4QAAAAsBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
-                  <v:textbox>
+                <v:rect id="_x0000_s1542" style="position:absolute;left:0;text-align:left;margin-left:395.35pt;margin-top:10.55pt;width:50.45pt;height:27.75pt;z-index:16;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1542">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
-[...146 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="00B07EE6">
-[...6 lines deleted...]
-                        </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>процес</w:t>
-[...7 lines deleted...]
-                          <w:t>с</w:t>
+                          <w:t>Процесс 6</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 65" o:spid="_x0000_s1651" style="position:absolute;left:0;text-align:left;margin-left:316.8pt;margin-top:8.95pt;width:52.3pt;height:29.35pt;z-index:252176384;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7MMHRUgIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG3p30ZNV6suRUgL&#10;rLTwAI7jNBaObcZu03JC2isSj8BDcEH87DOkb8TEaUsXOCFysDye8eeZ75vJ9HxTKrIW4KTRCe11&#10;upQIzU0m9TKhr18tHk0ocZ7pjCmjRUK3wtHz2cMH08rGom8KozIBBEG0iyub0MJ7G0eR44UomesY&#10;KzQ6cwMl82jCMsqAVYheqqjf7Y6iykBmwXDhHJ5etk46C/h5Lrh/medOeKISirn5sEJY02aNZlMW&#10;L4HZQvJ9GuwfsiiZ1PjoEeqSeUZWIP+AKiUH40zuO9yUkclzyUWoAavpdX+r5qZgVoRakBxnjzS5&#10;/wfLX6yvgcgsoaMhJZqVqFH9afd+97H+Xt/tbuvP9V39bfeh/lF/qb8SDELGKutivHhjr6Gp2dkr&#10;w984os28YHopLgBMVQiWYZ69Jj66d6ExHF4lafXcZPgeW3kTyNvkUDaASAvZBI22R43ExhOOh6PR&#10;oN9DJTm6Ho/740HIKGLx4bIF558KU5Jmk1DAFgjgbH3lfJMMiw8hIXmjZLaQSgUDlulcAVkzbJdF&#10;+EL+WONpmNKkSujZsD8MyPd87hSiG76/QZTSY98rWSZ0cgxiccPaE52FrvRMqnaPKSu9p7FhrlXA&#10;b9JNUG5y0CQ12RZ5BdO2OY4lbgoD7yipsMUT6t6uGAhK1DON2pz1BoNmJoIxGI77aMCpJz31MM0R&#10;KqHcAyWtMfftJK0syGWBb/UCH9pcoKK5DGw3ard57QvARg4i7IeumZRTO0T9+jXMfgIAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACAGO6ffAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKxDAQhu+C7xBG&#10;8CJu6ha6a226FFFE9GC7Xrxlm7EpNpPSZLv17R1Pepvh//jnm2K3uEHMOIXek4KbVQICqfWmp07B&#10;+/7xegsiRE1GD55QwTcG2JXnZ4XOjT9RjXMTO8ElFHKtwMY45lKG1qLTYeVHJM4+/eR05HXqpJn0&#10;icvdINdJkkmne+ILVo94b7H9ao5OwYd/9Q9Vgk+j3T/H+aqqX96aWqnLi6W6AxFxiX8w/OqzOpTs&#10;dPBHMkEMCrI0zRjlYHMLgoFNul2DOPCQZSDLQv7/oPwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA+zDB0VICAABiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAIAY7p98AAAAJAQAADwAAAAAAAAAAAAAAAACsBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;">
-                  <v:textbox>
+                <v:rect id="_x0000_s1540" style="position:absolute;left:0;text-align:left;margin-left:316.8pt;margin-top:8.95pt;width:52.3pt;height:29.35pt;z-index:14;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1540">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:right="-86"/>
-[...9 lines deleted...]
-                          <w:ind w:right="-86"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-                          <w:t>5-</w:t>
+                          <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>процес</w:t>
-[...7 lines deleted...]
-                          <w:t>с</w:t>
+                          <w:t>Процесс 5</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 64" o:spid="_x0000_s1650" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:10.55pt;width:50.55pt;height:28.85pt;z-index:252175360;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZC2isUgIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG23LW3UdLXqUoS0&#10;wEoLD+A4TmPh2GbsNl1OSFyReAQeggviZ58hfSPGbrfbBU6IHCyPZ+abmW9mMj3d1IqsBThpdEZ7&#10;nS4lQnNTSL3M6OtXi0djSpxnumDKaJHRa+Ho6ezhg2ljU9E3lVGFAIIg2qWNzWjlvU2TxPFK1Mx1&#10;jBUalaWBmnkUYZkUwBpEr1XS73ZHSWOgsGC4cA5fz3dKOov4ZSm4f1mWTniiMoq5+XhCPPNwJrMp&#10;S5fAbCX5Pg32D1nUTGoMeoA6Z56RFcg/oGrJwThT+g43dWLKUnIRa8Bqet3fqrmqmBWxFiTH2QNN&#10;7v/B8hfrSyCyyOhoQIlmNfao/bx9v/3U/mhvth/aL+1N+337sf3Zfm2/ETRCxhrrUnS8spcQanb2&#10;wvA3jmgzr5heijMA01SCFZhnL9gn9xyC4NCV5M1zU2A8tvImkrcpoQ6ASAvZxB5dH3okNp5wfBwN&#10;epPxkBKOqpPR6GQyjBFYeutswfmnwtQkXDIKOAIRnK0vnA/JsPTWJCZvlCwWUqkowDKfKyBrhuOy&#10;iN8e3R2bKU2ajE6G/WFEvqdzxxDd+P0NopYe517JOqPjgxFLA2tPdBGn0jOpdndMWek9jYG5XQf8&#10;Jt/Ezk1CgMBqbopr5BXMbsxxLfFSGXhHSYMjnlH3dsVAUKKeaezNpDcYhJ2IwmD4uI8CHGvyYw3T&#10;HKEyyj1QshPmfrdJKwtyWWGsXuRDmzPsaCkj23d57QvAQY5N2C9d2JRjOVrd/RpmvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAGzQParhAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odm&#10;TLwYt8AuLkHKhhiNMXoQdi/eunSkRDoltMviv7ee9Dh5X977ptgtZmAzTq63JCBeRcCQWqt66gQc&#10;9k+3GTDnJSk5WEIB3+hgV15eFDJX9kw1zo3vWCghl0sB2vsx59y1Go10KzsihezTTkb6cE4dV5M8&#10;h3Iz8CSK7riRPYUFLUd80Nh+NScj4MO+2ccqwudR71/8fFPVr+9NLcT11VLdA/O4+D8YfvWDOpTB&#10;6WhPpBwbBKzTTRJQAUkcAwvAJk3XwI4CtlkGvCz4/w/KHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCZC2isUgIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBs0D2q4QAAAAkBAAAPAAAAAAAAAAAAAAAAAKwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
-                  <v:textbox>
+                <v:rect id="_x0000_s1539" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:10.55pt;width:50.55pt;height:28.85pt;z-index:13;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1539">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
-[...10 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00B07EE6">
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>3-</w:t>
+                          <w:t>Процесс 3</w:t>
                         </w:r>
-                        <w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1545" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:12.15pt;width:48pt;height:27.75pt;z-index:19;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1545">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>процесс</w:t>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 2</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1544" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:18;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1544">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  Процесс 1</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 78" o:spid="_x0000_s1672" type="#_x0000_t32" style="position:absolute;margin-left:595.3pt;margin-top:8pt;width:0;height:122.6pt;flip:x;z-index:252197888;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyfApndAIAAJsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmuEztC5KCQ7HaR&#10;tgGSHoAWKYsoRRIkY9koCqS9QI7QK3TTRT/IGeQbdUg5TtJuiqJe0ENy5vHNzBudnK4bgVbMWK5k&#10;hpODGCMmS0W5XGb47eV8MMHIOiIpEUqyDG+YxafTp09OWp2yoaqVoMwgAJE2bXWGa+d0GkW2rFlD&#10;7IHSTMJlpUxDHGzNMqKGtIDeiGgYx0dRqwzVRpXMWjgt+ks8DfhVxUr3pqosc0hkGLi5sJqwLvwa&#10;TU9IujRE17zc0SD/wKIhXMKje6iCOIKuDP8DquGlUVZV7qBUTaSqipcs5ADZJPFv2VzURLOQCxTH&#10;6n2Z7P+DLV+vzg3iNMNj6JQkDfSo+7y93t50P7sv2xu0/djdwrL9tL3uvnY/uu/dbfcNgTNUrtU2&#10;BYBcnhufe7mWF/pMle8skiqviVyykMHlRgNq4iOiRyF+YzW8v2hfKQo+5MqpUMZ1ZRpUCa5f+kAP&#10;DqVC69C3zb5vbO1Q2R+WcJocHo7jYehpRFIP4QO1se4FUw3yRoatM4Qva5crKUEdyvTwZHVmnSd4&#10;H+CDpZpzIYJIhEQtvDEcx3EgZJXg1N96P2uWi1wYtCJeZ+EX0oWbh26eQkFs3ftRsHoBGnUlaXil&#10;ZoTOdrYjXICNXKifMxwqKhj2NBpGMRIMRs5bPW8hPROoCWSys3oJvj+Oj2eT2WQ0GA2PZoNRXBSD&#10;5/N8NDiaJ+PD4lmR50XywSeVjNKaU8qkz+tuHJLR38ltN5i9kPcDsa9g9Bg9lBrI3v0H0kEeXhG9&#10;thaKbs6Nz84rBSYgOO+m1Y/Yw33wuv+mTH8BAAD//wMAUEsDBBQABgAIAAAAIQB6G3+43wAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT4NAEL2b+B82Y+LF2AUOxFKWxmj86MGDaGK8TdkpENhd&#10;wi4t+us7TQ96mzfz5n3k69n0Yk+jb51VEC8iEGQrp1tbK/j8eLq9A+EDWo29s6Tghzysi8uLHDPt&#10;Dvad9mWoBYtYn6GCJoQhk9JXDRn0CzeQ5dvOjQYDw7GWesQDi5teJlGUSoOtZYcGB3poqOrKyXCM&#10;sntrN7gJX6/L55epo99vffOo1PXVfL8CEWgOf2Q4xecfKDjT1k1We9EzjpdRylyeUi51Ypw3WwVJ&#10;Gicgi1z+L1EcAQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPJ8Cmd0AgAAmwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHobf7jfAAAADAEAAA8A&#10;AAAAAAAAAAAAAAAAzgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1560" type="#_x0000_t32" style="position:absolute;margin-left:528.85pt;margin-top:77.2pt;width:143.55pt;height:0;rotation:90;z-index:34;visibility:visible" adj="-106194,-1,-106194" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1546" type="#_x0000_t32" style="position:absolute;margin-left:278.9pt;margin-top:3.2pt;width:0;height:31.5pt;z-index:20;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1547" type="#_x0000_t32" style="position:absolute;margin-left:491.7pt;margin-top:16.2pt;width:33pt;height:0;rotation:90;z-index:21;visibility:visible" adj="-393873,-1,-393873" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1541" style="position:absolute;margin-left:255.2pt;margin-top:4.4pt;width:48pt;height:27.75pt;z-index:15;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1541">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 4</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1565" style="position:absolute;margin-left:480.5pt;margin-top:.2pt;width:57.7pt;height:27.75pt;z-index:39;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1565">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 7</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="148"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1568" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:505.55pt;margin-top:26.75pt;width:46.3pt;height:.05pt;rotation:90;z-index:42;visibility:visible" adj=",-175608000,-291157" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1559" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:471.05pt;margin-top:27.6pt;width:46.15pt;height:.05pt;rotation:90;flip:x;z-index:33;visibility:visible" adj="10788,175435200,-278577" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1558" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:293.15pt;margin-top:8.4pt;width:0;height:45.75pt;z-index:32;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1557" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:242.95pt;margin-top:31.6pt;width:45pt;height:.05pt;rotation:90;z-index:31;visibility:visible" adj=",-169624800,-178920" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1935"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="148"/>
-              <w:jc w:val="right"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 58" o:spid="_x0000_s1677" style="position:absolute;left:0;text-align:left;margin-left:508.2pt;margin-top:6.7pt;width:30pt;height:30pt;z-index:252203008;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkQiGSJwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSwm7UdLXqUoS0&#10;wEoLB3Adp7FwPGbsNl0OwxlW/HKJHomxky0t/CH8Yc14xs9v3oznV/vWsJ1Cr8GWPB+NOVNWQqXt&#10;puSfP61eXHDmg7CVMGBVyR+U51eL58/mnSvUBBowlUJGINYXnSt5E4IrsszLRrXCj8ApS8EasBWB&#10;XNxkFYqO0FuTTcbjV1kHWDkEqbyn05s+yBcJv66VDB/r2qvATMmJW0g7pn0d92wxF8UGhWu0HGiI&#10;f2DRCm3p0SPUjQiCbVH/BdVqieChDiMJbQZ1raVKNVA1+fiPau4b4VSqhcTx7iiT/3+w8sPuDpmu&#10;Sj6jTlnRUo8O3w8/Do+Hn4yOSJ/O+YLS7t0dxgq9uwX5xTMLy0bYjbpGhK5RoiJWeczPzi5Ex9NV&#10;tu7eQ0XoYhsgSbWvsY2AJALbp448HDui9oFJOnx5kY/H1DdJocGOL4ji6bJDH94qaFk0Sq6M0c5H&#10;zUQhdrc+9NlPWYk/GF2ttDHJwc16aZDtBM3HKq1UApV5mmYs60p+OZvMEvJZzJ9CENnIt3/1LA1h&#10;ays6F0XU6s1gB6FNb1NNxg7iRb163ddQPZB2CP3g0kcjowH8xllHQ1ty/3UrUHFm3lnS/zKfTuOU&#10;J2c6ez0hB08j69OIsJKgSi4DctY7y9D/ja1DvWnorTwVbOGaulbrJGfsaM9roEujmXoyfKM4+6d+&#10;yvr92Re/AAAA//8DAFBLAwQUAAYACAAAACEAL6nWAd4AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KhdikIb4lSACqiIClEQZzfeJhHxOoqdNv17Nic4zuzT7Ey2HFwjDtiF&#10;2pOG6USBQCq8ranU8PX5dDUHEaIhaxpPqOGEAZb5+VlmUuuP9IGHbSwFh1BIjYYqxjaVMhQVOhMm&#10;vkXi2953zkSWXSltZ44c7hp5rVQinamJP1SmxccKi59t7zQ8v78s5Kx/UHtab+ab77fV6XW20vry&#10;Yri/AxFxiH8wjPW5OuTcaed7skE0rNU0uWFWw4I3jYC6HY2dhoQdmWfy/4T8FwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAORCIZInAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAC+p1gHeAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;"/>
+                <v:shape id="_x0000_s1556" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:50.75pt;width:0;height:36.7pt;flip:y;z-index:30;visibility:visible" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1678" style="position:absolute;left:0;text-align:left;margin-left:474.55pt;margin-top:6.35pt;width:30pt;height:29.25pt;z-index:252204032;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsffCnNgIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/6e42CW1W2VRVShFS&#10;gUqFAzheb9bC6zFjJ5tyGM6A+OUSORJjb5om8IfYD8vjGb9582a8s6ttZ9hGoddgK16c5ZwpK6HW&#10;dlXxz59uX11y5oOwtTBgVcUfledX85cvZr0r1Tm0YGqFjECsL3tX8TYEV2aZl63qhD8Dpyw5G8BO&#10;BDJxldUoekLvTHae56+zHrB2CFJ5T6c3g5PPE37TKBk+No1XgZmKE7eQVkzrMq7ZfCbKFQrXarmn&#10;If6BRSe0paQHqBsRBFuj/guq0xLBQxPOJHQZNI2WKtVA1RT5H9U8tMKpVAuJ491BJv//YOWHzT0y&#10;XVd8MuXMio56tPu++7n7sfvF6Ij06Z0vKezB3WOs0Ls7kF88s7BohV2pa0ToWyVqYlXE+OzkQjQ8&#10;XWXL/j3UhC7WAZJU2wa7CEgisG3qyOOhI2obmKTD0WWR59Q3Sa7RRTG+mKQMony67NCHtwo6FjcV&#10;V8Zo56NmohSbOx8iH1E+RSX+YHR9q41JBq6WC4NsI2g+btO3T+CPw4xlPVU3zSd5gj5x+mMMYhsJ&#10;D2lPwhDWtqZzUUax3uz3QWgz7ImmsXv1omCD8GG73Kb2FKMIGtVcQv1IeiIMw0yPjzYt4DfOehrk&#10;ivuva4GKM/POUk+mxXgcJz8Z48nFORl47Fkee4SVBFVxGZCzwViE4b2sHepVS7mKpIGFa+pko5PE&#10;z7z2FdC4JuX3Tyu+h2M7RT3/AOa/AQAA//8DAFBLAwQUAAYACAAAACEA8hVfUt8AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgT1FY0jVOVIsIJVaQUlZsbL0lEvI5itw1/&#10;z+YEx50Zzb5JV4NtxRl73zhSEE8iEEilMw1VCt53z3cPIHzQZHTrCBX8oIdVdn2V6sS4C73huQiV&#10;4BLyiVZQh9AlUvqyRqv9xHVI7H253urAZ19J0+sLl9tW3kfRXFrdEH+odYebGsvv4mQV5I+b7dPr&#10;brs/5BSv82Y/+3gpPpW6vRnWSxABh/AXhhGf0SFjpqM7kfGiVbCYLmKOKpjzpNGPolE4sjCdgcxS&#10;+X9B9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDsffCnNgIAAEgEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDyFV9S3wAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" strokeweight="1.5pt">
-                  <v:textbox>
+                <v:shape id="_x0000_s1567" style="position:absolute;left:0;text-align:left;margin-left:575.65pt;margin-top:56.95pt;width:64.3pt;height:32.6pt;z-index:41;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1564" style="position:absolute;left:0;text-align:left;margin-left:478.2pt;margin-top:28.45pt;width:30pt;height:29.25pt;z-index:38;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1564">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 60" o:spid="_x0000_s1676" style="position:absolute;left:0;text-align:left;margin-left:270.5pt;margin-top:8.55pt;width:30pt;height:30pt;z-index:252201984;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWkfiYJwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adrSLrtR09WqSxHS&#10;AistHMB1nMTC8Zix23Q5DGdA/HKJHomxky0t/CH8Yc14xs9v3owX1/vWsJ1Cr8EWfDIac6ashFLb&#10;uuCfPq5fXHLmg7ClMGBVwR+V59fL588WncvVFBowpUJGINbnnSt4E4LLs8zLRrXCj8ApS8EKsBWB&#10;XKyzEkVH6K3JpuPxRdYBlg5BKu/p9LYP8mXCryolw4eq8iowU3DiFtKOad/EPVsuRF6jcI2WAw3x&#10;DyxaoS09eoS6FUGwLeq/oFotETxUYSShzaCqtFSpBqpmMv6jmodGOJVqIXG8O8rk/x+sfL+7R6bL&#10;gl+QPFa01KPDt8OPw/fDT0ZHpE/nfE5pD+4eY4Xe3YH87JmFVSNsrW4QoWuUKInVJOZnZxei4+kq&#10;23TvoCR0sQ2QpNpX2EZAEoHtU0cejx1R+8AkHb68nIzHRExSaLDjCyJ/uuzQhzcKWhaNgitjtPNR&#10;M5GL3Z0PffZTVuIPRpdrbUxysN6sDLKdoPlYp5VKoDJP04xlXcGv5tN5Qj6L+VMIIhv59q+epSFs&#10;bUnnIo9avR7sILTpbarJ2EG8qFev+wbKR9IOoR9c+mhkNIBfOetoaAvuv2wFKs7MW0v6X01mszjl&#10;yZnNX03JwdPI5jQirCSogsuAnPXOKvR/Y+tQ1w29NUkFW7ihrlU6yRk72vMa6NJopp4M3yjO/qmf&#10;sn5/9uUvAAAA//8DAFBLAwQUAAYACAAAACEAXg6frN8AAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/CQBCF7yb+h82YeJNdRBBqt0QNaiASAxrPS3doG7uzTXcL5d87nPQ2b97kzffSee9qccA2&#10;VJ40DAcKBFLubUWFhq/Pl5spiBANWVN7Qg0nDDDPLi9Sk1h/pA0etrEQHEIhMRrKGJtEypCX6EwY&#10;+AaJvb1vnYks20La1hw53NXyVqmJdKYi/lCaBp9LzH+2ndPw+vE2k6PuSe1puZ6uv98Xp9VoofX1&#10;Vf/4ACJiH/+O4YzP6JAx0853ZIOoNYzvhtwlargfg2B/os56xwMvZJbK/wWyXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBWkfiYJwIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBeDp+s3wAAAAgBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;"/>
+                <v:oval id="_x0000_s1563" style="position:absolute;left:0;text-align:left;margin-left:514.5pt;margin-top:26.95pt;width:30pt;height:30pt;z-index:37;visibility:visible;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 61" o:spid="_x0000_s1675" style="position:absolute;left:0;text-align:left;margin-left:240.5pt;margin-top:9.3pt;width:30pt;height:29.25pt;z-index:252200960;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/CPFUNAIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGO0zAQ/UfiDpb/aZJuu92Nmq5WXYqQ&#10;Flhp4QCu4zQWjseM3ablMJwB8csleiQmTlta+EPkw/J4xs9v3sxkerdtDNso9BpswbNBypmyEkpt&#10;VwX/9HHx6oYzH4QthQGrCr5Tnt/NXr6Yti5XQ6jBlAoZgVift67gdQguTxIva9UIPwCnLDkrwEYE&#10;MnGVlChaQm9MMkzT66QFLB2CVN7T6UPv5LOIX1VKhg9V5VVgpuDELcQV47rs1mQ2FfkKhau1PNAQ&#10;/8CiEdrSoyeoBxEEW6P+C6rREsFDFQYSmgSqSksVc6BssvSPbJ5r4VTMhcTx7iST/3+w8v3mCZku&#10;C36dcWZFQzXaf9v/2H/f/2R0RPq0zucU9uyesMvQu0eQnz2zMK+FXal7RGhrJUpiFeOTiwud4ekq&#10;W7bvoCR0sQ4QpdpW2HSAJALbxorsThVR28AkHV7dZGlKdZPkuppko8m4Y5SI/HjZoQ9vFDSs2xRc&#10;GaOd7zQTudg8+tBHH6MifzC6XGhjooGr5dwg2wjqj0X8Dg/48zBjWUvZ3abjNEJfOP05BrHtCPfP&#10;XoQhrG1J5yLvxHp92AehTb+npIyl3I6C9cKH7XIby5MNj7VYQrkjPRH6Zqbho00N+JWzlhq54P7L&#10;WqDizLy1VJPbbDTqOj8ao/FkSAaee5bnHmElQRVcBuSsN+ahn5e1Q72q6a0samDhnipZ6ShxR7rn&#10;dciA2jXW6TBa3Tyc2zHq9w9g9gsAAP//AwBQSwMEFAAGAAgAAAAhAKS9jSLgAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoE9SUErKpShHhVFWkFMHNjU0SEa+j2G3D37M9&#10;wWk1mtHsm2wx2k4czeBbRwjxJAJhqHK6pRrhbft8MwfhgyKtOkcG4cd4WOSXF5lKtTvRqzmWoRZc&#10;Qj5VCE0IfSqlrxpjlZ+43hB7X26wKrAcaqkHdeJy28nbKJpJq1riD43qzaox1Xd5sAjF42rztN5u&#10;dh8Fxcui3SXvL+Un4vXVuHwAEcwY/sJwxmd0yJlp7w6kvegQpvOYtwSEez7sJ9Oz3iPM7hKQeSb/&#10;D8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH8I8VQ0AgAASAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKS9jSLgAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" strokeweight="1.5pt">
-                  <v:textbox>
+                <v:oval id="_x0000_s1562" style="position:absolute;left:0;text-align:left;margin-left:282.4pt;margin-top:32.65pt;width:30pt;height:30pt;z-index:36;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1561" style="position:absolute;left:0;text-align:left;margin-left:248.9pt;margin-top:32.65pt;width:30pt;height:29.25pt;z-index:35;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1561">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
-                            <w:sz w:val="22"/>
-                            <w:szCs w:val="22"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-                <w:szCs w:val="10"/>
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-              </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">                                                                                                                                                                 </w:t>
-[...51 lines deleted...]
-              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
-[...10 lines deleted...]
-          <w:noProof/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
           </v:shapetype>
-          <v:shape id="Ромб 56" o:spid="_x0000_s1680" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:9.6pt;width:65.45pt;height:56.2pt;z-index:252206080;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWks8rOwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbf6WbTpD+rbqqqpQip&#10;QKXCASa2N2the4ztZFNOwxX6jjhDjsSsNwkp8ITYB8vjGX+e+b6ZvbhcW8NWKkSNrubl0Ygz5QRK&#10;7RY1//Tx9tUZZzGBk2DQqZo/qsgvZy9fXHS+UmNs0UgVGIG4WHW+5m1KviqKKFplIR6hV46cDQYL&#10;icywKGSAjtCtKcaj0UnRYZA+oFAx0unN4OSzjN80SqQPTRNVYqbmlFvKa8jrvF+L2QVUiwC+1WKb&#10;BvxDFha0o0f3UDeQgC2D/gPKahEwYpOOBNoCm0YLlWugasrRb9U8tOBVroXIiX5PU/x/sOL96j4w&#10;LWs+PeHMgSWNNt82PzbfN0+MjoifzseKwh78fegrjP4OxefIHF634BbqKgTsWgWSsir7+OLZhd6I&#10;dJXNu3coCR2WCTNV6ybYHpBIYOusyONeEbVOTNDh2XE5LqecCXKdlsenk6xYAdXusg8xvVFoWb+p&#10;udRg0cmMD6u7mPp8oNpF5fzRaHmrjclGWMyvTWAroP64zV8ugco8DDOOdTU/n46nGfmZLx5CjPL3&#10;NwirEzW60ZaK2gdB1RP32snchgm0GfaUsnFbJnvyBhHSer7OUpWTnS5zlI/EbcChsWkQadNi+MpZ&#10;R01d8/hlCUFxZt460ue8nBCDLGVjMj0dkxEOPfNDDzhBUDUXKXA2GNdpmJ2lD3rR0ltlJsThFana&#10;6Ex3r/iQ17YCat2swnbM+tk4tHPUr5/B7CcAAAD//wMAUEsDBBQABgAIAAAAIQA7ic5q4QAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJOUBghxKgSUikMPtBw4uvGShMbr&#10;YLtt+Hu2J7jNaJ9mZ8r5aHtxQB86RwrSSQICqXamo0bB+2ZxdQsiRE1G945QwQ8GmFfnZ6UujDvS&#10;Gx7WsREcQqHQCtoYh0LKULdodZi4AYlvn85bHdn6Rhqvjxxue5klSS6t7og/tHrAxxbr3XpvFeiu&#10;W3m/WprdB71O3ffL0/Ni86XU5cX4cA8i4hj/YDjV5+pQcaet25MJomefZPmMWVZ3GYgTkc5urkFs&#10;WU3THGRVyv8jql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlpLPKzsCAABUBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAO4nOauEAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;">
-            <v:textbox>
+          <v:shape id="_x0000_s1534" type="#_x0000_t4" style="position:absolute;margin-left:508.75pt;margin-top:15.25pt;width:69.95pt;height:50.55pt;z-index:8;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+            <v:textbox style="mso-next-textbox:#_x0000_s1534">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">      </w:t>
+                    <w:t xml:space="preserve"> Условие</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00B07EE6">
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">2-шарт  </w:t>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  2</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 55" o:spid="_x0000_s1673" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:458.9pt;width:15.75pt;height:11.25pt;z-index:252198912;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLGV+1hwMAAOwJAAAOAAAAZHJzL2Uyb0RvYy54bWysVm2O0zAQ/Y/EHaz8RGITp236oe2uYGER&#10;0gIrbTmA6zhNRBIH2226ewmOwDVWQnCGciPGzkedVikrRKVGdubleeaNPePzy22Wog0TMuH53MFn&#10;noNYTnmY5Ku583lx/XLiIKlIHpKU52zu3DPpXF48f3ZeFjPm85inIRMISHI5K4u5EytVzFxX0phl&#10;RJ7xguVgjLjIiIKpWLmhICWwZ6nre17gllyEheCUSQlv31RG58LwRxGj6lMUSaZQOnfAN2WewjyX&#10;+ulenJPZSpAiTmjtBvkHLzKS5LBoS/WGKILWIjmiyhIquOSROqM8c3kUJZSZGCAa7B1EcxeTgplY&#10;QBxZtDLJ/0dLP25uBUrCuTMaOSgnGeRo9333a/dj92j+P3ePv78hMIJSZSFn8MFdcSt0rLK44fSL&#10;BIPbseiJBAxalh94CIRkrbhRZxuJTH8JcaOtScJ9mwS2VYjCS8iq54MvFEx46E/GZmmXzJqP6Vqq&#10;d4wbIrK5karKYQgjk4GwDmMB+Y6yFNL5wkUeKlHNXMMbFO6gYrRfE7LZcvkWCo8DH/u9hAML6qE+&#10;wqGFqhzrJQQx2jj8wQQPekkDG2l07CUdW9Aq5F5WOMLt+v06Ti3UXwjxEzPztNRgOzceCiBueI5G&#10;g6A+3W0ScTc1p5B2ek5z2tk5jbSzcxppJ+cICUdh1Wx2Ejf7n27z+gDACBFdfhegjD4RBZf6tOnz&#10;AGdqgbUsQAI4bbXggw4cZNXwQS982IGDYhrenNZj9lEHDmJo+LiXPejAYQ9q+LQXPu7A9Q7TeNwJ&#10;tgq6lklAbzjsCsJB0BWWehGQjSitbjNE5b42xW1p0taMb9iCG5w6KGuw4t6a5jaqqiLGTdOGANoA&#10;6HqZ0NfsoQOfTAdBpXHdtQqzWFMuIVrsBYGJF3w/tJm60YjXoW8WPfpkXwgt17roSuUnA4/iTLlk&#10;1WbUYptd2aquk2VVesnTJLxO0lTrLMVqeZUKtCHQ1q/Nr46tA0tznTTsjz3P7I6OscOhawaAKl86&#10;MMHXeWj2Q8xI+LYeK5Kk1dhoU3dA3fSqLrnk4T00QMGrCwdckGAQc/HgoBIuG3NHfl0TwRyUvs+h&#10;m0/xcAhaKjMZjsY+TIRtWdoWklOgmjtUwX6tJlequtOsC5GsYlgLm4Bz/gpab5ToFml6dOVXPYEr&#10;hZG8vv7oO4s9N6j9Je3iDwAAAP//AwBQSwMEFAAGAAgAAAAhAIfI20ziAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonaa0NMSpEBUCDj20VOLqxiaJsNeR7Tbp37M9lePM&#10;Ps3OlKvRWXYyIXYeJWQTAcxg7XWHjYT919vDE7CYFGplPRoJZxNhVd3elKrQfsCtOe1SwygEY6Ek&#10;tCn1Beexbo1TceJ7g3T78cGpRDI0XAc1ULizfCrEnDvVIX1oVW9eW1P/7o5OwuN6s/4Q50+bv4dv&#10;3EyHfbcNQsr7u/HlGVgyY7rCcKlP1aGiTgd/RB2ZJZ0vlhmxEpbZgkZckFkm5sAOZM1EDrwq+f8V&#10;1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyxlftYcDAADsCQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh8jbTOIAAAANAQAADwAAAAAAAAAA&#10;AAAAAADhBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPAGAAAAAA==&#10;" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+          <v:shape id="_x0000_s1533" type="#_x0000_t4" style="position:absolute;margin-left:279.1pt;margin-top:17.75pt;width:67.35pt;height:50.5pt;z-index:7;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+            <v:textbox style="mso-next-textbox:#_x0000_s1533">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D75BB4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Условие</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75BB4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1531" style="position:absolute;margin-left:689.55pt;margin-top:458.9pt;width:15.75pt;height:11.25pt;z-index:5;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="Прямоугольник 54" o:spid="_x0000_s1681" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:437pt;width:22.5pt;height:32.1pt;z-index:252207104;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBqyYjrQIAACMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv3fwoaZto09VuSxHS&#10;AistPIAbO41FYgfbbbpCSCtxReIReAguiJ99hvSNGDtt6QIHhMjB8djj8TfzfePTs01doTVTmkuR&#10;4eDEx4iJXFIulhl++WI+GGOkDRGUVFKwDN8wjc8mDx+ctk3KQlnKijKFIIjQadtkuDSmST1P5yWr&#10;iT6RDROwWUhVEwOmWnpUkRai15UX+v7Qa6WijZI50xpWZ/0mnrj4RcFy87woNDOoyjBgM25UblzY&#10;0ZucknSpSFPyfAeD/AOKmnABlx5CzYghaKX4b6FqniupZWFOcll7sih4zlwOkE3g/5LNdUka5nKB&#10;4ujmUCb9/8Lmz9ZXCnGa4TjCSJAaOOo+bm+3H7pv3d32Xfepu+u+bt9337vP3RcETlCxttEpHLxu&#10;rpTNWTeXMn+lkZDTkoglO1dKtiUjFHAG1t+7d8AaGo6iRftUUriPrIx0xdsUqrYBoSxo4zi6OXDE&#10;NgblsBiO41EMTOawFfmj4chx6JF0f7hR2jxmskZ2kmEFEnDByfpSGwuGpHsXB15WnM55VTlDLRfT&#10;SqE1AbnM3efwQ47HbpWwzkLaY33EfgUwwh12z6J19L9JgjDyL8JkMB+OR4NoHsWDZOSPB36QXCRD&#10;P0qi2fytBRhEackpZeKSC7aXYhD9HdW7puhF5MSI2gwncRi73O+h18dJ+u77U5I1N9CZFa8zPD44&#10;kdTy+khQSJukhvCqn3v34bsqQw32f1cVpwJLfC8gs1lsnPCCeK+phaQ3oAslgTegGJ4VmNgxBJZR&#10;C12aYf16RRTDqHoiQF5JEEW2rZ0RxaMQDHW8szjeISIvJTS/waifTk3/FKwaxZclXBa4cgl5DpIs&#10;uJOLlWsPbCdk6ESX1+7VsK1+bDuvn2/b5AcAAAD//wMAUEsDBBQABgAIAAAAIQCNImVP3wAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZky8uUX8KCDDxhiXkx5cjfFYaAUinRLa&#10;3UV/vbMnPc7Mk3eet1wvbhR7O4fBE8LlKgFhqfVmoA7h7XVzkYEIUZPRoyeL8G0DrKvTk1IXxh/o&#10;xe63sRMcQqHQCH2MUyFlaHvrdFj5yRLfPv3sdORx7qSZ9YHD3SjTJLmVTg/EH3o92Yfetl/bnUNo&#10;3h+75x+Tb2pV13noF6WePhTi+dlyfwci2iX+wXDUZ3Wo2KnxOzJBjAjqRjGJkKlr7nQE0oQ3DUJ+&#10;laUgq1L+r1D9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEGrJiOtAgAAIwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI0iZU/fAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAABwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" stroked="f">
-            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
+          <v:rect id="_x0000_s1535" style="position:absolute;margin-left:37.85pt;margin-top:437pt;width:22.5pt;height:32.1pt;z-index:9;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" stroked="f">
+            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1535">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Запрос</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 53" o:spid="_x0000_s1674" style="position:absolute;left:0;text-align:left;margin-left:605.65pt;margin-top:427.05pt;width:64.3pt;height:32.6pt;z-index:252199936;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+9ibEDwUAAK8RAAAOAAAAZHJzL2Uyb0RvYy54bWy0WN1u2zYYvR+wdyB0OWC1JEuWbMQpirQZ&#10;BnRrgHjYNSPJllBJ1Eg6TvYSe4S9RoFhe4bsjXZIiTLlRkq2pQ1q6ufo8PvOoT6SOnt9V5XkNuOi&#10;YPXa8V65DsnqhKVFvVs7P20uv40dIiStU1qyOls795lwXp9//dXZoVllPstZmWacgKQWq0OzdnIp&#10;m9VsJpI8q6h4xZqsxs0t4xWVOOW7WcrpAexVOfNddzE7MJ42nCWZELj6tr3pnGv+7TZL5IftVmSS&#10;lGsHsUn9y/XvjfqdnZ/R1Y7TJi+SLgz6H6KoaFGj057qLZWU7HnxGVVVJJwJtpWvElbN2HZbJJnO&#10;Adl47kk21zltMp0LxBFNL5N4Odrkx9srTop07YRzh9S0gkcPvz/89fDHwyf9/8+HT3//RnATSh0a&#10;scID180VV7mK5j1LPgpSs3dpIa9YUUtE5oGGXeS03mVvOGeHPKOpvgyC2YBBnQhwkZvDDyxFx3Qv&#10;mVbxbssr1QP0IXfarPverOxOkgQXY2+x8GBpgluBF7i+NnNGV+bhZC/kdxnTRPT2vZCt1ymOtFNp&#10;l+4GJNuqhO3fzIhLDsT3Fq4ZGT0IaVmg/HGQb4F8N4jieIwOYj9NF1igwF2GUThGF1pIl4xEt7BA&#10;03SRhfRCP3BHOfF693lMcy4t5NwN4nFO5WpPOi2jZ9vyBKttzrjNtjFPENr2jBPa1kxr6dkGuQSD&#10;EBotwnC+6MrUcTDaBk0jbYOmkbZBk0i8aUd/ppG2PdPIoTsTufu2Q9OctkEhzBx7e3zboyVe/7E3&#10;yLcd8qJwgtJ2yIvnUWRzokrtTB2iuSlNyV3d1SYcERTQtbPBmFDFqmFCFUJVqlDuNp4aECABTt21&#10;4NEADlEVXBfvR+HxAA69FDwcZV8O4BBDwaMxOMaJHTtGooIvR+HeAK6qgMLjFR9J1veHD3TZeqPp&#10;YujYAXldvt4g4VanzgiOBYRaOmx8YLF42KihguXDRo0ELCA2vs4eBlGpfNT0OCSHtdNOIyTvjzBz&#10;8b1aKH34qGYzha3YbbZh+impDO5CMlPZ8XZZ27COGvIYpLlv2kbTHXE48uNOSIMxbYvtun428LTn&#10;pGQia51SYvxvJeIgageY786NQaN6uOEc5Qt6WGCTnmk7SXooKqsZiwZi2k6RPoR/AX0kgBdWJo7b&#10;ceu7S79zdEyXKFDjVcvSY02Opm1zPSKj6NTZIbLv/tnAY5yG6QspMvdc4+iTilhYE5VpTxSZYxk3&#10;+eYYRZ4PPMZp+vxCigReW6BQ1J5UxMKaqEx7oggWb3pJAlaDMG2LNIo8H3iM0zC9sCKh6kG9CqEX&#10;PFVO+pfBwpqwTHsiSRhjhmirn0GYtkUe+38+8hip4fpMFFjQTz1q5rL2PIKVRXpZlKUqxYLvbi5K&#10;Tm4pZrNL/a8LdwArazVzLUOUDf3UKIVam7abJPQ6oKgKiR19WVTYovUgulLbwHd1ConoStKibI/1&#10;CFKXMr1X72ZQtgfFdZ4eSFoIzLqeG0ULLPvSAlOvH7WshJY7fHJIJMeMzOTPhcz1ftlMrYOMY1f9&#10;dRn39HoNZfWst6dqR9pudW9Yeo/dKcgVp/rKgYOc8V8dcsAXg7UjftlTnjmk/L7GDnfpBQFgUp8E&#10;YYTlD+H2nRv7Dq0TUK0d6WClpw4vJM7wyL7hxS5XWWsLavYGu+JtoXavOr42qu4EXwV0Et0XDPXZ&#10;wT7XqON3lvN/AAAA//8DAFBLAwQUAAYACAAAACEAu6hypuEAAAANAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KiThtI4xKkQUqVyg0IPvbnxEke111HstuHvcU9wHO3TzNt6NTnL&#10;zjiG3pOEfJYBQ2q97qmT8PW5fiiBhahIK+sJJfxggFVze1OrSvsLfeB5GzuWSihUSoKJcag4D61B&#10;p8LMD0jp9u1Hp2KKY8f1qC6p3Fk+z7In7lRPacGoAV8NtsftyUmgo9ot1++tzTZxbxblZi/88Cbl&#10;/d308gws4hT/YLjqJ3VoktPBn0gHZlOe53mRWAnl4jEHdkWKQghgBwkiFwXwpub/v2h+AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH72JsQPBQAArxEAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALuocqbhAAAADQEAAA8AAAAAAAAAAAAAAAAAaQcA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB3CAAAAAA=&#10;" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+          <v:shape id="_x0000_s1532" style="position:absolute;margin-left:605.65pt;margin-top:427.05pt;width:64.3pt;height:32.6pt;z-index:6;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" offset="6pt,6pt"/>
             <v:formulas/>
-            <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;7742219,0;15484400,0;15484400,2921141;15484400,5842282;7742219,5842282;0,5842282;0,2921141" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+            <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
             <o:lock v:ext="edit" verticies="t"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-[...47 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="120"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="160"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="14218"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7088" w:right="120" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7088" w:right="120" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB4C9C" w:rsidRPr="00FE0ED8" w:rsidRDefault="00CB4C9C" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7088" w:right="120" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7088" w:right="120" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7370" w:right="120" w:firstLine="427"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществляющих функции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принадлежащим на праве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7370" w:right="120" w:firstLine="427"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5954" w:right="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5954" w:right="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>функционального взаимодействия информационных систем, задействованных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оказании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги через п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14352" w:type="dxa"/>
+            <w:tcW w:w="14109" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...211 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Блок-схема: сохраненные данные 51" o:spid="_x0000_s1727" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:10.4pt;width:74.25pt;height:28.5pt;z-index:252254208;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUnM7DcwIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFy0zAQvTPDP2h0bx2HpG08cTqdljLM&#10;lLYzhQ9QZNnWIEtipcQpJ3roiRN/0gO9AO03OH/EWk5CCpwYfNBod7VPb99qPT5cVIrMBThpdErj&#10;3R4lQnOTSV2k9N3b050DSpxnOmPKaJHSa+Ho4eT5s3FtE9E3pVGZAIIg2iW1TWnpvU2iyPFSVMzt&#10;Gis0BnMDFfNoQhFlwGpEr1TU7/X2otpAZsFw4Rx6T7ognQT8PBfcX+S5E56olCI3H1YI67Rdo8mY&#10;JQUwW0q+osH+gUXFpMZLN1AnzDMyA/kHVCU5GGdyv8tNFZk8l1yEGrCauPdbNVclsyLUguI4u5HJ&#10;/T9Yfj6/BCKzlA5jSjSrsEfNl+Z789h821neLG+b++ZHc5eQ5U3zuLxdfmrumgf0PTQPy8/NPWm+&#10;BkdnIATqWVuXIOyVvYRWEWfPDH/viDbHJdOFOAIwdSlYhlWE89GThNZwmEqm9RuTIRs28yZIu8ih&#10;agFRNLIIHbzedFAsPOHoHA36o/0hJRxDL/bi0TB0OGLJOtmC86+EqUi7SWmuTI20wF9oJbW48gZY&#10;0UrOEjY/cx7LweR1UijHKJmdSqWCAcX0WAGZM3xep+FrFcAUt31MaVIjt2F/GJCfxNw2RC98f4Oo&#10;pMc5UbJK6cHmEEtaHV/qLLxiz6Tq9ni/0khjrWXXE7+YLkKn4/11m6Ymu0apwXRzgXOMm9LAR0pq&#10;nImUug8zBoIS9Vpju0bxYNAOUTAGw/0+GrAdmW5HmOYIlVLugZLOOPbd6M0syKLEu+IgiDZH2ORc&#10;Brlb0h2vVQX48oOkqyltR2vbDqd+/UsmPwEAAP//AwBQSwMEFAAGAAgAAAAhALCFVaPhAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHghsKUYwdopQRK9iQqGxNvSHdrG7mzp&#10;bkv99y4nPU1e3st736TLwdSip9ZVlhGmkwgEcW51xQXC5+55vADhvGKtasuE8EMOltn1VaoSbc/8&#10;Qf3WFyKUsEsUQul9k0jp8pKMchPbEAfvaFujfJBtIXWrzqHc1DKOontpVMVhoVQNrUvKv7edQRit&#10;Tl37Ovo67vvNdH16et+/GfeCeHszrB5BeBr8Xxgu+AEdssB0sB1rJ2qEu1kg9whxFO7Ff4hnIA4I&#10;8/kCZJbK/w9kvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAUnM7DcwIAAJMEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCwhVWj4QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;">
-                  <v:textbox>
+                <v:shape id="_x0000_s1570" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:3.8pt;width:88.05pt;height:33.8pt;z-index:44;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1570">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
-[...30 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
                             <w:sz w:val="4"/>
                             <w:szCs w:val="4"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-221"/>
-                          <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ЭҮШ</w:t>
+                          <w:t>АРМ РШЭП</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 49" o:spid="_x0000_s1736" style="position:absolute;margin-left:205.45pt;margin-top:11.45pt;width:56.8pt;height:29.35pt;z-index:252263424;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCupWgxUgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE233W6jpqtVlyKk&#10;BVZaeADHcRoLxzZjt2k5IXFF4hF4CC6In32G9I2YON3SBU6IHCyPZ/x55vtmMj3fVIqsBThpdErj&#10;Xp8SobnJpV6m9NXLxaMzSpxnOmfKaJHSrXD0fPbwwbS2iRiY0qhcAEEQ7ZLaprT03iZR5HgpKuZ6&#10;xgqNzsJAxTyasIxyYDWiVyoa9PunUW0gt2C4cA5PLzsnnQX8ohDcvygKJzxRKcXcfFghrFm7RrMp&#10;S5bAbCn5Pg32D1lUTGp89AB1yTwjK5B/QFWSg3Gm8D1uqsgUheQi1IDVxP3fqrkpmRWhFiTH2QNN&#10;7v/B8ufrayAyT+lwQolmFWrUfNq9231svje3u/fN5+a2+bb70PxovjRfCQYhY7V1CV68sdfQ1uzs&#10;leGvHdFmXjK9FBcApi4FyzHPuI2P7l1oDYdXSVY/Mzm+x1beBPI2BVQtINJCNkGj7UEjsfGE4+F4&#10;EJ+copIcXSfjwXg4Ci+w5O6yBeefCFORdpNSwBYI4Gx95XybDEvuQkLyRsl8IZUKBiyzuQKyZtgu&#10;i/Dt0d1xmNKkTulkNBgF5Hs+dwzRD9/fICrpse+VrFJ6dghiScvaY52HrvRMqm6PKSu9p7FlrlPA&#10;b7JNUC4+iJKZfIvEgun6HOcSN6WBt5TU2OMpdW9WDAQl6qlGcSbxcNgORTCGo/EADTj2ZMcepjlC&#10;pZR7oKQz5r4bpZUFuSzxrTgQos0FSlrIQHcrd5fXvgLs5KDCfuraUTm2Q9Svf8PsJwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHIYCCXhAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JC6IJa22aSt1pwqBEGIH2nHZLWtMU9EkVZN15e0JJzhZlj/9/v58N5ueTTT6zlmEZCGAkW2c6myL&#10;8HF4vt8A80FaJXtnCeGbPOyK66tcZspdbEVTHVoWQ6zPJIIOYcg4940mI/3CDWTj7dONRoa4ji1X&#10;o7zEcNPzVIg1N7Kz8YOWAz1qar7qs0E4ur17KgW9DPrwGqa7snp7ryvE25u5fAAWaA5/MPzqR3Uo&#10;otPJna3yrEdYJmIbUYQ0jTMCq3S5AnZC2CRr4EXO/zcofgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCupWgxUgIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQByGAgl4QAAAAkBAAAPAAAAAAAAAAAAAAAAAKwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
-                  <v:textbox>
+                <v:shape id="_x0000_s1612" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:3.8pt;width:75pt;height:27.7pt;z-index:86;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1612">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
-                          <w:jc w:val="center"/>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
-                            <w:sz w:val="8"/>
-                            <w:szCs w:val="8"/>
+                            <w:sz w:val="4"/>
+                            <w:szCs w:val="4"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1615" style="position:absolute;margin-left:205.75pt;margin-top:3.8pt;width:56.8pt;height:27.8pt;z-index:89;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1615">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>Портал</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Блок-схема: сохраненные данные 48" o:spid="_x0000_s1728" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:11.45pt;width:88.05pt;height:29.25pt;z-index:252255232;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4yCS4cwIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFy0zAQvTPDP2h0bx2nCU09cTqdlDLM&#10;FNqZwgcosmxrkCWxUuKUEz30xIk/6YFegPYbnD9iLadpCpwYfNBod6Wn3fd2PT5cVoosBDhpdErj&#10;3R4lQnOTSV2k9P27k50RJc4znTFltEjppXD0cPL82bi2ieib0qhMAEEQ7ZLaprT03iZR5HgpKuZ2&#10;jRUag7mBink0oYgyYDWiVyrq93ovotpAZsFw4Rx6j7sgnQT8PBfcn+W5E56olGJuPqwQ1lm7RpMx&#10;SwpgtpR8nQb7hywqJjU+uoE6Zp6ROcg/oCrJwTiT+11uqsjkueQi1IDVxL3fqrkomRWhFiTH2Q1N&#10;7v/B8reLcyAyS+kAldKsQo2ar82P5r75vrO6Wl03t83P5iYhq6vmfnW9+tzcNHfou2vuVl+aW9J8&#10;C47OQAjks7YuQdgLew4tI86eGv7BEW2mJdOFOAIwdSlYhlXE7fnoyYXWcHiVzOo3JsNs2NybQO0y&#10;h6oFRNLIMih4uVFQLD3h6IzjeNTfG1LCMba3Hw/2h+EJljzctuD8K2Eq0m5SmitTY17gz7SSWlx4&#10;A6xoOWcJW5w63+bHkodLoR6jZHYilQoGFLOpArJg2F8n4Vu/57aPKU3qlB4M+8OA/CTmtiF64fsb&#10;RCU9DoqSVUpHm0MsaYl8qbPQxp5J1e0xZaXXzLZkdqL45WwZpO6Hvm+ZnpnsErkG0w0GDjJuSgOf&#10;KKlxKFLqPs4ZCErUa416HcSDQTtFwRgM9xGIwHZkth1hmiNUSrkHSjpj6rvZm1uQRYlvxYEQbY5Q&#10;5VwGuh/zWleArR9UWI9pO1vbdjj1+DOZ/AIAAP//AwBQSwMEFAAGAAgAAAAhAA6frVHhAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwq6iQqVQhxqlIJbvwVVImbG2+TiHid&#10;xk4a3p7tCU6r0XyanclXk23FiL1vHCmI5xEIpNKZhioFnx+PNykIHzQZ3TpCBT/oYVVcXuQ6M+5E&#10;7zhuQyU4hHymFdQhdJmUvqzRaj93HRJ7B9dbHVj2lTS9PnG4bWUSRUtpdUP8odYdbmosv7eDVTBb&#10;H4f+efZ12I0v8eb48LZ7tf5JqeuraX0PIuAU/mA41+fqUHCnvRvIeNEqSJfpHaMKkoTvGYgWt7xu&#10;z1a8AFnk8v+E4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4yCS4cwIAAJQEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAOn61R4QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;">
-                  <v:textbox>
+                <v:shape id="_x0000_s1569" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:3.8pt;width:74.25pt;height:27.8pt;z-index:43;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1569">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-221"/>
-[...22 lines deleted...]
-                        <w:pPr>
+                          <w:ind w:left="-142"/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ИС ПЭП</w:t>
+                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3480"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Соединительная линия уступом 47" o:spid="_x0000_s1735" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:252262400;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgyyJtlgIAANMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm24h8iB4Vsd5O2&#10;AZIegBYpiy1FCiTjD4oummwL5Ay9QRctECD9XEG6UYe04iTtpiiqBT3kDN/Me5zx0fGmFGjFtOFK&#10;Jjg6CDFiMlOUy2WCX5/PO0OMjCWSEqEkS/CWGXw8efrkaF2NWVcVSlCmEYBIM15XCS6srcZBYLKC&#10;lcQcqIpJcOZKl8TCVi8Dqska0EsRdMOwH6yVppVWGTMGTqc7J554/DxnmX2V54ZZJBIMtVm/ar8u&#10;3BpMjsh4qUlV8Kwtg/xDFSXhEpLuoabEEnSh+R9QJc+0Miq3B5kqA5XnPGOeA7CJwt/YnBWkYp4L&#10;iGOqvUzm/8FmL1enGnGa4HiAkSQlvFH9qf5Rf62/1Df19/qmuQT7tvkI9ufmGtW37fE1aq6aD81l&#10;c1X/hPhvCABAzXVlxgCaylPt9Mg28qw6Udlbg6RKCyKXzLM631aQKXI3gkdX3MZUUNNi/UJRiCEX&#10;VnlpN7kukVbwhFE4DN3nj0FDtPEPut0/KNtYlMFhD77BIUYZuPq9Q5+NjB2Qq63Sxj5nqkTOSPCC&#10;SZsqKaFnlO55bLI6MdY/K221IfRNhFFeCuiSFREoHo3CXovbRgf3yO6qVHMuhO8zIdEaqu8O2tKN&#10;Epw6r4szerlIhUaACjx2/Jw64HkYVnILAyN4meBWBA9dMEJnknrbEi7ARtZrbDUH1QXDLnfJKEaC&#10;wag6awcvpEsPkrVcnXi+dd+NwtFsOBvGnbjbn3XicDrtPJuncac/jwaH0940TafReydUFI8LTimT&#10;jszdGEXx37VpO9C7AdgP0l624DG6VwRKvPv1RfsWcl2z67+FottT7di5boLJ8cHtlLvRfLj3Uff/&#10;RZNfAAAA//8DAFBLAwQUAAYACAAAACEASwqRyN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU7DMBBF90jcwRokNog6qdoopHGqCqmIFaItB3DiIY4ajyPbTc3tcVewnJmnP+/X22hGNqPzgyUB&#10;+SIDhtRZNVAv4Ou0fy6B+SBJydESCvhBD9vm/q6WlbJXOuB8DD1LIeQrKUCHMFWc+06jkX5hJ6R0&#10;+7bOyJBG13Pl5DWFm5Evs6zgRg6UPmg54avG7ny8GAGfMz/R7j32rfvg67h/0m95OAjx+BB3G2AB&#10;Y/iD4aaf1KFJTq29kPJsFFDm+UtCBSzLNbAElMVqBay9LQrgTc3/N2h+AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAKDLIm2WAgAA0wQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAEsKkcjeAAAACQEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;" adj="10779" strokeweight="1pt">
+                <v:shape id="_x0000_s1614" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:88;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1734" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:252261376;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAl/3ixYQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4iRC5KCQ7G7S&#10;NkDSA9AiZRGlSIJkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNkKtGDGciVz&#10;nBzEGDFZKcrlPMdvr6eDE4ysI5ISoSTL8YpZfD5+/uys0xkbqkYJygwCEGmzTue4cU5nUWSrhrXE&#10;HijNJBzWyrTEwdbMI2pIB+itiIZxPIo6Zag2qmLWwtdyc4jHAb+uWeXe1LVlDokcAzcXVhPWmV+j&#10;8RnJ5obohldbGuQfWLSES0i6hyqJI+jG8D+gWl4ZZVXtDirVRqquecVCDVBNEv9WzVVDNAu1QHOs&#10;3rfJ/j/Y6vXi0iBOc5yOMJKkhRn1n9a36/v+R/95fY/WH/sHWNZ369v+S/+9/9Y/9F8ROEPnOm0z&#10;ACjkpfG1V0t5pS9U9c4iqYqGyDkLFVyvNKAmPiJ6EuI3VkP+WfdKUfAhN06FNi5r03pIaBBahmmt&#10;9tNiS4cq+HgIz/ERRtXuKCLZLk4b614y1SJv5Ng6Q/i8cYWSEiShTBKykMWFdZ4VyXYBPqlUUy5E&#10;UIaQqAPqw+M4DhFWCU79qfezZj4rhEEL4sUVnlAjnDx2M+pG0oDWMEInW9sRLsBGLjTHGQ7tEgz7&#10;dC2jGAkG98lbG35C+oxQOjDeWht9vT+NTycnk5N0kA5Hk0Eal+XgxbRIB6NpcnxUHpZFUSYfPPkk&#10;zRpOKZOe/07rSfp3Wtreuo1K92rfdyp6ih5aCmR370A6zN6PeyOcmaKrS+Or8zIAeQfn7VX09+fx&#10;Pnj9+mGMfwIAAP//AwBQSwMEFAAGAAgAAAAhAH+ss7/aAAAABwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMjkFPg0AUhO8m/ofNM/Fi2oWGIEWWRkwwXq3G85Z9ApZ9S9ilxX/v04s9TSYzmfmK3WIHccLJ&#10;944UxOsIBFLjTE+tgve3epWB8EGT0YMjVPCNHnbl9VWhc+PO9IqnfWgFj5DPtYIuhDGX0jcdWu3X&#10;bkTi7NNNVge2UyvNpM88bge5iaJUWt0TP3R6xKcOm+N+tgrunK2+fH18ruakqacq/XjBdqPU7c3y&#10;+AAi4BL+y/CLz+hQMtPBzWS8GBRkcbzlqoJ7Fs6zNElAHP68LAt5yV/+AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACX/eLFhAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAH+ss7/aAAAABwEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1613" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:87;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00C866FB" w:rsidRPr="001A117F">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00C866FB" w:rsidRPr="001A117F">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 45" o:spid="_x0000_s1731" type="#_x0000_t32" style="position:absolute;margin-left:379.7pt;margin-top:14.6pt;width:0;height:35.2pt;z-index:252258304;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0r1d3bQIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmunDiC5aCQ7G7S&#10;NkDSA9AiZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDinbTdpNUdQLekjOvJk3fKPJxaYWaM204Uqm&#10;ODoJMWKyUJTLZYrf3MwHY4yMJZISoSRL8ZYZfDF9+mTSNgkbqkoJyjQCEGmStklxZW2TBIEpKlYT&#10;c6IaJuGyVLomFrZ6GVBNWkCvRTAMw9OgVZo2WhXMGDjN+0s89fhlyQr7uiwNs0ikGGqzftV+Xbg1&#10;mE5IstSkqXixL4P8QxU14RKSHqFyYglaaf4HVM0LrYwq7Umh6kCVJS+Y5wBsovA3NtcVaZjnAs0x&#10;zbFN5v/BFq/WVxpxmuJ4hJEkNbxR92l3u7vrfnSfd3do96G7h2X3cXfbfem+d9+6++4rAmfoXNuY&#10;BAAyeaUd92Ijr5tLVbw1SKqsInLJPIObbQOokYsIHoW4jWkg/6J9qSj4kJVVvo2bUtcOEhqENv61&#10;tsfXYhuLiv6wgNM4Pgtj/5ABSQ5xjTb2BVM1ckaKjdWELyubKSlBEkpHPgtZXxrrqiLJIcAllWrO&#10;hfDKEBK1KT4fDUc+wCjBqbt0bkYvF5nQaE2ctvzPU4Sbh24OOSem6v0oWL3otFpJ6pNUjNDZ3raE&#10;C7CR9T2zmkMXBcOuippRjASDMXNWX7aQrhLoCBDZW73s3p2H57PxbBwP4uHpbBCHeT54Ps/iwek8&#10;Ohvlz/Isy6P3jlQUJxWnlEnH6zACUfx3EtsPYy/e4xAcGxg8RvedhmIP/75oLwmngl5PC0W3V9qx&#10;c+oA1Xvn/YS6sXq4916/viPTnwAAAP//AwBQSwMEFAAGAAgAAAAhAG0E1R/bAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sXcQGLU0nxMaJE4MDR68JbSFxSpJt5e0x4jCO&#10;tn99/v56NXknDjamIZCG+awAYakNZqBOw+vL49UtiJSRDLpAVsO3TbBqzs9qrEw40rM9bHMnGEKp&#10;Qg19zmMlZWp76zHNwmiJb+8hesw8xk6aiEeGeydVUSylx4H4Q4+jfeht+7ndew1l6zcqvz05/Fp/&#10;rOM8FwupNlpfXkz3dyCynfIpDL/6rA4NO+3CnkwSTsPNorzmqAZVKhAc+FvsmF4uQTa1/N+g+QEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA0r1d3bQIAAI8EAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBtBNUf2wAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;">
+                <v:shape id="_x0000_s1573" type="#_x0000_t32" style="position:absolute;margin-left:379.7pt;margin-top:14.6pt;width:0;height:35.2pt;z-index:47;visibility:visible">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1730" type="#_x0000_t32" style="position:absolute;margin-left:366.95pt;margin-top:8.6pt;width:0;height:40.45pt;flip:y;z-index:252257280;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVXJ8LcQIAAJkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmOnDhC5KCQ7G7S&#10;NkDS7mmRsohSJEEylo2iQNoL5Ai9Qjdd9IOcQb5Rh5TjNO2mKOrFeEjOPL4ZvtHp2boRaMWM5Upm&#10;OD4YYsRkqSiXywy/vpoPJhhZRyQlQkmW4Q2z+Gz69Mlpq1M2UrUSlBkEINKmrc5w7ZxOo8iWNWuI&#10;PVCaSTislGmIg6VZRtSQFtAbEY2Gw6OoVYZqo0pmLewW/SGeBvyqYqV7VVWWOSQyDNxcsCbYhbfR&#10;9JSkS0N0zcsdDfIPLBrCJVy6hyqII+ja8D+gGl4aZVXlDkrVRKqqeMlCDVBNPPytmsuaaBZqgeZY&#10;vW+T/X+w5cvVhUGcZjhJMJKkgTfqPm1vtrfdj+7z9hZtP3R3YLYftzfdl+579627674iCIbOtdqm&#10;AJDLC+NrL9fyUp+r8q1FUuU1kUsWKrjaaECNfUb0KMUvrIb7F+0LRSGGXDsV2riuTIMqwfUbn+jB&#10;oVVoHd5ts383tnao7DdL2B3Hh8fxOFxDUo/g87Sx7jlTDfJOhq0zhC9rlyspQRzK9OhkdW6d5/eQ&#10;4JOlmnMhgkaERG2GT8ajcaBjleDUH/owa5aLXBi0Il5l4bdj8SjMMyiIrfs4Cp6PIqlR15IGr2aE&#10;zna+I1yAj1zonjMc+ikY9iwaRjESDAbOez1tIT0UdAQK2Xm9AN+dDE9mk9kkGSSjo9kgGRbF4Nk8&#10;TwZH8/h4XBwWeV7E731RcZLWnFImfV33wxAnfye23Vj2Mt6Pw76B0WP00Gkge/8fSAdxeD30yloo&#10;urkwvjqvE9B/CN7Nqh+wX9ch6uGLMv0JAAD//wMAUEsDBBQABgAIAAAAIQDXNnvu2gAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BboMwDIbvk/oOkSfttoa2Umkpoaom7bDjgAcIxCVoxEEkLWxP&#10;P087bEf7//T7c35e3CDuOIXek4LNOgGB1HrTU6egrl6fDyBC1GT04AkVfGKAc7F6yHVm/EzveC9j&#10;J7iEQqYV2BjHTMrQWnQ6rP2IxNnVT05HHqdOmknPXO4GuU2SvXS6J75g9YgvFtuP8uYUyMbS9HWt&#10;6v2cvI31XJq0ckapp8flcgIRcYl/MPzoszoU7NT4G5kgBgXpbndklIN0C4KB30Wj4HjYgCxy+f+D&#10;4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDVXJ8LcQIAAJkEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDXNnvu2gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAMsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
+                <v:shape id="_x0000_s1572" type="#_x0000_t32" style="position:absolute;margin-left:366.95pt;margin-top:8.6pt;width:0;height:40.45pt;flip:y;z-index:46;visibility:visible">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1732" type="#_x0000_t32" style="position:absolute;margin-left:240pt;margin-top:8.5pt;width:0;height:40.4pt;flip:y;z-index:252259328;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASwm1xaAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOnDpC5KCQ7G7S&#10;NkDS7mmRsohSJEEy/qAokPYCOUKv0E0X/SBnkG/UIeU4SbspinpBD8mZxzczb3Ryum4FWjJjuZI5&#10;Tg5ijJisFOVykeM3l7PBGCPriKREKMlyvGEWn06ePjlZ6YwNVaMEZQYBiLTZSue4cU5nUWSrhrXE&#10;HijNJFzWyrTEwdYsImrICtBbEQ3j+ChaKUO1URWzFk7L/hJPAn5ds8q9rmvLHBI5Bm4urCasc79G&#10;kxOSLQzRDa92NMg/sGgJl/DoHqokjqArw/+AanlllFW1O6hUG6m65hULOUA2SfxbNhcN0SzkAsWx&#10;el8m+/9gq1fLc4M4zXF6iJEkLfSo+7y93t50P7sv2xu0/djdwrL9tL3uvnY/uu/dbfcNgTNUbqVt&#10;BgCFPDc+92otL/SZqt5ZJFXRELlgIYPLjQbUxEdEj0L8xmp4f756qSj4kCunQhnXtWlRLbh+6wM9&#10;OJQKrUPfNvu+sbVDVX9YwekoOYzHoaURyTyCj9PGuhdMtcgbObbOEL5oXKGkBHEo06OT5Zl1nt99&#10;gA+WasaFCBoREq1yfDwajgIdqwSn/tK7WbOYF8KgJfEqC7+QLNw8dDPqStIA1jBCpzvbES7ARi5U&#10;yRkOdRMM+9daRjESDAbLWz09If2LkDkQ3lm90N4fx8fT8XScDtLh0XSQxmU5eD4r0sHRLHk2Kg/L&#10;oiiTD558kmYNp5RJz/9O9En6d6LajV8v173s94WKHqOHigLZu/9AOojA971X0FzRzbnx2Xk9gM6D&#10;824m/SA93Aev+y/H5BcAAAD//wMAUEsDBBQABgAIAAAAIQAQsbj63gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEuZgJXSdELA4IQmyrh7jWmrNU7VZFv77zHiACfLfk/P&#10;38uXo+vUgYbQejZwNUtAEVfetlwb2HysLlNQISJb7DyTgYkCLIvTkxwz64/8Tocy1kpCOGRooImx&#10;z7QOVUMOw8z3xKJ9+cFhlHWotR3wKOGu0/MkudUOW5YPDfb02FC1K/fOwFO5vll9XmzG+VS9vpUv&#10;6W7N07Mx52fjwz2oSGP8M8MPvqBDIUxbv2cbVGfgOk2kSxRhIVMMv4etgbtFCrrI9f8GxTcAAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEsJtcWgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELG4+t4AAAAJAQAADwAAAAAAAAAAAAAAAADC&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;">
+                <v:shape id="_x0000_s1611" type="#_x0000_t32" style="position:absolute;margin-left:240pt;margin-top:8.5pt;width:0;height:40.4pt;flip:y;z-index:85;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 42" o:spid="_x0000_s1729" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:252256256;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlL3Q0aAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOnDpC5KCQ7G7S&#10;NkDS7mmRsohSJEEy/qAokPYCOUKv0E0X/SBnkG/UIeU4SbspinpBD8mZxzczb3Ryum4FWjJjuZI5&#10;Tg5ijJisFOVykeM3l7PBGCPriKREKMlyvGEWn06ePjlZ6YwNVaMEZQYBiLTZSue4cU5nUWSrhrXE&#10;HijNJFzWyrTEwdYsImrICtBbEQ3j+ChaKUO1URWzFk7L/hJPAn5ds8q9rmvLHBI5Bm4urCasc79G&#10;kxOSLQzRDa92NMg/sGgJl/DoHqokjqArw/+AanlllFW1O6hUG6m65hULOUA2SfxbNhcN0SzkAsWx&#10;el8m+/9gq1fLc4M4zXE6xEiSFnrUfd5eb2+6n92X7Q3afuxuYdl+2l53X7sf3ffutvuGwBkqt9I2&#10;A4BCnhufe7WWF/pMVe8skqpoiFywkMHlRgNq4iOiRyF+YzW8P1+9VBR8yJVToYzr2rSoFly/9YEe&#10;HEqF1qFvm33f2Nqhqj+s4HR0eJjGoaURyTyCj9PGuhdMtcgbObbOEL5oXKGkBHEo06OT5Zl1nt99&#10;gA+WasaFCBoREq1yfDwajgIdqwSn/tK7WbOYF8KgJfEqC7+QLNw8dDPqStIA1jBCpzvbES7ARi5U&#10;yRkOdRMM+9daRjESDAbLWz09If2LkDkQ3lm90N4fx8fT8XScDtLh0XSQxmU5eD4r0sHRLHk2Kg/L&#10;oiiTD558kmYNp5RJz/9O9En6d6LajV8v173s94WKHqOHigLZu/9AOojA971X0FzRzbnx2Xk9gM6D&#10;824m/SA93Aev+y/H5BcAAAD//wMAUEsDBBQABgAIAAAAIQC661L33QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUhcELVr8VOFOBUCCidUEcrdjZckaryOYrdN3p4tF7jN7I5m&#10;v82Xo+/EAYfYBjIwnykQSFVwLdUGNp+r6wWImCw52wVCAxNGWBbnZ7nNXDjSBx7KVAsuoZhZA01K&#10;fSZlrBr0Ns5Cj8S77zB4m9gOtXSDPXK576RW6k562xJfaGyPTw1Wu3LvDTyX69vV19Vm1FP19l6+&#10;LnZrml6MubwYHx9AJBzTXxhO+IwOBTNtw55cFB17rW44yuJegzgFfgdbFmquQRa5/P9C8QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlL3Q0aAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC661L33QAAAAoBAAAPAAAAAAAAAAAAAAAAAMIE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;">
+                <v:shape id="_x0000_s1571" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:45;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00C866FB" w:rsidRPr="001A117F">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-38"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
         <w:tblW w:w="14283" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="419"/>
-        <w:gridCol w:w="13864"/>
+        <w:gridCol w:w="401"/>
+        <w:gridCol w:w="13882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:trPr>
-          <w:trHeight w:val="4099"/>
+          <w:trHeight w:val="3818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcW w:w="401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Э</w:t>
+              <w:t>П</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ү</w:t>
+              <w:t>Э</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 41" o:spid="_x0000_s1819" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:53.15pt;width:33pt;height:30pt;z-index:252349440;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmPAfAMAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSwjZqulp1KUJa&#10;YKWFAziOk1g4HjN2m5bDcAbEL5fokZg4bbcLf4h8RDOe8fObNzOL611r2Fah12Bzno7GnCkrodS2&#10;zvnnT+sXV5z5IGwpDFiV873y/Hr5/Nmic5maQAOmVMgIxPqsczlvQnBZknjZqFb4EThlKVgBtiKQ&#10;i3VSougIvTXJZDx+lXSApUOQyns6vR2CfBnxq0rJ8LGqvArM5Jy4hfjH+C/6f7JciKxG4RotjzTE&#10;P7Bohbb06BnqVgTBNqj/gmq1RPBQhZGENoGq0lLFGqiadPxHNQ+NcCrWQuJ4d5bJ/z9Y+WF7j0yX&#10;OZ+mnFnRUo8O3w8/Dz8OvxgdkT6d8xmlPbh77Cv07g7kF88srBpha3WDCF2jREmsYn7y5ELveLrK&#10;iu49lIQuNgGiVLsK2x6QRGC72JH9uSNqF5ikw2k6T8fUN0mhl1dkxo4lIjtddujDWwUt642cK2O0&#10;871mIhPbOx+IP2WfsiJ/MLpca2Oig3WxMsi2guZjHb++ZLriL9OMZV3O57PJLCI/iflLCCL4yPFJ&#10;GsLGlnHaeq3eHO0gtBlsetJYevmk16B72BW72J3JuRUFlHuSE2GYZdo9MhrAb5x1NMc59183AhVn&#10;5p2llszT6bQf/OhMZ68n5OBlpLiMCCsJKucyIGeDswrDumwc6rqht9KogYUbamSlo8I96YHXsQKa&#10;1qjicbP6dbj0Y9bj/i9/AwAA//8DAFBLAwQUAAYACAAAACEAky9svN4AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU/CQBCF7yb8h82QeJMtNFqo3RI1qNFICGg8L92hbejONt0tlH/veNLjm/fy&#10;5nvZcrCNOGHna0cKppMIBFLhTE2lgq/P55s5CB80Gd04QgUX9LDMR1eZTo070xZPu1AKLiGfagVV&#10;CG0qpS8qtNpPXIvE3sF1VgeWXSlNp89cbhs5i6I7aXVN/KHSLT5VWBx3vVXwsnldyLh/jA70tp6v&#10;vz9Wl/d4pdT1eHi4BxFwCH9h+MVndMiZae96Ml40CmbJLScVJAkvYH8Rs95zLuaDzDP5f0D+AwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGY8B8AwAgAARwQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJMvbLzeAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;igQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;">
-                  <v:textbox>
+                <v:oval id="_x0000_s1595" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:74.65pt;width:33pt;height:30pt;z-index:69;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1595">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13864" w:type="dxa"/>
+            <w:tcW w:w="13882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 12" o:spid="_x0000_s1804" style="position:absolute;left:0;text-align:left;margin-left:15.25pt;margin-top:11.65pt;width:52.6pt;height:27.75pt;z-index:252334080;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfr91GTgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNGm2Lduo6WrVpQhp&#10;gZUWHsB1nMbCsc3YbVpOSHtF4hF4CC6In32G9I2YON1SfsQBkYPl8Yy/mfm+cSZnm0qRtQAnjc5o&#10;vxdTIjQ3udTLjL58MX9wSonzTOdMGS0yuhWOnk3v35vUNhWJKY3KBRAE0S6tbUZL720aRY6XomKu&#10;Z6zQ6CwMVMyjCcsoB1YjeqWiJI5HUW0gt2C4cA5PLzonnQb8ohDcPy8KJzxRGcXafFghrIt2jaYT&#10;li6B2VLyfRnsH6qomNSY9AB1wTwjK5C/QVWSg3Gm8D1uqsgUheQi9IDd9ONfurkumRWhFyTH2QNN&#10;7v/B8mfrKyAyR+0SSjSrUKPmw+7t7n3ztbnd3TQfm9vmy+5d86351HwmGISM1dalePHaXkHbs7OX&#10;hr9yRJtZyfRSnAOYuhQsxzr7bXz004XWcHiVLOqnJsd8bOVNIG9TQNUCIi1kEzTaHjQSG084Ho7i&#10;8ShGJTm6TobJIBmGDCy9u2zB+cfCVKTdZBRwBAI4W1863xbD0ruQULxRMp9LpYIBy8VMAVkzHJd5&#10;+Pbo7jhMaVJndDzE3H+HiMP3J4hKepx7JauMnh6CWNqy9kjnYSo9k6rbY8lK72lsmesU8JvFJih3&#10;chBlYfItEgumm3N8l7gpDbyhpMYZz6h7vWIgKFFPNIoz7g8G7aMIxmD4MEEDjj2LYw/THKEyyj1Q&#10;0hkz3z2llQW5LDFXPxCizTlKWshAdyt3V9e+A5zkoML+1bVP5dgOUT/+DdPvAAAA//8DAFBLAwQU&#10;AAYACAAAACEAUaRZGd8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeDF2&#10;sUSLyNAQozGmHoT20tuWHYHIzhJ2S/Hfuz3p8c17ee+bbD2bXkw0us4ywt0iAkFcW91xg7Dbvt4m&#10;IJxXrFVvmRB+yME6v7zIVKrtiUuaKt+IUMIuVQit90MqpatbMsot7EAcvC87GuWDHBupR3UK5aaX&#10;yyh6kEZ1HBZaNdBzS/V3dTQIe/thX4qI3oZ2++6nm6LcfFYl4vXVXDyB8DT7vzCc8QM65IHpYI+s&#10;negR4sdVSCIs4xjE2Y/vw+GAsEoSkHkm/z+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBfr91GTgIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBRpFkZ3wAAAAgBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
-                  <v:textbox>
+                <v:rect id="_x0000_s1575" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:26.4pt;z-index:49;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1575">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
-[...10 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00B07EE6">
+                        <w:r w:rsidRPr="00D75BB4">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  1-</w:t>
-[...15 lines deleted...]
-                          <w:t xml:space="preserve">с </w:t>
+                          <w:t xml:space="preserve">  Процесс 3</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Ромб 14" o:spid="_x0000_s1832" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.75pt;margin-top:2.15pt;width:74.1pt;height:50.55pt;z-index:252362752;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL5a/9OAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/yWZD0qarbqoqpQip&#10;QKXCASa2N2the4ztZFNOwxX6jzhDjsSsk6Yp8IXYD8vjGT/PvDez5xcba9hahajR1bwcDDlTTqDU&#10;blnzz5+uX005iwmcBINO1fxeRX4xe/nivPOVGmGLRqrACMTFqvM1b1PyVVFE0SoLcYBeOXI2GCwk&#10;MsOykAE6QremGA2HJ0WHQfqAQsVIp1c7J59l/KZRIn1smqgSMzWn3FJeQ14X/VrMzqFaBvCtFvs0&#10;4B+ysKAdPXqAuoIEbBX0H1BWi4ARmzQQaAtsGi1UroGqKYe/VXPXgle5FiIn+gNN8f/Big/r28C0&#10;JO3GnDmwpNH2+/bn9sf2gdER8dP5WFHYnb8NfYXR36D4EpnDeQtuqS5DwK5VICmrso8vnl3ojUhX&#10;2aJ7j5LQYZUwU7Vpgu0BiQS2yYrcHxRRm8QEHZ6Ny+Ep6SbIdTIuz6aT/AJUj5d9iOmtQsv6Tc2l&#10;BotOZnxY38TU5wPVY1TOH42W19qYbITlYm4CWwP1x3X+9g/E4zDjWEfJTEaTjPzMF48hhvn7G4TV&#10;iRrdaFvz6SEIqp64N07mNkygzW5PKRu3Z7InbydC2iw2WarXuW97Zhco74nbgLvGpkGkTYvhG2cd&#10;NXXN49cVBMWZeedIn7NyPO6nIBvjyemIjHDsWRx7wAmCqrlIgbOdMU+72Vn5oJctvVVmQhxekqqN&#10;znQ/5bWvgFo3q7Afs342ju0c9fQzmP0CAAD//wMAUEsDBBQABgAIAAAAIQBy+inH4AAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1ClpaRviVAgoiKEDLQOjGx+JaXwOttuG&#10;f88xwXh6n977rlwOrhNHDNF6UjAeZSCQam8sNQretqurOYiYNBndeUIF3xhhWZ2flbow/kSveNyk&#10;RnAJxUIraFPqCylj3aLTceR7JM4+fHA68RkaaYI+cbnr5HWW3UinLfFCq3u8b7Hebw5OgbZ2HcL6&#10;2ezf6SX3X08Pj6vtp1KXF8PdLYiEQ/qD4Vef1aFip50/kImiUzDPx1NGFUxyEJwvZosZiB2D2XQC&#10;sirl/w+qHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAL5a/9OAIAAFQEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBy+inH4AAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;">
-                  <v:textbox>
+                <v:rect id="_x0000_s1579" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:9.65pt;width:71.15pt;height:29.75pt;z-index:53;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1579">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
-[...73 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00B07EE6">
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00A25A2B">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> 3-</w:t>
-[...15 lines deleted...]
-                          <w:t>с</w:t>
+                          <w:t>Процесс 7</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Соединительная линия уступом 38" o:spid="_x0000_s1809" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:252339200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARh3fSjQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm24thC5KCQ7W7S&#10;NkDSA9AiZbGlSIFk/EHRRZNtgZyhN+iiBQKknytIN+qQkY2k3RRFvaCH5PDNzJs3Oj7ZVAKtmDZc&#10;yRRHByFGTOaKcrlM8euLeW+EkbFEUiKUZCneMoNPJk+fHK/rhPVVqQRlGgGINMm6TnFpbZ0EgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JoB+Gw2CtNK21ypkxcDq9v8QTj18ULLevisIwi0SKITfrV+3X&#10;hVuDyTFJlprUJc+7NMg/ZFERLiHoHmpKLEGXmv8BVfFcK6MKe5CrKlBFwXPma4BqovC3as5LUjNf&#10;C5Bj6j1N5v/B5i9XZxpxmuIBdEqSCnrUfGp+NF+bL81t8725ba/Avms/gv25vUHNXXd8g9rr9kN7&#10;1V43P8H/GwIAYHNdmwRAM3mmHR/5Rp7Xpyp/a5BUWUnkkvmqLrY1RIrci+DRE7cxNeS0WL9QFHzI&#10;pVWe2k2hKwcJpKGN7+B230G2sSiHw/44DsNDjHK4Gg4OPTxJdi9rbexzpirkjBQvmLSZkhJEovTA&#10;xyCrU2N9H2lHBqFvIoyKSoAsVkSgeDwaxx1u5x2QZIfsnko150J4YQmJ1lBl/ygMPbxRglN36/yM&#10;Xi4yoRGgQh3+1+E+cqu4hQkRvErxaO9EkpIROpPUh7GEC7CR9aRazYFmwbCLXTGKkWAwm85ybJNE&#10;SBceKOtqdeR5rb4bh+PZaDaKe3F/OOvF4XTaezbP4t5wHh0dTgfTLJtG710lUZyUnFImXTG7uYni&#10;v9NlN8H3it9Pzp624DG6TxlS3P37pL1mnEzuBbdQdHumd1qCUfHO3Vi7WXy4B/vhx2fyCwAA//8D&#10;AFBLAwQUAAYACAAAACEAFd6LfN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8&#10;h8hI3FjaAWOUptMGmzghsYHgmjWmqUicqsm28u9xT3Dzs5+ev1cuBu/EEfvYBlKQTzIQSHUwLTUK&#10;3t82V3MQMWky2gVCBT8YYVGdn5W6MOFEWzzuUiM4hGKhFdiUukLKWFv0Ok5Ch8S3r9B7nVj2jTS9&#10;PnG4d3KaZTPpdUv8weoOHy3W37uDV3AvX9aDed08h4/1p9s+uVVulyulLi+G5QOIhEP6M8OIz+hQ&#10;MdM+HMhE4Vhf396xVcHNjDuNhvmUh/24yEFWpfzfoPoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAEYd30o0CAADEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAFd6LfN0AAAAJAQAADwAAAAAAAAAAAAAAAADnBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" adj="10777" strokeweight="1pt">
-[...40 lines deleted...]
-                  <v:textbox>
+                <v:shape id="_x0000_s1609" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:69pt;height:50.55pt;z-index:83;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1609">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="8"/>
-                            <w:szCs w:val="8"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r w:rsidRPr="00A25A2B">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие</w:t>
+                        </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>6-процес</w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="00B07EE6">
+                        <w:r w:rsidRPr="00A25A2B">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>с</w:t>
+                          <w:t>3</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1585" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:59;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1594" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:68;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1578" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:84.6pt;width:60.45pt;height:27.75pt;z-index:52;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1578">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 6</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 33" o:spid="_x0000_s1808" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:53.75pt;width:0;height:30pt;z-index:252338176;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4i1mOYAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUm2mzhC5KCQ7G7S&#10;NkDSA9AkZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDulPm3RTFPWCHpLDN29m3uj8Yl1LtOLGCq0y&#10;nPRjjLiimgm1yPCbm1lvjJF1RDEiteIZ3nCLLyZPn5y3TcoHutKScYMARNm0bTJcOdekUWRpxWti&#10;+7rhCi5LbWriYGsWETOkBfRaRoM4PolabVhjNOXWwmmxu8STgF+WnLrXZWm5QzLDwM2F1YR17tdo&#10;ck7ShSFNJeieBvkHFjURCoIeoQriCFoa8QdULajRVpeuT3Ud6bIUlIccIJskfpTNdUUaHnKB4tjm&#10;WCb7/2Dpq9WVQYJleDjESJEaetR92t5u77of3eftHdp+6O5h2X7c3nZfuu/dt+6++4rAGSrXNjYF&#10;gFxdGZ87Xavr5lLTtxYpnVdELXjI4GbTAGriX0QPnviNbSD+vH2pGfiQpdOhjOvS1B4SCoTWoVub&#10;Y7f42iG6O6RwOhwncRwaGZH08K4x1r3gukbeyLB1hohF5XKtFEhCmyREIatL6zwrkh4e+KBKz4SU&#10;QRlSoRaoD04hgr+yWgrmb8PGLOa5NGhFvLjCL+T4yM3opWIBreKETfe2I0KCjVwojjMCyiU59uFq&#10;zjCSHObJWzt+UvmIkDow3ls7fb07i8+m4+l41BsNTqa9UVwUveezfNQ7mSWnz4phkedF8t6TT0Zp&#10;JRjjyvM/aD0Z/Z2W9lO3U+lR7cdKRQ/RQ0mB7OE/kA699+3eCWeu2ebK+Oy8DEDewXk/in5+ft8H&#10;r18fjMlPAAAA//8DAFBLAwQUAAYACAAAACEA1d1C8dwAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j9B2srcUHUaQWhpHEqghTEtQVxduMlSRuvI9tpw9+ziAMc981odibfTrYXZ/Sh&#10;c6RguUhAINXOdNQoeH+rbtcgQtRkdO8IFXxhgG0xu8p1ZtyFdnjex0ZwCIVMK2hjHDIpQ92i1WHh&#10;BiTWPp23OvLpG2m8vnC47eUqSVJpdUf8odUDPrdYn/ajVXDjbHkM1emlHO/qypfpxys2K6Wu59PT&#10;BkTEKf6Z4ac+V4eCOx3cSCaIXsH6cZmylYXk4R4EO37JgUnKRBa5/L+h+AYAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC4i1mOYAIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDV3ULx3AAAAAsBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1584" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:53.75pt;width:0;height:30pt;z-index:58;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 32" o:spid="_x0000_s1823" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:441.25pt;margin-top:139.7pt;width:54.6pt;height:0;rotation:90;z-index:252353536;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwJa+RaAIAAIYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0m6rNuipQglLTcD&#10;Jm08gBs7jYVjW7bXtEJIgxfYI/AK3HDBj/YM6Rtx7HQdgxuE6IV7bB9//r5zPufs2boVaMWM5Urm&#10;ODmIMWKyUpTLZY7fXM1HJxhZRyQlQkmW4w2z+Nn06ZOzTmdsrBolKDMIQKTNOp3jxjmdRZGtGtYS&#10;e6A0k7BZK9MSB1OzjKghHaC3IhrH8STqlKHaqIpZC6vlsImnAb+uWeVe17VlDokcAzcXRhPGhR+j&#10;6RnJlobohlc7GuQfWLSES7h0D1USR9C14X9AtbwyyqraHVSqjVRd84oFDaAmiX9Tc9kQzYIWKI7V&#10;+zLZ/wdbvVpdGMRpjg/HGEnSQo/6T9ub7W3/o/+8vUXbD/0dDNuP25v+S/+9/9bf9V8RJEPlOm0z&#10;ACjkhfHaq7W81OeqemuRVEVD5JIFBVcbDaiJPxE9OuInVsP9i+6lopBDrp0KZVzXpkVGQbuO0tj/&#10;wiqUC61D7zb73rG1QxUsTk4P0zF0uLrfikjmUTwxbax7wVSLfJBj6wzhy8YVSkowiDJJQCerc+s8&#10;x4cD/rBUcy5E8ImQqAMh4+MdH6sEp37X51mzXBTCoBXxVhtID2iP0oy6ljSgNYzQ2S52hAuIkQul&#10;coZD8QTD/rqWUYwEg9flowFRSH8jSAfGu2hw27vT+HR2MjtJR+l4MhulcVmOns+LdDSZJ8dH5WFZ&#10;FGXy3stN0qzhlDLp+d87P0n/zlm7Nzh4du/9faWix+ihpED2/j+QDk7wzR9stFB0c2G8Om8KMHtI&#10;3j1M/5p+nYesh8/H9CcAAAD//wMAUEsDBBQABgAIAAAAIQCwaFdy4QAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9NT4QwEIbvJv6HZky8mN2ysLqCDBs/YrwKu9F469JKibRFWlj8947xoMeZefLO&#10;8+bb2XRsUoNvnUVYLSNgytZOtrZB2O8eF9fAfBBWis5ZhfClPGyL05NcZNIdbammKjSMQqzPBIIO&#10;oc8497VWRvil65Wl27sbjAg0Dg2XgzhSuOl4HEVX3IjW0gctenWvVf1RjQbh7fnz0qWvOy2mzZhW&#10;T2V58fByh3h+Nt/eAAtqDn8w/OiTOhTkdHCjlZ51CGmyWRGKEMdr6kDE7+aAkCTrCHiR8/8dim8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcCWvkWgCAACGBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsGhXcuEAAAALAQAADwAAAAAAAAAAAAAA&#10;AADCBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" strokeweight="1pt">
-[...20 lines deleted...]
-                  <v:textbox>
+                <v:rect id="_x0000_s1581" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:84.6pt;width:48pt;height:27.75pt;z-index:55;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1581">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
-[...10 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00B07EE6">
+                        <w:r w:rsidRPr="00A25A2B">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>2-</w:t>
-[...7 lines deleted...]
-                          <w:t>процесс</w:t>
+                          <w:t xml:space="preserve">  Процесс 2</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 29" o:spid="_x0000_s1806" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:252336128;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBA5XJTYQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmukthC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgTQXyBF6hW666Ac5g3yjDulPm3ZTFPWCHpIzb97MPOrsfNVItOTGCq1y&#10;nBzFGHFFNRNqkeM317PBCCPriGJEasVzvOYWn0+ePjnr2owPda0l4wYBiLJZ1+a4dq7NosjSmjfE&#10;HumWK7istGmIg61ZRMyQDtAbGQ3j+CTqtGGt0ZRbC6fl9hJPAn5VcepeV5XlDskcAzcXVhPWuV+j&#10;yRnJFoa0taA7GuQfWDREKEh6gCqJI+jGiD+gGkGNtrpyR1Q3ka4qQXmoAapJ4t+quapJy0Mt0Bzb&#10;Htpk/x8sfbW8NEiwHA/HGCnSwIz6j5vbzX3/vf+0uUebD/0DLJu7zW3/uf/Wf+0f+i8InKFzXWsz&#10;ACjUpfG105W6ai80fWuR0kVN1IKHCq7XLaAmPiJ6FOI3toX88+6lZuBDbpwObVxVpvGQ0CC0CtNa&#10;H6bFVw7R7SGF0zQeH58eB3CS7eNaY90LrhvkjRxbZ4hY1K7QSoEktElCFrK8sM6zItk+wCdVeiak&#10;DMqQCnVAfXgaxyHCaimYv/V+1izmhTRoSby4wm9H45Gb0TeKBbSaEzbd2Y4ICTZyoTnOCGiX5Nin&#10;azjDSHJ4T97a8pPKZ4TSgfHO2urr3TgeT0fTUTpIhyfTQRqX5eD5rEgHJ7Pk9Lh8VhZFmbz35JM0&#10;qwVjXHn+e60n6d9paffqtio9qP3QqegxemgpkN3/B9Jh9n7cW+HMNVtfGl+dlwHIOzjvnqJ/P7/u&#10;g9fPD8bkBwAAAP//AwBQSwMEFAAGAAgAAAAhAF3AY7LdAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SFxQ6zRUKQ1xKoIUxJWCOLvxkoTG68h22vD3LOIAx515mp0pdrMdxAl9&#10;6B0pWC0TEEiNMz21Ct5e68UdiBA1GT04QgVfGGBXXl4UOjfuTC942sdWcAiFXCvoYhxzKUPTodVh&#10;6UYk9j6ctzry6VtpvD5zuB1kmiSZtLon/tDpER87bI77ySq4cbb6DPXxqZrWTe2r7P0Z21Sp66v5&#10;4R5ExDn+wfBTn6tDyZ0ObiITxKAgvd2uGGUjSbcgmPhVDqxkmzXIspD/N5TfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAEDlclNhAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAF3AY7LdAAAACwEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1582" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:56;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1815" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:252345344;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCshK9gXwIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX2q/ITIQSHZ3aRt&#10;gKQHoEnKIkqRAslYNooCaS6QI/QK3XTRD3IG+UYd0p827aYo6gU9JGfevJl51Nn5spVowY0VWhU4&#10;OYgx4opqJtS8wG+up6MTjKwjihGpFS/wilt8Pn765Kzvcp7qRkvGDQIQZfO+K3DjXJdHkaUNb4k9&#10;0B1XcFlr0xIHWzOPmCE9oLcySuP4KOq1YZ3RlFsLp9XmEo8Dfl1z6l7XteUOyQIDNxdWE9aZX6Px&#10;GcnnhnSNoFsa5B9YtEQoSLqHqogj6MaIP6BaQY22unYHVLeRrmtBeagBqkni36q5akjHQy3QHNvt&#10;22T/Hyx9tbg0SLACpzApRVqY0fBxfbu+H74Pn9b3aP1heIBlfbe+HT4P34avw8PwBYEzdK7vbA4A&#10;pbo0vna6VFfdhaZvLVK6bIia81DB9aoD1MRHRI9C/MZ2kH/Wv9QMfMiN06GNy9q0HhIahJZhWqv9&#10;tPjSIbo5pHB6mKWn6WEAJ/kurjPWveC6Rd4osHWGiHnjSq0USEKbJGQhiwvrPCuS7wJ8UqWnQsqg&#10;DKlQD9TT4zgOEVZLwfyt97NmPiulQQvixRV+WxqP3Iy+USygNZywydZ2REiwkQvNcUZAuyTHPl3L&#10;GUaSw3vy1oafVD4jlA6Mt9ZGX+9O49PJyeQkG2Xp0WSUxVU1ej4ts9HRNDk+rJ5VZVkl7z35JMsb&#10;wRhXnv9O60n2d1ravrqNSvdq33cqeoweWgpkd/+BdJi9H/dGODPNVpfGV+dlAPIOztun6N/Pr/vg&#10;9fODMf4BAAD//wMAUEsDBBQABgAIAAAAIQDNyRG43gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BT8MwDIXvSPyHyEhc0JY2m8ZUmk4UqYgrA3HOGtOWNU7VpFv59xhxYDfb7+n5e/ludr044Rg6&#10;TxrSZQICqfa2o0bD+1u12III0ZA1vSfU8I0BdsX1VW4y68/0iqd9bASHUMiMhjbGIZMy1C06E5Z+&#10;QGLt04/ORF7HRtrRnDnc9VIlyUY60xF/aM2ATy3Wx/3kNNx5V36F6vhcTuu6GsvNxws2Suvbm/nx&#10;AUTEOf6b4Ref0aFgpoOfyAbRa1D3KmUrD2rNHdjxdzloWKXJCmSRy8sOxQ8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArISvYF8CAAB4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAzckRuN4AAAALAQAADwAAAAAAAAAAAAAAAAC5BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1591" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:65;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Соединительная линия уступом 27" o:spid="_x0000_s1816" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:81.85pt;margin-top:134.35pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:252346368;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCOsY6ngIAAN0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd2m6tuuipRNKWrgY&#10;MGnjAdzYaQyOHdle0wpxse0Wac/AG3AB0qTx8wrJG3HsZoXBDULkwj22jz9/3+dzenS8LgVaMW24&#10;kjEO9/oYMZkpyuUyxq/O570JRsYSSYlQksV4www+nj5+dFRXERuoQgnKNAIQaaK6inFhbRUFgckK&#10;VhKzpyomYTNXuiQWpnoZUE1qQC9FMOj3x0GtNK20ypgxsJpuN/HU4+c5y+zLPDfMIhFj4Gb9qP24&#10;cGMwPSLRUpOq4FlHg/wDi5JwCZfuoFJiCbrQ/A+okmdaGZXbvUyVgcpznjGvAdSE/d/UnBWkYl4L&#10;mGOqnU3m/8FmL1anGnEa48EBRpKU8EbNh+Zb87n51Nw2X5vb9griu/Y9xB/bG9Tcdcs3qL1uL9ur&#10;9rr5DvlfEACAm3VlIgBN5Kl2fmRreVadqOyNQVIlBZFL5lWdbyq4KXQnggdH3MRUwGlRP1cUcsiF&#10;Vd7ada5LpBU8YTiGp4cPo1zw6pnDcXeBm2jtn3aze1q2tiiDxdFoMnEHMtga74/8vSRykO5kpY19&#10;ylSJXBDjBZM2UVJC9Si977HJ6sRY/8C0c4nQ1yEQKAXUy4oINPKMnB4SddkQ3SO7o1LNuRC+4oRE&#10;NdAeHAAnt2WU4NTt+oleLhKhEaCCDv91fB+kldxC6whexhikweeSSFQwQmeS+tgSLiBG1rttNQf/&#10;BcPu7pJRjASDpnXRlraQDgAs67Q683wRvz3sH84ms8mwNxyMZ71hP017T+bJsDeehwejdD9NkjR8&#10;55SEw6jglDLpxNw3VDj8u4LtWnvbCruW2tkWPET3TgPF+19P2heTq59tJS4U3Zxqp87VFfSQT+76&#10;3TXpr3Of9fNfafoDAAD//wMAUEsDBBQABgAIAAAAIQAsVeP/4AAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9LT8MwEITvSPwHa5G4UacuaqsQp0KISnBCCVy4bWM3DvUjip0H/57lBLfdndHsN8Vh&#10;cZZNeohd8BLWqwyY9k1QnW8lfLwf7/bAYkKv0AavJXzrCIfy+qrAXIXZV3qqU8soxMccJZiU+pzz&#10;2BjtMK5Crz1p5zA4TLQOLVcDzhTuLBdZtuUOO08fDPb6yejmUo9OwsVuamzexNfz54s5TtXYz+fq&#10;Vcrbm+XxAVjSS/ozwy8+oUNJTKcwehWZlSCy3ZasNIh76kAOuuyAnSRs1mIPvCz4/w7lDwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDCOsY6ngIAAN0EAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAsVeP/4AAAAAsBAAAPAAAAAAAAAAAAAAAAAPgE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1592" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:81.85pt;margin-top:134.35pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:66;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",169624800,-98673" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 26" o:spid="_x0000_s1817" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:252347392;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1lVHhJwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adrSLrtR09WqSxHS&#10;AistHMB1nMTC8Zix23Q5DGdA/HKJHomxky0t/CH8Yc14xs9v3owX1/vWsJ1Cr8EWfDIac6ashFLb&#10;uuCfPq5fXHLmg7ClMGBVwR+V59fL588WncvVFBowpUJGINbnnSt4E4LLs8zLRrXCj8ApS8EKsBWB&#10;XKyzEkVH6K3JpuPxRdYBlg5BKu/p9LYP8mXCryolw4eq8iowU3DiFtKOad/EPVsuRF6jcI2WAw3x&#10;DyxaoS09eoS6FUGwLeq/oFotETxUYSShzaCqtFSpBqpmMv6jmodGOJVqIXG8O8rk/x+sfL+7R6bL&#10;gk8vOLOipR4dvh1+HL4ffjI6In0653NKe3D3GCv07g7kZ88srBpha3WDCF2jREmsJjE/O7sQHU9X&#10;2aZ7ByWhi22AJNW+wjYCkghsnzryeOyI2gcm6fDl5WQ8pr5JCg12fEHkT5cd+vBGQcuiUXBljHY+&#10;aiZysbvzoc9+ykr8wehyrY1JDtablUG2EzQf67RSCVTmaZqxrCv41Xw6T8hnMX8KQWQj3/7VszSE&#10;rS3pXORRq9eDHYQ2vU01GTuIF/Xqdd9A+UjaIfSDSx+NjAbwK2cdDW3B/ZetQMWZeWtJ/6vJbBan&#10;PDmz+aspOXga2ZxGhJUEVXAZkLPeWYX+b2wd6rqhtyapYAs31LVKJzljR3teA10azdST4RvF2T/1&#10;U9bvz778BQAA//8DAFBLAwQUAAYACAAAACEADBzOH+AAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hI3FiyFk2lNJ0ADRCICTEQ56zx2orGqZp06/493glu9vPT8/eK5eQ6scch&#10;tJ40zGcKBFLlbUu1hq/Px6sMRIiGrOk8oYYjBliW52eFya0/0AfuN7EWHEIhNxqaGPtcylA16EyY&#10;+R6Jbzs/OBN5HWppB3PgcNfJRKmFdKYl/tCYHh8arH42o9Pw9P58I9PxXu3oZZ2tv99Wx9d0pfXl&#10;xXR3CyLiFP/McMJndCiZaetHskF0GpLrZM5WDanKuAM7UnVStjwsWJFlIf93KH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA9ZVR4ScCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADBzOH+AAAAALAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
+                <v:oval id="_x0000_s1593" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:67;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 25" o:spid="_x0000_s1826" style="position:absolute;left:0;text-align:left;margin-left:88.8pt;margin-top:155.55pt;width:30pt;height:29.25pt;z-index:252356608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsOGw+NwIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbf2STddn+ipqtVl0VI&#10;C6y0cICp4zQWjm3GbtPlMJwB8coleiTGTltaeEPkwfJ4xp+/+WYm05tNp9laolfWVLw4yzmTRtha&#10;mWXFP328f3XFmQ9gatDWyIo/S89vZi9fTHtXypFtra4lMgIxvuxdxdsQXJllXrSyA39mnTTkbCx2&#10;EMjEZVYj9ITe6WyU5xdZb7F2aIX0nk7vBiefJfymkSJ8aBovA9MVJ24hrZjWRVyz2RTKJYJrldjR&#10;gH9g0YEy9OgB6g4CsBWqv6A6JdB624QzYbvMNo0SMuVA2RT5H9k8teBkyoXE8e4gk/9/sOL9+hGZ&#10;qis+mnBmoKMabb9tf2y/b38yOiJ9eudLCntyjxgz9O7Bis+eGTtvwSzlLaLtWwk1sSpifHZyIRqe&#10;rrJF/87WhA6rYJNUmwa7CEgisE2qyPOhInITmKDD86siz6luglznl8X4MjHKoNxfdujDG2k7FjcV&#10;l1or56NmUML6wYfIB8p9VOJvtarvldbJwOVirpGtgfrjPn0pBUrzOEwb1lN21/kkT9AnTn+MQWwj&#10;4eHZkzC0K1PTOZRRrNe7fQClhz3R1GanXhRsED5sFpuhPBf7Wixs/Ux6oh2amYaPNq3Fr5z11MgV&#10;919WgJIz/dZQTa6L8Th2fjLGk8sRGXjsWRx7wAiCqrgIyNlgzMMwLyuHatnSW0XSwNhbqmSjksSx&#10;ygOvXQbUrkn53WjFeTi2U9TvH8DsFwAAAP//AwBQSwMEFAAGAAgAAAAhAPJKRmLhAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok1akEOJUpYhwQhUpRXBz4yWJiNdR7Lbh&#10;77s9wXFmn2ZnssVoO3HAwbeOFMSTCARS5UxLtYL3zfPNHQgfNBndOUIFv+hhkV9eZDo17khveChD&#10;LTiEfKoVNCH0qZS+atBqP3E9Et++3WB1YDnU0gz6yOG2k9MoSqTVLfGHRve4arD6KfdWQfG4Wj+9&#10;btbbz4LiZdFubz9eyi+lrq/G5QOIgGP4g+Fcn6tDzp12bk/Gi471fJ4wqmAWxzEIJqazs7NjJ7lP&#10;QOaZ/L8hPwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAsOGw+NwIAAEgEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDySkZi4QAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="1.5pt">
-                  <v:textbox>
+                <v:oval id="_x0000_s1602" style="position:absolute;left:0;text-align:left;margin-left:88.8pt;margin-top:155.55pt;width:30pt;height:29.25pt;z-index:76;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1602">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 22" o:spid="_x0000_s1807" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:252337152;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJKZPOYQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu8hMsB4Vkd5O2&#10;AZIegCYpiyhFCiRt2SgKpL1AjtArdNNFP8gZ5Bt1SH+atJuiqBf0kJx582bmUaOLVSPRkhsrtMpx&#10;chRjxBXVTKh5jt/cTAdnGFlHFCNSK57jNbf4Yvz0yahrMz7UtZaMGwQgymZdm+PauTaLIktr3hB7&#10;pFuu4LLSpiEOtmYeMUM6QG9kNIzjk6jThrVGU24tnJbbSzwO+FXFqXtdVZY7JHMM3FxYTVhnfo3G&#10;I5LNDWlrQXc0yD+waIhQkPQAVRJH0MKIP6AaQY22unJHVDeRripBeagBqkni36q5rknLQy3QHNse&#10;2mT/Hyx9tbwySLAcD4cYKdLAjPpPm9vNXf+j/7y5Q5sP/T0sm4+b2/5L/73/1t/3XxE4Q+e61mYA&#10;UKgr42unK3XdXmr61iKli5qoOQ8V3KxbQE18RPQoxG9sC/ln3UvNwIcsnA5tXFWm8ZDQILQK01of&#10;psVXDtHtIYXTNI7j4zDIiGT7uNZY94LrBnkjx9YZIua1K7RSIAltkpCFLC+t86xItg/wSZWeCimD&#10;MqRCHVAfnsZxiLBaCuZvvZ8181khDVoSL67wCzXCzUM3oxeKBbSaEzbZ2Y4ICTZyoTnOCGiX5Nin&#10;azjDSHJ4T97a8pPKZ4TSgfHO2urr3Xl8PjmbnKWDdHgyGaRxWQ6eT4t0cDJNTo/LZ2VRlMl7Tz5J&#10;s1owxpXnv9d6kv6dlnavbqvSg9oPnYoeo4eWAtn9fyAdZu/HvRXOTLP1lfHVeRmAvIPz7in69/Nw&#10;H7x+fTDGPwEAAP//AwBQSwMEFAAGAAgAAAAhAFbYlb7dAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SFxQ6xBRQ0OciiAFcW1BPbvxkoTG6yh22vD3LOIAx515mp3JN7PrxQnH&#10;0HnScLtMQCDV3nbUaHh/qxYPIEI0ZE3vCTV8YYBNcXmRm8z6M23xtIuN4BAKmdHQxjhkUoa6RWfC&#10;0g9I7H340ZnI59hIO5ozh7tepkmipDMd8YfWDPjcYn3cTU7DjXflZ6iOL+V0V1djqfav2KRaX1/N&#10;T48gIs7xD4af+lwdCu508BPZIHoNq3ulGGUjSdcgmPhVDqyo1Rpkkcv/G4pvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAkpk85hAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAFbYlb7dAAAACwEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
-[...60 lines deleted...]
-                  <v:textbox>
+                <v:rect id="_x0000_s1577" style="position:absolute;left:0;text-align:left;margin-left:265.2pt;margin-top:82.2pt;width:48pt;height:27.75pt;z-index:51;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1577">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00B07EE6">
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>2-шарт</w:t>
+                          <w:t>Процесс 4</w:t>
                         </w:r>
                       </w:p>
-                    </w:txbxContent>
-[...12 lines deleted...]
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="8"/>
-                            <w:szCs w:val="8"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1583" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:57;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1598" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:306.2pt;margin-top:110.85pt;width:0;height:45.75pt;z-index:72;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1588" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:311.75pt;margin-top:23.05pt;width:18.75pt;height:0;z-index:62;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1586" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:60;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1608" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:260.65pt;margin-top:1.95pt;width:53.15pt;height:50.5pt;z-index:82;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1608">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> 7-процесс</w:t>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1576" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:29.35pt;z-index:50;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1576">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 5</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Прямоугольник 13" o:spid="_x0000_s1800" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:29.35pt;z-index:252329984;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWhSDBUgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE3abnejpqtVlyKk&#10;BVZaeADXcRILxzZjt+lyQtorEo/AQ3BB/OwzpG/ExO12u8AJkYPl8Yw/z3zfTCan61qRlQAnjc5o&#10;3OtTIjQ3udRlRt+8nj85psR5pnOmjBYZvRaOnk4fP5o0NhWJqYzKBRAE0S5tbEYr720aRY5Xomau&#10;Z6zQ6CwM1MyjCWWUA2sQvVZR0u8fRY2B3ILhwjk8Pd866TTgF4Xg/lVROOGJyijm5sMKYV10azSd&#10;sLQEZivJd2mwf8iiZlLjo3uoc+YZWYL8A6qWHIwzhe9xU0emKCQXoQasJu7/Vs1VxawItSA5zu5p&#10;cv8Plr9cXQKROWo3oESzGjVqP28+bD61P9rbzU37pb1tv28+tj/br+03gkHIWGNdihev7CV0NTt7&#10;YfhbR7SZVUyX4gzANJVgOeYZd/HRgwud4fAqWTQvTI7vsaU3gbx1AXUHiLSQddDoeq+RWHvC8XCc&#10;xIMjVJKjazBOxsNReIGld5ctOP9MmJp0m4wCtkAAZ6sL57tkWHoXEpI3SuZzqVQwoFzMFJAVw3aZ&#10;h2+H7g7DlCZNRk9GySggP/C5Q4h++P4GUUuPfa9kndHjfRBLO9ae6jx0pWdSbfeYstI7Gjvmtgr4&#10;9WIdlBsEkjtaFya/RmLBbPsc5xI3lYH3lDTY4xl175YMBCXquUZxTuLhsBuKYAxH4wQNOPQsDj1M&#10;c4TKKPdAydaY+e0oLS3IssK34kCINmcoaSED3fd57SrATg4q7KauG5VDO0Td/xumvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAB2ON8DgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQhe+C/yGM&#10;4EXctIt019p0KaKI6MF2vXjLNmNTbCalyXbrv3c86e0N7/Hme8VucYOYcQq9JwXpKgGB1HrTU6fg&#10;ff94vQURoiajB0+o4BsD7Mrzs0Lnxp+oxrmJneASCrlWYGMccylDa9HpsPIjEnuffnI68jl10kz6&#10;xOVukOskyaTTPfEHq0e8t9h+NUen4MO/+ocqwafR7p/jfFXVL29NrdTlxVLdgYi4xL8w/OIzOpTM&#10;dPBHMkEMCrIs5S1RwTpNQXBgs7nJQBxY3G5BloX8v6D8AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABaFIMFSAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAB2ON8DgAAAACQEAAA8AAAAAAAAAAAAAAAAArAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
-                  <v:textbox>
+                <v:shape id="_x0000_s1574" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:91pt;margin-top:1.95pt;width:53.15pt;height:44.25pt;z-index:48;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1574">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="8"/>
-                            <w:szCs w:val="8"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие</w:t>
+                        </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00B07EE6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>1</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1580" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:54;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1580">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00B07EE6">
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> 5-</w:t>
-[...7 lines deleted...]
-                          <w:t>процесс</w:t>
+                          <w:t>Процесс 1</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1587" type="#_x0000_t32" style="position:absolute;margin-left:242.55pt;margin-top:8.25pt;width:17.25pt;height:0;z-index:61;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1589" type="#_x0000_t32" style="position:absolute;margin-left:389.55pt;margin-top:8.25pt;width:26.25pt;height:0;z-index:63;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1590" type="#_x0000_t32" style="position:absolute;margin-left:484.8pt;margin-top:11.75pt;width:55.3pt;height:0;z-index:64;visibility:visible" adj="-227327,-1,-227327" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 24" o:spid="_x0000_s1825" type="#_x0000_t32" style="position:absolute;margin-left:575.3pt;margin-top:13.25pt;width:0;height:121.2pt;flip:x;z-index:252355584;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTw9z5cwIAAJsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO8hMiF4Vkt4u0&#10;DZD0ALRIWUQpkiAZy0ZRIO0FcoReoZsu+kHOIN+oQ8pxknZTFPWCHpLDx/eGb3T6bNUKtGTGciVz&#10;nOzFGDFZKcrlIsdvL2ejY4ysI5ISoSTL8ZpZ/Gzy9MlppzM2Vo0SlBkEINJmnc5x45zOoshWDWuJ&#10;3VOaSdislWmJg6lZRNSQDtBbEY3j+DDqlKHaqIpZC6vlsIknAb+uWeXe1LVlDokcAzcXRhPGuR+j&#10;ySnJFobohldbGuQfWLSES7h0B1USR9CV4X9Atbwyyqra7VWqjVRd84oFDaAmiX9Tc9EQzYIWKI7V&#10;uzLZ/wdbvV6eG8RpjscpRpK08Eb958315qb/2X/Z3KDNx/4Whs2nzXX/tf/Rf+9v+28IkqFynbYZ&#10;ABTy3Hjt1Upe6DNVvbNIqqIhcsGCgsu1BtTEn4geHfETq+H+efdKUcghV06FMq5q06JacP3SH/Tg&#10;UCq0Cu+23r0bWzlUDYsVrCYH+yfjNLxpRDIP4Q9qY90LplrkgxxbZwhfNK5QUoI7lBngyfLMOk/w&#10;/oA/LNWMCxFMIiTq4I7xURwHQlYJTv2uz7NmMS+EQUvifRZ+QS7sPEzzFEpimyGPQjQY0KgrScMt&#10;DSN0uo0d4QJi5EL9nOFQUcGwp9EyipFg0HI+GngL6ZlATUDJNhos+P4kPpkeT4/TUTo+nI7SuCxH&#10;z2dFOjqcJUcH5X5ZFGXywYtK0qzhlDLpdd21Q5L+nd22jTkYedcQuwpGj9FDqYHs3X8gHezhHTF4&#10;a67o+tx4dd4p0AEhedutvsUezkPW/Tdl8gsAAP//AwBQSwMEFAAGAAgAAAAhAHOcfB/hAAAADAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwYu0mxYa2phNEcU/PfRgLIi3aXZMQrKz&#10;Ibtpo5/eDR70+N68efObdDuaVpyod7VlBYt5BIK4sLrmUsHh7XG2BuE8ssbWMin4Igfb7PIixUTb&#10;M7/SKfelCCXsElRQed8lUrqiIoNubjviMPu0vUEfZF9K3eM5lJtWLqMolgZrDhcq7Oi+oqLJBxMw&#10;8mZf73Dn3182T89DQ98f+uZBqeur8e4WhKfR/4Vhwg87kAWmox1YO9EGvVhFccgqWMYrEFPi1zlO&#10;znoDMkvl/yeyHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTw9z5cwIAAJsEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBznHwf4QAAAAwBAAAP&#10;AAAAAAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1601" type="#_x0000_t34" style="position:absolute;margin-left:509.45pt;margin-top:75.7pt;width:141.65pt;height:.05pt;rotation:90;z-index:75;visibility:visible" adj="10796,-135561600,-105339" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...46 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...11 lines deleted...]
-              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="148"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1935"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 11" o:spid="_x0000_s1827" style="position:absolute;margin-left:259.8pt;margin-top:7.7pt;width:30pt;height:29.25pt;z-index:252357632;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDfpKKNAIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGO0zAQ/UfiDpb/aZJtS3ejpqtVlyKk&#10;BVZaOIDrOI2F4zFjt2k5DGdY8csleiQmTlta+EPkw/J4xs9v3rMzvd02hm0Ueg224Nkg5UxZCaW2&#10;q4J//rR4dc2ZD8KWwoBVBd8pz29nL19MW5erK6jBlAoZgVift67gdQguTxIva9UIPwCnLCUrwEYE&#10;CnGVlChaQm9McpWmr5MWsHQIUnlPq/d9ks8iflUpGT5WlVeBmYITtxBHjOOyG5PZVOQrFK7W8kBD&#10;/AOLRmhLh56g7kUQbI36L6hGSwQPVRhIaBKoKi1V7IG6ydI/unmqhVOxFxLHu5NM/v/Byg+bR2S6&#10;JO8yzqxoyKP99/2P/fP+J6Ml0qd1PqeyJ/eIXYfePYD84pmFeS3sSt0hQlsrURKrWJ9cbOgCT1vZ&#10;sn0PJaGLdYAo1bbCpgMkEdg2OrI7OaK2gUlaHF5naUq+SUoNJ9loMu4YJSI/bnbow1sFDesmBVfG&#10;aOc7zUQuNg8+9NXHqsgfjC4X2pgY4Go5N8g2gu7HIn6HA/x5mbGspe5u0nEaoS+S/hyD2HaE+2Mv&#10;yhDWtqR1kXdivTnMg9Cmn1NTxlJvR8F64cN2uY32DIdHL5ZQ7khPhP4y0+OjSQ34jbOWLnLB/de1&#10;QMWZeWfJk5tsNOpufgxG48kVBXieWZ5nhJUEVXAZkLM+mIf+vawd6lVNZ2VRAwt35GSlo8Qd6Z7X&#10;oQO6rtGnw9Pq3sN5HKt+/wBmvwAAAP//AwBQSwMEFAAGAAgAAAAhAPt2hMfgAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sLdCNlabTGKKc0ETHENyyxrQVjVM12VbeHu8E&#10;R/v/9PtzthhtJw44+NaRgngSgUCqnGmpVvC2ebq6A+GDJqM7R6jgBz0s8vOzTKfGHekVD2WoBZeQ&#10;T7WCJoQ+ldJXDVrtJ65H4uzLDVYHHodamkEfudx28jqKptLqlvhCo3tcNVh9l3uroHhYrR9fNuvt&#10;R0Hxsmi3yftz+anU5cW4vAcRcAx/MJz0WR1ydtq5PRkvOgVJPJ8yykFyC4KBZHZa7BTMbuYg80z+&#10;/yD/BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIN+koo0AgAASAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPt2hMfgAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" strokeweight="1.5pt">
-[...24 lines deleted...]
-                </v:oval>
+                <v:shape id="_x0000_s1599" type="#_x0000_t34" style="position:absolute;margin-left:448.15pt;margin-top:29.3pt;width:40.85pt;height:.05pt;rotation:90;z-index:73;visibility:visible" adj="10787,-167097600,-306207" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 10" o:spid="_x0000_s1828" style="position:absolute;margin-left:291.3pt;margin-top:6.3pt;width:30pt;height:30pt;z-index:252358656;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+X5paJgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSwm7UdLXqUoS0&#10;wEoLB3Adp7FwPGbsNl0OwxlW/HKJHomxky0t/CH8Yc14xs9v3oznV/vWsJ1Cr8GWPB+NOVNWQqXt&#10;puSfP61eXHDmg7CVMGBVyR+U51eL58/mnSvUBBowlUJGINYXnSt5E4IrsszLRrXCj8ApS8EasBWB&#10;XNxkFYqO0FuTTcbjV1kHWDkEqbyn05s+yBcJv66VDB/r2qvATMmJW0g7pn0d92wxF8UGhWu0HGiI&#10;f2DRCm3p0SPUjQiCbVH/BdVqieChDiMJbQZ1raVKNVA1+fiPau4b4VSqhcTx7iiT/3+w8sPuDpmu&#10;qHckjxUt9ejw/fDj8Hj4yeiI9OmcLyjt3t1hrNC7W5BfPLOwbITdqGtE6BolKmKVx/zs7EJ0PF1l&#10;6+49VIQutgGSVPsa2whIIrB96sjDsSNqH5ikw5cX+XhMxCSFBju+IIqnyw59eKugZdEouTJGOx81&#10;E4XY3frQZz9lJf5gdLXSxiQHN+ulQbYTNB+rtFIJVOZpmrGsK/nlbDJLyGcxfwpBZCPf/tWzNISt&#10;rehcFFGrN4MdhDa9TTUZO4gX9ep1X0P1QNoh9INLH42MBvAbZx0Nbcn9161AxZl5Z0n/y3w6jVOe&#10;nOns9YQcPI2sTyPCSoIquQzIWe8sQ/83tg71pqG38lSwhWvqWq2TnLGjPa+BLo1m6snwjeLsn/op&#10;6/dnX/wCAAD//wMAUEsDBBQABgAIAAAAIQCvbJOm3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BT8MwDIXvSPyHyEjcWMoGXSlNJ0CDCbQJMRDnrPHaisapmnTr/j3uCU7P1nt6/pwtBtuIA3a+&#10;dqTgehKBQCqcqalU8PX5fJWA8EGT0Y0jVHBCD4v8/CzTqXFH+sDDNpSCS8inWkEVQptK6YsKrfYT&#10;1yKxt3ed1YHXrpSm00cut42cRlEsra6JL1S6xacKi59tbxW8vK/u5Kx/jPb0ukk23+vl6W22VOry&#10;Yni4BxFwCH9hGPEZHXJm2rmejBeNgttkGnOUjVE5EN+Mw07BnFXmmfz/Qf4LAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAfl+aWiYCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAr2yTpt4AAAAJAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;"/>
+                <v:shape id="_x0000_s1600" type="#_x0000_t34" style="position:absolute;margin-left:414.8pt;margin-top:29.3pt;width:40.85pt;height:.05pt;rotation:90;flip:x;z-index:74;visibility:visible" adj="10787,167097600,-288546" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1597" type="#_x0000_t32" style="position:absolute;margin-left:252.2pt;margin-top:26.5pt;width:46.55pt;height:0;rotation:90;z-index:71;visibility:visible" adj="-172939,-1,-172939" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
                 <w:tab w:val="left" w:pos="12885"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="148"/>
               <w:rPr>
-                <w:sz w:val="10"/>
-                <w:szCs w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 7" o:spid="_x0000_s1820" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:28pt;width:0;height:36.7pt;flip:y;z-index:252350464;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXUmsjcQIAAJgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmuaidC5KCQ7G7S&#10;NkDS7mmRsohSJEEy/qAokPQCOUKv0E0X/SBnkG/UIeU4SbspinoxHpIzj2+Gb3R8sm4FWjJjuZI5&#10;Tg5ijJisFOVykeO3F7PBIUbWEUmJUJLleMMsPpk8fXK80hkbqkYJygwCEGmzlc5x45zOoshWDWuJ&#10;PVCaSTislWmJg6VZRNSQFaC3IhrG8ShaKUO1URWzFnbL/hBPAn5ds8q9qWvLHBI5Bm4uWBPs3Nto&#10;ckyyhSG64dWOBvkHFi3hEi7dQ5XEEXRp+B9QLa+Msqp2B5VqI1XXvGKhBqgmiX+r5rwhmoVaoDlW&#10;79tk/x9s9Xp5ZhCnOR5jJEkLT9R93l5tb7qf3ZftDdped7dgtp+2V93X7kf3vbvtvqGx79tK2wzS&#10;C3lmfOXVWp7rU1W9t0iqoiFywQL/i40G0MRnRI9S/MJquH2+eqUoxJBLp0IT17VpUS24fucTPTg0&#10;Cq3Dq232r8bWDlX9ZgW76WgUH4UHjUjmEXyeNta9ZKpF3smxdYbwReMKJSVIQ5kenSxPrfP87hN8&#10;slQzLkRQiJBoBVyG4zgOfKwSnPpTH2fNYl4Ig5bEiyz8QrVw8jDMUyiJbfo4Cl6vPqMuJQ23NIzQ&#10;6c53hAvwkQvtc4ZDQwXDnkbLKEaCwbx5r+ctpGcCLYFKdl6vvw9H8dH0cHqYDtLhaDpI47IcvJgV&#10;6WA0S8bPy2dlUZTJR19UkmYNp5RJX9fdLCTp32ltN5W9ivfTsO9g9Bg9tBrI3v0H0kEdXhC9tOaK&#10;bs6Mr84LBeQfgnej6ufr4TpE3X9QJr8AAAD//wMAUEsDBBQABgAIAAAAIQAD+u3h3wAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUGu3QrSEOBUC8dMDB1IkxG0bL0mU2I5i&#10;pw08fTcnOK1GMzv7bboZbSsO1IfaOw2LuQJBrvCmdqWGj93TbA0iRHQGW+9Iww8F2GTnZykmxh/d&#10;Ox3yWAoucSFBDVWMXSJlKCqyGOa+I8fet+8tRpZ9KU2PRy63rVwqdSMt1o4vVNjRQ0VFkw+WMfLm&#10;rd7iNn6+3j6/DA39fpmrR60vL8b7OxCRxvgXhgmfdyBjpr0fnAmiZb1acFLDcnUNYvInveep1Bpk&#10;lsr/D2QnAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJdSayNxAgAAmAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAP67eHfAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" strokeweight="1pt">
+                <v:shape id="_x0000_s1596" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:70.65pt;width:0;height:36.7pt;flip:y;z-index:70;visibility:visible" strokeweight="1pt">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 9" o:spid="_x0000_s1830" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:3.05pt;width:30pt;height:29.25pt;z-index:252360704;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYRty6NAIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fu2zAM/R+wOwj6X203ydIYdYoiXYcB&#10;3Vag2wEUWY6FyaJGKXGyw+wMw353iRxplJy2yfY3zB+GKFKPj4/k5dW2M2yj0GuwFS/Ocs6UlVBr&#10;u6r450+3ry4480HYWhiwquI75fnV/OWLy96V6hxaMLVCRiDWl72reBuCK7PMy1Z1wp+BU5acDWAn&#10;Apm4ymoUPaF3JjvP89dZD1g7BKm8p9ubwcnnCb9plAwfm8arwEzFiVtIf0z/Zfxn80tRrlC4VssD&#10;DfEPLDqhLSV9groRQbA16r+gOi0RPDThTEKXQdNoqVINVE2R/1HNQyucSrWQON49yeT/H6z8sLlH&#10;puuKzzizoqMW7b/vf+5/7H+xWVSnd76koAd3j7E+7+5AfvHMwqIVdqWuEaFvlaiJUxHjs5MH0fD0&#10;lC3791ATuFgHSEJtG+wiIEnAtqkfu6d+qG1gki5HF0WeU9ckuUbTYjydpAyifHzs0Ie3CjoWDxVX&#10;xmjno2KiFJs7HyIfUT5GJf5gdH2rjUkGrpYLg2wjaDpu03dI4I/DjGU9VTfLJ3mCPnH6YwxiGwkP&#10;aU/CENa2pntRRrHeHM5BaDOciaaxB/WiYIPwYbvcpuaMxhE0qrmEekd6IgyjTKtHhxbwG2c9jXHF&#10;/de1QMWZeWepJ7NiPI5zn4zxZHpOBh57lsceYSVBVVwG5GwwFmHYlrVDvWopV5E0sHBNnWx0kviZ&#10;16ECGtak/GGx4jYc2ynqef3nvwEAAP//AwBQSwMEFAAGAAgAAAAhADSTIobfAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyoEx5RCHGqUkRYoYqUIti58ZBExOModtvw952u&#10;YHl0r+6cyeeT7cUeR985UhDPIhBItTMdNQre189XKQgfNBndO0IFv+hhXpyf5Toz7kBvuK9CI3iE&#10;fKYVtCEMmZS+btFqP3MDEmffbrQ6MI6NNKM+8Ljt5XUUJdLqjvhCqwdctlj/VDuroHxcrp5e16vN&#10;Z0nxouw2dx8v1ZdSlxfT4gFEwCn8leGkz+pQsNPW7ch40StIb+KEqwqSGATn6f2Jt8y3Ccgil/8f&#10;KI4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWEbcujQCAABGBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANJMiht8AAAAIAQAADwAAAAAAAAAA&#10;AAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" strokeweight="1.5pt">
-                  <v:textbox>
+                <v:shape id="_x0000_s1603" style="position:absolute;left:0;text-align:left;margin-left:546.95pt;margin-top:66.05pt;width:64.3pt;height:32.6pt;z-index:77;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1606" style="position:absolute;left:0;text-align:left;margin-left:454.8pt;margin-top:40.55pt;width:30pt;height:30pt;z-index:80;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1607" style="position:absolute;left:0;text-align:left;margin-left:420.5pt;margin-top:41.4pt;width:30pt;height:29.25pt;z-index:81;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1607">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="001022FB">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 8" o:spid="_x0000_s1829" style="position:absolute;left:0;text-align:left;margin-left:454.8pt;margin-top:2.3pt;width:30pt;height:30pt;z-index:252359680;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBk/eo/JQIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adLSQjdqulp1KUJa&#10;YKWFA7iO01g4HjN2m5bDcIYVv1yiR2LsdEsLfwh/WDOe8fObN+PZ9a41bKvQa7AlHw5yzpSVUGm7&#10;LvnnT8sXU858ELYSBqwq+V55fj1//mzWuUKNoAFTKWQEYn3RuZI3Ibgiy7xsVCv8AJyyFKwBWxHI&#10;xXVWoegIvTXZKM9fZR1g5RCk8p5Ob/sgnyf8ulYyfKxrrwIzJSduIe2Y9lXcs/lMFGsUrtHySEP8&#10;A4tWaEuPnqBuRRBsg/ovqFZLBA91GEhoM6hrLVWqgaoZ5n9U89AIp1ItJI53J5n8/4OVH7b3yHRV&#10;cmqUFS216PD98OPwePjJplGdzvmCkh7cPcb6vLsD+cUzC4tG2LW6QYSuUaIiTsOYn11ciI6nq2zV&#10;vYeKwMUmQBJqV2MbAUkCtkv92J/6oXaBSTp8OR3mOXVNUuhoxxdE8XTZoQ9vFbQsGiVXxmjno2Ki&#10;ENs7H/rsp6zEH4yultqY5OB6tTDItoKmY5lWKoHKPE8zlnUlv5qMJgn5IubPIYhs5Nu/epGGsLEV&#10;nYsiavXmaAehTW9TTcYexYt69bqvoNqTdgj92NI3I6MB/MZZRyNbcv91I1BxZt5Z0v9qOB7HGU/O&#10;ePJ6RA6eR1bnEWElQZVcBuSsdxah/xkbh3rd0FvDVLCFG+parZOcsaM9ryNdGszUk+MnipN/7qes&#10;3199/gsAAP//AwBQSwMEFAAGAAgAAAAhAMK1OX/eAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwzAMhe9I/IfISNxYAkPVWppOgAaIiQltQ5yzxmsrGqdq0q3793gnOFnP7+n5cz4fXSsO2IfG&#10;k4bbiQKBVHrbUKXha/tyMwMRoiFrWk+o4YQB5sXlRW4y64+0xsMmVoJLKGRGQx1jl0kZyhqdCRPf&#10;IbG3970zkWVfSdubI5e7Vt4plUhnGuILtenwucbyZzM4Da+fb6mcDk9qT++r2er7Y3FaThdaX1+N&#10;jw8gIo7xLwxnfEaHgpl2fiAbRKshVWnCUQ33PNhPk7PeaUh4IYtc/n+g+AUAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBk/eo/JQIAADIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDCtTl/3gAAAAgBAAAPAAAAAAAAAAAAAAAAAH8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;"/>
+                <v:oval id="_x0000_s1604" style="position:absolute;left:0;text-align:left;margin-left:259.8pt;margin-top:39.4pt;width:30pt;height:29.25pt;z-index:78;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1604">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00C866FB" w:rsidRPr="001A117F">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1605" style="position:absolute;left:0;text-align:left;margin-left:291.3pt;margin-top:39.4pt;width:30pt;height:30pt;z-index:79;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">                                                                                                                                                            </w:t>
-[...50 lines deleted...]
-              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
-      <w:pPr>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...55 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="9436"/>
-        <w:tblW w:w="14281" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="14281"/>
+        <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14281" w:type="dxa"/>
+            <w:tcW w:w="14109" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-              <w:rPr>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1610" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:221.75pt;width:22.5pt;height:32.1pt;z-index:84" stroked="f">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1610">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>Запрос</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00A538AA" w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушы</w:t>
+              <w:t>Услугополучатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-[...17 lines deleted...]
-        <w:ind w:left="4678"/>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4963" w:right="120" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-        <w:ind w:left="4678"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797" w:right="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-      <w:pPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="00FE0ED8" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797" w:right="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="00FE0ED8" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797" w:right="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...27 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797" w:right="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-      <w:pPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">«Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществляющих функции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принадлежащим на праве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7797"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-процессов оказания государственной услуги «Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществляющих функции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>опек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оформления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с имуществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>принадлежащим на</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">праве собственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>несовершеннолетни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 332" o:spid="_x0000_s1746" style="position:absolute;left:0;text-align:left;margin-left:608.55pt;margin-top:1.1pt;width:123pt;height:50.25pt;z-index:252273664;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkL5RaOwIAAHYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r47z46ZGnKJo12FA&#10;txXr9gCKJMfaZFGjlDjt04+W3S7Zdhrmg0CK5EfyI+XV5aG1bK8xGHAVz88mnGknQRm3rfjXL7dv&#10;lpyFKJwSFpyu+KMO/HL9+tWq86WeQgNWaWQE4kLZ+Yo3Mfoyy4JsdCvCGXjtyFgDtiKSittMoegI&#10;vbXZdDIpsg5QeQSpQ6Dbm8HI1wm/rrWMn+o66Mhsxam2mE5M56Y/s/VKlFsUvjFyLEP8QxWtMI6S&#10;vkDdiCjYDs0fUK2RCAHqeCahzaCujdSpB+omn/zWzUMjvE69EDnBv9AU/h+s/Li/R2ZUxQuix4mW&#10;ZnS1i5BSs9ls2jPU+VCS44O/x77H4O9Afg/MwXUj3FZfIULXaKGorrz3z04CeiVQKNt0H0ARviD8&#10;RNahxrYHJBrYIc3k8WUm+hCZpMt8viwWswVnkmzFbJmfL1IKUT5HewzxnYaW9ULFEXZOfabBpxRi&#10;fxdiGowauxPqG2d1a2nMe2FZXhTF+Yg4OmeifMZM7YI16tZYmxTcbq4tMgqt+G36xuBw7GYd6yp+&#10;sZguUhUntnAMMUnf3yBSH2k9e2rfOpXkKIwdZKrSupHrnt5hTPGwOaRxztNu99xvQD0S+wjD8tNj&#10;JaEBfOKso8WvePixE6g5s+8dTfAin1Msi0mZL86npOCxZXNsEU4SVMUjZ4N4HYfXtfNotg1lyhMD&#10;Dvqtqk18Xo+hqrF+Wm6STl7PsZ68fv0u1j8BAAD//wMAUEsDBBQABgAIAAAAIQBGqAox3AAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uS3EdRUpG2OiVyN68FjoCEQ6ZdvC&#10;or/e2ZPe3st8efNeuV/dKBYMcfCkIdsoEEittwN1Gt7fnq5uQcRkyJrRE2r4xgj76vysNIX1R3rF&#10;pU6d4BCKhdHQpzQVUsa2R2fixk9IfPv0wZnENnTSBnPkcDfKXKkb6cxA/KE3Ez722H7Vs9PQWjWr&#10;8LG83DXbVP8s84Hk80Hry4v14R5EwjX9wXCqz9Wh4k6Nn8lGMbLPs13GrIY8B3ECrrcZq4aVyncg&#10;q1L+31D9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQvlFo7AgAAdgQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEaoCjHcAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;">
-            <v:textbox>
+          <v:roundrect id="_x0000_s1616" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:1.1pt;width:116.9pt;height:43.65pt;z-index:90" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1616">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00371C22" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-                    <w:t>Көрсетілетін қызметті алушы</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Услугополучатель</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 326" o:spid="_x0000_s1740" style="position:absolute;left:0;text-align:left;margin-left:501.3pt;margin-top:1.1pt;width:107.25pt;height:50.25pt;z-index:252267520;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqB+YJPQIAAHYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/083msm2ibKqqpQip&#10;QEXhAxzbmzV4PWbsZFO+nrGzTVPgCbEP1ozHPjNzzniXl/vOsp3GYMDVvDwbcaadBGXcpuZfv9y+&#10;ueAsROGUsOB0zR914Jer16+WvV/oMbRglUZGIC4sel/zNka/KIogW92JcAZeOwo2gJ2I5OKmUCh6&#10;Qu9sMR6NqqIHVB5B6hBo9+YQ5KuM3zRaxk9NE3RktuZUW8wr5nWd1mK1FIsNCt8aOZQh/qGKThhH&#10;SY9QNyIKtkXzB1RnJEKAJp5J6ApoGiN17oG6KUe/dfPQCq9zL0RO8Eeawv+DlR9398iMqvlszpkT&#10;HWl0tY2QU7PJuEoM9T4s6OCDv8fUY/B3IL8H5uC6FW6jrxChb7VQVFeZzhcvLiQn0FW27j+AInxB&#10;+JmsfYNdAiQa2D5r8njURO8jk7RZTqrx6HzGmaRYNbkoyU4pxOLptscQ32noWDJqjrB16jMJn1OI&#10;3V2IWRg1dCfUN86azpLMO2FZWVXV+YA4HCbsJ8zcLlijbo212cHN+toio6s1v83fcDmcHrOO9TWf&#10;z8azXMWLWDiFGOXvbxC5jzyeidq3TmU7CmMPNlVp3cB1ovcgU9yv91nOyTyBJu7XoB6JfYTD8NNj&#10;JaMF/MlZT4Nf8/BjK1BzZt87UnBeTqfppWRnOjsfk4OnkfVpRDhJUDWPnB3M63h4XVuPZtNSpjIz&#10;4CBNVWNi0u65qsGh4c6SDg8xvZ5TP596/l2sfgEAAP//AwBQSwMEFAAGAAgAAAAhABt14uDcAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHUu0kMapEBJcEaEHjk68JFHj&#10;dWo7aeDrcU5wHM3T7NvisNiBzehD70hBthHAkBpnemoVHD9e7h6AhajJ6MERKvjGAIfy+qrQuXEX&#10;ese5ii1LIxRyraCLccw5D02HVoeNG5FS9+W81TFF33Lj9SWN24FLIbbc6p7ShU6P+Nxhc6omq6Ax&#10;YhL+c357rO9j9TNPZ+KvZ6Vub5anPbCIS/yDYdVP6lAmp9pNZAIbUhZCbhOrQEpgKyCzXQasXiu5&#10;A14W/P8P5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6gfmCT0CAAB2BAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAG3Xi4NwAAAALAQAADwAA&#10;AAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;">
-            <v:textbox>
+          <v:roundrect id="_x0000_s1645" style="position:absolute;left:0;text-align:left;margin-left:99.4pt;margin-top:1.1pt;width:164.2pt;height:43.65pt;z-index:119" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1645">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00371C22" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...4 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="009B54D6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
-[...13 lines deleted...]
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00B97562" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                </w:p>
-[...19 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                  <w:r w:rsidRPr="00B97562">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Государственная корпорация</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 324" o:spid="_x0000_s1738" style="position:absolute;left:0;text-align:left;margin-left:261.95pt;margin-top:1.1pt;width:142.5pt;height:50.25pt;z-index:252265472;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLLVNgOwIAAHYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r47T/Bp1iqJdhwHd&#10;VqzbAyiSHGuTRY1S4qRPP1p2snTbaZgPAimSH8mPlK+u941lO43BgCt5fjHiTDsJyrhNyb9+uX+z&#10;4CxE4ZSw4HTJDzrw69XrV1etL/QYarBKIyMQF4rWl7yO0RdZFmStGxEuwGtHxgqwEZFU3GQKRUvo&#10;jc3Go9EsawGVR5A6BLq96418lfCrSsv4qaqCjsyWnGqL6cR0rrszW12JYoPC10YOZYh/qKIRxlHS&#10;E9SdiIJt0fwB1RiJEKCKFxKaDKrKSJ16oG7y0W/dPNXC69QLkRP8iabw/2Dlx90jMqNKPp1z5kRD&#10;M7rZRkip2eV40jHU+lCQ45N/xK7H4B9Afg/MwW0t3EbfIEJba6Gorrzzz14EdEqgULZuP4AifEH4&#10;iax9hU0HSDSwfZrJ4TQTvY9M0mW+GC3nUxqdJNvscpHPpymFKI7RHkN8p6FhnVByhK1Tn2nwKYXY&#10;PYSYBqOG7oT6xlnVWBrzTliWz2az+YA4OGeiOGKmdsEadW+sTQpu1rcWGYWW/D59Q3A4d7OOtSVf&#10;TsfTVMULWziHGKXvbxCpj7SeHbVvnUpyFMb2MlVp3cB1R28/prhf79M4L1NTHfdrUAdiH6Fffnqs&#10;JNSAz5y1tPglDz+2AjVn9r2jCS7zyaR7KUmZTOdjUvDcsj63CCcJquSRs168jf3r2no0m5oy5YkB&#10;B91WVSYe16OvaqiflpukF6/nXE9ev34Xq58AAAD//wMAUEsDBBQABgAIAAAAIQA3sTdq2wAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8ua01qyxSNsZEr0bWg8dCRyDSKUsL&#10;i/56x5MeX96XN98U+9UPYsEp9oEMXG8UCKQmuJ5aA2+Hp6sMREyWnB0CoYEvjLAvz88Km7twoldc&#10;qtQKHqGYWwNdSmMuZWw69DZuwojE3UeYvE0cp1a6yZ543A9SK3Urve2JL3R2xMcOm89q9gYap2Y1&#10;vS8vu3qbqu9lPpJ8PhpzebE+3INIuKY/GH71WR1KdqrDTC6KwcBW3+wYNaA1CO4zlXGuGVT6DmRZ&#10;yP8flD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiy1TYDsCAAB2BAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN7E3atsAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;">
-            <v:textbox>
+          <v:roundrect id="_x0000_s1617" style="position:absolute;left:0;text-align:left;margin-left:263.6pt;margin-top:1.1pt;width:142.5pt;height:46.25pt;z-index:91" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1617">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E91C51" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                   <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                     <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 325" o:spid="_x0000_s1739" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:1.1pt;width:102.05pt;height:50.25pt;z-index:252266496;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQfF2pOQIAAHYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9v1DAMf0fiO0R5Z73en26rrjdNG0NI&#10;AyYGHyCXpNdAGgcnd73x6XHS27gB4gHRh8iO7V/sn+0uL/a9ZTuNwYBreHky4Uw7Ccq4TcM/f7p5&#10;dcZZiMIpYcHphj/owC9WL18sB1/rKXRglUZGIC7Ug294F6OviyLITvcinIDXjowtYC8iqbgpFIqB&#10;0HtbTCeTqhgAlUeQOgS6vR6NfJXx21bL+KFtg47MNpxyi/nEfK7TWayWot6g8J2RhzTEP2TRC+Po&#10;0SeoaxEF26L5Dao3EiFAG08k9AW0rZE610DVlJNfqrnvhNe5FiIn+Ceawv+Dle93d8iMavii4syJ&#10;nnp0uY2Qn2az6SIxNPhQk+O9v8NUY/C3IL8G5uCqE26jLxFh6LRQlFeZ/ItnAUkJFMrWwztQhC8I&#10;P5O1b7FPgEQD2+eePDz1RO8jk3RZTs+ryWzBmSRbNTsrT3NKhagfoz2G+EZDz5LQcIStUx+p8fkJ&#10;sbsNMTdGHaoT6gtnbW+pzTthWVlV1WlOWtQHZ8J+xMzlgjXqxlibFdysrywyCm34Tf4OweHYzTo2&#10;NPx8Qfz9HWKSvz9B5DryeCZqXzuV5SiMHWXK0roD14nesU1xv97nds6qBJq4X4N6IPYRxuGnZSWh&#10;A/zO2UCD3/DwbStQc2bfOurgeTmfp03JynxxOiUFjy3rY4twkqAaHjkbxas4btfWo9l09FKZGXCQ&#10;pqo18XE8xqwO+dNwk/Rse4717PXzd7H6AQAA//8DAFBLAwQUAAYACAAAACEAiZlhVd0AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7WVeqN2UwFpGqdCSHBFBA4cnXibRI3Xqe2k&#10;ga/HOcFtRzOafZMfZ9OzCZ3vLEnYbgQwpNrqjhoJnx8vdykwHxRp1VtCCd/o4Vjc3uQq0/ZK7ziV&#10;oWGxhHymJLQhDBnnvm7RKL+xA1L0TtYZFaJ0DddOXWO56XkixAM3qqP4oVUDPrdYn8vRSKi1GIX7&#10;mt721X0of6bxQvz1IuV6NT8dgAWcw18YFvyIDkVkquxI2rNeQirSfYxKSBJgiy+2uziuWq7kEXiR&#10;8/8Til8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUHxdqTkCAAB2BAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiZlhVd0AAAAKAQAADwAAAAAA&#10;AAAAAAAAAACTBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;">
-            <v:textbox>
+          <v:roundrect id="_x0000_s1619" style="position:absolute;left:0;text-align:left;margin-left:506.5pt;margin-top:1.1pt;width:96.05pt;height:46.25pt;z-index:93" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1619">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="009B54D6" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Руководство </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="006925B3" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-[...54 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 333" o:spid="_x0000_s1747" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:5.35pt;width:129pt;height:252.2pt;z-index:252274688;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDaUI7xPQIAAHcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0zTpZdmo6WrVpQhp&#10;gRULH+DaTmNwPGbsNi1fz8TpLi3whMiDNePxHM+cM87i5tBattcYDLiK56MxZ9pJUMZtK/7l8/rV&#10;a85CFE4JC05X/KgDv1m+fLHofKkLaMAqjYxAXCg7X/EmRl9mWZCNbkUYgdeOgjVgKyK5uM0Uio7Q&#10;W5sV4/E86wCVR5A6BNq9G4J8mfDrWsv4sa6DjsxWnGqLacW0bvo1Wy5EuUXhGyNPZYh/qKIVxtGl&#10;z1B3Igq2Q/MHVGskQoA6jiS0GdS1kTr1QN3k49+6eWyE16kXIif4Z5rC/4OVH/YPyIyq+KzgzImW&#10;NLrdRUhXs8lk0jPU+VDSwUf/gH2Pwd+D/BaYg1Uj3FbfIkLXaKGorrw/n10k9E6gVLbp3oMifEH4&#10;iaxDjW0PSDSwQ9Lk+KyJPkQmaTOfzYuryYwzSbFJMS6up0m1TJRP6R5DfKuhZb1RcYSdU59I+XSH&#10;2N+HmJRRp/aE+spZ3VrSeS8sy+fz+VWqWpSnw4T9hJn6BWvU2libHNxuVhYZpVZ8nb5Tcjg/Zh3r&#10;Kn49K2apiotYOIcYp+9vEKmPNJ89t2+cSnYUxg42VWndieye30GneNgckp7Togftyd+AOhL9CMP0&#10;02slowH8wVlHk1/x8H0nUHNm3zmS8DqfEsUsJmc6uyrIwfPI5jwinCSoikfOBnMVh+e182i2Dd2U&#10;JwYc9GNVm/g0H0NVp/ppusm6eD7nfjr163+x/AkAAP//AwBQSwMEFAAGAAgAAAAhAGDa28XdAAAA&#10;DAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odmTLy5LUTURcrGmOjVyHrwWOgsEOmU&#10;pYVFf72zJ73Ny/vy5r1it7pBLDiF3pOGZKNAIDXe9tRq+Ni/3DyACNGQNYMn1PCNAXbl5UVhcutP&#10;9I5LFVvBIRRyo6GLccylDE2HzoSNH5HYO/jJmchyaqWdzInD3SBTpe6kMz3xh86M+Nxh81XNTkNj&#10;1aymz+VtW2ex+lnmI8nXo9bXV+vTI4iIa/yD4Vyfq0PJnWo/kw1iYJ2qLGGWL3UP4kzcZkkKotaQ&#10;JWzJspD/R5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANpQjvE9AgAAdwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGDa28XdAAAADAEAAA8A&#10;AAAAAAAAAAAAAAAAlwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;">
-            <v:textbox>
+          <v:roundrect id="_x0000_s1618" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:1.1pt;width:102.05pt;height:46.25pt;z-index:92" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1618">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
-[...7 lines deleted...]
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0038316A">
-[...10 lines deleted...]
-                  </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                    <w:t>і</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Сотрудник </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">канцелярии </w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...71 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t xml:space="preserve">1 (бір) жұмыс күні </w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 327" o:spid="_x0000_s1741" style="position:absolute;left:0;text-align:left;margin-left:-7.2pt;margin-top:5.35pt;width:104.95pt;height:248.45pt;z-index:252268544;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIxvwnMQIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVG2P0zAM/o7Ef4jynXXd291V606nHUNI&#10;B5w4+AFZkq6BNA5Otu7u1+Om29iAT4hIjezYeezHdjq/3TeW7TQGA67k+WDImXYSlHGbkn/9snpz&#10;zVmIwilhwemSP+vAbxevX81bX+gR1GCVRkYgLhStL3kdoy+yLMhaNyIMwGtHxgqwEZFU3GQKRUvo&#10;jc1Gw+EsawGVR5A6BDq97418kfCrSsv4qaqCjsyWnHKLace0r7s9W8xFsUHhayMPaYh/yKIRxlHQ&#10;E9S9iIJt0fwB1RiJEKCKAwlNBlVlpE4ciE0+/I3NUy28TlyoOMGfyhT+H6z8uHtEZlTJpxPOnGio&#10;R3fbCCk0G4+uugq1PhTk+OQfseMY/API74E5WNbCbfQdIrS1Foryyjv/7OJCpwS6ytbtB1CELwg/&#10;FWtfYdMBUhnYPvXk+dQTvY9M0mE+uZ7MxtQ6SbZxPp3Sl2KI4njdY4jvNDSsE0qOsHXqM3U+xRC7&#10;hxBTZ9SBnlDfOKsaS33eCcvy2WyWWGaiODiTdMRMfMEatTLWJgU366VFRldLvkrrkE44d7OOtSW/&#10;mY6mKYsLWziHGKb1N4jEI81nV9u3TiU5CmN7mbK07lDsrr59n9agnqnWCP2o09MkoQZ84aylMS95&#10;+LEVqDmz7x316yafTLp3kZTJ9GpECp5b1ucW4SRBlTxy1ovL2L+lrUezqSlSnug66GaoMvE4DH1W&#10;h2RplEm6eCvnevL69XNY/AQAAP//AwBQSwMEFAAGAAgAAAAhADWQ2j7eAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tOwzAQRfdI/QdrKrFr7VKljzROVSHBFhFYsHTiIYkaj1PbSQNfj7uiy9E9&#10;uvdMdpxMx0Z0vrUkYbUUwJAqq1uqJXx+vCx2wHxQpFVnCSX8oIdjPnvIVKrtld5xLELNYgn5VElo&#10;QuhTzn3VoFF+aXukmH1bZ1SIp6u5duoay03Hn4TYcKNaiguN6vG5wepcDEZCpcUg3Nf4ti+TUPyO&#10;w4X460XKx/l0OgALOIV/GG76UR3y6FTagbRnnYTFereOaAzEFtgN2CcJsFJCIrYb4HnG71/I/wAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDIxvwnMQIAAGQEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA1kNo+3gAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AIsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;"/>
-[...26 lines deleted...]
-            <v:textbox>
+          <v:roundrect id="_x0000_s1625" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:1.1pt;width:123.05pt;height:50.25pt;z-index:99" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1625">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
-[...6 lines deleted...]
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
-                    <w:t>1</w:t>
-[...25 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Ответственный </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">исполнитель </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="006925B3" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1626" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:5.35pt;width:123.05pt;height:249.25pt;z-index:100" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1626">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1(один) рабочий день</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00D132DB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00D132DB">
-[...3 lines deleted...]
-                    <w:t xml:space="preserve">1 </w:t>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1 (один) рабочий</w:t>
                   </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00906E6A" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                    <w:t>і</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>день</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 329" o:spid="_x0000_s1743" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:5.35pt;width:102.05pt;height:248.45pt;z-index:252270592;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9+AmwOwIAAHcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv1DAMfkfiP0R5Z73erjeuWm+aNoaQ&#10;BkwMfkAuSa+BNA5O7nrj1+Ok3bgBT4hKjeza/mx/dnp+cegt22sMBlzDy5MZZ9pJUMZtG/7l882r&#10;15yFKJwSFpxu+IMO/GL98sX54Gs9hw6s0sgIxIV68A3vYvR1UQTZ6V6EE/DakbEF7EUkFbeFQjEQ&#10;em+L+Wy2LAZA5RGkDoG+Xo9Gvs74batl/Ni2QUdmG061xXxiPjfpLNbnot6i8J2RUxniH6rohXGU&#10;9AnqWkTBdmj+gOqNRAjQxhMJfQFta6TOPVA35ey3bu474XXuhcgJ/omm8P9g5Yf9HTKjGl4RPU70&#10;NKPLXYScmp3OV4mhwYeaHO/9HaYeg78F+S0wB1edcFt9iQhDp4WiusrkXzwLSEqgULYZ3oMifEH4&#10;maxDi30CJBrYIc/k4Wkm+hCZpI/lfLWcnVacSbKdllVFb84h6sdwjyG+1dCzJDQcYefUJ5p8ziH2&#10;tyHmyaipPaG+ctb2lua8F5aVy+XybEKcnAtRP2LmfsEadWOszQpuN1cWGYU2/CY/U3A4drOODQ1f&#10;VfMqV/HMFo4hZvn5G0TuI+9n4vaNU1mOwthRpiqtm8hO/I5ziofNIc9zsUigifwNqAeiH2Hcfrqt&#10;JHSAPzgbaPMbHr7vBGrO7DtHI1yVi0W6KllZVGdzUvDYsjm2CCcJquGRs1G8iuP12nk0244ylZkB&#10;B2mtWhMf92OsaqqftpukZ9fnWM9ev/4X658AAAD//wMAUEsDBBQABgAIAAAAIQAfQK7F3QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqF1Q2zTEqRASXBGBA0cnXpKIeJ3a&#10;Thr4erYnOK7mafZNcVjcIGYMsfekYb1SIJAab3tqNby/Pd1kIGIyZM3gCTV8Y4RDeXlRmNz6E73i&#10;XKVWcAnF3GjoUhpzKWPToTNx5Uckzj59cCbxGVppgzlxuRvkrVJb6UxP/KEzIz522HxVk9PQWDWp&#10;8DG/7OtNqn7m6Ujy+aj19dXycA8i4ZL+YDjrszqU7FT7iWwUg4ZMZXtGOVA7EGdAre94Xa1ho3Zb&#10;kGUh/28ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9+AmwOwIAAHcEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAfQK7F3QAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;">
-            <v:textbox>
+          <v:roundrect id="_x0000_s1621" style="position:absolute;left:0;text-align:left;margin-left:263.6pt;margin-top:5.35pt;width:142.5pt;height:245pt;z-index:95" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1621">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
-[...5 lines deleted...]
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>15 (пятнадцать)</w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                  </w:pPr>
-[...11 lines deleted...]
-                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
                   <w:r>
-                    <w:t>30</w:t>
-[...1024 lines deleted...]
-                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                     <w:t>минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 376" o:spid="_x0000_s1784" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:707.35pt;margin-top:-17.5pt;width:0;height:410.95pt;z-index:252312576;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQrtz7HwIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDuie2sk02sOKuVnfSy&#10;bSPt9gMIYBvVBgQkTlT13ztgJ9q0l6qqD3iAmTdvZh7rp3PXohM3ViiZ42QaY8QlVUzIOsff3naT&#10;JUbWEclIqyTP8YVb/LT5+GHd64zPVKNaxg0CEGmzXue4cU5nUWRpwztip0pzCZeVMh1xsDV1xAzp&#10;Ab1ro1kcL6JeGaaNotxaOC2HS7wJ+FXFqftaVZY71OYYuLmwmrAe/Bpt1iSrDdGNoCMN8g8sOiIk&#10;JL1BlcQRdDTiD6hOUKOsqtyUqi5SVSUoDzVANUn8WzWvDdE81ALNsfrWJvv/YOmX094gwWB2c4wk&#10;6WBGz0enQmr08LjwHeq1zcCxkHvja6Rn+apfFP1ukVRFQ2TNg/vbRUN04iOiuxC/sRryHPrPioEP&#10;gQyhXefKdB4SGoHOYSqX21T42SE6HFI4nc+SVbyYB3SSXQO1se4TVx3yRo6tM0TUjSuUlDB7ZZKQ&#10;hpxerPO0SHYN8Fml2om2DRJoJepzvJrP5iHAqlYwf+ndrKkPRWvQiXgRhW9kcedm1FGyANZwwraj&#10;7YhoBxuSt9LjQWFAZ7QGlfxYxavtcrtMJ+lssZ2kcVlOnndFOlnsksd5+VAWRZn89NSSNGsEY1x6&#10;dlfFJunfKWJ8O4PWbpq9tSG6Rw/9ArLXfyAdJuuHOcjioNhlb64TB5EG5/FB+Vfwfg/2+2e/+QUA&#10;AP//AwBQSwMEFAAGAAgAAAAhABzOjBzgAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQ&#10;hO+V+g7WVuqlAieU3xAHoUo99FhA4mribZISr6PYISlP30U9lOPMfpqdSTeDrcUFW185UhCPIxBI&#10;uTMVFQoO+/fREoQPmoyuHaGCH/SwyR4fUp0Y19MnXnahEBxCPtEKyhCaREqfl2i1H7sGiW9frrU6&#10;sGwLaVrdc7it5SSK5tLqivhDqRt8KzE/7zqrAH03i6PtyhaHj2v/cpxcv/tmr9Tz07Bdgwg4hH8Y&#10;bvW5OmTc6eQ6Ml7UrKfxdMGsgtHrjFfdkD/rpGCxnK9AZqm8X5H9AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJCu3PsfAgAAPgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhABzOjBzgAAAADQEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
-[...41 lines deleted...]
-            <v:textbox>
+          <v:roundrect id="_x0000_s1623" style="position:absolute;left:0;text-align:left;margin-left:501.3pt;margin-top:5.35pt;width:101.25pt;height:245pt;z-index:97" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1623">
               <w:txbxContent>
-                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00A11C08" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                    <w:t>мерзімде, көрсетілетін қызметті алушыға анықтаманы беру</w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1 (один) рабочий день</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00735866" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1 (один) рабочий день</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1622" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:5.35pt;width:96.85pt;height:245pt;z-index:96" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1622">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="004F1B61" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>30 (тридцать) минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1620" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:5.35pt;width:116.9pt;height:245pt;z-index:94" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1646" style="position:absolute;left:0;text-align:left;margin-left:97.75pt;margin-top:5.35pt;width:164.2pt;height:245pt;z-index:120" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00FE0ED8" w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 1" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:22.45pt;height:7.5pt;visibility:visible" o:bullet="t">
+            <v:imagedata r:id="rId9" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1647" style="position:absolute;left:0;text-align:left;margin-left:109.5pt;margin-top:11.3pt;width:136.85pt;height:69.75pt;z-index:121">
+            <v:textbox style="mso-next-textbox:#_x0000_s1647">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00764AFD" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Предоставляет документы и заявление оператору Государственной корпорации согласно пункту 9 Стандарта</w:t>
+                  </w:r>
+                </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 380" o:spid="_x0000_s1788" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:27.8pt;margin-top:323.7pt;width:0;height:30.5pt;z-index:252316672;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiG3GfNgIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+QxIIuxARVqsEetl2&#10;kXb7AMZ2EquObdmGgKq+e8fmp7vtparKwczY8/PNNzNZPhx7iQ7cOqFVibNxihFXVDOh2hJ/fd2M&#10;5hg5TxQjUite4hN3+GH18cNyMAWf6E5Lxi2CIMoVgylx570pksTRjvfEjbXhCh4bbXviQbVtwiwZ&#10;IHovk0ma3iWDtsxYTblzcFufH/Eqxm8aTv1z0zjukSwxYPPxtPHchTNZLUnRWmI6QS8wyD+g6IlQ&#10;kPQWqiaeoL0Vf4TqBbXa6caPqe4T3TSC8lgDVJOlv1Xz0hHDYy1AjjM3mtz/C0u/HLYWCQa9A3oU&#10;6aFHj3uvY2o0nUeGBuMKMKzU1oYa6VG9mCdNvzmkdNUR1fJo/noy4J0FTpN3LkFxBvLshs+agQ2B&#10;DJGuY2P7EBKIQMfYldOtK/zoET1fUridzu+nswgnIcXVz1jnP3HdoyCU2HlLRNv5SisFrdc2i1nI&#10;4cn5gIoUV4eQVOmNkDJOgFRoKPFiNplFB6elYOExmDnb7ipp0YGEGYq/WCK8vDWzeq9YDNZxwtYX&#10;2RMhQUY+cuOtALYkxyFbzxlGksPaBOkMT6qQESoHwBfpPEbfF+liPV/P81E+uVuP8rSuR4+bKh/d&#10;bbL7WT2tq6rOfgTwWV50gjGuAv7rSGf5343MZbnOw3gb6htRyfvokVEAe/2PoGPrQ7fDDrpip9lp&#10;a0N1QYMpjsaXjQtr8laPVr++C6ufAAAA//8DAFBLAwQUAAYACAAAACEAs9N0mOAAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwFddkodSdgQvQC0jaEOGZNaCIap2qyrePp&#10;CVzY0fan399fLkbXsb0egvWEcD3JgGlqvLLUIrxtnq7mwEKUpGTnSSMcdYBFdX5WykL5A630fh1b&#10;lkIoFBLBxNgXnIfGaCfDxPea0u3TD07GNA4tV4M8pHDX8ZssE9xJS+mDkb1+NLr5Wu8cQlx+HI14&#10;bx5u7evm+UXY77qul4iXF+P9HbCox/gPw69+UocqOW39jlRgHcJ0KhKJIPJZDiwBf4stwiyb58Cr&#10;kp82qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4htxnzYCAABfBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAs9N0mOAAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;">
+          <v:rect id="_x0000_s1629" style="position:absolute;left:0;text-align:left;margin-left:618.35pt;margin-top:4.7pt;width:96pt;height:86.15pt;z-index:103">
+            <v:textbox style="mso-next-textbox:#_x0000_s1629">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="003F338F" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>О</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00214E3B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>существляет проверку  документов,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00214E3B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  готовит </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>справку либо мотивированный</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> ответ об</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> отказе</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00D32646" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1673" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:184.25pt;margin-top:.95pt;width:.05pt;height:14.2pt;flip:y;z-index:147" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 368" o:spid="_x0000_s1776" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:231.65pt;margin-top:99.6pt;width:.05pt;height:282.35pt;flip:y;z-index:252304384;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiW0ECPQIAAGsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8hxBIaIgIq1UCvWy7&#10;SLvt3dgOserYlu0loKr/vWPDsqW9VFU5GH/MvHnz/Jzl3bGX6MCtE1pVOB1PMOKKaibUvsJfnjej&#10;AiPniWJEasUrfOIO363ev1sOpuRT3WnJuEUAolw5mAp33psySRzteE/cWBuu4LDVticelnafMEsG&#10;QO9lMp1M5smgLTNWU+4c7DbnQ7yK+G3LqX9sW8c9khUGbj6ONo67MCarJSn3lphO0AsN8g8seiIU&#10;FL1CNcQT9GLFH1C9oFY73fox1X2i21ZQHnuAbtLJb908dcTw2AuI48xVJvf/YOnnw9YiwSq8wEiR&#10;Hq7o/sXrWBnN5kUQaDCuhLhabW1okR7Vk3nQ9JtDStcdUXsew59PBrLTkJHcpISFM1BmN3zSDGII&#10;VIhqHVvbo1YK8zUkBnBQBB3j9Zyu18OPHlHYnM9yjCjsz/IiL7I8ViJlAAmpxjr/kesehUmFnbdE&#10;7Dtfa6XABtqeC5DDg/OB4ltCSFZ6I6SMbpAKDSBHPs0jI6elYOEwhDm739XSogMJfoq/C4ubMKtf&#10;FItgHSdsfZl7IiTMkY9CeStAOslxqNZzhpHk8ITC7ExPqlARmgfCl9nZUt8Xk8W6WBfZKJvO16Ns&#10;0jSj+02djeab9EPezJq6btIfgXyalZ1gjKvA/9XeafZ39rk8tLMxrwa/CpXcokdFgezrfyQdfRCu&#10;/myinWanrQ3dBUuAo2Pw5fWFJ/PrOka9fSNWPwEAAP//AwBQSwMEFAAGAAgAAAAhAEKobIPgAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLyYdhEqFmRpjNp6Mk2x3rcwAik7&#10;S9htC2/veNLjzP/ln2+y1Wg6ccbBtZYU3M8DEEilrVqqFew/17MlCOc1VbqzhAomdLDKr68ynVb2&#10;Qjs8F74WXEIu1Qoa7/tUSlc2aLSb2x6Js287GO15HGpZDfrC5aaTYRDE0uiW+EKje3xpsDwWJ6Pg&#10;tdg+rL/u9mM4le8fxWZ53NL0ptTtzfj8BMLj6P9g+NVndcjZ6WBPVDnRKVjEUcQoB0kSgmCCNwsQ&#10;BwWPcZSAzDP5/4f8BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOJbQQI9AgAAawQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEKobIPgAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAlwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACkBQAAAAA=&#10;">
+          <v:rect id="_x0000_s1628" style="position:absolute;left:0;text-align:left;margin-left:514pt;margin-top:11.3pt;width:83.3pt;height:65.7pt;z-index:102">
+            <v:textbox style="mso-next-textbox:#_x0000_s1628">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Рассматривает   документы и </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>определяет ответственного исполнителя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1669" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.35pt;margin-top:.95pt;width:.05pt;height:14.2pt;z-index:143" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 377" o:spid="_x0000_s1785" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:231.65pt;margin-top:381.95pt;width:475.7pt;height:0;flip:x;z-index:252313600;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAC/t1UPQIAAGkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcE9uJk02sOKuVnbSH&#10;7TbSbn8AARyjYkBA4kRV/3sH8rG77aWq6gMezMybNzMPL+6PnUQHbp3QqsTZMMWIK6qZULsSf3tZ&#10;D2YYOU8UI1IrXuITd/h++fHDojcFH+lWS8YtAhDlit6UuPXeFEniaMs74obacAWHjbYd8bC1u4RZ&#10;0gN6J5NRmk6TXltmrKbcOfhanw/xMuI3Daf+a9M47pEsMXDzcbVx3YY1WS5IsbPEtIJeaJB/YNER&#10;oSDpDaomnqC9FX9AdYJa7XTjh1R3iW4aQXmsAarJ0t+qeW6J4bEWaI4ztza5/wdLnw4biwQrMQxK&#10;kQ5G9LD3OmZG47u70KDeuAL8KrWxoUR6VM/mUdPvDildtUTteHR/ORmIzkJE8i4kbJyBNNv+i2bg&#10;QyBD7NaxsR1qpDCfQ2AAh46gYxzP6TYefvSIwsdpmmfjOUyRXs8SUgSIEGis85+47lAwSuy8JWLX&#10;+korBSLQ9gxPDo/OB4KvASFY6bWQMmpBKtSXeD4ZTSIfp6Vg4TC4ObvbVtKiAwlqik+sFk7eulm9&#10;VyyCtZyw1cX2REiwkY9t8lZA4yTHIVvHGUaSwwUK1pmeVCEjlA6EL9ZZUD/m6Xw1W83yQT6argZ5&#10;WteDh3WVD6br7G5Sj+uqqrOfgXyWF61gjKvA/yruLP878Vyu2VmWN3nfGpW8R48dBbLXdyQdVRAG&#10;f5bQVrPTxobqgiBAz9H5cvfChXm7j16vf4jlLwAAAP//AwBQSwMEFAAGAAgAAAAhACdhFoLhAAAA&#10;DAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwkAQhu8mvsNmSLwY2UJrwdItMQp6MsSK96U7tA3d&#10;2aa7QPv2LIkJHmfmyz/fny573bATdrY2JGAyDoAhFUbVVArY/qyf5sCsk6RkYwgFDGhhmd3fpTJR&#10;5kzfeMpdyXwI2UQKqJxrE85tUaGWdmxaJH/bm05L58eu5KqTZx+uGz4NgphrWZP/UMkW3yosDvlR&#10;C3jPN8/r38dtPx2Kz6/8Y37Y0LAS4mHUvy6AOezdDYarvleHzDvtzJGUZY2AKA5DjwqYxeELsCsR&#10;TaIZsN3fimcp/18iuwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAC/t1UPQIAAGkEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAnYRaC4QAAAAwB&#10;AAAPAAAAAAAAAAAAAAAAAJcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;">
+          <v:shape id="_x0000_s1638" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:454.85pt;margin-top:.85pt;width:0;height:10.45pt;z-index:112" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 370" o:spid="_x0000_s1778" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.55pt;margin-top:369.8pt;width:73.4pt;height:.05pt;flip:x;z-index:252306432;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQcoJJPQIAAGoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8hxAIXxFhtUqgPWxb&#10;pN3+AGM7iVXHtmxDQFX/e8eGZUt7qarm4IzjmTdvxm+yejh1Eh25dUKrAqfDEUZcUc2Eagr89WU7&#10;WGDkPFGMSK14gc/c4Yf1+3er3uR8rFstGbcIQJTLe1Pg1nuTJ4mjLe+IG2rDFRzW2nbEw9Y2CbOk&#10;B/ROJuPRaJb02jJjNeXOwdfqcojXEb+uOfVf6tpxj2SBgZuPq43rPqzJekXyxhLTCnqlQf6BRUeE&#10;gqQ3qIp4gg5W/AHVCWq107UfUt0luq4F5bEGqCYd/VbNc0sMj7VAc5y5tcn9P1j6+bizSLACzzFS&#10;pIMrejx4HTOjyTw2qDcuB79S7WwokZ7Us3nS9JtDSpctUQ2P7i9nA9FpaGlyFxI2zkCaff9JM/Ah&#10;kCF261TbDtVSmI8hMIBDR9ApXs/5dj385BGFj8vJOF3AJVI4mk2mMRHJA0aINNb5D1x3KBgFdt4S&#10;0bS+1EqBCrS94JPjk/OB4VtACFZ6K6SMYpAK9ZBrOp5GQk5LwcJhcHO22ZfSoiMJcorPlcWdm9UH&#10;xSJYywnbXG1PhAQb+dgnbwV0TnIcsnWcYSQ5TFCwLvSkChmhdiB8tS6K+r4cLTeLzSIbZOPZZpCN&#10;qmrwuC2zwWybzqfVpCrLKv0RyKdZ3grGuAr8X9WdZn+nnuucXXR50/etUck9euwokH19R9JRBuHm&#10;wzi6fK/ZeWdDdWEHgo7O1+ELE/PrPnq9/SLWPwEAAP//AwBQSwMEFAAGAAgAAAAhAInEzXDgAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu9NfIfNmHhp7AKmtCBLY9TqyTRivW9hBFJ2&#10;lrDbFt7e0Yse/5kv/3yTbUbTiTMOrrWkIFwEIJBKW7VUK9h/bG/XIJzXVOnOEiqY0MEmv5plOq3s&#10;hd7xXPhacAm5VCtovO9TKV3ZoNFuYXsk3n3ZwWjPcahlNegLl5tORkEQS6Nb4guN7vGxwfJYnIyC&#10;p2K33H7O92M0la9vxcv6uKPpWamb6/HhHoTH0f/B8KPP6pCz08GeqHKi4xwmIaMKVndJDIKJKF4m&#10;IA6/kxXIPJP/f8i/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABBygkk9AgAAagQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAInEzXDgAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAlwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACkBQAAAAA=&#10;">
+          <v:shape id="_x0000_s1668" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.9pt;width:423pt;height:.05pt;z-index:142" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1667" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.85pt;width:0;height:17.6pt;flip:y;z-index:141" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1627" style="position:absolute;left:0;text-align:left;margin-left:415.85pt;margin-top:-.2pt;width:77.8pt;height:109.65pt;z-index:101">
+            <v:textbox style="mso-next-textbox:#_x0000_s1627">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00625E51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>О</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>существляет прием</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> документов из Государственной корпорации </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>направля</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>ет руководству</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00625E51" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1635" style="position:absolute;left:0;text-align:left;margin-left:272.95pt;margin-top:-.2pt;width:124.5pt;height:54.2pt;z-index:109">
+            <v:textbox style="mso-next-textbox:#_x0000_s1635">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00AB293D" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Осуществляет регистрацию на портале с помощью ИИН, а также пароля</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1624" style="position:absolute;left:0;text-align:left;margin-left:.35pt;margin-top:6.95pt;width:57.75pt;height:27.75pt;z-index:98" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1650" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:58.1pt;margin-top:.55pt;width:51.4pt;height:0;z-index:124" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 369" o:spid="_x0000_s1777" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:132.95pt;margin-top:99.6pt;width:0;height:270.2pt;z-index:252305408;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVB0LKIAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+s0kgUIgIq1UCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVdUcnLE98+bNzPPy8dRJdOTWCa1KnD2kGHFFNRNqX+Jvb5vR&#10;HCPniWJEasVLfOYOP64+flj2puBj3WrJuEUAolzRmxK33psiSRxteUfcgzZcwWWjbUc8bO0+YZb0&#10;gN7JZJyms6TXlhmrKXcOTuvhEq8iftNw6l+axnGPZImBm4+rjesurMlqSYq9JaYV9EKD/AOLjggF&#10;SW9QNfEEHaz4A6oT1GqnG/9AdZfophGUxxqgmiz9rZrXlhgea4HmOHNrk/t/sPTrcWuRYCWeYaRI&#10;ByN6OngdM6PJbBEa1BtXgF+ltjaUSE/q1Txr+t0hpauWqD2P7m9nA9FZiEjehYSNM5Bm13/RDHwI&#10;ZIjdOjW2C5DQB3SKQznfhsJPHtHhkMLpJJ9k0zwOLCHFNdBY5z9z3aFglNh5S8S+9ZVWCkavbRbT&#10;kOOz84EWKa4BIavSGyFlVIBUqC/xYjqexgCnpWDhMrg5u99V0qIjCRqKX6wRbu7drD4oFsFaTtj6&#10;Ynsi5GBDcqkCHhQGdC7WIJIfi3Sxnq/n+Sgfz9ajPK3r0dOmykezTfZpWk/qqqqzn4FalhetYIyr&#10;wO4q2Cz/O0Fcns4gtZtkb21I3qPHfgHZ6z+SjpMNwxxksdPsvLXXiYNGo/PlPYVHcL8H+/7Vr34B&#10;AAD//wMAUEsDBBQABgAIAAAAIQAsHZBF3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;DIbvSLxDZCQuaEtXtLKUptOExIEj2ySuWWPaQuNUTbqWPT1GHOBo/59+fy62s+vEGYfQetKwWiYg&#10;kCpvW6o1HA/Piw2IEA1Z03lCDV8YYFteXxUmt36iVzzvYy24hEJuNDQx9rmUoWrQmbD0PRJn735w&#10;JvI41NIOZuJy18k0STLpTEt8oTE9PjVYfe5HpwHDuF4lO+Xq48tluntLLx9Tf9D69mbePYKIOMc/&#10;GH70WR1Kdjr5kWwQnYY0WytGOVAqBcHE7+ak4eFeZSDLQv7/ofwGAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAlQdCyiACAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEALB2QRd4AAAALAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
+          <v:shape id="_x0000_s1630" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:493.65pt;margin-top:.55pt;width:20.35pt;height:.05pt;z-index:104" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="001022FB">
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 357" o:spid="_x0000_s1766" style="position:absolute;left:0;text-align:left;margin-left:1.8pt;margin-top:354.2pt;width:57.75pt;height:27.75pt;z-index:252294144;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLSlMFuwIAAMcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/s0nvF226WnVZhLTA&#10;igXx7NpOYnBsY7tNy9cznqSlZfcJkUjRODNz5nLGc32zbzTZSR+UNQUdXOWUSMOtUKYq6Ncv92/m&#10;lITIjGDaGlnQgwz0ZvX61XXrlnJoa6uF9ARATFi2rqB1jG6ZZYHXsmHhyjppQFla37AIR19lwrMW&#10;0BudDfN8mrXWC+ctlyHA37tOSVeIX5aSx09lGWQkuqCQW8Svx+8mfbPVNVtWnrla8T4N9g9ZNEwZ&#10;CHqCumORka1Xz6Aaxb0NtoxX3DaZLUvFJdYA1Qzyv6p5qpmTWAs0J7hTm8L/g+Ufd4+eKFHQCSWG&#10;NUDR7TZajExGk1lqUOvCEuye3KNPJQb3YPmPQIxd18xU8tZ729aSCUhrkOyzC4d0COBKNu0HKwCf&#10;AT72al/6JgFCF8geKTmcKJH7SDj8nI1G4yGkxkE1mgyTnCKw5dHZ+RDfSduQJBTU260Rn4F2jMB2&#10;DyEiLaIvjonvlJSNBpJ3TJPBdDrFGgGxNwbpiNkTKu6V1sTb+E3FGjuT0kRlOOIH4izU3/0Ovtqs&#10;tScQoaAQAZ4+6yp0bp31JIcHgS481vi86DFIHi+4PAsCVVTH5LQyBIgCduaLzp8EzrQE0ju+cGyx&#10;ypSdNqQFzXB2DGS1OikvEr2IGs7NkAa8W2kw3hqBcmRKdzKkp00KJvGO9l202yj9Uy1aIlQiczgf&#10;LWB/CAUXdjTPp/liRgnTFWwaHj19kZKLBGf36e1GQbuadYx0be/GqDfHkTqFx9NZZjjQaYa7u7Cx&#10;4gDzDAORCE/bD4Ta+l+UtLBJChp+bpmXlOj3BmZiMRiP0+rBw3gyG8LBn2s25xpmOEAVNEKlKK5j&#10;t662zquqhkgDrMfYdE9LFVMd6Y51WfUH2BZYRL/Z0jo6P6PVn/27+g0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAMpb2/3gAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokxZCG+JU&#10;EahSERdo+wFuvI0j4nUUu23K17M9wXF2RjNvi+XoOnHCIbSeFKSTBARS7U1LjYLddvUwBxGiJqM7&#10;T6jgggGW5e1NoXPjz/SFp01sBJdQyLUCG2OfSxlqi06Hie+R2Dv4wenIcmikGfSZy10np0mSSadb&#10;4gWre3y1WH9vjk7BNl19fvgnW/Xv9ufytqvW4TBdK3V/N1YvICKO8S8MV3xGh5KZ9v5IJohOwSzj&#10;oILnZP4I4uqnixTEni/ZbAGyLOT/D8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEtK&#10;UwW7AgAAxwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMpb2/3gAAAACQEAAA8AAAAAAAAAAAAAAAAAFQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAAiBgAAAAA=&#10;" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
-[...1 lines deleted...]
-            <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
+          <v:shape id="_x0000_s1631" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:.55pt;width:15.8pt;height:.05pt;flip:y;z-index:105" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1674" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:397.45pt;margin-top:.2pt;width:22.15pt;height:.05pt;z-index:148" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1636" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.35pt;margin-top:9.3pt;width:0;height:14.25pt;z-index:110" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1648" style="position:absolute;left:0;text-align:left;margin-left:102.75pt;margin-top:10.4pt;width:143.6pt;height:133.8pt;z-index:122">
+            <v:textbox style="mso-next-textbox:#_x0000_s1648">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00764AFD" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>В</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00764AFD">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> случае предоставления услугополучателем неполного пакета документов согла</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>сно пункту 9 Стандарта, работник Государственной корпорации</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00764AFD">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> отказывает в приеме заявления и выдает расписку об отказе в приеме документов </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1632" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:597.3pt;margin-top:10.4pt;width:108.8pt;height:30.1pt;rotation:180;flip:y;z-index:106" o:connectortype="elbow" adj="-814,272870,-154257">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1651" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:178.25pt;margin-top:-.1pt;width:0;height:14.25pt;z-index:125" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1637" style="position:absolute;left:0;text-align:left;margin-left:272.95pt;margin-top:.55pt;width:124.5pt;height:88.8pt;z-index:111">
+            <v:textbox style="mso-next-textbox:#_x0000_s1637">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00AB293D" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Проверка соответствия приложенных документов согласно пункту 9 Стандарта  для оказания услуги либо отказа в приеме документов</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1633" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:246.35pt;margin-top:10.65pt;width:0;height:22.5pt;z-index:107" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1634" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:7.65pt;width:744.75pt;height:0;z-index:108" o:connectortype="straight">
+            <v:stroke dashstyle="dash"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1640" style="position:absolute;left:0;text-align:left;margin-left:607.45pt;margin-top:10.15pt;width:112.15pt;height:81.6pt;z-index:114">
+            <v:textbox style="mso-next-textbox:#_x0000_s1640">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="003F338F" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Регистрирует справку либо мотивированный </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ответ об </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>отказ</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">е </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="005D0838" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и направляет в Государственную корпорацию</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1639" style="position:absolute;left:0;text-align:left;margin-left:508.05pt;margin-top:6pt;width:89.25pt;height:78pt;z-index:113">
+            <v:textbox style="mso-next-textbox:#_x0000_s1639">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="005D0838" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Рассматривает и подписывает</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="005D0838" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">справку либо мотивированный </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ответ об </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">отказе </w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1657" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:49.05pt;margin-top:1.65pt;width:53.7pt;height:.05pt;flip:x;z-index:131" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1658" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:49.05pt;margin-top:1.65pt;width:0;height:87.75pt;z-index:132" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1642" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:380.6pt;margin-top:8.85pt;width:.05pt;height:63.65pt;z-index:116" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1675" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:592.05pt;margin-top:4.5pt;width:15.4pt;height:0;z-index:149" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1676" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:706.1pt;margin-top:7.75pt;width:0;height:39.9pt;z-index:150" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1664" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:373.1pt;margin-top:-.4pt;width:0;height:347.15pt;z-index:138" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1643" style="position:absolute;left:0;text-align:left;margin-left:-11.65pt;margin-top:-6pt;width:115.85pt;height:446.55pt;z-index:117" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1659" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:48.85pt;margin-top:-.4pt;width:.05pt;height:377.6pt;z-index:133" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1641" style="position:absolute;left:0;text-align:left;margin-left:261.8pt;margin-top:-17.5pt;width:142.5pt;height:446.55pt;z-index:115" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1641">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">       </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="000E4060" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-[...196 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 379" o:spid="_x0000_s1787" type="#_x0000_t32" style="position:absolute;margin-left:27.8pt;margin-top:1.8pt;width:354.25pt;height:.05pt;flip:x;z-index:252315648;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSlJQHKQIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QwgEFiLCapVAe9i2&#10;SLv9AGM7xKpjW7YhoKr/3rEJdGkvVdUcnHE88+bNzHOWj6dWoiO3TmhV4HQ4wogrqplQ+wJ/fd0M&#10;5hg5TxQjUite4DN3+HH1/t2yMzkf60ZLxi0CEOXyzhS48d7kSeJow1vihtpwBYe1ti3xsLX7hFnS&#10;AXork/FoNEs6bZmxmnLn4Gt1OcSriF/XnPovde24R7LAwM3H1cZ1F9ZktST53hLTCNrTIP/AoiVC&#10;QdIbVEU8QQcr/oBqBbXa6doPqW4TXdeC8lgDVJOOfqvmpSGGx1qgOc7c2uT+Hyz9fNxaJFiBM4wU&#10;aWFETwevY2Y0eViEBnXG5eBXqq0NJdKTejHPmn5zSOmyIWrPo/vr2UB0GiKSu5CwcQbS7LpPmoEP&#10;gQyxW6fatqiWwnwMgQEcOoJOcTzn23j4ySMKH7NsMV88TDGicDabTGMmkgeQEGqs8x+4blEwCuy8&#10;JWLf+FIrBTLQ9pKAHJ+dDxR/BYRgpTdCyqgGqVBX4MV0PI2MnJaChcPg5ux+V0qLjiToKT49izs3&#10;qw+KRbCGE7bubU+EvNiQXKqAB6UBnd66COb7YrRYz9fzbJCNZ+tBNqqqwdOmzAazTfowrSZVWVbp&#10;j0AtzfJGMMZVYHcVb5r9nTj6a3SR3U2+tzYk9+ixX0D2+o6k45TDYC8S2Wl23trr9EGv0bm/W+FC&#10;vN2D/fYPsPoJAAD//wMAUEsDBBQABgAIAAAAIQB2hkWP2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI5BS8NAFITvBf/D8gRv7abaJiXNpkih4kECVnvfZp9JNPs2ZrdJ+u99nvQ0DDPMfNlusq0Y&#10;sPeNIwXLRQQCqXSmoUrB+9thvgHhgyajW0eo4IoedvnNLNOpcSO94nAMleAR8qlWUIfQpVL6skar&#10;/cJ1SJx9uN7qwLavpOn1yOO2lfdRFEurG+KHWne4r7H8Ol6sgm9KrqeVHDafRRHip+eXirAYlbq7&#10;nR63IAJO4a8Mv/iMDjkznd2FjBetgvU65qaCBxaOk3i1BHFmn4DMM/kfP/8BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAkpSUBykCAABJBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAdoZFj9sAAAAGAQAADwAAAAAAAAAAAAAAAACDBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;"/>
+          <v:roundrect id="_x0000_s1649" style="position:absolute;left:0;text-align:left;margin-left:96.55pt;margin-top:-17.5pt;width:165.25pt;height:446.55pt;z-index:123" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1649">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>15 (пятнадцать)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="00EE5E33" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1662" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:707.35pt;margin-top:-17.5pt;width:0;height:410.95pt;z-index:136" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1653" style="position:absolute;left:0;text-align:left;margin-left:604.3pt;margin-top:-17.5pt;width:127.3pt;height:446.55pt;z-index:127" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1661" style="position:absolute;left:0;text-align:left;margin-left:509.95pt;margin-top:-17.5pt;width:94.35pt;height:446.55pt;z-index:135" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1660" style="position:absolute;left:0;text-align:left;margin-left:404.3pt;margin-top:-17.5pt;width:105.65pt;height:446.55pt;z-index:134" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:pict>
+          <v:shape id="_x0000_s1666" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:27.8pt;margin-top:323.7pt;width:0;height:30.5pt;z-index:140" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1654" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:231.65pt;margin-top:99.6pt;width:.05pt;height:282.35pt;flip:y;z-index:128" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1663" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:231.65pt;margin-top:381.95pt;width:475.7pt;height:0;flip:x;z-index:137" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1656" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.55pt;margin-top:369.8pt;width:73.4pt;height:.05pt;flip:x;z-index:130" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1655" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:132.95pt;margin-top:99.6pt;width:0;height:270.2pt;z-index:129" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1652" style="position:absolute;left:0;text-align:left;margin-left:117.6pt;margin-top:6.6pt;width:127pt;height:93pt;z-index:126">
+            <v:textbox style="mso-next-textbox:#_x0000_s1652">
+              <w:txbxContent>
+                <w:p w:rsidR="00DE43A5" w:rsidRPr="007615C4" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>В</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007615C4">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> срок, указанный в расписке о приеме соответствующих документов, выдача </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>справки</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007615C4">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  услугополучателю</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1644" style="position:absolute;left:0;text-align:left;margin-left:1.8pt;margin-top:354.2pt;width:57.75pt;height:27.75pt;z-index:118" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1665" type="#_x0000_t32" style="position:absolute;margin-left:27.8pt;margin-top:1.8pt;width:345.3pt;height:0;flip:x;z-index:139" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1262"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1262"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Условные обозначения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
-      <w:pPr>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="00FE0ED8" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="00FE0ED8" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE43A5" w:rsidRPr="00FE0ED8" w:rsidRDefault="00DE43A5" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0ED8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2709"/>
-        <w:gridCol w:w="11259"/>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="11197"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="00E04065" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="AutoShape 384" o:spid="_x0000_s1792" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:252320768;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlrOxvuwIAAMcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/s7n0Xm26WnVZhLTA&#10;igXx7NpOYnBsY7tNy9czttPSsvuESKTIk5k5cznjub7ZdxLtuHVCqwoXVzlGXFHNhGoq/PXL/Zs5&#10;Rs4TxYjUilf4wB2+Wb1+dd2bJS91qyXjFgGIcsveVLj13iyzzNGWd8RdacMVKGttO+JBtE3GLOkB&#10;vZNZmefTrNeWGaspdw7+3iUlXkX8uubUf6prxz2SFYbcfPza+N2Eb7a6JsvGEtMKOqRB/iGLjggF&#10;QU9Qd8QTtLXiGVQnqNVO1/6K6i7TdS0ojzVANUX+VzVPLTE81gLNcebUJvf/YOnH3aNFglV4hJEi&#10;HVB0u/U6Rkaj+Tg0qDduCXZP5tGGEp150PSHQ0qvW6Iafmut7ltOGKRVBPvswiEIDlzRpv+gGeAT&#10;wI+92te2C4DQBbSPlBxOlPC9RxR+zkajcTnBiIJqNCnDOUQgy6Ozsc6/47pD4VBhq7eKfQbaYwSy&#10;e3A+0sKG4gj7jlHdSSB5RyQqptPpbEAcjAH7iDkQyu6FlMhq/034NnYmpBmV7ojvkNFQf/rtbLNZ&#10;S4sgQoUhAjxDjMYlt2Q9yeGJQBce6/i86FEEjxdcngWBKppjclIoBEQBO/NF8keOEsmB9MRXHNtY&#10;ZchOKtSDppwdA2kpTsqLRC+iunOzSEO8W2Ew3ioWz54Imc6QnlQhGI93dOii3npun1rWIyYCmeV8&#10;tID9wQRc2NE8n+aLGUZENrBpqLf4RUouEpzdhzeNgjQtSYyktqcxGszjSJ3CR+ksszjQYYbTXdho&#10;doB5hoEIhIftB4dW218Y9bBJKux+bonlGMn3CmZiUYzHYfVEYTyZlSDYc83mXEMUBagKe6g0Htc+&#10;rautsaJpIVIR61E63NNa+FBHuGMpq0GAbRGLGDZbWEfncrT6s39XvwEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAIJMu7jeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+g/WVuqtOESCRCEO&#10;ilohUfXSAh9g4iWOGq+j2EDo13c5tbfdndHsm3I9uV5ccAydJwXzWQICqfGmo1bBYb95yUGEqMno&#10;3hMquGGAdfX4UOrC+Ct94WUXW8EhFAqtwMY4FFKGxqLTYeYHJNZOfnQ68jq20oz6yuGul2mSLKXT&#10;HfEHqwd8tdh8785OwX6++fzwC1sP7/bn9naot+GUbpV6fprqFYiIU/wzwx2f0aFipqM/kwmiV5Cl&#10;GTv5nqQg7nqe83BUsFxkIKtS/i9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBlrOxv&#10;uwIAAMcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCC&#10;TLu43gAAAAgBAAAPAAAAAAAAAAAAAAAAABUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAIAYAAAAA&#10;" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
-[...1 lines deleted...]
-                  <v:shadow on="t" color="#7f7f7f" opacity=".5" offset="1pt"/>
+                <v:roundrect id="_x0000_s1670" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:144" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                  <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+                  <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11765" w:type="dxa"/>
+            <w:tcW w:w="11416" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>начало или завершение оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidTr="00DE43A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="Rectangle 386" o:spid="_x0000_s1794" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:252322816;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhPkPKIAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lDu3ZR02nqKEIa&#10;MDH4Aa7jJBaOz5zdpuXX7+x0pQOeEHmw7nLnz999d7e8OXSG7RV6Dbbkk9GYM2UlVNo2Jf/2dfNm&#10;wZkPwlbCgFUlPyrPb1avXy17V6gcWjCVQkYg1he9K3kbgiuyzMtWdcKPwClLwRqwE4FcbLIKRU/o&#10;ncny8fgq6wErhyCV9/T3bgjyVcKvayXD57r2KjBTcuIW0onp3MYzWy1F0aBwrZYnGuIfWHRCW3r0&#10;DHUngmA71H9AdVoieKjDSEKXQV1rqVINVM1k/Fs1j61wKtVC4nh3lsn/P1j5af+ATFclzzmzoqMW&#10;fSHRhG2MYm8XV1Gg3vmC8h7dA8YSvbsH+d0zC+uW8tQtIvStEhXRmsT87MWF6Hi6yrb9R6gIX+wC&#10;JK0ONXYRkFRgh9SS47kl6hCYpJ/zaX49o8ZJCpGVz2fpBVE8X3bow3sFHYtGyZHIJ3Cxv/chkhHF&#10;c0oiD0ZXG21McrDZrg2yvaDp2KTvhO4v04xlfcnp8VlCfhHzlxDj9P0NotOBxtzoruSLc5Ioomrv&#10;bJWGMAhtBpsoG3uSMSo3dGAL1ZFURBhmmHaOjBbwJ2c9zW/J/Y+dQMWZ+WCpE9eT6TQOfHKms3lO&#10;Dl5GtpcRYSVBlTxwNpjrMCzJzqFuWnppkmq3cEvdq3VSNnZ2YHUiSzOaBD/tU1yCSz9l/dr61RMA&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVA/8U3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4s0tprIgsjdHUxGNLL94GGAFlZwm7tOivd3qyx3nv5c33ss1se3Wk0XeODSwXESji&#10;ytUdNwYOxfYuAeUDco29YzLwQx42+fVVhmntTryj4z40SkrYp2igDWFItfZVSxb9wg3E4n260WKQ&#10;c2x0PeJJym2v4yhaa4sdy4cWB3ppqfreT9ZA2cUH/N0Vb5F93K7C+1x8TR+vxtzezM9PoALN4T8M&#10;Z3xBh1yYSjdx7VVv4GEZS1L0RBac/SQRoTSwvl+BzjN9OSD/AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOE+Q8ogAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFUD/xTcAAAACAEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+                <v:rect id="_x0000_s1672" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:146;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11765" w:type="dxa"/>
+            <w:tcW w:w="11416" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>рәсімнің атауы</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наименование процедуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidTr="00C866FB">
+      <w:tr w:rsidR="00A538AA" w:rsidRPr="0027560A" w:rsidTr="00DE43A5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
-[...1 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A538AA" w:rsidRPr="00FE0ED8" w:rsidRDefault="005F61C1" w:rsidP="00A538AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0ED8">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="AutoShape 385" o:spid="_x0000_s1793" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:252321792;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnn424NAIAAF4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+QxIIFCLCapVAL9sW&#10;abcPYGwnserYlm0IqOq7d2x+utteqqo5OOPM3zcz32T1cOolOnLrhFYlzsYpRlxRzYRqS/z1ZTta&#10;YOQ8UYxIrXiJz9zhh/X7d6vBFHyiOy0ZtwiCKFcMpsSd96ZIEkc73hM31oYrUDba9sTD1bYJs2SA&#10;6L1MJmk6TwZtmbGacufga31R4nWM3zSc+i9N47hHssSAzcfTxnMfzmS9IkVriekEvcIg/4CiJ0JB&#10;0nuomniCDlb8EaoX1GqnGz+muk900wjKYw1QTZb+Vs1zRwyPtUBznLm3yf2/sPTzcWeRYDA7jBTp&#10;YUSPB69jZjRdzEKDBuMKsKvUzoYS6Uk9mydNvzmkdNUR1fJo/nI24J0Fj+SNS7g4A2n2wyfNwIZA&#10;htitU2P7EBL6gE5xKOf7UPjJIwofl9NpPoPR0ZsqIcXNz1jnP3LdoyCU2HlLRNv5SisFk9c2i1nI&#10;8cn5gIoUN4eQVOmtkDISQCo0QKbZZBYdnJaCBWUwc7bdV9KiIwkUik8sETSvzaw+KBaDdZywzVX2&#10;REiQkY+98VZAtyTHIVvPGUaSw9YE6QJPqpARKgfAV+nCou/LdLlZbBb5KJ/MN6M8revR47bKR/Nt&#10;9mFWT+uqqrMfAXyWF51gjKuA/8boLP87xlx368LFO6fvjUreRo8dBbC3dwQdRx+mfeHNXrPzzobq&#10;AguAxNH4unBhS17fo9Wv38L6JwAAAP//AwBQSwMEFAAGAAgAAAAhAEhvKd3cAAAABgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQwWBhjgVUCFyKRItQhzdeIkt4nUUu23K17Pl&#10;AsenGc2+Leej78QOh+gCKbicZCCQmmActQre1k8XtyBi0mR0FwgVHDDCvDo9KXVhwp5ecbdKreAR&#10;ioVWYFPqCyljY9HrOAk9EmefYfA6MQ6tNIPe87jv5DTLcum1I75gdY+PFpuv1dYrSIuPg83fm4eZ&#10;e1k/L3P3Xdf1Qqnzs/H+DkTCMf2V4ajP6lCx0yZsyUTRKbjOptxUcMUfHePZDfPml2VVyv/61Q8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA55+NuDQCAABeBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASG8p3dwAAAAGAQAADwAAAAAAAAAAAAAA&#10;AACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
+                <v:shape id="_x0000_s1671" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:145" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11765" w:type="dxa"/>
+            <w:tcW w:w="11416" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+          <w:p w:rsidR="00A538AA" w:rsidRPr="0027560A" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A117F">
-[...3 lines deleted...]
-              <w:t>келесі рәсімге өту</w:t>
+            <w:r w:rsidRPr="00FE0ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>переход  к следующей процедуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C866FB" w:rsidRPr="001A117F" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
-[...56 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+    <w:p w:rsidR="00A538AA" w:rsidRDefault="00A538AA" w:rsidP="00A538AA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F810B6" w:rsidRDefault="00F810B6" w:rsidP="00CB4C9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F810B6" w:rsidSect="00CB4C9C">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="907" w:right="1418" w:bottom="1474" w:left="1418" w:header="851" w:footer="510" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="907" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="48"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00685C12" w:rsidRDefault="00685C12" w:rsidP="002666DE">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="009B793E" w:rsidRDefault="009B793E" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00685C12" w:rsidRDefault="00685C12" w:rsidP="002666DE">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="009B793E" w:rsidRDefault="009B793E" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Batang">
-[...4 lines deleted...]
-    <w:notTrueType/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00685C12" w:rsidRDefault="00685C12" w:rsidP="002666DE">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="009B793E" w:rsidRDefault="009B793E" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00685C12" w:rsidRDefault="00685C12" w:rsidP="002666DE">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="009B793E" w:rsidRDefault="009B793E" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD6F6A" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+  <w:p w:rsidR="00DE43A5" w:rsidRDefault="005F61C1" w:rsidP="00DE43A5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af2"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af2"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00CD6F6A">
-[...1 lines deleted...]
-        <w:rStyle w:val="af2"/>
+    <w:r w:rsidR="00DE43A5">
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af2"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A"/>
+  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00932D64" w:rsidRDefault="001022FB" w:rsidP="00C866FB">
+  <w:p w:rsidR="00DE43A5" w:rsidRPr="00C70B82" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-[...51 lines deleted...]
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4677"/>
+        <w:tab w:val="clear" w:pos="9355"/>
+        <w:tab w:val="left" w:pos="13300"/>
+      </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E04065" w:rsidRDefault="00CD6F6A" w:rsidP="00E04065">
+  <w:p w:rsidR="00DE43A5" w:rsidRPr="00AF7583" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4677"/>
+        <w:tab w:val="center" w:pos="4536"/>
+      </w:tabs>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E04065" w:rsidRDefault="00CD6F6A" w:rsidP="00E04065">
+  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:20.55pt;height:7.5pt;visibility:visible" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0DAC2919"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="03C95A14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBD299EC"/>
+    <w:lvl w:ilvl="0" w:tplc="D37CCE96">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1680" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3120" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3840" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5280" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6000" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6720" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="05D31567"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D82EEB26"/>
+    <w:lvl w:ilvl="0" w:tplc="9014B650">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="06AD46CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F724B73E"/>
+    <w:lvl w:ilvl="0" w:tplc="9670E236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="13A01894"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36E8D7DC"/>
+    <w:lvl w:ilvl="0" w:tplc="DE74A3D2">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2490" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="404434D5"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1B35090E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85A461D2"/>
-    <w:lvl w:ilvl="0" w:tplc="C988DA9E">
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2760" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4200" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4920" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5640" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6360" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7080" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="49335AFD"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="21A1646B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D5C0ABC8"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1744" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="252C4DBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BB0F3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0CEAE69A">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="510F73C6"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="26401C22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1AFEF1DE"/>
-[...1 lines deleted...]
-      <w:start w:val="15"/>
+    <w:tmpl w:val="106413B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F27660C6">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="63DF27E0"/>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="2B952648"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DEAC02BE"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="78FCE6D2"/>
+    <w:lvl w:ilvl="0" w:tplc="FF46E256">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="2066" w:hanging="1215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3218" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3938" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4658" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5378" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6098" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6818" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7538" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8258" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="67531AC5"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="2E355839"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D916E2FC"/>
-    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
+    <w:tmpl w:val="F6522BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1378" w:hanging="810"/>
-[...3 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1480" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2940" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2920" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3640" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4360" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="5100" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5080" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5800" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6520" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="7260" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="68357FAD"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="32A648F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="75968064"/>
-[...1 lines deleted...]
-      <w:start w:val="15"/>
+    <w:tmpl w:val="29005934"/>
+    <w:lvl w:ilvl="0" w:tplc="ED7649BC">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:ind w:left="1155" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1755" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2475" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3195" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3915" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4635" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5355" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6075" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6795" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="68D21240"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="33BD136D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4B2AEC28"/>
-[...1 lines deleted...]
-      <w:start w:val="37"/>
+    <w:tmpl w:val="F2703A6A"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3840" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5280" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6000" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6720" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="378A7777"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E53A8E14"/>
+    <w:lvl w:ilvl="0" w:tplc="2652686A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2BB07202" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4712C9E8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7D325C3E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3AB0CD20" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F8068A28" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9D1005CE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EC7C10FA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="99F0088E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="3C75180C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF0C7DBC"/>
+    <w:lvl w:ilvl="0" w:tplc="B2BEC6B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2060" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="42713622"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8AAD1B0"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="4FAC36B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="336C0932"/>
+    <w:lvl w:ilvl="0" w:tplc="8D9E53BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="6376747E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="125EFBE8"/>
+    <w:lvl w:ilvl="0" w:tplc="81784636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="70BD4F30"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0DA2EA4"/>
+    <w:lvl w:ilvl="0" w:tplc="C58625CE">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="785358BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CADABFB4"/>
+    <w:lvl w:ilvl="0" w:tplc="097E6B2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="7EE62060"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5A40C3E"/>
+    <w:lvl w:ilvl="0" w:tplc="3DE6234C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1174" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="52"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="80"/>
+  <w:embedSystemFonts/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="100"/>
+  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0081050F"/>
-[...208 lines deleted...]
-    <w:rsid w:val="00FE7527"/>
+    <w:rsidRoot w:val="00804637"/>
+    <w:rsid w:val="00002C4E"/>
+    <w:rsid w:val="00003E91"/>
+    <w:rsid w:val="00006AFC"/>
+    <w:rsid w:val="00013986"/>
+    <w:rsid w:val="00022339"/>
+    <w:rsid w:val="00026F6C"/>
+    <w:rsid w:val="00030FE0"/>
+    <w:rsid w:val="0007227E"/>
+    <w:rsid w:val="0008412E"/>
+    <w:rsid w:val="00093D98"/>
+    <w:rsid w:val="000A3EEC"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="000B2670"/>
+    <w:rsid w:val="000C427D"/>
+    <w:rsid w:val="000D526F"/>
+    <w:rsid w:val="000E4E62"/>
+    <w:rsid w:val="000E50A8"/>
+    <w:rsid w:val="000F0DA6"/>
+    <w:rsid w:val="000F60B9"/>
+    <w:rsid w:val="0010226B"/>
+    <w:rsid w:val="0010287C"/>
+    <w:rsid w:val="00105033"/>
+    <w:rsid w:val="00107D96"/>
+    <w:rsid w:val="001104E6"/>
+    <w:rsid w:val="00112232"/>
+    <w:rsid w:val="00125364"/>
+    <w:rsid w:val="00130E5B"/>
+    <w:rsid w:val="00132D30"/>
+    <w:rsid w:val="0013343B"/>
+    <w:rsid w:val="00144ECD"/>
+    <w:rsid w:val="001460D6"/>
+    <w:rsid w:val="001517F4"/>
+    <w:rsid w:val="00161689"/>
+    <w:rsid w:val="00170627"/>
+    <w:rsid w:val="00171439"/>
+    <w:rsid w:val="001810DA"/>
+    <w:rsid w:val="00183149"/>
+    <w:rsid w:val="001A1970"/>
+    <w:rsid w:val="001A51F0"/>
+    <w:rsid w:val="001A5E30"/>
+    <w:rsid w:val="001A7B14"/>
+    <w:rsid w:val="001C0DCC"/>
+    <w:rsid w:val="001C5A38"/>
+    <w:rsid w:val="001C5F40"/>
+    <w:rsid w:val="001C65F7"/>
+    <w:rsid w:val="001D20FA"/>
+    <w:rsid w:val="001E466B"/>
+    <w:rsid w:val="001E775D"/>
+    <w:rsid w:val="002022F8"/>
+    <w:rsid w:val="00203CC3"/>
+    <w:rsid w:val="0020486F"/>
+    <w:rsid w:val="002119B7"/>
+    <w:rsid w:val="0021305F"/>
+    <w:rsid w:val="00213E63"/>
+    <w:rsid w:val="00225DF7"/>
+    <w:rsid w:val="00235877"/>
+    <w:rsid w:val="00243656"/>
+    <w:rsid w:val="002471C7"/>
+    <w:rsid w:val="00247D85"/>
+    <w:rsid w:val="00253A77"/>
+    <w:rsid w:val="00266A71"/>
+    <w:rsid w:val="00270BDC"/>
+    <w:rsid w:val="002715D7"/>
+    <w:rsid w:val="00281DBD"/>
+    <w:rsid w:val="0029435B"/>
+    <w:rsid w:val="002951CB"/>
+    <w:rsid w:val="002A4556"/>
+    <w:rsid w:val="002B00B4"/>
+    <w:rsid w:val="002C2205"/>
+    <w:rsid w:val="002E1548"/>
+    <w:rsid w:val="003075BB"/>
+    <w:rsid w:val="00316E3D"/>
+    <w:rsid w:val="0031701F"/>
+    <w:rsid w:val="003206D9"/>
+    <w:rsid w:val="00321B0F"/>
+    <w:rsid w:val="00321C1D"/>
+    <w:rsid w:val="00323463"/>
+    <w:rsid w:val="00326FC9"/>
+    <w:rsid w:val="00333389"/>
+    <w:rsid w:val="00336061"/>
+    <w:rsid w:val="003451D0"/>
+    <w:rsid w:val="00350385"/>
+    <w:rsid w:val="00353CA1"/>
+    <w:rsid w:val="00362BB5"/>
+    <w:rsid w:val="00371B12"/>
+    <w:rsid w:val="00376187"/>
+    <w:rsid w:val="003767D2"/>
+    <w:rsid w:val="003767F0"/>
+    <w:rsid w:val="003850CD"/>
+    <w:rsid w:val="00385401"/>
+    <w:rsid w:val="003867E1"/>
+    <w:rsid w:val="003878B2"/>
+    <w:rsid w:val="003934E4"/>
+    <w:rsid w:val="00396EC1"/>
+    <w:rsid w:val="003B0075"/>
+    <w:rsid w:val="003B0E67"/>
+    <w:rsid w:val="003B5F42"/>
+    <w:rsid w:val="003C7B57"/>
+    <w:rsid w:val="003D47AD"/>
+    <w:rsid w:val="00404F24"/>
+    <w:rsid w:val="0041131C"/>
+    <w:rsid w:val="00413698"/>
+    <w:rsid w:val="00414BF7"/>
+    <w:rsid w:val="004350FA"/>
+    <w:rsid w:val="004461AD"/>
+    <w:rsid w:val="00451EB4"/>
+    <w:rsid w:val="00463A00"/>
+    <w:rsid w:val="004655F6"/>
+    <w:rsid w:val="00466247"/>
+    <w:rsid w:val="00466D5B"/>
+    <w:rsid w:val="00467B57"/>
+    <w:rsid w:val="00474C92"/>
+    <w:rsid w:val="00476701"/>
+    <w:rsid w:val="0048484A"/>
+    <w:rsid w:val="00484BC8"/>
+    <w:rsid w:val="0049323B"/>
+    <w:rsid w:val="004A0456"/>
+    <w:rsid w:val="004A373B"/>
+    <w:rsid w:val="004A6566"/>
+    <w:rsid w:val="004B35CD"/>
+    <w:rsid w:val="004B39DE"/>
+    <w:rsid w:val="004B4234"/>
+    <w:rsid w:val="004B4316"/>
+    <w:rsid w:val="004C51B8"/>
+    <w:rsid w:val="004D4577"/>
+    <w:rsid w:val="004F050A"/>
+    <w:rsid w:val="004F7C13"/>
+    <w:rsid w:val="00502ADF"/>
+    <w:rsid w:val="00513A34"/>
+    <w:rsid w:val="00534E16"/>
+    <w:rsid w:val="00543425"/>
+    <w:rsid w:val="00544E7C"/>
+    <w:rsid w:val="00546CB1"/>
+    <w:rsid w:val="005512BC"/>
+    <w:rsid w:val="00555A4B"/>
+    <w:rsid w:val="0056527E"/>
+    <w:rsid w:val="00566DE4"/>
+    <w:rsid w:val="00575045"/>
+    <w:rsid w:val="00580D98"/>
+    <w:rsid w:val="005902F4"/>
+    <w:rsid w:val="00597451"/>
+    <w:rsid w:val="005A74A0"/>
+    <w:rsid w:val="005B05E9"/>
+    <w:rsid w:val="005B7C10"/>
+    <w:rsid w:val="005D2AEE"/>
+    <w:rsid w:val="005D58E3"/>
+    <w:rsid w:val="005E0AB4"/>
+    <w:rsid w:val="005E2E84"/>
+    <w:rsid w:val="005E47A6"/>
+    <w:rsid w:val="005F130C"/>
+    <w:rsid w:val="005F5AB3"/>
+    <w:rsid w:val="005F61C1"/>
+    <w:rsid w:val="006003A3"/>
+    <w:rsid w:val="00614317"/>
+    <w:rsid w:val="006232B5"/>
+    <w:rsid w:val="0062358E"/>
+    <w:rsid w:val="00631936"/>
+    <w:rsid w:val="00632179"/>
+    <w:rsid w:val="0063749B"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rsid w:val="00652B79"/>
+    <w:rsid w:val="00653736"/>
+    <w:rsid w:val="00662351"/>
+    <w:rsid w:val="00663833"/>
+    <w:rsid w:val="006676BB"/>
+    <w:rsid w:val="006707DC"/>
+    <w:rsid w:val="00684150"/>
+    <w:rsid w:val="006958E4"/>
+    <w:rsid w:val="006960B8"/>
+    <w:rsid w:val="006976FA"/>
+    <w:rsid w:val="00697D0E"/>
+    <w:rsid w:val="006A20A6"/>
+    <w:rsid w:val="006A5796"/>
+    <w:rsid w:val="006B039D"/>
+    <w:rsid w:val="006B5D6D"/>
+    <w:rsid w:val="006B6AE9"/>
+    <w:rsid w:val="006C22D3"/>
+    <w:rsid w:val="006C41B5"/>
+    <w:rsid w:val="006C5973"/>
+    <w:rsid w:val="006C6987"/>
+    <w:rsid w:val="006D01E8"/>
+    <w:rsid w:val="006E25ED"/>
+    <w:rsid w:val="006E49C0"/>
+    <w:rsid w:val="006E6EA8"/>
+    <w:rsid w:val="007237F1"/>
+    <w:rsid w:val="00753981"/>
+    <w:rsid w:val="00757178"/>
+    <w:rsid w:val="00757CCD"/>
+    <w:rsid w:val="00761D2E"/>
+    <w:rsid w:val="00762F37"/>
+    <w:rsid w:val="00770236"/>
+    <w:rsid w:val="007825B2"/>
+    <w:rsid w:val="00787CC7"/>
+    <w:rsid w:val="00787EB5"/>
+    <w:rsid w:val="00792C51"/>
+    <w:rsid w:val="007C60D9"/>
+    <w:rsid w:val="007D674D"/>
+    <w:rsid w:val="007D7E10"/>
+    <w:rsid w:val="007E1DFE"/>
+    <w:rsid w:val="007E20FF"/>
+    <w:rsid w:val="007F2C90"/>
+    <w:rsid w:val="00804637"/>
+    <w:rsid w:val="00812B0D"/>
+    <w:rsid w:val="00813652"/>
+    <w:rsid w:val="008144F7"/>
+    <w:rsid w:val="00816817"/>
+    <w:rsid w:val="008222FE"/>
+    <w:rsid w:val="00825309"/>
+    <w:rsid w:val="008265E5"/>
+    <w:rsid w:val="0082698B"/>
+    <w:rsid w:val="00836364"/>
+    <w:rsid w:val="00843ADC"/>
+    <w:rsid w:val="0085366E"/>
+    <w:rsid w:val="00853BF2"/>
+    <w:rsid w:val="00856DF9"/>
+    <w:rsid w:val="00861C42"/>
+    <w:rsid w:val="00864A6A"/>
+    <w:rsid w:val="00871863"/>
+    <w:rsid w:val="008740BC"/>
+    <w:rsid w:val="008757BF"/>
+    <w:rsid w:val="008816CC"/>
+    <w:rsid w:val="00887759"/>
+    <w:rsid w:val="0089142E"/>
+    <w:rsid w:val="0089170F"/>
+    <w:rsid w:val="00895736"/>
+    <w:rsid w:val="008A2FF8"/>
+    <w:rsid w:val="008B2AB4"/>
+    <w:rsid w:val="008B4F0A"/>
+    <w:rsid w:val="008B578E"/>
+    <w:rsid w:val="008B6755"/>
+    <w:rsid w:val="008C461F"/>
+    <w:rsid w:val="008D35E0"/>
+    <w:rsid w:val="008E7417"/>
+    <w:rsid w:val="008F1CA4"/>
+    <w:rsid w:val="009007C9"/>
+    <w:rsid w:val="0090453D"/>
+    <w:rsid w:val="00910507"/>
+    <w:rsid w:val="009208C8"/>
+    <w:rsid w:val="00925F2A"/>
+    <w:rsid w:val="00927895"/>
+    <w:rsid w:val="00932002"/>
+    <w:rsid w:val="00935EDB"/>
+    <w:rsid w:val="0094370E"/>
+    <w:rsid w:val="00954C24"/>
+    <w:rsid w:val="00957C8F"/>
+    <w:rsid w:val="0096443B"/>
+    <w:rsid w:val="00971A39"/>
+    <w:rsid w:val="00971AE2"/>
+    <w:rsid w:val="00973F4E"/>
+    <w:rsid w:val="00974341"/>
+    <w:rsid w:val="00975CFC"/>
+    <w:rsid w:val="00980344"/>
+    <w:rsid w:val="009808E2"/>
+    <w:rsid w:val="00980A49"/>
+    <w:rsid w:val="009854AE"/>
+    <w:rsid w:val="00987868"/>
+    <w:rsid w:val="00990CD4"/>
+    <w:rsid w:val="009A4F5E"/>
+    <w:rsid w:val="009A59BD"/>
+    <w:rsid w:val="009B037A"/>
+    <w:rsid w:val="009B12C2"/>
+    <w:rsid w:val="009B2B3D"/>
+    <w:rsid w:val="009B6EC8"/>
+    <w:rsid w:val="009B71FD"/>
+    <w:rsid w:val="009B793E"/>
+    <w:rsid w:val="009C7033"/>
+    <w:rsid w:val="009D0CFF"/>
+    <w:rsid w:val="009D1FB4"/>
+    <w:rsid w:val="009D1FDC"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rsid w:val="009E7717"/>
+    <w:rsid w:val="009F2976"/>
+    <w:rsid w:val="009F5B6D"/>
+    <w:rsid w:val="009F61F1"/>
+    <w:rsid w:val="00A00C05"/>
+    <w:rsid w:val="00A03FE8"/>
+    <w:rsid w:val="00A10DC1"/>
+    <w:rsid w:val="00A1394F"/>
+    <w:rsid w:val="00A13AEB"/>
+    <w:rsid w:val="00A14455"/>
+    <w:rsid w:val="00A14BEB"/>
+    <w:rsid w:val="00A177E2"/>
+    <w:rsid w:val="00A36110"/>
+    <w:rsid w:val="00A3787D"/>
+    <w:rsid w:val="00A40DB9"/>
+    <w:rsid w:val="00A538AA"/>
+    <w:rsid w:val="00A55ADC"/>
+    <w:rsid w:val="00A61337"/>
+    <w:rsid w:val="00A61D0E"/>
+    <w:rsid w:val="00A67B9F"/>
+    <w:rsid w:val="00A70D36"/>
+    <w:rsid w:val="00A75CC5"/>
+    <w:rsid w:val="00A76266"/>
+    <w:rsid w:val="00A802B3"/>
+    <w:rsid w:val="00A821D1"/>
+    <w:rsid w:val="00A901E8"/>
+    <w:rsid w:val="00A917D1"/>
+    <w:rsid w:val="00A9357F"/>
+    <w:rsid w:val="00A93E1A"/>
+    <w:rsid w:val="00A97F8E"/>
+    <w:rsid w:val="00AA279F"/>
+    <w:rsid w:val="00AB4197"/>
+    <w:rsid w:val="00AB638C"/>
+    <w:rsid w:val="00AC3C84"/>
+    <w:rsid w:val="00AC66BE"/>
+    <w:rsid w:val="00AD0C0E"/>
+    <w:rsid w:val="00AD3787"/>
+    <w:rsid w:val="00AD69CA"/>
+    <w:rsid w:val="00AE494F"/>
+    <w:rsid w:val="00AF105E"/>
+    <w:rsid w:val="00B01C15"/>
+    <w:rsid w:val="00B03668"/>
+    <w:rsid w:val="00B078B7"/>
+    <w:rsid w:val="00B10B90"/>
+    <w:rsid w:val="00B15390"/>
+    <w:rsid w:val="00B211DD"/>
+    <w:rsid w:val="00B21B61"/>
+    <w:rsid w:val="00B22A2F"/>
+    <w:rsid w:val="00B30BE9"/>
+    <w:rsid w:val="00B320F2"/>
+    <w:rsid w:val="00B34BD9"/>
+    <w:rsid w:val="00B5423D"/>
+    <w:rsid w:val="00B54B1F"/>
+    <w:rsid w:val="00B62375"/>
+    <w:rsid w:val="00B74EB4"/>
+    <w:rsid w:val="00B85F5E"/>
+    <w:rsid w:val="00BA0462"/>
+    <w:rsid w:val="00BA30B3"/>
+    <w:rsid w:val="00BA3FFE"/>
+    <w:rsid w:val="00BA65CC"/>
+    <w:rsid w:val="00BA7419"/>
+    <w:rsid w:val="00BB19B0"/>
+    <w:rsid w:val="00BB2AA2"/>
+    <w:rsid w:val="00BB2FB4"/>
+    <w:rsid w:val="00BB3F7C"/>
+    <w:rsid w:val="00BB7F2A"/>
+    <w:rsid w:val="00BC5457"/>
+    <w:rsid w:val="00BD3D17"/>
+    <w:rsid w:val="00BD4E7E"/>
+    <w:rsid w:val="00C018E2"/>
+    <w:rsid w:val="00C07EF5"/>
+    <w:rsid w:val="00C132F5"/>
+    <w:rsid w:val="00C14899"/>
+    <w:rsid w:val="00C23C90"/>
+    <w:rsid w:val="00C2756B"/>
+    <w:rsid w:val="00C32225"/>
+    <w:rsid w:val="00C46DAF"/>
+    <w:rsid w:val="00C65456"/>
+    <w:rsid w:val="00C6660C"/>
+    <w:rsid w:val="00C71E39"/>
+    <w:rsid w:val="00C72D47"/>
+    <w:rsid w:val="00C849D4"/>
+    <w:rsid w:val="00C84A15"/>
+    <w:rsid w:val="00C963F6"/>
+    <w:rsid w:val="00CA1B05"/>
+    <w:rsid w:val="00CA229F"/>
+    <w:rsid w:val="00CA3D2D"/>
+    <w:rsid w:val="00CB00B9"/>
+    <w:rsid w:val="00CB1D54"/>
+    <w:rsid w:val="00CB4C9C"/>
+    <w:rsid w:val="00CB5EF3"/>
+    <w:rsid w:val="00CC060F"/>
+    <w:rsid w:val="00CC387E"/>
+    <w:rsid w:val="00CC3C49"/>
+    <w:rsid w:val="00CC4C82"/>
+    <w:rsid w:val="00CD39C1"/>
+    <w:rsid w:val="00CD533C"/>
+    <w:rsid w:val="00CE4D97"/>
+    <w:rsid w:val="00D007BF"/>
+    <w:rsid w:val="00D03F33"/>
+    <w:rsid w:val="00D11C87"/>
+    <w:rsid w:val="00D14E01"/>
+    <w:rsid w:val="00D17785"/>
+    <w:rsid w:val="00D20B3D"/>
+    <w:rsid w:val="00D232FD"/>
+    <w:rsid w:val="00D41893"/>
+    <w:rsid w:val="00D44259"/>
+    <w:rsid w:val="00D44403"/>
+    <w:rsid w:val="00D618E0"/>
+    <w:rsid w:val="00D647E3"/>
+    <w:rsid w:val="00D73A5C"/>
+    <w:rsid w:val="00D818FE"/>
+    <w:rsid w:val="00D83FD4"/>
+    <w:rsid w:val="00D90C92"/>
+    <w:rsid w:val="00D91CBC"/>
+    <w:rsid w:val="00D94C96"/>
+    <w:rsid w:val="00DA7FA5"/>
+    <w:rsid w:val="00DB1C67"/>
+    <w:rsid w:val="00DC6F96"/>
+    <w:rsid w:val="00DD173B"/>
+    <w:rsid w:val="00DD29C9"/>
+    <w:rsid w:val="00DD5678"/>
+    <w:rsid w:val="00DE24BB"/>
+    <w:rsid w:val="00DE43A5"/>
+    <w:rsid w:val="00E0407C"/>
+    <w:rsid w:val="00E10237"/>
+    <w:rsid w:val="00E13568"/>
+    <w:rsid w:val="00E1789E"/>
+    <w:rsid w:val="00E21264"/>
+    <w:rsid w:val="00E22AAA"/>
+    <w:rsid w:val="00E27FE5"/>
+    <w:rsid w:val="00E37BD5"/>
+    <w:rsid w:val="00E40EC0"/>
+    <w:rsid w:val="00E47B67"/>
+    <w:rsid w:val="00E7487A"/>
+    <w:rsid w:val="00E9048C"/>
+    <w:rsid w:val="00E93930"/>
+    <w:rsid w:val="00E950C5"/>
+    <w:rsid w:val="00E96353"/>
+    <w:rsid w:val="00EB5B7D"/>
+    <w:rsid w:val="00EB7B28"/>
+    <w:rsid w:val="00ED071E"/>
+    <w:rsid w:val="00ED2158"/>
+    <w:rsid w:val="00EE58ED"/>
+    <w:rsid w:val="00EF652A"/>
+    <w:rsid w:val="00EF7A5A"/>
+    <w:rsid w:val="00F044C2"/>
+    <w:rsid w:val="00F13D34"/>
+    <w:rsid w:val="00F1403B"/>
+    <w:rsid w:val="00F24810"/>
+    <w:rsid w:val="00F33CA2"/>
+    <w:rsid w:val="00F350FF"/>
+    <w:rsid w:val="00F55A12"/>
+    <w:rsid w:val="00F57798"/>
+    <w:rsid w:val="00F66E5B"/>
+    <w:rsid w:val="00F76B41"/>
+    <w:rsid w:val="00F810B6"/>
+    <w:rsid w:val="00F85889"/>
+    <w:rsid w:val="00F901EB"/>
+    <w:rsid w:val="00F96924"/>
+    <w:rsid w:val="00FA0E24"/>
+    <w:rsid w:val="00FA6966"/>
+    <w:rsid w:val="00FB4B35"/>
+    <w:rsid w:val="00FB5F7B"/>
+    <w:rsid w:val="00FB63D1"/>
+    <w:rsid w:val="00FC3FD8"/>
+    <w:rsid w:val="00FC79C3"/>
+    <w:rsid w:val="00FD58DF"/>
+    <w:rsid w:val="00FE03F8"/>
+    <w:rsid w:val="00FE0ED8"/>
+    <w:rsid w:val="00FF572E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17410"/>
+    <o:shapedefaults v:ext="edit" spidmax="22530"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule351" type="connector" idref="#AutoShape 339"/>
-[...69 lines deleted...]
-        <o:r id="V:Rule698" type="connector" idref="#_x0000_s1812"/>
+        <o:r id="V:Rule72" type="connector" idref="#_x0000_s1634"/>
+        <o:r id="V:Rule73" type="connector" idref="#_x0000_s1568"/>
+        <o:r id="V:Rule74" type="connector" idref="#_x0000_s1596"/>
+        <o:r id="V:Rule75" type="connector" idref="#_x0000_s1566"/>
+        <o:r id="V:Rule76" type="connector" idref="#_x0000_s1546"/>
+        <o:r id="V:Rule77" type="connector" idref="#_x0000_s1557"/>
+        <o:r id="V:Rule78" type="connector" idref="#_x0000_s1657"/>
+        <o:r id="V:Rule79" type="connector" idref="#_x0000_s1669"/>
+        <o:r id="V:Rule80" type="connector" idref="#_x0000_s1550"/>
+        <o:r id="V:Rule81" type="connector" idref="#_x0000_s1651"/>
+        <o:r id="V:Rule82" type="connector" idref="#_x0000_s1549"/>
+        <o:r id="V:Rule83" type="connector" idref="#_x0000_s1599"/>
+        <o:r id="V:Rule84" type="connector" idref="#_x0000_s1663"/>
+        <o:r id="V:Rule85" type="connector" idref="#_x0000_s1587"/>
+        <o:r id="V:Rule86" type="connector" idref="#_x0000_s1631"/>
+        <o:r id="V:Rule87" type="connector" idref="#_x0000_s1559"/>
+        <o:r id="V:Rule88" type="connector" idref="#_x0000_s1590"/>
+        <o:r id="V:Rule89" type="connector" idref="#_x0000_s1548"/>
+        <o:r id="V:Rule90" type="connector" idref="#_x0000_s1558"/>
+        <o:r id="V:Rule91" type="connector" idref="#_x0000_s1666"/>
+        <o:r id="V:Rule92" type="connector" idref="#_x0000_s1636"/>
+        <o:r id="V:Rule93" type="connector" idref="#_x0000_s1592"/>
+        <o:r id="V:Rule94" type="connector" idref="#_x0000_s1642"/>
+        <o:r id="V:Rule95" type="connector" idref="#_x0000_s1551"/>
+        <o:r id="V:Rule96" type="connector" idref="#_x0000_s1597"/>
+        <o:r id="V:Rule97" type="connector" idref="#_x0000_s1675"/>
+        <o:r id="V:Rule98" type="connector" idref="#_x0000_s1530"/>
+        <o:r id="V:Rule99" type="connector" idref="#_x0000_s1655"/>
+        <o:r id="V:Rule100" type="connector" idref="#_x0000_s1547"/>
+        <o:r id="V:Rule101" type="connector" idref="#_x0000_s1674"/>
+        <o:r id="V:Rule102" type="connector" idref="#_x0000_s1664"/>
+        <o:r id="V:Rule103" type="connector" idref="#_x0000_s1673"/>
+        <o:r id="V:Rule104" type="connector" idref="#_x0000_s1536"/>
+        <o:r id="V:Rule105" type="connector" idref="#_x0000_s1638"/>
+        <o:r id="V:Rule106" type="connector" idref="#_x0000_s1656"/>
+        <o:r id="V:Rule107" type="connector" idref="#_x0000_s1591"/>
+        <o:r id="V:Rule108" type="connector" idref="#_x0000_s1598"/>
+        <o:r id="V:Rule109" type="connector" idref="#_x0000_s1667"/>
+        <o:r id="V:Rule110" type="connector" idref="#_x0000_s1589"/>
+        <o:r id="V:Rule111" type="connector" idref="#_x0000_s1556"/>
+        <o:r id="V:Rule112" type="connector" idref="#_x0000_s1654"/>
+        <o:r id="V:Rule113" type="connector" idref="#_x0000_s1614"/>
+        <o:r id="V:Rule114" type="connector" idref="#_x0000_s1572"/>
+        <o:r id="V:Rule115" type="connector" idref="#_x0000_s1583"/>
+        <o:r id="V:Rule116" type="connector" idref="#_x0000_s1632"/>
+        <o:r id="V:Rule117" type="connector" idref="#_x0000_s1528"/>
+        <o:r id="V:Rule118" type="connector" idref="#_x0000_s1582"/>
+        <o:r id="V:Rule119" type="connector" idref="#_x0000_s1659"/>
+        <o:r id="V:Rule120" type="connector" idref="#_x0000_s1600"/>
+        <o:r id="V:Rule121" type="connector" idref="#_x0000_s1560"/>
+        <o:r id="V:Rule122" type="connector" idref="#_x0000_s1571"/>
+        <o:r id="V:Rule123" type="connector" idref="#_x0000_s1671"/>
+        <o:r id="V:Rule124" type="connector" idref="#_x0000_s1552"/>
+        <o:r id="V:Rule125" type="connector" idref="#_x0000_s1662"/>
+        <o:r id="V:Rule126" type="connector" idref="#_x0000_s1665"/>
+        <o:r id="V:Rule127" type="connector" idref="#_x0000_s1588"/>
+        <o:r id="V:Rule128" type="connector" idref="#_x0000_s1676"/>
+        <o:r id="V:Rule129" type="connector" idref="#_x0000_s1613"/>
+        <o:r id="V:Rule130" type="connector" idref="#_x0000_s1601"/>
+        <o:r id="V:Rule131" type="connector" idref="#_x0000_s1573"/>
+        <o:r id="V:Rule132" type="connector" idref="#_x0000_s1630"/>
+        <o:r id="V:Rule133" type="connector" idref="#_x0000_s1585"/>
+        <o:r id="V:Rule134" type="connector" idref="#_x0000_s1553"/>
+        <o:r id="V:Rule135" type="connector" idref="#_x0000_s1611"/>
+        <o:r id="V:Rule136" type="connector" idref="#_x0000_s1529"/>
+        <o:r id="V:Rule137" type="connector" idref="#_x0000_s1584"/>
+        <o:r id="V:Rule138" type="connector" idref="#_x0000_s1658"/>
+        <o:r id="V:Rule139" type="connector" idref="#_x0000_s1586"/>
+        <o:r id="V:Rule140" type="connector" idref="#_x0000_s1633"/>
+        <o:r id="V:Rule141" type="connector" idref="#_x0000_s1668"/>
+        <o:r id="V:Rule142" type="connector" idref="#_x0000_s1650"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...18 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -12003,639 +16773,554 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="000B0C93"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B0C93"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="00927895"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...31 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00987868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00987868"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar1">
+    <w:name w:val="Body Text Char1"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00797FDC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной текст Знак1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="00987868"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="009D1FB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="002666DE"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A36110"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="002666DE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="002666DE"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A36110"/>
     <w:pPr>
-      <w:tabs>
-[...29 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...54 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
-[...18 lines deleted...]
-    <w:rsid w:val="00C54B4C"/>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00A36110"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006232B5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
-    <w:name w:val="page number"/>
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="000F11EE"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00F810B6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="000F11EE"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F810B6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
-      <w:overflowPunct/>
-[...3 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной текст (3)"/>
+    <w:rsid w:val="00F810B6"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C866FB"/>
+    <w:rsid w:val="00A538AA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="20"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...188 lines deleted...]
-    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1760901702">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId40" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -12661,51 +17346,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -12833,97 +17518,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2417</Words>
-  <Characters>13778</Characters>
+  <Words>2209</Words>
+  <Characters>12595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Павлодар облысы јкімдігініѕ</vt:lpstr>
+      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
       <vt:lpstr/>
-      <vt:lpstr>осы қаулының аумақтық әділет органында мемлекеттік тіркелуін;</vt:lpstr>
-      <vt:lpstr>осы қаулы аумақтық әділет органында мемлекеттік тіркелгеннен кейін он күнтізбелі</vt:lpstr>
       <vt:lpstr/>
+      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>AlexSoft</Company>
+  <Company>Akimat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16163</CharactersWithSpaces>
+  <CharactersWithSpaces>14775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:title>Павлодар облысы јкімдігініѕ</dc:title>
+  <dc:subject/>
+  <dc:creator>Computer</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>