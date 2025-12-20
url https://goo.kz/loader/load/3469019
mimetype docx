--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,10285 +1,9587 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BD2A19" w:rsidRDefault="00BD2A19" w:rsidP="00BD2A19">
-[...1 lines deleted...]
-        <w:ind w:left="4956"/>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00263348" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:left="4956"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2D70">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:left="4956"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлению акимата                                                                                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00360758" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:left="4956"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00360758" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00263348">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00263348">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00315824" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00263348">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>39/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...90 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B627C5">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00645D65" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00645D65" w:rsidRDefault="00645D65" w:rsidP="009D1FB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00645D65" w:rsidRDefault="00645D65" w:rsidP="009D1FB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00DC61F2" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...87 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">                                                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00CB087B" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00DC61F2" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D30335">
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00DC61F2" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>регламенті</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами городов и районов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача  результатов оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) некоммерческое акционерное общество «Государственная корпорация «Правительство для граждан» (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00FD5C5D" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2)  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронного правительства»: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD5C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>www.e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD5C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD5C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD5C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD5C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD5C5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная (частично автоматизированная) и (или) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выписка из приказа о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 к стандарту государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом Министра образования и науки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7012B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 апреля 2015 года №179 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00225DF7" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00DC61F2" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D30335">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основанием </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">начала </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процедуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (действия) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказанию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги является заявление услугополучателя н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а обучение в форме экстерната </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, указанных в пункте 9 стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет прием и регистрацию полученных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или веб-портала документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает и определяет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сполнителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(один) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ответственный исполнитель услугодателя изучает документы, оформляет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказ о разрешении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, направляет на рассмотрение и подписание руководителю  услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>десять)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель услугодателя рассматривает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказ о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, подписывает и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(два)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рабочих дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник канцелярии услугодателя регистрирует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказ о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результат государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направляет в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом процедуры (действия) по оказанию государственной услуги является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выписка из приказа о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 к Стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D30335">
-        <w:rPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. «</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқ</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235877">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235877">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235877">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00D03194" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00235877">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00235877">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00235877">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00235877">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00681F69" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="007C7FDB" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="218"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451810">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рок оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00A00966" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="0"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи услугополучателем необходимых документов в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при обращении на портал – 15 (пятнадцать) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю –15 (пятнадцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)  максимально    допустимое   время  обслуживания  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателем  –  15 (пятнадцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) заявление услугополучателя для прохождения аттестации подается не позднее 1 декабря текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00527C94" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ыт</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">порядка обращения при оказании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>уға рұқсат беру</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>и последовательности процедур (действий) услугодателя и услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс 1 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>» м</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883FD7">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>емлекеттік көрсетілетін қызметін</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> и заявления от услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033512B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731CFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае предоставления услугополучателем неполного пакета документов согласно пункту 9 Стандарта, работник Государственной корпорации отказывает в приеме документов и выдает расписку об отказе в приеме заявления по форме согласно приложению 3 к Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">             </w:t>
-[...47 lines deleted...]
-    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+        <w:t xml:space="preserve">2) условие 1 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033512B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>провер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ка соответствия приложенных услугополучателем документов, указанных в Стандарте и основания для оказания услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033512B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00654586" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - направление документов услугополучателя услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00654586" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру:</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сотрудник </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает от услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выписку приказа о разрешении на обучение в форме экстерната в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00654586" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">) процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Азаматтарға арналған үкімет» мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация);</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – получение услугополучателем через сотрудника </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результата государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...60 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка обращения при оказании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной  услуги через п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и последовательности процедур (действий) услугодателя и услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...88 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале (далее – портал) с помощью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуального идентификационного номера</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...145 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) процесс 1 – ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...29 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) условие 1 – проверка на портале подлинности данных о зарегистрированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимся нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) процесс 3 – выбор услугополучателем услуги, указанной в настоящем регламенте, вывод на экран формы запроса  для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанных в Стандарте, а также выбор услугополучателем регистрационного свидетельства электронно-цифровой подписи (далее – ЭЦП) для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...331 lines deleted...]
-        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...175 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>указанным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...224 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неподтверждением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...474 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) процесс 5 – направление электронного документа (запроса услугополучателя), удостоверенного (подписанного) ЭЦП услугополучателя через шлюз электронного правительства (далее – ШЭП) в автоматизированном рабочем месте регионального шлюза электронного правительства (далее – АРМ РШЭП) для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) условие 3 – проверка услугодателем соответствия приложенных услугополучателем документов, указанных в Стандарте и основания для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) процесс 6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа), сформированный АРМ РШЭП. Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...632 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00225DF7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">информационных систем, задействованных при оказании государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647B6C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету мерзімі: </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>через портал приведены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00647B6C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаграммой согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647B6C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AF7CD7" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="center" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...33 lines deleted...]
-          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подробное описание последовательности процедур (действий) взаимодейст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вий структурных подразделений (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работников) услугодателя в процессе оказания государственной услуги, а также порядка взаимодействия  с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорацией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D58ED">
+      <w:r w:rsidRPr="00AF7CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в процессе оказания государственной  услуги отражается в справочнике бизнес - процессов согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CD7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік корпорация</w:t>
-[...29 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D2D34">
-[...34 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8496"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1342 lines deleted...]
-        <w:sectPr w:rsidR="009E1FEC" w:rsidSect="004B43BA">
+        <w:sectPr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidSect="007D419D">
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1304" w:right="851" w:bottom="1304" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
+          <w:pgMar w:top="1005" w:right="851" w:bottom="1304" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="00EB7413" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-[...74 lines deleted...]
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7513" w:type="dxa"/>
+        <w:tblInd w:w="7196" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7513"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="881"/>
+                <w:tab w:val="center" w:pos="3648"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB2DDB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00EB2DDB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>регламен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ту государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача разрешения на обучение в форме экстерната </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в организациях основного среднего, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>общего среднего образования»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="00B67634" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-      <w:pPr>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB7413">
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B67634">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-        </w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности  процедур (действий) между </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>структурными подразделениями (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14600" w:type="dxa"/>
-        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblW w:w="14850" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="2057"/>
+        <w:gridCol w:w="438"/>
+        <w:gridCol w:w="1938"/>
         <w:gridCol w:w="2977"/>
-        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2409"/>
-        <w:gridCol w:w="2125"/>
-        <w:gridCol w:w="2338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00BC678D" w:rsidTr="006B3F32">
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
         <w:trPr>
-          <w:trHeight w:val="394"/>
+          <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14033" w:type="dxa"/>
+            <w:tcW w:w="14412" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>Негізгі процестің (жұмыс барысының, ағымының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00926308" w:rsidTr="006B3F32">
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
         <w:trPr>
-          <w:trHeight w:val="580"/>
+          <w:trHeight w:val="698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>Іс-қимылдың  (жұмыс барысының) №</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>№ действия (хода работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:ind w:right="-318"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="964"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...75 lines deleted...]
-              <w:t>Құрылымдық бөлімше (қызметкер)</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Сотрудник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>канцелярии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Сотрудник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>канцелярии услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...112 lines deleted...]
-              <w:t>атауы және оны сипаттау</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Осуществляет прием и регистрацию полученных из Государственной корпорации документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Рассматривает и  определяет ответственного исполнителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Изучает документы, оформляет приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает приказ о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қарайды және жауапты орындаушыны анықтайды</w:t>
+              <w:t xml:space="preserve">разрешении  и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>подписывает</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Регистрирует приказ,  выдает выписку из приказа о разрешении </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на обучение в форме экстерната</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="299"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:pStyle w:val="af1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...14 lines deleted...]
-              <w:t>ұжаттарды қарайды, бұйрықты ресімдейді</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="1584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...85 lines deleted...]
-              <w:t>Аяқталу нысаны</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>Басшыға қарауға береді</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Передача на рассмотрение руководителю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Направление приказа о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>разрешении на обучение в форме экстерната</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приказ о </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бұрыштама</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>азрешении на обучение в форме экстерната</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Результат государственной услуги направляет в Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="009E2BDF" w:rsidTr="00D03194">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Экстернат нысанында оқ</w:t>
-[...15 lines deleted...]
-              <w:t>уға рұқсат туралы бұйрықты басшыға қарауға және қол қоюға жіберу</w:t>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...90 lines deleted...]
-              <w:t>Орындау мерзімі</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15 (он бес) минут</w:t>
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D03194">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(пятнадцать) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Consolas"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
-[...5 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D03194">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(один) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>рабочий день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D03194">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(десять) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>рабочих дней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D03194">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (два) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рабочих дня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="006B3F32" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="00D03194">
             <w:pPr>
-              <w:pStyle w:val="af1"/>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3F32">
+            <w:r w:rsidRPr="0001296D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006B3F32">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D03194">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006B3F32">
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(пятнадцать) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001296D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve">15 (он бес) минут </w:t>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:sectPr w:rsidR="009E1FEC" w:rsidSect="004B43BA">
+        <w:sectPr w:rsidR="00DA2D70" w:rsidSect="00CB087B">
+          <w:headerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="851" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="4"/>
           <w:cols w:space="708"/>
+          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003647A9" w:rsidRPr="00EB7413" w:rsidRDefault="003647A9" w:rsidP="003647A9">
-[...1 lines deleted...]
-        <w:ind w:left="9204"/>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>риложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7788"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Выдача разрешения на обучение в форме                      экстерната в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E752EA">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB7413">
-        <w:rPr>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Диаграмма ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ункционального взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>информационных систем, задействованных в оказании государственной услуги через портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру</w:t>
-[...131 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1314"/>
-        <w:tblW w:w="14355" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1561"/>
+        <w:tblW w:w="14433" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="419"/>
-        <w:gridCol w:w="13936"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="14009"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E1FEC" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
         <w:trPr>
-          <w:trHeight w:val="2969"/>
+          <w:trHeight w:val="2974"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AB0BD9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Э</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AB0BD9">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ar-SA"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ц</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1205" style="position:absolute;left:0;text-align:left;margin-left:13.8pt;margin-top:8.15pt;width:33pt;height:30pt;z-index:251701248;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1205">
+                <v:oval id="_x0000_s1814" style="position:absolute;left:0;text-align:left;margin-left:13pt;margin-top:.9pt;width:33.55pt;height:29.9pt;z-index:251847680;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsdbKXNAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1FuEzEQ/UfiDpb/6SbbJG1W2VRVSxBS&#10;gUqFAzheb9bC6zFjJ5twGM5Q8cslciTG3jSkwBfCH5bHM36eeW9mdrVtDdso9BpsyYdnA86UlVBp&#10;uyr5p4+LV5ec+SBsJQxYVfKd8vxq/vLFrHOFyqEBUylkBGJ90bmSNyG4Isu8bFQr/Bk4ZclZA7Yi&#10;kImrrELREXprsnwwmGQdYOUQpPKebm97J58n/LpWMnyoa68CMyWn3ELaMe3LuGfzmShWKFyj5SEN&#10;8Q9ZtEJb+vQIdSuCYGvUf0C1WiJ4qMOZhDaDutZSpRqomuHgt2oeGuFUqoXI8e5Ik/9/sPL95h6Z&#10;rkqen084s6Ilkfbf9t/3j/sfbJJHgjrnC4p7cPcYS/TuDuRnzyzcNMKu1DUidI0SFaU1jPHZswfR&#10;8PSULbt3UBG6WAdIXG1rbCMgscC2SZLdURK1DUzS5SifDC7HnElynV9ML86TZJkonh479OGNgpbF&#10;Q8mVMdr5SJooxObOh5iPKJ6iUv5gdLXQxiQDV8sbg2wjqEEWaaUSqMzTMGNZV/LpOB8n5Gc+fwox&#10;SOtvEAhrW6V2i1y9PpyD0KY/U5bGHsiLfPW8h+1ym+QZPymxhGpHbCL0vUyzR4cG8CtnHfVxyf2X&#10;tUDFmXlrSZHpcDSKjZ+M0fgiJwNPPctTj7CSoEouA3LWGzehH5e1Q71q6K9hosDCNelY60Rw1LjP&#10;61AAdWvi/TBZcRxO7RT1a/7nPwEAAP//AwBQSwMEFAAGAAgAAAAhADSKaWHeAAAABgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwkAQhe8m/IfNmHiTbWnSQO2WCEGNBmJE43npDm1Dd7bpbqH8e8eT&#10;Ht+8yXvfy5ejbcUZe984UhBPIxBIpTMNVQq+Pp/u5yB80GR06wgVXNHDspjc5Doz7kIfeN6HSnAI&#10;+UwrqEPoMil9WaPVfuo6JPaOrrc6sOwraXp94XDbylkUpdLqhrih1h2uayxP+8EqeH5/WchkWEVH&#10;et3Nd9/bzfUt2Sh1dzs+PoAIOIa/Z/jFZ3QomOngBjJetApmKU8JfOcBbC+SGMRBQRqnIItc/scv&#10;fgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCsdbKXNAIAAEcEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA0imlh3gAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1814">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="009E1FEC">
-[...44 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13936" w:type="dxa"/>
+            <w:tcW w:w="14009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1808" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:394.95pt;margin-top:23pt;width:26.25pt;height:0;z-index:251841536;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0+lo5YgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOkjhC5KCQ7G7S&#10;NkDSA9AiZRGlSIJkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNkKtGDGciVz&#10;nBzEGDFZKcrlPMdvr6eDEUbWEUmJUJLleMUsPh8/f3bW6YwNVaMEZQYBiLRZp3PcOKezKLJVw1pi&#10;D5RmEg5rZVriYGvmETWkA/RWRMM4Po46Zag2qmLWwtdyc4jHAb+uWeXe1LVlDokcAzcXVhPWmV+j&#10;8RnJ5obohldbGuQfWLSES0i6hyqJI+jG8D+gWl4ZZVXtDirVRqquecVCDVBNEv9WzVVDNAu1QHOs&#10;3rfJ/j/Y6vXi0iBOczwcwqgkaWFI/af17fq+/9F/Xt+j9cf+AZb13fq2/9J/77/1D/1XlI586zpt&#10;M0Ao5KXxxVdLeaUvVPXOIqmKhsg5CyVcrzSgJj4iehLiN1YDgVn3SlHwITdOhT4ua9N6SOgQWoZx&#10;rfbjYkuHKvh4CM/JEUbV7igi2S5OG+teMtUib+TYOkP4vHGFkhI0oUwSspDFhXWeFcl2AT6pVFMu&#10;RJCGkKgD6sOTOA4RVglO/an3s2Y+K4RBC+LVFZ5QI5w8djPqRtKA1jBCJ1vbES7ARi40xxkO7RIM&#10;+3QtoxgJBhfKWxt+QvqMUDow3lobgb0/jU8no8koHaTD48kgjcty8GJapIPjaXJyVB6WRVEmHzz5&#10;JM0aTimTnv9O7En6d2LaXruNTPdy33cqeooeWgpkd+9AOszej3sjnJmiq0vjq/MyAH0H5+1d9Bfo&#10;8T54/fpjjH8CAAD//wMAUEsDBBQABgAIAAAAIQAPF4Xd3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcEHVIoxJCnIogBXGlIM5uvCSh8TqynTb8PYs4wHF2RrNvyu1iR3FE&#10;HwZHCm5WCQik1pmBOgVvr811DiJETUaPjlDBFwbYVudnpS6MO9ELHnexE1xCodAK+hinQsrQ9mh1&#10;WLkJib0P562OLH0njdcnLrejTJNkI60eiD/0esLHHtvDbrYKrpytP0NzeKrnrG18vXl/xi5V6vJi&#10;ebgHEXGJf2H4wWd0qJhp72YyQYwKbvM7Ro8KsjVv4kCepWsQ+9+DrEr5f0H1DQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPT6WjliAgAAeQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAA8Xhd3cAAAACQEAAA8AAAAAAAAAAAAAAAAAvAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1795" style="position:absolute;left:0;text-align:left;margin-left:338.1pt;margin-top:10.55pt;width:56.8pt;height:36.25pt;z-index:251828224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATNeVMUgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdLPbpGlW2VRVSxFS&#10;gUqFB3C83qyF1zZjJ5tyQuKKxCPwEFwQP32GzRsx9qYhBU6IPVgez/jzzPfN7PRk3SiyEuCk0QVN&#10;DwaUCM1NKfWioK9eXjw6psR5pkumjBYFvRGOnswePpi2NheZqY0qBRAE0S5vbUFr722eJI7XomHu&#10;wFih0VkZaJhHExZJCaxF9EYl2WBwlLQGSguGC+fw9Lx30lnEryrB/YuqcsITVVDMzccV4joPazKb&#10;snwBzNaSb9Ng/5BFw6TGR3dQ58wzsgT5B1QjORhnKn/ATZOYqpJcxBqwmnTwWzXXNbMi1oLkOLuj&#10;yf0/WP58dQVElgXNsgklmjUoUvdp827zsfve3W7ed5+72+7b5kP3o/vSfSXpJFDWWpfjzWt7BaFo&#10;Zy8Nf+2INmc10wtxCmDaWrASE01DfHLvQjAcXiXz9pkp8T229Cayt66gCYDIC1lHkW52Iom1JxwP&#10;x1l6eIRScnQdjrPxcBRfYPndZQvOPxGmIWFTUMAeiOBsdel8SIbldyExeaNkeSGVigYs5mcKyIph&#10;v1zEb4vu9sOUJm1BJ6NsFJHv+dw+xCB+f4NopMfGV7Ip6PEuiOWBtce6jG3pmVT9HlNWektjYK5X&#10;wK/n6yjdTpO5KW+QVzB9n+Nc4qY28JaSFnu8oO7NkoGgRD3VqM0kHQ7DUERjOBpnaMC+Z77vYZoj&#10;VEG5B0p648z3o7S0IBc1vpVGPrQ5RUUrGdkOavd5bQvATo4ibKcujMq+HaN+/RtmPwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAP8WAh/fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofN&#10;mHgxdoEDrZSlIUZjjB6EeultCyNLZGcJu6X47x1P9jQzeS9vvpfvFjuIGSffO1IQryIQSI1re+oU&#10;fO6f7zcgfNDU6sERKvhBD7vi+irXWevOVOFch05wCPlMKzAhjJmUvjFotV+5EYm1LzdZHficOtlO&#10;+szhdpBJFKXS6p74g9EjPhpsvuuTVXBw7+6pjPBlNPvXMN+V1dtHXSl1e7OUWxABl/Bvhj98RoeC&#10;mY7uRK0Xg4J0nSZsVZDEMQg2rDcP3OXIC09Z5PKyQfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAEzXlTFICAABjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA/xYCH98AAAAJAQAADwAAAAAAAAAAAAAAAACsBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1795">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Процесс </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>5</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1794" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:251827200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzWHAJUgIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE3U7m6jpqtVlyKk&#10;BVZaeADXcRoLxzZjt2k5IXFdiUfgIbggfvYZ0jdi4rTdLnBC5GB5PDPfzHwzk/H5ulJkJcBJozMa&#10;9/qUCM1NLvUio29ez56cUeI80zlTRouMboSj55PHj8a1TUViSqNyAQRBtEtrm9HSe5tGkeOlqJjr&#10;GSs0KgsDFfMowiLKgdWIXqko6fdPotpAbsFw4Ry+XnZKOgn4RSG4f1UUTniiMoq5+XBCOOftGU3G&#10;LF0As6XkuzTYP2RRMakx6AHqknlGliD/gKokB+NM4XvcVJEpCslFqAGrifu/VXNTMitCLUiOswea&#10;3P+D5S9X10BkntEkOaFEswqb1Hzefth+an40d9uPzZfmrvm+vW1+Nl+bbySOW8pq61L0vLHX0Bbt&#10;7JXhbx3RZloyvRAXAKYuBcsx0WAfPXBoBYeuZF6/MDnGY0tvAnvrAqoWEHkh69CkzaFJYu0Jx8ez&#10;eDg6HVLCUTXoJ8NRaGLE0r2zBeefCVOR9pJRwBkI4Gx15Twmj6Z7k5C8UTKfSaWCAIv5VAFZMZyX&#10;WfjaetHFHZspTeqMjobJMCA/0LljiH74/gZRSY+Dr2SFFR2MWNqy9lTnYSw9k6q7Y3ylMY09c10H&#10;/Hq+Dq27b8rc5BskFkw36LiYeCkNvKekxiHPqHu3ZCAoUc81NmcUDwbtVgRhMDxNUIBjzfxYwzRH&#10;qIxyD5R0wtR3u7S0IBclxooDIdpcYEsLGehuk+7y2lWAoxwo3a1duyvHcrC6/zlMfgEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhANHoXeTgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odm&#10;TLwYt4i4i0jZEKMxRg/CevHWpSMQ6ZTQLov/3vGkx8n78t43+Xaxg5hx8r0jBVerCARS40xPrYL3&#10;3eNlCsIHTUYPjlDBN3rYFqcnuc6MO1KFcx1awSXkM62gC2HMpPRNh1b7lRuROPt0k9WBz6mVZtJH&#10;LreDjKNoLa3uiRc6PeJ9h81XfbAKPtyreygjfBq73XOYL8rq5a2ulDo/W8o7EAGX8AfDrz6rQ8FO&#10;e3cg48Wg4PomiRnlYJ2AYCBJ4w2IvYLNbQqyyOX/D4ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHNYcAlSAgAAZAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANHoXeTgAAAACQEAAA8AAAAAAAAAAAAAAAAArAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1794">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="003F1ABB">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Процесс </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>3</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1793" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:84pt;margin-top:1.95pt;width:66.45pt;height:49.5pt;z-index:251826176;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZipjbOgIAAFUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbf6WaXJmlW2VRVShBS&#10;gUqFA0xsb9bCf9hONuU0XKHviDPkSIydNE2BJ8Q+WB7P+PPM983s9HKrFdkIH6Q1DS3PBpQIwyyX&#10;ZtXQz58Wry4oCREMB2WNaOi9CPRy9vLFtHe1qGxnFReeIIgJde8a2sXo6qIIrBMawpl1wqCztV5D&#10;RNOvCu6hR3StimowGBW99dx5y0QIeHq9d9JZxm9bweLHtg0iEtVQzC3m1ed1mdZiNoV65cF1kh3S&#10;gH/IQoM0+OgR6hoikLWXf0BpybwNto1nzOrCtq1kIteA1ZSD36q568CJXAuSE9yRpvD/YNmHza0n&#10;kje0qsaUGNAo0u777ufux+6BvB4ngnoXaoy7c7c+lRjcjWVfAjF23oFZiSvvbd8J4JhWmeKLZxeS&#10;EfAqWfbvLUd0WEebudq2XidAZIFssyT3R0nENhKGh6NJVQ5ROIau4aicjIf5BagfLzsf4lthNUmb&#10;hnIJ2hqe8WFzE2LKB+rHqJy/VZIvpFLZ8KvlXHmyAWyQRf4OD4TTMGVI39DJsBpm5Ge+cAoxyN/f&#10;ILSM2OlK6oZeHIOgTsS9MTz3YQSp9ntMWZkDk4m8vQhxu9xmrcrcuInZpeX3yK23+87GScRNZ/03&#10;Snrs6oaGr2vwghL1zqA+k/L8PI1BNs6H4woNf+pZnnrAMIRqKIuekr0xj/vhWTsvVx2+VWZCjL1C&#10;VVuZ6X7K61AB9m5W4TBnaThO7Rz19DeY/QIAAP//AwBQSwMEFAAGAAgAAAAhALwYj8fdAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGzUIUGQpHEqBBTE0IGWoaMbH0lofA62&#10;24Z/zzHB+Ok9vfuuWkx2EEf0oXek4HqWgEBqnOmpVfC+WV7lIELUZPTgCBV8Y4BFfX5W6dK4E73h&#10;cR1bwSMUSq2gi3EspQxNh1aHmRuROPtw3urI6FtpvD7xuB1kmiS30uqe+EKnR3zosNmvD1aB7vuV&#10;96sXs9/Sa+a+nh+flptPpS4vpvs5iIhT/CvDrz6rQ81OO3cgE8TAfFdkXFWQFSA4T/OceaegSG9A&#10;1pX8/0D9AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANmKmNs6AgAAVQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALwYj8fdAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1793">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AC6DD7" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">    </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00AC6DD7">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие 1</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1825" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:421.2pt;margin-top:1.95pt;width:96.4pt;height:49.5pt;z-index:251858944;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLsonKOgIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbfySYhmyarbKoqJQip&#10;QKXCASa2N2vhP2wnm3IartB3xBlyJMZOmqbAE8IPlscz/mbmmxnPLndaka3wQVpT00GvT4kwzHJp&#10;1jX9/Gn5akJJiGA4KGtETe9FoJfzly9mnavE0LZWceEJgphQda6mbYyuKorAWqEh9KwTBpWN9Roi&#10;in5dcA8domtVDPv9cdFZz523TISAt9cHJZ1n/KYRLH5smiAiUTXF2GLefd5XaS/mM6jWHlwr2TEM&#10;+IcoNEiDTk9Q1xCBbLz8A0pL5m2wTewxqwvbNJKJnANmM+j/ls1dC07kXJCc4E40hf8Hyz5sbz2R&#10;vKbD10NKDGgs0v77/uf+x/6BlJNEUOdChXZ37tanFIO7sexLIMYuWjBrceW97VoBHMMaJPvi2YMk&#10;BHxKVt17yxEdNtFmrnaN1wkQWSC7XJL7U0nELhKGl5PReFSWlDBUjSaD6bjMHqB6fOx8iG+F1SQd&#10;asolaGt4xoftTYgpHqgerXL8Vkm+lEplwa9XC+XJFrBBlnkdHYRzM2VIV9NpOSwz8jNdOIfo5/U3&#10;CC0jdrqSGpM6GUGViHtjeO7DCFIdzhiyMkcmE3mHIsTdapdrdZEcJGJXlt8jtd4eGhsHEQ+t9d8o&#10;6bCpaxq+bsALStQ7g+WZDkajNAVZGJUXQxT8uWZ1rgHDEKqmLHpKDsIiHmZn47xct+hrkPkw9gqL&#10;2sjM9lNcxwSwdXMRjmOWZuNczlZPn8H8FwAAAP//AwBQSwMEFAAGAAgAAAAhAF7OxR/fAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNioA4E2CXmpEFAQQwfaDh1fY5OExs/B&#10;dtvw7zETjKc73X1XzkfTi6N2vrOMcD1JQGiureq4QdisF1cZCB+IFfWWNcK39jCvzs9KKpQ98bs+&#10;rkIjYgn7ghDaEIZCSl+32pCf2EFz9D6sMxSidI1Ujk6x3PTyJkmm0lDHcaGlQT+2ut6vDgaBum7p&#10;3PJV7bf8ltqvl6fnxfoT8fJifLgHEfQY/sLwix/RoYpMO3tg5UWPkN3dpjGKkOYgop9nsymIHcIs&#10;z0BWpfx/oPoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAy7KJyjoCAABUBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXs7FH98AAAAIAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1825">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:right="-201"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие 3</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1799" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:39.8pt;z-index:251832320;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnRZaLTwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZH+ahHbVTVWlFCEV&#10;qFR4AMfrzVp4bTN2siknJK5IPAIPwQXx02fYvBFjJ03Djzgg9mB5PDPfzHwzs8cnq1aRpQAnjS5p&#10;NkgpEZqbSup5SV++OH9wSInzTFdMGS1Kei0cPZncv3fc2ULkpjGqEkAQRLuisyVtvLdFkjjeiJa5&#10;gbFCo7I20DKPIsyTCliH6K1K8jQdJ52ByoLhwjl8Pdso6STi17Xg/nldO+GJKinm5uMJ8ZyFM5kc&#10;s2IOzDaSb9Ng/5BFy6TGoDuoM+YZWYD8DaqVHIwztR9w0yamriUXsQasJkt/qeaqYVbEWpAcZ3c0&#10;uf8Hy58tL4HIqqR5NqZEsxab1H9cv11/6L/1N+t3/af+pv+6ft9/7z/3X8hBHijrrCvQ88peQija&#10;2QvDXzmizbRhei5OAUzXCFZholmwT35yCIJDVzLrnpoK47GFN5G9VQ1tAEReyCo26XrXJLHyhOPj&#10;OD0ap9hKjqqDUT7MRzECK26dLTj/WJiWhEtJAWcggrPlhfMhGVbcmsTkjZLVuVQqCjCfTRWQJcN5&#10;OY/fFt3tmylNupIejTD23yHS+P0JopUeB1/JtqSHOyNWBNYe6SqOpWdSbe6YstJbGgNzmw741WwV&#10;W5dFCgKtM1NdI7FgNoOOi4mXxsAbSjoc8pK61wsGghL1RGNzjrLhMGxFFIajhzkKsK+Z7WuY5ghV&#10;Uu6Bko0w9ZtdWliQ8wZjZZEQbU6xpbWMdN/lta0ARzl2Ybt2YVf25Wh193OY/AAAAP//AwBQSwME&#10;FAAGAAgAAAAhAFGkWRnfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgx&#10;drFEi8jQEKMxph6E9tLblh2ByM4Sdkvx37s96fHNe3nvm2w9m15MNLrOMsLdIgJBXFvdcYOw277e&#10;JiCcV6xVb5kQfsjBOr+8yFSq7YlLmirfiFDCLlUIrfdDKqWrWzLKLexAHLwvOxrlgxwbqUd1CuWm&#10;l8soepBGdRwWWjXQc0v1d3U0CHv7YV+KiN6Gdvvup5ui3HxWJeL11Vw8gfA0+78wnPEDOuSB6WCP&#10;rJ3oEeLHVUgiLOMYxNmP78PhgLBKEpB5Jv8/kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA50WWi08CAABkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAUaRZGd8AAAAIAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1799">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Процесс 1 </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1824" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:258.6pt;margin-top:1.95pt;width:65.85pt;height:56.4pt;z-index:251857920;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJsYT0OQIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbf6WbTLklX2VRVShBS&#10;gUqFA0xsb9bCf9hONuE0XKHviDPkSIydNE2BJ4QfLI9n/M3MNzOeXG20Imvhg7SmoeXZgBJhmOXS&#10;LBv6+dP81ZiSEMFwUNaIhm5FoFfTly8mvavF0HZWceEJgphQ966hXYyuLorAOqEhnFknDCpb6zVE&#10;FP2y4B56RNeqGA4Gr4veeu68ZSIEvL3ZK+k047etYPFj2wYRiWooxhbz7vO+SHsxnUC99OA6yQ5h&#10;wD9EoUEadHqEuoEIZOXlH1BaMm+DbeMZs7qwbSuZyDlgNuXgt2zuO3Ai54LkBHekKfw/WPZhfeeJ&#10;5A0dnpeUGNBYpN333c/dj90DqUaJoN6FGu3u3Z1PKQZ3a9mXQIyddWCW4tp723cCOIZVJvvi2YMk&#10;BHxKFv17yxEdVtFmrjat1wkQWSCbXJLtsSRiEwnDy9FoMKwqShiqqtGwPK+yB6gfHzsf4lthNUmH&#10;hnIJ2hqe8WF9G2KKB+pHqxy/VZLPpVJZ8MvFTHmyBmyQeV4HB+HUTBnSN/SyGlYZ+ZkunEIM8vob&#10;hJYRO11J3dDx0QjqRNwbw3MfRpBqf8aQlTkwmcjbFyFuFptcq3FykIhdWL5Far3dNzYOIh46679R&#10;0mNTNzR8XYEXlKh3BstzWV5cpCnIwgXyiYI/1SxONWAYQjWURU/JXpjF/eysnJfLDn2VmQ9jr7Go&#10;rcxsP8V1SABbNxfhMGZpNk7lbPX0GUx/AQAA//8DAFBLAwQUAAYACAAAACEAS3HwPN4AAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VIbNRJq5Y2xKkQUFCHDrQMjNfYJKbxOdhu&#10;G/49xwTj6Xt6971yObhOnEyI1pOCfJSBMFR7balR8LZb3cxBxISksfNkFHybCMvq8qLEQvszvZrT&#10;NjWCSygWqKBNqS+kjHVrHMaR7w0x+/DBYeIzNFIHPHO56+Q4y2bSoSX+0GJvHlpTH7ZHpwCt3YSw&#10;edGHd1pP/Nfz49Nq96nU9dVwfwcimSH9heFXn9WhYqe9P5KOolMwzW/HHGXAC5jPJvMpiL2CRb4A&#10;WZXy/4DqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAmxhPQ5AgAAVAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEtx8DzeAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1824">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">    </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие 2</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1813" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:21.5pt;width:6.7pt;height:102.75pt;z-index:251846656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" coordsize="85725,1647825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtIgQ6GQQAAKsNAAAOAAAAZHJzL2Uyb0RvYy54bWysV92O4zQUvkfiHaxcIjGJkzT90XRWaJdB&#10;SAustOUB3MRpIpI42G7T4QrBk/AGSIgbQDxD5404tpOOvSXpDKIXqR1//nzO+Zzj49tXx7pCB8pF&#10;yZq1h28CD9EmZVnZ7Nbet5v7TxceEpI0GalYQ9feAxXeq7uPP7rt2hUNWcGqjHIEJI1Yde3aK6Rs&#10;V74v0oLWRNywljYwmDNeEwldvvMzTjpgrys/DILE7xjPWs5SKgS8fWMGvTvNn+c0ld/kuaASVWsP&#10;bJP6yfVzq57+3S1Z7ThpizLtzSD/wYqalA0seqZ6QyRBe15eUNVlyplgubxJWe2zPC9Tqn0Ab3Dw&#10;gTfvC9JS7QsER7TnMIn/jzb9+vCOozJbe2E081BDahDp9MvjT48/nn4//Xn64/Qrevz59Bs0/z79&#10;hRKsIta1YgUT37fvuPJZtG9Z+p2AAd8ZUR0BGLTtvmIZ8JK9ZDpKx5zXaib4j45ajIezGPQoUQov&#10;F7NgCYqlMIKjIF6GM7W0T1bD5HQv5BeUaSJyeCuk0TKDllYi673ZAEteVyDrJz4KUIcWs7khA7nO&#10;IGyBcBLPF+EMFahv9dvkDA4t8ChjZIFwEC2W43yxBR3lA3nOblzhSyxoEofLeMzruQW8wgkf8nn5&#10;Sc6lBQzGfca2LFqSMSOxo810JLEtzaSZ2NYnDObzxYSttkDTrC9QCdsyjcqOX6ARtkUaZ7QVuqJ6&#10;aKs0yhg6Cl39emyNApQE8EPJbBYlF9+ZrdE00lZoGmkrNI109Zmy09ZomtNVaIrTVmmSM3I1muCM&#10;bJ2mOSc1giy8G/IsKYbUmx6bPvdCCxFVAWzCUCf8lgmV6FUqhny+0acIkABOpWoLHjlwMELBoz7z&#10;X8JjBw57QMGHg+ISPnPgIK+Cz0fZEwcOyin4chQ+d+Aqvyk8ZC9zbl2as3An9N5CYhqbsHQn9P7i&#10;UYdhZ6j4DtFXCUebNOoybBBnQu8zHnU6cvVV6UKtAAnB8sEo3e8NDjXZh9UY9xBUY1s1B6wlUm2p&#10;oYk6VQuoExsVUAqY5KKtrNmBbpjGyacyYkCY9Z8wVfMvWHWY9JYO48N/qzl1stc+6UT5TKyuK8Hr&#10;gWv4N5y9NxCnl3DqI+qZ61/nNTo9G9dH3cR08CatmKDmldJMF2dn8ZTmVoEmWFVm92VVKbkE321f&#10;VxwdCFTl9/rXO+bAqkZpj8N5YLaxM+hwqBMEQMYWB8bZvsngPVkVlGSf921Jysq0tUh94apqVVPc&#10;bln2AHUrZ+a+APcbaBSM/+ChDu4Ka098vyeceqj6soFifInjGAIqdSeGvQodbo9s7RHSpEC19lIJ&#10;2950XktzJdm3vNwVsJb5DBv2GVTMeakqW11aG7v6DtwIdMj724u6cth9jXq6Y939AwAA//8DAFBL&#10;AwQUAAYACAAAACEAJMjrTd0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z&#10;8SZbKCDWbomB6M0QEBKPS/fZLXTfNt0Fyr/3cdLjZCYz3+Tz3jXijF2oPSkYDhIQSKU3NVUKtl/v&#10;TzMQIWoyuvGECq4YYF7c3+U6M/5CazxvYiW4hEKmFdgY20zKUFp0Ogx8i8Tej++cjiy7SppOX7jc&#10;NXKUJFPpdE28YHWLC4vlcXNyt93l7sNew9YtV/2CXg7fn+nOK/X40L+9gojYx78w3PAZHQpm2vsT&#10;mSAa1s9DTioYp3yJ/TSZgNgrGI1nE5BFLv8fKH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA7SIEOhkEAACrDQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAJMjrTd0AAAAIAQAADwAAAAAAAAAAAAAAAABzBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAH0HAAAAAA==&#10;" path="m,1647825l,10389r64294,l64294,,85725,10389,64294,20778r,-10389l,10389,,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1304925;0,8227;0,8227;63818,8227;63818,0;85090,8227;63818,16454;63818,8227;0,8227;0,8227;0,1304925" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1798" style="position:absolute;left:0;text-align:left;margin-left:548.8pt;margin-top:8.2pt;width:59.15pt;height:28.85pt;z-index:251831296;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRizRIUwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNP3fbdR0teqyCGmB&#10;lRYewHWcxsKxzdhtupyQuCLxCDwEF8TPPkP6RoydtnSBEyIHy+MZf575vplMzzaVImsBThqd0V6n&#10;S4nQ3ORSLzP66uXlo1NKnGc6Z8pokdFb4ejZ7OGDaW1T0TelUbkAgiDapbXNaOm9TZPE8VJUzHWM&#10;FRqdhYGKeTRhmeTAakSvVNLvdsdJbSC3YLhwDk8vWiedRfyiENy/KAonPFEZxdx8XCGui7AmsylL&#10;l8BsKfkuDfYPWVRManz0AHXBPCMrkH9AVZKDcabwHW6qxBSF5CLWgNX0ur9Vc1MyK2ItSI6zB5rc&#10;/4Plz9fXQGSe0f5gSIlmFYrUfNq+235svjd32/fN5+au+bb90PxovjRfyWAUKKutS/Hmjb2GULSz&#10;V4a/dkSbecn0UpwDmLoULMdEeyE+uXchGA6vkkX9zOT4Hlt5E9nbFFAFQOSFbKJItweRxMYTjocn&#10;o16/O6KEo2swHg8mMaOEpfvLFpx/IkxFwiajgD0Qwdn6yvmQDEv3ITF5o2R+KZWKBiwXcwVkzbBf&#10;LuMX88caj8OUJnVGJ6P+KCLf87ljiG78/gZRSY+Nr2SV0dNDEEsDa491HtvSM6naPaas9I7GwFyr&#10;gN8sNlG68V6ThclvkVcwbZ/jXOKmNPCWkhp7PKPuzYqBoEQ91ajNpDcchqGIxnB00kcDjj2LYw/T&#10;HKEyyj1Q0hpz347SyoJclvhWL/KhzTkqWsjIdlC7zWtXAHZyFGE3dWFUju0Y9evfMPsJAAD//wMA&#10;UEsDBBQABgAIAAAAIQDDZUgd4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCQuiCWdRsdK06lCIITGgXZcuGWNaSqapGqyrrw93glu/uVPvz/n29n2bMIxdN5JSBYCGLrG6861&#10;Ej72z7f3wEJUTqveO5TwgwG2xeVFrjLtT67CqY4toxIXMiXBxDhknIfGoFVh4Qd0tPvyo1WR4thy&#10;PaoTldueL4VIuVWdowtGDfhosPmuj1bCp3/zT6XAl8HsX+N0U1a797qS8vpqLh+ARZzjHwxnfVKH&#10;gpwO/uh0YD1lsVmnxNKUroCdiWVytwF2kLBeJcCLnP//ofgFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA0Ys0SFMCAABjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAw2VIHeEAAAALAQAADwAAAAAAAAAAAAAAAACtBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1798">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Процесс </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>7</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                   </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <v:handles>
                     <v:h position="#0,center"/>
                   </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="Прямая со стрелкой 43" o:spid="_x0000_s1183" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:75.2pt;margin-top:20pt;width:23.15pt;height:.05pt;z-index:251678720;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
+                <v:shape id="_x0000_s1809" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:503pt;margin-top:20.5pt;width:45.8pt;height:.05pt;z-index:251842560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1RrGZfwIAALEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm27DhC5KCQ7G7S&#10;NkDSA9AiZbGlSIFkLBtFgaQXyBF6hW666Ac5g3yjDhnZSNpNUVQLihRn3sx7M6PTs00t0Jppw5VM&#10;cXQUYsRkoSiXqxS/vVoMphgZSyQlQkmW4i0z+Gz2/Nlp2yRsqColKNMIQKRJ2ibFlbVNEgSmqFhN&#10;zJFqmITLUumaWDjqVUA1aQG9FsEwDCdBqzRttCqYMfA1f7jEM49flqywb8rSMItEiiE361ft16Vb&#10;g9kpSVaaNBUv+jTIP2RREy4h6AEqJ5aga83/gKp5oZVRpT0qVB2osuQF8xyATRT+xuayIg3zXEAc&#10;0xxkMv8Ptni9vtCI0xQPRyOMJKmhSN3n3c3urvvZfdndod1tdw/L7tPupvva/ei+d/fdNxSfOOna&#10;xiSAkMkL7cgXG3nZnKvivUFSZRWRK+YpXG0bQI2cR/DExR1MAwks21eKgg25tsrruCl17SBBIbTx&#10;5doeysU2FhXwcTyNJhMoagFXk9HYw5Nk79loY18yVSO3SfGSSZspKaEjlB75GGR9bqwvGu2JE/ou&#10;wqisBfTAmgg0DuHpcXvrgCR7ZOcq1YIL4btISNQCy+ExuLgrowSn7tYf9GqZCY0AFXj4p8d9YlZz&#10;C+MgeJ3i6cGIJBUjdC6pD2MJF7BH1otqNQeZBcMuds0oRoLBILqdU5skQrrwIFnP1YnnG/PDSXgy&#10;n86n8SAeTuaDOMzzwYtFFg8mi+h4nI/yLMujj45JFCcVp5RJR2Y/JFH8d03Yj+tDex/G5CBb8BTd&#10;pwwp7t8+ad8zrk0eGm6p6PZC73sJ5sIb9zPsBu/xGfaP/zSzXwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;APNLcFDeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwQSzuhwkrTaUzs&#10;jFYQXNPGNBWNUzXZ1vHrcU/sZD376fl7xXpyvTjiGDpPCtJFAgKp8aajVsHH++7+CUSImozuPaGC&#10;MwZYl9dXhc6NP9Eej1VsBYdQyLUCG+OQSxkai06HhR+Q+PbtR6cjy7GVZtQnDne9XCZJJp3uiD9Y&#10;PeDWYvNTHZyC369tVX2e7Usd7jbL/etK7jL7ptTtzbR5BhFxiv9mmPEZHUpmqv2BTBA9a07nMlHB&#10;Q8pzdiSrxwxEPW9SkGUhLzuUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC1RrGZfwIA&#10;ALEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDzS3BQ&#10;3gAAAAsBAAAPAAAAAAAAAAAAAAAAANkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
-[...4 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1172">
+                <v:shape id="_x0000_s1807" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:319.25pt;margin-top:23.1pt;width:18.75pt;height:0;z-index:251840512;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUPHRnYwIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX2sJI4QOSgku5u0&#10;DZD0ALRIWUQpUiBpy0ZRIM0FcoReoZsu+kHOIN+oQ/rTpN0URbWghhrOmzczjzq/WDUCLZk2XMkM&#10;R0chRkyWinI5z/Dbm+lghJGxRFIilGQZXjODL8bPn513bcpiVStBmUYAIk3atRmurW3TIDBlzRpi&#10;jlTLJDgrpRtiYavnAdWkA/RGBHEYngSd0rTVqmTGwNdi68Rjj19VrLRvqsowi0SGgZv1q/brzK3B&#10;+Jykc03ampc7GuQfWDSES0h6gCqIJWih+R9QDS+1MqqyR6VqAlVVvGS+BqgmCn+r5romLfO1QHNM&#10;e2iT+X+w5evllUacZjgeQn8kaWBI/afN7ea+/9F/3tyjzcf+AZbN3ea2/9J/77/1D/1XlJy61nWt&#10;SQEhl1faFV+u5HV7qcp3BkmV10TOmS/hZt0CauQigichbmNaIDDrXikKZ8jCKt/HVaUbBwkdQis/&#10;rvVhXGxlUQkf4+Eoio8xKveugKT7uFYb+5KpBjkjw8Zqwue1zZWUoAmlI5+FLC+NdaxIug9wSaWa&#10;ciG8NIREHVCPT8PQRxglOHVed87o+SwXGi2JU5d/fI3geXxMq4WkHq1mhE52tiVcgI2sb47VHNol&#10;GHbpGkYxEgwulLO2/IR0GaF0YLyztgJ7fxaeTUaTUTJI4pPJIAmLYvBimieDk2l0elwMizwvog+O&#10;fJSkNaeUScd/L/Yo+Tsx7a7dVqYHuR86FTxF9y0Fsvu3J+1n78a9Fc5M0fWVdtU5GYC+/eHdXXQX&#10;6PHen/r1xxj/BAAA//8DAFBLAwQUAAYACAAAACEA/YpUNtwAAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMAyG70i8Q2QkLmhLKSNMpelEkYq4bqCds8a0ZY1TNelW3h4jDnC0/en39+eb2fXi&#10;hGPoPGm4XSYgkGpvO2o0vL9VizWIEA1Z03tCDV8YYFNcXuQms/5MWzztYiM4hEJmNLQxDpmUoW7R&#10;mbD0AxLfPvzoTORxbKQdzZnDXS/TJFHSmY74Q2sGfG6xPu4mp+HGu/IzVMeXclrV1Viq/Ss2qdbX&#10;V/PTI4iIc/yD4Uef1aFgp4OfyAbRa1B363tGNaxUCoIB9aC43OF3IYtc/m9QfAMAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAUPHRnYwIAAHkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD9ilQ23AAAAAkBAAAPAAAAAAAAAAAAAAAAAL0EAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1804" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:251837440;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTzzwugAIAALEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX2sOLYQOSgku5u0&#10;DZD0ALRIWWwpUiAZf1AUSHqBHKFX6KaLfpAzyDfqkJGNpN0URbWgSHH4Zt7jG52ebRqBVkwbrmSG&#10;o6MQIyZLRblcZvjt1XwwxshYIikRSrIMb5nBZ9Pnz07XbcpiVStBmUYAIk26bjNcW9umQWDKmjXE&#10;HKmWSdislG6IhaVeBlSTNaA3IojDcBSslaatViUzBr4WD5t46vGripX2TVUZZpHIMNRm/aj9uHBj&#10;MD0l6VKTtuZlXwb5hyoawiUkPUAVxBJ0rfkfUA0vtTKqskelagJVVbxkngOwicLf2FzWpGWeC4hj&#10;2oNM5v/Blq9XFxpxmuE4PsZIkgYuqfu8u9nddT+7L7s7tLvt7mHYfdrddF+7H9337r77hpKhk27d&#10;mhQQcnmhHflyIy/bc1W+N0iqvCZyyTyFq20LqJE7ETw54hamhQIW61eKQgy5tsrruKl04yBBIbTx&#10;17U9XBfbWFTCx3iShCEUXcLWaHjs4Um6P9lqY18y1SA3yfCCSZsrKcERSg99DrI6N9ZfGu2JE/ou&#10;wqhqBHhgRQRKJuNJ0uP20QFJ98juqFRzLoR3kZBoDSzjkzD08EYJTt2uizN6uciFRoAKPPzT4z4J&#10;a7iFdhC8yfD4EETSmhE6k9SnsYQLmCPrRbWag8yCYZe7YRQjwaAR3cypTVIhXXqQrOfqxPPG/DAJ&#10;J7PxbJwMkng0GyRhUQxezPNkMJpHJ8fFsMjzIvromERJWnNKmXRk9k0SJX9nwr5dH+x9aJODbMFT&#10;dF8ylLh/+6K9Z5xNHgy3UHR7ofdegr7wwX0Pu8Z7vIb54z/N9BcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQAV3ot83QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWNoBY5Sm0wab&#10;OCGxgeCaNaapSJyqybby73FPcPOzn56/Vy4G78QR+9gGUpBPMhBIdTAtNQre3zZXcxAxaTLaBUIF&#10;PxhhUZ2flbow4URbPO5SIziEYqEV2JS6QspYW/Q6TkKHxLev0HudWPaNNL0+cbh3cpplM+l1S/zB&#10;6g4fLdbfu4NXcC9f1oN53TyHj/Wn2z65VW6XK6UuL4blA4iEQ/ozw4jP6FAx0z4cyEThWF/f3rFV&#10;wc2MO42G+ZSH/bjIQVal/N+g+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCTzzwugAIA&#10;ALEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAV3ot8&#10;3QAAAAkBAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" adj="10777" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1806" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:241.35pt;margin-top:27.85pt;width:17.25pt;height:0;z-index:251839488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQDcg+YwIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX2qOI5gOSgku5u0&#10;DZD0ALRIWUQpUiBpy0ZRIO0FcoReoZsu+kHOIN+oQ/rTpN0URbWghhrOmzczjxpfrBuBVkwbrmSG&#10;o5MQIyZLRblcZPjNzWwwwshYIikRSrIMb5jBF5OnT8Zdm7JY1UpQphGASJN2bYZra9s0CExZs4aY&#10;E9UyCc5K6YZY2OpFQDXpAL0RQRyGw6BTmrZalcwY+FrsnHji8auKlfZ1VRlmkcgwcLN+1X6duzWY&#10;jEm60KStebmnQf6BRUO4hKRHqIJYgpaa/wHV8FIroyp7UqomUFXFS+ZrgGqi8LdqrmvSMl8LNMe0&#10;xzaZ/wdbvlpdacRphuM4wUiSBobUf9rebu/6H/3n7R3afujvYdl+3N72X/rv/bf+vv+KkqFrXdea&#10;FBByeaVd8eVaXreXqnxrkFR5TeSC+RJuNi2gRi4ieBTiNqYFAvPupaJwhiyt8n1cV7pxkNAhtPbj&#10;2hzHxdYWlfAxjs7Ds1OMyoMrIOkhrtXGvmCqQc7IsLGa8EVtcyUlaELpyGchq0tjHSuSHgJcUqlm&#10;XAgvDSFRB9TjszD0EUYJTp3XnTN6Mc+FRivi1OUfXyN4Hh7TaimpR6sZodO9bQkXYCPrm2M1h3YJ&#10;hl26hlGMBIML5awdPyFdRigdGO+tncDenYfn09F0lAySeDgdJGFRDJ7P8mQwnEVnp8WzIs+L6L0j&#10;HyVpzSll0vE/iD1K/k5M+2u3k+lR7sdOBY/RfUuB7OHtSfvZu3HvhDNXdHOlXXVOBqBvf3h/F90F&#10;erj3p379MSY/AQAA//8DAFBLAwQUAAYACAAAACEAUqTkhdwAAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMAyG70i8Q2QkLoilq9ZtKk0nilTElYE4Z41pyxqnStKtvD1GHNjJsv3p9+diN9tB&#10;nNCH3pGC5SIBgdQ401Or4P2tvt+CCFGT0YMjVPCNAXbl9VWhc+PO9IqnfWwFh1DItYIuxjGXMjQd&#10;Wh0WbkTi3afzVkdufSuN12cOt4NMk2Qtre6JL3R6xKcOm+N+sgrunK2+Qn18rqZVU/tq/fGCbarU&#10;7c38+AAi4hz/YfjVZ3Uo2engJjJBDApW23TDqIIs48pAttykIA5/A1kW8vKD8gcAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAQDcg+YwIAAHkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBSpOSF3AAAAAkBAAAPAAAAAAAAAAAAAAAAAL0EAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1801" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:251834368;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASy3eEYgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOkthC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPm3ZTFPWCHpIzb97MPOr8YtVItOTGCq1y&#10;nBzFGHFFNRNqkePXN7PBCCPriGJEasVzvOYWX0yePjnv2owPda0l4wYBiLJZ1+a4dq7NosjSmjfE&#10;HumWK7istGmIg61ZRMyQDtAbGQ3j+DTqtGGt0ZRbC6fl9hJPAn5VcepeVZXlDskcAzcXVhPWuV+j&#10;yTnJFoa0taA7GuQfWDREKEh6gCqJI+jWiD+gGkGNtrpyR1Q3ka4qQXmoAapJ4t+qua5Jy0Mt0Bzb&#10;Htpk/x8sfbm8MkiwHA+H0B9FGhhS/3Fzt7nvv/efNvdo875/gGXzYXPXf+6/9V/7h/4LOh771nWt&#10;zQChUFfGF09X6rq91PSNRUoXNVELHkq4WbeAmviI6FGI39gWCMy7F5qBD7l1OvRxVZnGQ0KH0CqM&#10;a30YF185RLeHFE7TeHxydhLASbaPa411z7lukDdybJ0hYlG7QisFmtAmCVnI8tI6z4pk+wCfVOmZ&#10;kDJIQyrUAfXhWRyHCKulYP7W+1mzmBfSoCXx6gq/HY1HbkbfKhbQak7YdGc7IiTYyIXmOCOgXZJj&#10;n67hDCPJ4UF5a8tPKp8RSgfGO2srsLfjeDwdTUfpIB2eTgdpXJaDZ7MiHZzOkrOT8rgsijJ558kn&#10;aVYLxrjy/PdiT9K/E9Pu2W1lepD7oVPRY/TQUiC7/w+kw+z9uLfCmWu2vjK+Oi8D0Hdw3r1F/4B+&#10;3Qevn1+MyQ8AAAD//wMAUEsDBBQABgAIAAAAIQBdwGOy3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcUOs0VCkNcSqCFMSVgji78ZKExuvIdtrw9yziAMedeZqdKXazHcQJ&#10;fegdKVgtExBIjTM9tQreXuvFHYgQNRk9OEIFXxhgV15eFDo37kwveNrHVnAIhVwr6GIccylD06HV&#10;YelGJPY+nLc68ulbabw+c7gdZJokmbS6J/7Q6REfO2yO+8kquHG2+gz18ama1k3tq+z9GdtUqeur&#10;+eEeRMQ5/sHwU5+rQ8mdDm4iE8SgIL3drhhlI0m3IJj4VQ6sZJs1yLKQ/zeU3wAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQASy3eEYgIAAHkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBdwGOy3QAAAAsBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1805" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:251838464;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDU99pYYwIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu4jhC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGmo4b97MPOrsfNVItOTGCq1y&#10;nBzFGHFFNRNqkeM317PBGCPriGJEasVzvOYWn0+ePjnr2owPda0l4wYBiLJZ1+a4dq7NosjSmjfE&#10;HumWK3BW2jTEwdYsImZIB+iNjIZxPIo6bVhrNOXWwtdy68STgF9VnLrXVWW5QzLHwM2F1YR17tdo&#10;ckayhSFtLeiOBvkHFg0RCpIeoEriCLox4g+oRlCjra7cEdVNpKtKUB5qgGqS+LdqrmrS8lALNMe2&#10;hzbZ/wdLXy0vDRIsx8PkBCNFGhhS/2lzu7nrf/SfN3do86G/h2XzcXPbf+m/99/6+/4rSlPfuq61&#10;GSAU6tL44ulKXbUXmr61SOmiJmrBQwnX6xZQEx8RPQrxG9sCgXn3UjM4Q26cDn1cVabxkNAhtArj&#10;Wh/GxVcOUfiYJuN0dIwR3bsiku3jWmPdC64b5I0cW2eIWNSu0EqBJrRJQhayvLDOsyLZPsAnVXom&#10;pAzSkAp1QH14EschwmopmPf6c9Ys5oU0aEm8usITagTPw2NG3ygW0GpO2HRnOyIk2MiF5jgjoF2S&#10;Y5+u4QwjyeFCeWvLTyqfEUoHxjtrK7B3p/HpdDwdp4N0OJoO0rgsB89nRToYzZKT4/JZWRRl8t6T&#10;T9KsFoxx5fnvxZ6kfyem3bXbyvQg90OnosfooaVAdv8OpMPs/bi3wplrtr40vjovA9B3OLy7i/4C&#10;PdyHU7/+GJOfAAAA//8DAFBLAwQUAAYACAAAACEARKDsbt0AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMAyG75N4h8iTdplYuq5UVWk60UlFXBmIc9aYtlvjVEm6lbcniAMcbX/6/f3FftYD&#10;u6J1vSEB200EDKkxqqdWwPtbfZ8Bc16SkoMhFPCFDvbl3aKQuTI3esXr0bcshJDLpYDO+zHn3DUd&#10;auk2ZkQKt09jtfRhtC1XVt5CuB54HEUp17Kn8KGTIx46bC7HSQtYG12dXX15rqakqW2VfrxgGwux&#10;Ws5Pj8A8zv4Phh/9oA5lcDqZiZRjg4A4y3YBFZCkW2AB2D0kMbDT74KXBf/foPwGAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA1PfaWGMCAAB5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEARKDsbt0AAAAJAQAADwAAAAAAAAAAAAAAAAC9BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1803" type="#_x0000_t34" style="position:absolute;margin-left:422.5pt;margin-top:29.65pt;width:42.3pt;height:.05pt;rotation:90;flip:x;z-index:251836416;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmFN/AYAIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtuEzEU3SPxD5b36Tw6tOmoE4RmEjYF&#10;KrV8gGN7MhYee2S7mUQIqfAD/QR+gQ0LHuo3TP6Ia+cBhQ1CZOFcv84999zjOX+6aiVacmOFVgVO&#10;jmKMuKKaCbUo8Ovr2WiMkXVEMSK14gVec4ufTh4/Ou+7nKe60ZJxgwBE2bzvCtw41+VRZGnDW2KP&#10;dMcVbNbatMTB1CwiZkgP6K2M0jg+iXptWGc05dbCarXdxJOAX9eculd1bblDssDAzYXRhHHux2hy&#10;TvKFIV0j6I4G+QcWLREKkh6gKuIIujHiD6hWUKOtrt0R1W2k61pQHmqAapL4t2quGtLxUAuIY7uD&#10;TPb/wdKXy0uDBCtwmqYYKdJCk4aPm9vN3fB9+LS5Q5v3wz0Mmw+b2+Hz8G34OtwPX1CWeOn6zuaA&#10;UKpL44unK3XVXWj6xiKly4aoBQ8lXK87QA03ogdX/MR2QGDev9AMzpAbp4OOq9q0HhIUQqvQrvWh&#10;XXzlEN0uUlg9HidxHDoZkXx/rzPWPee6RT4osHWGiEXjSq0UeEKbJGQhywvroA64uL/gkyo9E1IG&#10;a0iFeqCenkIGv2W1FMzvholZzEtp0JJ4d4WfVwXQHhwz+kaxgNZwwqa72BEhIUYuiOOMALkkxz5d&#10;yxlGksOD8tEWUSqfEUoHxrtoa7C3Z/HZdDwdZ6MsPZmOsriqRs9mZTY6mSWnT6rjqiyr5J0nn2R5&#10;IxjjyvPfmz3J/s5Mu2e3tenB7geloofoQQQgu/8PpEPvfbu3xplrtr40vjpvA/B3OLx7i/4B/ToP&#10;p35+MSY/AAAA//8DAFBLAwQUAAYACAAAACEA1d1C8dwAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j9B2srcUHUaQWhpHEqghTEtQVxduMlSRuvI9tpw9+ziAMc981odibfTrYXZ/Sh&#10;c6RguUhAINXOdNQoeH+rbtcgQtRkdO8IFXxhgG0xu8p1ZtyFdnjex0ZwCIVMK2hjHDIpQ92i1WHh&#10;BiTWPp23OvLpG2m8vnC47eUqSVJpdUf8odUDPrdYn/ajVXDjbHkM1emlHO/qypfpxys2K6Wu59PT&#10;BkTEKf6Z4ac+V4eCOx3cSCaIXsH6cZmylYXk4R4EO37JgUnKRBa5/L+h+AYAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBmFN/AYAIAAHkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDV3ULx3AAAAAsBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" adj=",139600800,-281004" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1818" type="#_x0000_t32" style="position:absolute;margin-left:520.9pt;margin-top:79.45pt;width:113pt;height:0;rotation:90;z-index:251851776;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB87t3SdAIAAKAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOnI8QuSgku5u0&#10;DZD0ADRJWUQpUiAZy0ZRIO0FcoReoZsu+kHOIN+oQ8pxmnZTFPWCHpLDxzePb3T2bN1ItOLGCq1y&#10;nBzEGHFFNRNqmeM3V/PRCUbWEcWI1IrneMMtfjZ9+uSsazM+1rWWjBsEIMpmXZvj2rk2iyJLa94Q&#10;e6BbrmCz0qYhDqZmGTFDOkBvZDSO46Oo04a1RlNuLayWwyaeBvyq4tS9rirLHZI5Bm4ujCaMCz9G&#10;0zOSLQ1pa0F3NMg/sGiIUHDpHqokjqBrI/6AagQ12urKHVDdRLqqBOWhBqgmiX+r5rImLQ+1gDi2&#10;3ctk/x8sfbW6MEiwHI+TCUaKNPBI/aftzfa2/9F/3t6i7Yf+Dobtx+1N/6X/3n/r7/qv6PjUS9e1&#10;NgOEQl0YXzxdq8v2XNO3Fild1EQteSjhatMCauJPRI+O+IltgcCie6kZ5JBrp4OO68o0yGh4r0ka&#10;+19YBb3QOjzeZv94fO0QhcUkPZwkkIfo/V5EMg/jmbXGuhdcN8gHObbOELGsXaGVAotokwR4sjq3&#10;zpN8OOAPKz0XUganSIU6uGp8vCNktRTM7/o8a5aLQhq0It5sA+sB7VGap1ASWw95DKLBhUZfKxZu&#10;qTlhs13siJAQIxc0dEaAqpJjT6PhDCPJoe98NNwklWcCmkAlu2jw4bvT+HR2MjtJR+n4aDZK47Ic&#10;PZ8X6ehonhxPysOyKMrkvZchSbNaMMaVr+u+J5L07zy3687Bzfuu2CsYPUYPUgPZ+/9AOljEu2Lw&#10;10KzzYXx1Xm3QBuE5F3L+j77dR6yHj4s058AAAD//wMAUEsDBBQABgAIAAAAIQCc7Qhq3wAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHVSNdCGbCqE1CMSBBDi5sZLHDVe&#10;R7bbhr/HFYdynJ3RzNtqPdlBHMiH3jFCPstAELdO99whvL9tbpcgQlSs1eCYEH4owLq+vKhUqd2R&#10;X+nQxE6kEg6lQjAxjqWUoTVkVZi5kTh5385bFZP0ndReHVO5HeQ8y+6kVT2nBaNGejLU7pq9RXhu&#10;Pmy201/W6eWNLzZFeDGfAfH6anp8ABFpiucwnPATOtSJaev2rIMYks6LRWKPCItiBeKU+LtsEeb3&#10;+QpkXcn/T9S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHzu3dJ0AgAAoAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJztCGrfAAAADAEAAA8A&#10;AAAAAAAAAAAAAAAAzgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1796" style="position:absolute;margin-left:258.3pt;margin-top:25.1pt;width:54.9pt;height:31.8pt;z-index:251829248;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQagkaTwIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNEm3Lduo6WrVpQhp&#10;gZUWHsB1nMbCsc3YbbqckPaKxCPwEFwQP/sM6RsxcdpSfsQBkYPl8Yw/z3zfTCZnm0qRtQAnjc5o&#10;0ospEZqbXOplRl++mD84pcR5pnOmjBYZvRGOnk3v35vUNhV9UxqVCyAIol1a24yW3ts0ihwvRcVc&#10;z1ih0VkYqJhHE5ZRDqxG9EpF/TgeRbWB3ILhwjk8veicdBrwi0Jw/7wonPBEZRRz82GFsC7aNZpO&#10;WLoEZkvJd2mwf8iiYlLjoweoC+YZWYH8DaqSHIwzhe9xU0WmKCQXoQasJol/qea6ZFaEWpAcZw80&#10;uf8Hy5+tr4DIPKP9ZEyJZhWK1HzYvt2+b742d9vb5mNz13zZvmu+NZ+az+QkaSmrrUvx5rW9grZo&#10;Zy8Nf+WINrOS6aU4BzB1KViOiYb46KcLreHwKlnUT02O77GVN4G9TQFVC4i8kE0Q6eYgkth4wvFw&#10;FI9HMUrJ0XUy7A/6wzajiKX7yxacfyxMRdpNRgF7IICz9aXzXeg+JCRvlMznUqlgwHIxU0DWDPtl&#10;Hr4dujsOU5rUGR0P8e2/Q8Th+xNEJT02vpJVRk8PQSxtWXuk89CWnknV7bE6pbHIPXOdAn6z2ATp&#10;ksFelIXJb5BYMF2j42DipjTwhpIamzyj7vWKgaBEPdEozjgZDNqpCMZg+LCPBhx7FscepjlCZZR7&#10;oKQzZr6bpZUFuSzxrSQQos05SlrIQHebdJfXrgJs5SDYbuzaWTm2Q9SPn8P0OwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAH1W+ZThAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;tRtK1IY4VYRACJUDSXvh5sZLHBHbUeym4e9ZTnCb1TzNzuTb2fZswjF03klYLgQwdI3XnWslHPbP&#10;t2tgISqnVe8dSvjGANvi8iJXmfZnV+FUx5ZRiAuZkmBiHDLOQ2PQqrDwAzryPv1oVaRzbLke1ZnC&#10;bc8TIVJuVefog1EDPhpsvuqTlfDh3/xTKfBlMPvXON2U1e69rqS8vprLB2AR5/gHw299qg4FdTr6&#10;k9OB9RLu78SKUDLSFQki0iQlcZSQLDcb4EXO/28ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDQagkaTwIAAGQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB9VvmU4QAAAAsBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1796">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
-                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00AB0BD9">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...5 lines deleted...]
-                          <w:t>1-шарт</w:t>
+                          <w:t xml:space="preserve">Процесс </w:t>
                         </w:r>
                       </w:p>
-                    </w:txbxContent>
-[...14 lines deleted...]
-                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:ind w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00AB0BD9">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
-[...17 lines deleted...]
-                          <w:t xml:space="preserve">с </w:t>
+                          <w:t>4</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1185" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:241.35pt;margin-top:23pt;width:23.85pt;height:.05pt;z-index:251680768;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-129945600,-301766" strokeweight="1pt">
-[...12 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1177">
+                <v:rect id="_x0000_s1797" style="position:absolute;margin-left:415.8pt;margin-top:20.2pt;width:60.45pt;height:36.75pt;z-index:251830272;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATSfr5UQIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZLObpGlX3VRVSxBS&#10;gUqFB3C83qyF1zZjJ5tyQuoViUfgIbggfvoMmzdi7KRp+BEHxB4sj2fmm5lvZvb4ZNUoshTgpNEF&#10;TXt9SoTmppR6XtBXL6ePDilxnumSKaNFQa+FoyeThw+OW5uLzNRGlQIIgmiXt7agtfc2TxLHa9Ew&#10;1zNWaFRWBhrmUYR5UgJrEb1RSdbvHyStgdKC4cI5fD3fKOkk4leV4P5FVTnhiSoo5ubjCfGchTOZ&#10;HLN8DszWkm/TYP+QRcOkxqA7qHPmGVmA/A2qkRyMM5XvcdMkpqokF7EGrCbt/1LNVc2siLUgOc7u&#10;aHL/D5Y/X14CkWVBs2xAiWYNNqn7uH63/tB9627XN92n7rb7un7ffe8+d1/IYBAoa63L0fPKXkIo&#10;2tkLw187os1ZzfRcnAKYthasxETTYJ/85BAEh65k1j4zJcZjC28ie6sKmgCIvJBVbNL1rkli5QnH&#10;x/HBeJyOKOGoGoyyYTaKEVh+52zB+SfCNCRcCgo4AxGcLS+cD8mw/M4kJm+ULKdSqSjAfHamgCwZ&#10;zss0flt0t2+mNGkLejTC2H+H6MfvTxCN9Dj4SjYFPdwZsTyw9liXcSw9k2pzx5SV3tIYmNt0wK9m&#10;q9i6NAsRAq0zU14jsWA2g46LiZfawFtKWhzygro3CwaCEvVUY3OO0uEwbEUUhqNxhgLsa2b7GqY5&#10;QhWUe6BkI5z5zS4tLMh5jbHSSIg2p9jSSka67/PaVoCjHLuwXbuwK/tytLr/OUx+AAAA//8DAFBL&#10;AwQUAAYACAAAACEA0GKHTOIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;XBB1amhoQ5wqQiBUwYGkXLi58RJHxHYUu2n4e5YTHFfzNPM23862ZxOOofNOwnKRAEPXeN25VsL7&#10;/ul6DSxE5bTqvUMJ3xhgW5yf5SrT/uQqnOrYMipxIVMSTIxDxnloDFoVFn5AR9mnH62KdI4t16M6&#10;UbntuUiSlFvVOVowasAHg81XfbQSPvyrfywTfB7Mfhenq7J6easrKS8v5vIeWMQ5/sHwq0/qUJDT&#10;wR+dDqyXsL5ZpoRSkG4EMCI2K7ECdpAgxO0d8CLn/38ofgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQATSfr5UQIAAGQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDQYodM4gAAAAsBAAAPAAAAAAAAAAAAAAAAAKsEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1797">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Процесс </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00D91F7C">
+                        <w:r w:rsidRPr="00AB0BD9">
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>7-</w:t>
-[...5 lines deleted...]
-                          <w:t>процесс</w:t>
+                          <w:t>6</w:t>
                         </w:r>
                       </w:p>
-                    </w:txbxContent>
-[...465 lines deleted...]
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1802" type="#_x0000_t34" style="position:absolute;margin-left:276.05pt;margin-top:13.6pt;width:24.55pt;height:.05pt;rotation:90;flip:x;z-index:251835392;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsMwlkYgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjtHUmu8hMsB4Vkd5O2&#10;AZIegCYpiyhFEiRt2SgKpL1AjtArdNNFP8gZ5Bt1SH+atJuiqBf0kBy+efNmRqOLVSvQkhnLlSyi&#10;9CiJEJNEUS7nRfTmZjo4i5B1WFIslGRFtGY2uhg/fTLqdM6GqlGCMoMARNq800XUOKfzOLakYS22&#10;R0ozCZe1Mi12sDXzmBrcAXor4mGSnMSdMlQbRZi1cFptL6NxwK9rRtzrurbMIVFEwM2F1YR15td4&#10;PML53GDdcLKjgf+BRYu5hKAHqAo7jBaG/wHVcmKUVbU7IqqNVV1zwkIOkE2a/JbNdYM1C7mAOFYf&#10;ZLL/D5a8Wl4ZxGkRDVMolcQtFKn/tLnd3PU/+s+bO7T50N/Dsvm4ue2/9N/7b/19/xVlQbpO2xwQ&#10;SnllfPJkJa/1pSJvLZKqbLCcs5DCzVoDaurFjh898RurgcCse6ko+OCFU0HHVW1aDwkKoVUo1/pQ&#10;LrZyiGwPCZxmSZIcBzoxzvfvtLHuBVMt8kYRWWcwnzeuVFJCTyiThih4eWmdZ4Xz/QMfVKopFyK0&#10;hpCoA+rD0yQJL6wSnPpb72fNfFYKg5bYd1f4hRzh5qGbUQtJA1rDMJ3sbIe5ABu5II4zHOQSLPLh&#10;WkYjJBgMlLe2/IT0ESF1YLyztg327jw5n5xNzrJBNjyZDLKkqgbPp2U2OJmmp8fVs6osq/S9J59m&#10;ecMpZdLz3zd7mv1dM+3Gbtumh3Y/KBU/Rg+SAtn9fyAdau/L7afT5jNF11fGZ+d30N/BeTeLfoAe&#10;7oPXry/G+CcAAAD//wMAUEsDBBQABgAIAAAAIQBW2JW+3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcUOsQUUNDnIogBXFtQT278ZKExusodtrw9yziAMedeZqdyTez68UJ&#10;x9B50nC7TEAg1d521Gh4f6sWDyBCNGRN7wk1fGGATXF5kZvM+jNt8bSLjeAQCpnR0MY4ZFKGukVn&#10;wtIPSOx9+NGZyOfYSDuaM4e7XqZJoqQzHfGH1gz43GJ93E1Ow4135Weoji/ldFdXY6n2r9ikWl9f&#10;zU+PICLO8Q+Gn/pcHQrudPAT2SB6Dat7pRhlI0nXIJj4VQ6sqNUaZJHL/xuKbwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCsMwlkYgIAAHkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBW2JW+3QAAAAsBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" adj="10778,145519200,-334690" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1935"/>
+                <w:tab w:val="left" w:pos="2127"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 53" o:spid="_x0000_s1810" type="#_x0000_t34" style="position:absolute;margin-left:143.7pt;margin-top:39.1pt;width:29.55pt;height:.05pt;rotation:90;flip:x;z-index:251843584;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdM6rXkQIAAMoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUn+xREiB4Vst4u0&#10;NZD0ALRIWWz5EUjGslEUSHuBHKFX6KaLfpAzyDfqkHacJt0URbWgSM3wzbw3Mzo9W0uBVsxYrlWG&#10;k6MYI6YKTblaZvjN5awzwsg6oigRWrEMb5jFZ+OnT06bOmVdXWlBmUEAomza1BmunKvTKLJFxSSx&#10;R7pmCoylNpI4OJplRA1pAF2KqBvHw6jRhtZGF8xa+DrZGfE44JclK9zrsrTMIZFhyM2F1YR14ddo&#10;fErSpSF1xYt9GuQfspCEKwh6gJoQR9CV4X9ASV4YbXXpjgotI12WvGCBA7BJ4kdsLipSs8AFxLH1&#10;QSb7/2CLV6u5QZxmuBufYKSIhCK1n7fX25v2Z/tle4O2H9tbWLafttft1/ZH+729bb+hQc9L19Q2&#10;BYRczY0nX6zVRX2ui3cWKZ1XRC1ZoHC5qQE18TeiB1f8wdaQwKJ5qSn4kCung47r0khkNNQrGUKd&#10;4cGoFLx+4XF8LJAOrUMdN4c6srVDBXzsHQ+6owFGBZiGvUGIS1IP6W/WxrrnTEvkNxleMOVyrRS0&#10;ija9gE1W59aFatK9IoS+TSABKaA5VkSgTr/b2/Eh6d47ukf2V5WecSFCewmFGki7ewwkvMlqwam3&#10;hoNZLnJhEKACjx1Tr9MjN8kdzIngMsOjgxNJK0boVNEQxhEuYI9cUNsZDvoLhn1syShGgsGE+t0O&#10;XigfHiTbc/XihY59fxKfTEfTUR9IDqedfjyZdJ7N8n5nOEuOB5PeJM8nyQfPJOmnFaeUKU/mbnqS&#10;/t91536Od31/mJ+DbNFD9KAIpHj3DkmHZvL9s+vEhaabufHsfF/BwATn/XD7ifz9HLzuf0HjXwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGT6jArfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQ&#10;he8m/Q+bMfFmFzSxgCwNadSLB9Mq8Tplp0Bkdwm7tOivd3pqbzPzXt58L1/PphdHGn3nrIJ4GYEg&#10;Wzvd2UbB1+frfQLCB7Qae2dJwS95WBeLmxwz7U52S8ddaASHWJ+hgjaEIZPS1y0Z9Es3kGXt4EaD&#10;gdexkXrEE4ebXj5E0ZM02Fn+0OJAm5bqn91kFGBF1aDdW1nJv/d0O70c4vL7Q6m727l8BhFoDhcz&#10;nPEZHQpm2rvJai96BY/xirsEHtIVCDbwIQaxV5AmCcgil9cNin8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAnTOq15ECAADKBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAZPqMCt8AAAAJAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" adj="-914" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1800" style="position:absolute;margin-left:89.65pt;margin-top:-.95pt;width:53.15pt;height:33.85pt;z-index:251833344;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQH4xLUAIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdH+alGaVTVWlFCEV&#10;qFR4AMfrzVp4bTN2siknJK5IPAIPwQXx02fYvBFjJ03Djzgg9mB5PDPfzHwzs+OTVavIUoCTRpc0&#10;O0gpEZqbSup5SV++OH9wTInzTFdMGS1Kei0cPZncvzfubCFy0xhVCSAIol3R2ZI23tsiSRxvRMvc&#10;gbFCo7I20DKPIsyTCliH6K1K8jQ9SjoDlQXDhXP4erZR0knEr2vB/fO6dsITVVLMzccT4jkLZzIZ&#10;s2IOzDaSb9Ng/5BFy6TGoDuoM+YZWYD8DaqVHIwztT/gpk1MXUsuYg1YTZb+Us1Vw6yItSA5zu5o&#10;cv8Plj9bXgKRVUnzPKNEsxab1H9cv11/6L/1N+t3/af+pv+6ft9/7z/3X8hhpKyzrkDPK3sJoWhn&#10;Lwx/5Yg204bpuTgFMF0jWIWJZoHi5CeHIDh0JbPuqakwHlt4E9lb1dAGQOSFrGKTrndNEitPOD4e&#10;paOjFFvJUXU4zAf5MEZgxa2zBecfC9OScCkp4AxEcLa8cD4kw4pbk5i8UbI6l0pFAeazqQKyZDgv&#10;5/Hbort9M6VJV9LREGP/HSKN358gWulx8JVsS3q8M2JFYO2RruJYeibV5o4pK72lMTAXxtsVfjVb&#10;xdZlhyFCeJqZ6hqJBbMZdFxMvDQG3lDS4ZCX1L1eMBCUqCcamzPKBoOwFVEYDB/mKMC+ZravYZoj&#10;VEm5B0o2wtRvdmlhQc4bjJVFQrQ5xZbWMtJ9l9e2Ahzl2IXt2oVd2Zej1d3PYfIDAAD//wMAUEsD&#10;BBQABgAIAAAAIQD6IgSO4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8&#10;GLdIFFmkbIjRGKMHYfeyty6MlEinhHZZ/PeOJ729N/Py5pt8s9hBzDj53pGCm1UEAqlxbU+dgt32&#10;+ToF4YOmVg+OUME3etgU52e5zlp3ogrnOnSCS8hnWoEJYcyk9I1Bq/3KjUi8+3ST1YHt1Ml20icu&#10;t4OMoyiRVvfEF4we8dFg81UfrYK9e3dPZYQvo9m+hvmqrN4+6kqpy4ulfAARcAl/YfjFZ3QomOng&#10;jtR6MbBP1wlHWSTrGAQn4vSOJwcW8e09yCKX/38ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDQH4xLUAIAAGQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQD6IgSO4AAAAAsBAAAPAAAAAAAAAAAAAAAAAKoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1800">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Процесс </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 74" o:spid="_x0000_s1816" type="#_x0000_t32" style="position:absolute;margin-left:472.85pt;margin-top:37.5pt;width:41.85pt;height:0;rotation:90;z-index:251849728;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxMsakaAIAAIcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOnI8QuSgku5u0&#10;DZD0ADRJWUQpUiAZy0ZRIO0FcoReoZsu+kHOIN+oQ8pxmnZTFPWCHpLDx/dmHnX2bN1ItOLGCq1y&#10;nBzEGHFFNRNqmeM3V/PRCUbWEcWI1IrneMMtfjZ9+uSsazM+1rWWjBsEIMpmXZvj2rk2iyJLa94Q&#10;e6BbrmCz0qYhDqZmGTFDOkBvZDSO46Oo04a1RlNuLayWwyaeBvyq4tS9rirLHZI5Bm4ujCaMCz9G&#10;0zOSLQ1pa0F3NMg/sGiIUHDpHqokjqBrI/6AagQ12urKHVDdRLqqBOVBA6hJ4t/UXNak5UELFMe2&#10;+zLZ/wdLX60uDBIsx+MkxUiRBprUf9rebG/7H/3n7S3afujvYNh+3N70X/rv/bf+rv+KjlNfuq61&#10;GSAU6sJ48XStLttzTd9apHRRE7XkQcLVpgXUxJ+IHh3xE9sCgUX3UjPIIddOhzquK9Mgo6FfkzT2&#10;v7AK9ULr0LzNvnl87RCFxclhkp5OMKL3WxHJPIon1hrrXnDdIB/k2DpDxLJ2hVYKHKJNEtDJ6tw6&#10;z/HhgD+s9FxIGYwiFepAyPh4x8dqKZjf9XnWLBeFNGhFvNcG0gPaozSjrxULaDUnbLaLHRESYuRC&#10;qZwRUDzJsb+u4QwjyeF5+WhAlMrfCNKB8S4a7PbuND6dncxO0lE6PpqN0rgsR8/nRTo6mifHk/Kw&#10;LIoyee/lJmlWC8a48vzvrZ+kf2et3SMcTLs3/75S0WP0UFIge/8fSAcn+OYPNlpotrkwXp03Bbg9&#10;JO9epn9Ov85D1sP3Y/oTAAD//wMAUEsDBBQABgAIAAAAIQCDUirr3wAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9NT4QwEIbvJv6HZky8GLfgRhaQsvEjxuvCGo23Lh0pkbZIC4v/3jEe9DgzT955&#10;3mK7mJ7NOPrOWQHxKgKGtnGqs62A5/3jZQrMB2mV7J1FAV/oYVuenhQyV+5oK5zr0DIKsT6XAnQI&#10;Q865bzQa6VduQEu3dzcaGWgcW65GeaRw0/OrKEq4kZ2lD1oOeK+x+agnI+Bt93ntste9lvNmyuqn&#10;qrp4eLkT4vxsub0BFnAJfzD86JM6lOR0cJNVnvUCsnSTECpgvY6BEfC7OBAZJynwsuD/K5TfAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADEyxqRoAgAAhwQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAINSKuvfAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;wgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 237" o:spid="_x0000_s1830" type="#_x0000_t32" style="position:absolute;margin-left:477.95pt;margin-top:13.45pt;width:15.85pt;height:0;z-index:251864064;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6vefSNgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuO2yAU3VfqPyD2iR/JZBIrzmhkJ91M&#10;O5Fm+gEEsI2KAQGJE1X9917IozPtpqrqBb6Y+zj33IOXD8deogO3TmhV4mycYsQV1UyotsRfXzej&#10;OUbOE8WI1IqX+MQdflh9/LAcTMFz3WnJuEWQRLliMCXuvDdFkjja8Z64sTZcwWGjbU88bG2bMEsG&#10;yN7LJE/TWTJoy4zVlDsHX+vzIV7F/E3DqX9uGsc9kiUGbD6uNq67sCarJSlaS0wn6AUG+QcUPREK&#10;it5S1cQTtLfij1S9oFY73fgx1X2im0ZQHnuAbrL0t25eOmJ47AXIceZGk/t/aemXw9YiwUqcZxOM&#10;FOlhSI97r2NtlE/uA0WDcQV4VmprQ5P0qF7Mk6bfHFK66ohqeXR/PRmIzkJE8i4kbJyBQrvhs2bg&#10;Q6BC5OvY2D6kBCbQMY7ldBsLP3pE4SMwky/uMKLXo4QU1zhjnf/EdY+CUWLnLRFt5yutFMxe2yxW&#10;IYcn5wMqUlwDQlGlN0LKKAGp0ADQ8/s0jRFOS8HCafBztt1V0qIDCSqKT+wRTt66Wb1XLGbrOGHr&#10;i+2JkGAjH8nxVgBdkuNQrucMI8nh4gTrjE+qUBFaB8QX6yyk74t0sZ6v59PRNJ+tR9O0rkePm2o6&#10;mm2y+7t6UldVnf0I4LNp0QnGuAr4r6LOpn8nmsv1OsvxJusbU8n77JFSAHt9R9Bx9mHcZ+HsNDtt&#10;beguyAB0HJ0vdy5clLf76PXrz7D6CQAA//8DAFBLAwQUAAYACAAAACEAz83XFNwAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLoilVKyspelEkYq4MhDnrDFtWeNUSbqVt8eI&#10;A5ws259+fy63ix3FEX0YHCm4WSUgkFpnBuoUvL021xsQIWoyenSECr4wwLY6Pyt1YdyJXvC4i53g&#10;EAqFVtDHOBVShrZHq8PKTUi8+3De6sit76Tx+sThdpRpkmTS6oH4Qq8nfOyxPexmq+DK2fozNIen&#10;er5tG19n78/YpUpdXiwP9yAiLvEPhh99VoeKnfZuJhPEqCBfr3NGFaQZVwbyzV0GYv87kFUp/39Q&#10;fQMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6vefSNgIAAGEEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDPzdcU3AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 236" o:spid="_x0000_s1829" type="#_x0000_t32" style="position:absolute;margin-left:308.85pt;margin-top:33.65pt;width:40.35pt;height:0;rotation:90;z-index:251863040;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgyZnwPQIAAG8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHxnvpHnTS16lSVneyl&#10;WyO1+wMI4BgNAwIaJ5r2v+/AbrpsL9O0PJAD7r777u7Dd/fHXqIDt05oVeHsKsWIK6qZUPsKf33Z&#10;zJYYOU8UI1IrXuETd/h+9fHD3WBKnutOS8YtAhDlysFUuPPelEniaMd74q604QouW2174mFr9wmz&#10;ZAD0XiZ5mi6SQVtmrKbcOThtxku8ivhty6l/alvHPZIVBm4+rjauu7AmqztS7i0xnaATDfIPLHoi&#10;FCQ9QzXEE/RqxR9QvaBWO936K6r7RLetoDzWANVk6W/VPHfE8FgLNMeZc5vc/4OlXw5biwSrcJ7l&#10;GCnSw5AeXr2OuVF+vQgtGowrwbNWWxuKpEf1bB41/eaQ0nVH1J5H95eTgegsRCQXIWHjDCTaDZ81&#10;Ax8CGWK/jq3tkdUwl3mRhl88hb6gYxzS6TwkfvSIwuE8y4tijhF9u0pIGVACMWOd/8R1j4JRYect&#10;EfvO11opUIK2WUQnh0fnA8f3gBCs9EZIGQUhFRqgkPxm4uO0FCzcBj9n97taWnQgQVMj6RHtws3q&#10;V8UiWscJW0+2J0KCjXxslbcCmic5Dul6zjCSHJ5RsEZEqUJGKB0YT9Yoq++36e16uV4WsyJfrGdF&#10;2jSzh01dzBab7GbeXDd13WQ/QrlZUXaCMa4C/zeJZ8XfSWh6bKM4zyI/dyq5RI8tBbJv/5F0VEIY&#10;/iijnWanrQ3VBVGAqqPz9ALDs/l1H73evxOrnwAAAP//AwBQSwMEFAAGAAgAAAAhAAKY3W/fAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHgxdmmT0oIsjR8xXoUajbcpjCyR&#10;3UV2ofjvncaDHmfmyTvPm+1m04mJBt86q2C5iECQrVzd2kbBy/7xegvCB7Q1ds6Sgm/ysMvPzzJM&#10;a3e0BU1laASHWJ+iAh1Cn0rpK00G/cL1ZPn24QaDgcehkfWARw43nVxFUSwNtpY/aOzpXlP1WY5G&#10;wfvz19olb3uN02ZMyqeiuHp4vVPq8mK+vQERaA5/MJz0WR1ydjq40dZedAri9XbJqIJVnIBg4Hdx&#10;YDLaxCDzTP6vkP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIMmZ8D0CAABvBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAApjdb98AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 235" o:spid="_x0000_s1828" type="#_x0000_t32" style="position:absolute;margin-left:313.2pt;margin-top:13.45pt;width:15.85pt;height:0;z-index:251862016;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/mMcINgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuO2yAU3VfqPyD2iR+TZBIrzmhkJ91M&#10;O5Fm+gEEsI2KAQGJE1X9917IozPtpqrqBb6Y+zj33IOXD8deogO3TmhV4mycYsQV1UyotsRfXzej&#10;OUbOE8WI1IqX+MQdflh9/LAcTMFz3WnJuEWQRLliMCXuvDdFkjja8Z64sTZcwWGjbU88bG2bMEsG&#10;yN7LJE/TWTJoy4zVlDsHX+vzIV7F/E3DqX9uGsc9kiUGbD6uNq67sCarJSlaS0wn6AUG+QcUPREK&#10;it5S1cQTtLfij1S9oFY73fgx1X2im0ZQHnuAbrL0t25eOmJ47AXIceZGk/t/aemXw9YiwUqcZxlG&#10;ivQwpMe917E2yu+mgaLBuAI8K7W1oUl6VC/mSdNvDilddUS1PLq/ngxEZyEieRcSNs5Aod3wWTPw&#10;IVAh8nVsbB9SAhPoGMdyuo2FHz2i8BGYyRdTjOj1KCHFNc5Y5z9x3aNglNh5S0Tb+UorBbPXNotV&#10;yOHJ+YCKFNeAUFTpjZAySkAqNAD0/D5NY4TTUrBwGvycbXeVtOhAgoriE3uEk7duVu8Vi9k6Ttj6&#10;YnsiJNjIR3K8FUCX5DiU6znDSHK4OME645MqVITWAfHFOgvp+yJdrOfr+WQ0yWfr0SSt69HjppqM&#10;Zpvsflrf1VVVZz8C+GxSdIIxrgL+q6izyd+J5nK9znK8yfrGVPI+e6QUwF7fEXScfRj3WTg7zU5b&#10;G7oLMgAdR+fLnQsX5e0+ev36M6x+AgAA//8DAFBLAwQUAAYACAAAACEA2p4Pc90AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8iTuKAtXTWirTSdKFIRVwbaOWu8tqxxqiTdytsT&#10;xIEdbX/6/f35bjI9u6DznSUJq2UCDKm2uqNGwudHtdgA80GRVr0llPCNHnbF7C5XmbZXesfLPjQs&#10;hpDPlIQ2hCHj3NctGuWXdkCKt5N1RoU4uoZrp64x3PQ8TRLBjeoofmjVgC8t1uf9aCQ8WFN++er8&#10;Wo7runKlOLxhk0p5P5+en4AFnMI/DL/6UR2K6HS0I2nPegkiFeuISkjFFlgExONmBez4t+BFzm8b&#10;FD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/5jHCDYCAABhBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2p4Pc90AAAAJAQAADwAAAAAAAAAA&#10;AAAAAACQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 233" o:spid="_x0000_s1826" type="#_x0000_t32" style="position:absolute;margin-left:142.8pt;margin-top:19.85pt;width:15.85pt;height:0;z-index:251859968;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAp7EYENgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuO2yAU3VfqPyD2iR/JZBIrzmhkJ91M&#10;O5Fm+gEEsI2KAQGJE1X9917IozPtpqrqBb6Y+zj33IOXD8deogO3TmhV4mycYsQV1UyotsRfXzej&#10;OUbOE8WI1IqX+MQdflh9/LAcTMFz3WnJuEWQRLliMCXuvDdFkjja8Z64sTZcwWGjbU88bG2bMEsG&#10;yN7LJE/TWTJoy4zVlDsHX+vzIV7F/E3DqX9uGsc9kiUGbD6uNq67sCarJSlaS0wn6AUG+QcUPREK&#10;it5S1cQTtLfij1S9oFY73fgx1X2im0ZQHnuAbrL0t25eOmJ47AXIceZGk/t/aemXw9YiwUqcpzAq&#10;RXoY0uPe61gb5ZNJoGgwrgDPSm1taJIe1Yt50vSbQ0pXHVEtj+6vJwPRWYhI3oWEjTNQaDd81gx8&#10;CFSIfB0b24eUwAQ6xrGcbmPhR48ofARm8sUdRvR6lJDiGmes85+47lEwSuy8JaLtfKWVgtlrm8Uq&#10;5PDkfEBFimtAKKr0RkgZJSAVGgB6fp+mMcJpKVg4DX7OtrtKWnQgQUXxiT3CyVs3q/eKxWwdJ2x9&#10;sT0REmzkIzneCqBLchzK9ZxhJDlcnGCd8UkVKkLrgPhinYX0fZEu1vP1fDqa5rP1aJrW9ehxU01H&#10;s012f1dP6qqqsx8BfDYtOsEYVwH/VdTZ9O9Ec7leZzneZH1jKnmfPVIKYK/vCDrOPoz7LJydZqet&#10;Dd0FGYCOo/PlzoWL8nYfvX79GVY/AQAA//8DAFBLAwQUAAYACAAAACEAGuZLNN4AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q+RJXBBL17JuK00nilTElQ3tnDWm7dY4VZJu5e0J&#10;4gBH259+f3++nXTPLmhdZ0jAYh4BQ6qN6qgR8LGvHtbAnJekZG8IBXyhg21xe5PLTJkrveNl5xsW&#10;QshlUkDr/ZBx7uoWtXRzMyCF26exWvow2oYrK68hXPc8jqKUa9lR+NDKAV9arM+7UQu4N7o8uer8&#10;Wo6PdWXL9PCGTSzE3Wx6fgLmcfJ/MPzoB3UogtPRjKQc6wXE62UaUAHJZgUsAMlilQA7/i54kfP/&#10;DYpvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACnsRgQ2AgAAYQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABrmSzTeAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1811" type="#_x0000_t32" style="position:absolute;margin-left:88.85pt;margin-top:19.85pt;width:29.95pt;height:0;rotation:90;z-index:251844608;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCYLmkaQIAAIcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO7DhC5KCQ7G7S&#10;1kDSA9AiZRGlSIFkLBtFgTQXyBF6hW666Ac5g3yjDinHadpNUdQLekgOH9+8edTZ+aYWaM204Uqm&#10;ODoKMWKyUJTLVYrfXs0HE4yMJZISoSRL8ZYZfD59/uysbRI2VJUSlGkEINIkbZPiytomCQJTVKwm&#10;5kg1TMJmqXRNLEz1KqCatIBei2AYhuOgVZo2WhXMGFjN+0089fhlyQr7piwNs0ikGLhZP2o/Lt0Y&#10;TM9IstKkqXixp0H+gUVNuIRLD1A5sQRda/4HVM0LrYwq7VGh6kCVJS+YrwGqicLfqrmsSMN8LSCO&#10;aQ4ymf8HW7xeLzTiNMXDCPSRpIYmdZ92N7u77kf3eXeHdh+7exh2t7ub7kv3vfvW3Xdf0Sh20rWN&#10;SQAhkwvtii828rK5UMU7g6TKKiJXzJdwtW0ANXIngidH3MQ0QGDZvlIUcsi1VV7HTalrpBX0axSH&#10;7udXQS+08c3bHprHNhYVsHg8CY/HI4yKh62AJA7FEWu0sS+ZqpELUmysJnxV2UxJCQ5ROvLoZH1h&#10;rOP4eMAdlmrOhfBGERK1UMjwZM/HKMGp23V5Rq+WmdBoTZzXetI92pM0ra4l9WgVI3S2jy3hAmJk&#10;vVRWcxBPMOyuqxnFSDB4Xi7qEYV0N0LpwHgf9XZ7fxqeziazSTyIh+PZIA7zfPBinsWD8Tw6GeXH&#10;eZbl0QdXbhQnFaeUScf/wfpR/HfW2j/C3rQH8x+UCp6ie0mB7MO/J+2d4Jrf22ip6HahXXXOFOB2&#10;n7x/me45/Tr3WY/fj+lPAAAA//8DAFBLAwQUAAYACAAAACEA9m9uo94AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPTU+EMBCG7yb+h2ZMvBi30GTFRcrGjxivwhqNty4dKZG2SAuL/97ZeNDjzDx5&#10;53mL7WJ7NuMYOu8kpKsEGLrG6861El52j5fXwEJUTqveO5TwjQG25elJoXLtD67CuY4toxAXciXB&#10;xDjknIfGoFVh5Qd0dPvwo1WRxrHlelQHCrc9F0lyxa3qHH0wasB7g81nPVkJ789fa7952xk1Z9Om&#10;fqqqi4fXOynPz5bbG2ARl/gHw1Gf1KEkp72fnA6slyCSLCNUwloIYAT8LvZEpiIFXhb8f4XyBwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIJguaRpAgAAhwQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPZvbqPeAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;wwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 76" o:spid="_x0000_s1817" type="#_x0000_t32" style="position:absolute;margin-left:418.85pt;margin-top:16.05pt;width:32.15pt;height:0;rotation:90;z-index:251850752;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4eru5aQIAAIcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOYjtC5KCQ7G7S&#10;1kDSA9AiZRGlSIFkLBtFgTQXyBF6hW666Ac5g3yjDinHadpNUdQLekgOH9+bedTZ+aYWaM204Uqm&#10;ODoKMWKyUJTLVYrfXs0HE4yMJZISoSRL8ZYZfD59/uysbRI2VJUSlGkEINIkbZPiytomCQJTVKwm&#10;5kg1TMJmqXRNLEz1KqCatIBei2AYhqOgVZo2WhXMGFjN+0089fhlyQr7piwNs0ikGLhZP2o/Lt0Y&#10;TM9IstKkqXixp0H+gUVNuIRLD1A5sQRda/4HVM0LrYwq7VGh6kCVJS+Y1wBqovA3NZcVaZjXAsUx&#10;zaFM5v/BFq/XC404TfEwHGMkSQ1N6j7tbnZ33Y/u8+4O7T529zDsbnc33Zfue/etu+++ovHIla5t&#10;TAIImVxoJ77YyMvmQhXvDJIqq4hcMS/hatsAauROBE+OuIlpgMCyfaUo5JBrq3wdN6WukVbQr5M4&#10;dD+/CvVCG9+87aF5bGNRAYtxODkOTzAqHrYCkjgUR6zRxr5kqkYuSLGxmvBVZTMlJThE6cijk/WF&#10;sY7j4wF3WKo5F8IbRUjUgpDheM/HKMGp23V5Rq+WmdBoTZzXetI92pM0ra4l9WgVI3S2jy3hAmJk&#10;fams5lA8wbC7rmYUI8HgebmoRxTS3QjSgfE+6u32/jQ8nU1mk3gQD0ezQRzm+eDFPIsHo3k0PsmP&#10;8yzLow9ObhQnFaeUScf/wfpR/HfW2j/C3rQH8x8qFTxF9yUFsg//nrR3gmt+b6OlotuFduqcKcDt&#10;Pnn/Mt1z+nXusx6/H9OfAAAA//8DAFBLAwQUAAYACAAAACEAS1hTSt4AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPT0+DQBTE7yZ+h80z8WLapY1iQR6Nf2K8Fmo03l7ZFYjsW2QXit/eNR70OJnJ&#10;zG+y7Ww6MenBtZYRVssIhObKqpZrhOf942IDwnliRZ1ljfClHWzz05OMUmWPXOip9LUIJexSQmi8&#10;71MpXdVoQ25pe83Be7eDIR/kUEs10DGUm06uoyiWhloOCw31+r7R1Uc5GoS33eeVTV73DU3XY1I+&#10;FcXFw8sd4vnZfHsDwuvZ/4XhBz+gQx6YDnZk5USHsImTJEQRFisQwf/VB4T4cg0yz+T/A/k3AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHh6u7lpAgAAhwQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEtYU0reAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;wwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 234" o:spid="_x0000_s1827" type="#_x0000_t32" style="position:absolute;margin-left:258.2pt;margin-top:14.95pt;width:29.95pt;height:0;rotation:90;z-index:251860992;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFcd8TPQIAAG8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+s0kgsGxEWK0S6GXb&#10;RdrtBxjbIVYd27INAVX9944dYEt7qapyMGN75s2bmecsHo+dRAdundCqxNldihFXVDOhdiX++rYe&#10;zTFynihGpFa8xCfu8OPy44dFbwo+1q2WjFsEIMoVvSlx670pksTRlnfE3WnDFVw22nbEw9buEmZJ&#10;D+idTMZpOkt6bZmxmnLn4LQeLvEy4jcNp/6laRz3SJYYuPm42rhuw5osF6TYWWJaQc80yD+w6IhQ&#10;kPQKVRNP0N6KP6A6Qa12uvF3VHeJbhpBeawBqsnS36p5bYnhsRZojjPXNrn/B0u/HDYWCVbicTrD&#10;SJEOhvS09zrmRuNJHlrUG1eAZ6U2NhRJj+rVPGv6zSGlq5aoHY/ubycD0VmISG5CwsYZSLTtP2sG&#10;PgQyxH4dG9shq2Eu0zwNv3gKfUHHOKTTdUj86BGFw8k8ncymGNHLVUKKgBKIGev8J647FIwSO2+J&#10;2LW+0kqBErTNIjo5PDsfOL4HhGCl10LKKAipUA+FjO/PfJyWgoXb4OfsbltJiw4kaGogPaDduFm9&#10;VyyitZyw1dn2REiwkY+t8lZA8yTHIV3HGUaSwzMK1oAoVcgIpQPjszXI6vtD+rCar+b5KB/PVqM8&#10;revR07rKR7N1dj+tJ3VV1dmPUG6WF61gjKvA/yLxLP87CZ0f2yDOq8ivnUpu0WNLgezlP5KOSgjD&#10;H2S01ey0saG6IApQdXQ+v8DwbH7dR6/378TyJwAAAP//AwBQSwMEFAAGAAgAAAAhAEo23gveAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQ6xS1pQlxKn6EuJK0KuK2jZck&#10;Il6H2EnD22PEAW47mtHsN+l2Mq0YqXeNZQWLeQSCuLS64UrBfvc024BwHllja5kUfJGDbXZ+lmKi&#10;7YlzGgtfiVDCLkEFtfddIqUrazLo5rYjDt677Q36IPtK6h5Pody08jqK1tJgw+FDjR091FR+FINR&#10;8PbyubLx667G8WaIi+c8v3o83Ct1eTHd3YLwNPm/MPzgB3TIAtPRDqydaBWslutliCqYLUAE/1cf&#10;wxFvQGap/D8g+wYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFcd8TPQIAAG8EAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBKNt4L3gAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAJcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 74" o:spid="_x0000_s1196" type="#_x0000_t32" style="position:absolute;margin-left:458.65pt;margin-top:23.1pt;width:19.75pt;height:0;rotation:90;z-index:251692032;visibility:visible" adj="-612893,-1,-612893" strokeweight="1pt">
+                <v:oval id="_x0000_s1822" style="position:absolute;margin-left:476.25pt;margin-top:4.8pt;width:30pt;height:30pt;z-index:251855872;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjBQhFKAIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adLSwjZqulp1KUJa&#10;YKWFA7iO01g4HjN2m5bDcIYVv1yiR2LsdEsLfwh/WDOe8fObN+PZ9a41bKvQa7AlHw5yzpSVUGm7&#10;LvnnT8sXV5z5IGwlDFhV8r3y/Hr+/Nmsc4UaQQOmUsgIxPqicyVvQnBFlnnZqFb4AThlKVgDtiKQ&#10;i+usQtERemuyUZ6/yjrAyiFI5T2d3vZBPk/4da1k+FjXXgVmSk7cQtox7au4Z/OZKNYoXKPlkYb4&#10;Bxat0JYePUHdiiDYBvVfUK2WCB7qMJDQZlDXWqpUA1UzzP+o5qERTqVaSBzvTjL5/wcrP2zvkemq&#10;5KN8wpkVLTXp8P3w4/B4+MmmoyhQ53xBeQ/uHmOJ3t2B/OKZhUUj7FrdIELXKFERrWHMzy4uRMfT&#10;Vbbq3kNF6GITIGm1q7GNgKQC26WW7E8tUbvAJB2+vBrmOTVOUuhoxxdE8XTZoQ9vFbQsGiVXxmjn&#10;o2iiENs7H/rsp6zEH4yultqY5OB6tTDItoIGZJlWKoHKPE8zlnUln05Gk4R8EfPnEEQ28u1fvUhD&#10;2NiKzkURtXpztIPQprepJmOP4kW9et1XUO1JO4R+cumnkdEAfuOso6ktuf+6Eag4M+8s6T8djsdx&#10;zJMznrwekYPnkdV5RFhJUCWXATnrnUXoP8fGoV439NYwFWzhhrpW6yRn7GjP60iXZjP15PiP4vCf&#10;+ynr92+f/wIAAP//AwBQSwMEFAAGAAgAAAAhAGNQD9PfAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYsk2rttJ0AjRAICbEQJyzxmsrGqdq0q3797gnuNnvPT1/ztaDa8QR&#10;u1B70jCdKBBIhbc1lRq+Ph9vliBCNGRN4wk1nDHAOr+8yExq/Yk+8LiLpeASCqnRUMXYplKGokJn&#10;wsS3SOwdfOdM5LUrpe3MictdI2dKJdKZmvhCZVp8qLD42fVOw9P780rO+3t1oJftcvv9tjm/zjda&#10;X18Nd7cgIg7xLwwjPqNDzkx735MNotGwWswWHOUhATH6ajoKew0JKzLP5P8P8l8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAYwUIRSgCAAA1BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAY1AP098AAAAJAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1823" style="position:absolute;margin-left:421.15pt;margin-top:6.3pt;width:30pt;height:29.25pt;z-index:251856896;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg2dCdOAIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1u2zAMfh+wOwh6X2yn6U+MOEXRLsOA&#10;bivQ7QCMLMfCZEmjlDjdYXaGYq+7RI40Sk7TdHsb5gdBFKmPHz9Snl1uO802Er2ypuLFKOdMGmFr&#10;ZVYV//J58eaCMx/A1KCtkRV/kJ5fzl+/mvWulGPbWl1LZARifNm7irchuDLLvGhlB35knTTkbCx2&#10;EMjEVVYj9ITe6Wyc52dZb7F2aIX0nk5vBiefJ/ymkSJ8ahovA9MVJ24hrZjWZVyz+QzKFYJrldjT&#10;gH9g0YEylPQAdQMB2BrVX1CdEmi9bcJI2C6zTaOETDVQNUX+RzX3LTiZaiFxvDvI5P8frPi4uUOm&#10;6oqP8wlnBjpq0u7H7ufucfeLTU+iQL3zJcXduzuMJXp3a8VXz4y9bsGs5BWi7VsJNdEqYnz24kI0&#10;PF1ly/6DrQkd1sEmrbYNdhGQVGDb1JKHQ0vkNjBBhycXRZ5T4wS5Ts6LyflpygDl02WHPryTtmNx&#10;U3GptXI+igYlbG59iHygfIpK/K1W9UJpnQxcLa81sg3QgCzSt0/gj8O0YT1VN81P8wT9wumPMYht&#10;JDykfRGGdm1qOocyivV2vw+g9LAnmtrs1YuCDcKH7XKb+lOcRdCo5tLWD6Qn2mGa6fXRprX4nbOe&#10;Jrni/tsaUHKm3xvqybSYTOLoJ2Nyej4mA489y2MPGEFQFRcBORuM6zA8mLVDtWopV5E0MPaKOtmo&#10;JPEzr30FNK9J+f3big/i2E5Rz3+A+W8AAAD//wMAUEsDBBQABgAIAAAAIQBNrZvq4AAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLG2BMUrTaQzRndBExxDcssa0FY1TNdlW&#10;3h7vBEf7//T7czYfbScOOPjWkYJ4EoFAqpxpqVbwtnm+moHwQZPRnSNU8IMe5vn5WaZT4470iocy&#10;1IJLyKdaQRNCn0rpqwat9hPXI3H25QarA49DLc2gj1xuO5lE0VRa3RJfaHSPywar73JvFRSPy/XT&#10;y2a9/SgoXhTt9vZ9VX4qdXkxLh5ABBzDHwwnfVaHnJ12bk/Gi07B7Ca5ZpSDZAqCgfvotNgpuItj&#10;kHkm/3+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg2dCdOAIAAEkEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBNrZvq4AAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1823">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1821" style="position:absolute;margin-left:313.2pt;margin-top:5.55pt;width:30pt;height:30pt;z-index:251854848;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFO/J0JwIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adLSwjZqulp1KUJa&#10;YKWFA7iO01g4HjN2m5bDcAbEL5fokRg73W4Lfwh/WDOe8fObN+PZ9a41bKvQa7AlHw5yzpSVUGm7&#10;LvnnT8sXV5z5IGwlDFhV8r3y/Hr+/Nmsc4UaQQOmUsgIxPqicyVvQnBFlnnZqFb4AThlKVgDtiKQ&#10;i+usQtERemuyUZ6/yjrAyiFI5T2d3vZBPk/4da1k+FjXXgVmSk7cQtox7au4Z/OZKNYoXKPlkYb4&#10;Bxat0JYePUHdiiDYBvVfUK2WCB7qMJDQZlDXWqpUA1UzzP+o5qERTqVaSBzvTjL5/wcrP2zvkemq&#10;5KN8xJkVLTXp8P3w8/Dj8ItNk0Cd8wXlPbh7jCV6dwfyi2cWFo2wa3WDCF2jREW0hlHQ7OJCdDxd&#10;ZavuPVSELjYBkla7GtsISCqwXWrJ/tQStQtM0uHLq2GeU+MkhY52fEEUj5cd+vBWQcuiUXJljHY+&#10;iiYKsb3zoc9+zEr8wehqqY1JDq5XC4NsK2hAlmmlEqjM8zRjWVfy6WQ0ScgXMX8OQWQj3/7VizSE&#10;ja3oXBRRqzdHOwhteptqMvYoXtQrjrAvVlDtSTuEfnLpp5HRAH7jrKOpLbn/uhGoODPvLOk/HY7H&#10;ccyTM568HpGD55HVeURYSVAllwE5651F6D/HxqFeN/TWMBVs4Ya6Vusk5xOvI12azdST4z+Kw3/u&#10;p6yn3z7/DQAA//8DAFBLAwQUAAYACAAAACEABvKF3N8AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KiTFoUQ4lSACqioVUVBnN14m0TE6yh22vTv2Z7guDNPszP5fLStOGDv&#10;G0cK4kkEAql0pqFKwdfny00KwgdNRreOUMEJPcyLy4tcZ8Yd6QMP21AJDiGfaQV1CF0mpS9rtNpP&#10;XIfE3t71Vgc++0qaXh853LZyGkWJtLoh/lDrDp9rLH+2g1Xwunm7l7PhKdrTcp2uv1eL0/tsodT1&#10;1fj4ACLgGP5gONfn6lBwp50byHjRKkimyS2jbMQxCAaS9CzsFNyxIItc/l9Q/AIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDFO/J0JwIAADUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAG8oXc3wAAAAkBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1820" style="position:absolute;margin-left:258.3pt;margin-top:5.55pt;width:30pt;height:29.25pt;z-index:251853824;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnEJhLNgIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/ye6mCWlW3VRVSxBS&#10;gUqFAzheb9bC6zFjJ5twGM6A+OUSORJjb9qm8IfYD8vjGb9582a8F5e7zrCtQq/BVrwY5ZwpK6HW&#10;dl3xz5+Wr84580HYWhiwquJ75fnl4uWLi96VagwtmFohIxDry95VvA3BlVnmZas64UfglCVnA9iJ&#10;QCausxpFT+idycZ5/jrrAWuHIJX3dHozOPki4TeNkuFj03gVmKk4cQtpxbSu4potLkS5RuFaLY80&#10;xD+w6IS2lPQR6kYEwTao/4LqtETw0ISRhC6DptFSpRqomiL/o5r7VjiVaiFxvHuUyf8/WPlhe4dM&#10;1xWn/JxZ0VGTDt8PPw8/Dr/YdB4F6p0vKe7e3WEs0btbkF88s3DdCrtWV4jQt0rURKuI8dmzC9Hw&#10;dJWt+vdQE7rYBEha7RrsIiCpwHapJfvHlqhdYJIOz86LPKfGSXKdzYrJbJoyiPLhskMf3iroWNxU&#10;XBmjnY+iiVJsb32IfET5EJX4g9H1UhuTDFyvrg2yraABWabvmMCfhhnLeqpunk/zBP3M6U8xiG0k&#10;PKR9FoawsTWdizKK9ea4D0KbYU80jT2qFwUbhA+71S71p5hF0KjmCuo96YkwTDO9Ptq0gN8462mS&#10;K+6/bgQqzsw7Sz2ZF5NJHP1kTKazMRl46lmdeoSVBFVxGZCzwbgOw4PZONTrlnIVSQMLV9TJRieJ&#10;n3gdK6B5Tcof31Z8EKd2inr6Ayx+AwAA//8DAFBLAwQUAAYACAAAACEAUobnRt8AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwNUgOUptMYopzQRMemccua0FY0TtVkW3l7&#10;vBMc7f/T78/5fHI9O9oxdB4ViFkCzGLtTYeNgo/1y809sBA1Gt17tAp+bIB5cXmR68z4E77bYxUb&#10;RiUYMq2gjXHIOA91a50OMz9YpOzLj05HGseGm1GfqNz1/DZJJHe6Q7rQ6sEuW1t/VwenoHxarp7f&#10;1qvNrkSxKLtNun2tPpW6vpoWj8CineIfDGd9UoeCnPb+gCawXkEqpCSUAiGAEZDenRd7BfJBAi9y&#10;/v+D4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnEJhLNgIAAEkEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBShudG3wAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1820">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1812" style="position:absolute;margin-left:142.8pt;margin-top:4.8pt;width:30pt;height:30pt;z-index:251845632;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7m7mZJwIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSwm7UdLXqUoS0&#10;wEoLB3AdJ7FwPGbsNl0OwxlW/HKJHomx0y0t/CH8Yc14xs9v3oznV7vOsK1Cr8GWPB+NOVNWQqVt&#10;U/LPn1YvLjjzQdhKGLCq5A/K86vF82fz3hVqAi2YSiEjEOuL3pW8DcEVWeZlqzrhR+CUpWAN2IlA&#10;LjZZhaIn9M5kk/H4VdYDVg5BKu/p9GYI8kXCr2slw8e69iowU3LiFtKOaV/HPVvMRdGgcK2WBxri&#10;H1h0Qlt69Ah1I4JgG9R/QXVaIniow0hCl0Fda6lSDVRNPv6jmvtWOJVqIXG8O8rk/x+s/LC9Q6ar&#10;kpOanFnRUZP23/c/9o/7n2w2iwL1zheUd+/uMJbo3S3IL55ZWLbCNuoaEfpWiYpo5TE/O7sQHU9X&#10;2bp/DxWhi02ApNWuxi4Ckgpsl1rycGyJ2gUm6fDlRT6OxCSFDnZ8QRRPlx368FZBx6JRcmWMdj6K&#10;JgqxvfVhyH7KSvzB6GqljUkONuulQbYVNCCrtFIJVOZpmrGsL/nlbDJLyGcxfwpBZCPf4dWzNISN&#10;rehcFFGrNwc7CG0Gm2oy9iBe1GvQfQ3VA2mHMEwu/TQyWsBvnPU0tSX3XzcCFWfmnSX9L/PpNI55&#10;cqaz1xNy8DSyPo0IKwmq5DIgZ4OzDMPn2DjUTUtv5algC9fUtVonOWNHB14HujSbqSeHfxSH/9RP&#10;Wb9/++IXAAAA//8DAFBLAwQUAAYACAAAACEApSAvgN8AAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hI3FjKClVXmk6ABmiIadpAnLPGaysap2rSrfv3eCc4Wc/v6flzPh9tKw7Y&#10;+8aRgttJBAKpdKahSsHX58tNCsIHTUa3jlDBCT3Mi8uLXGfGHWmDh22oBJeQz7SCOoQuk9KXNVrt&#10;J65DYm/veqsDy76SptdHLretnEZRIq1uiC/UusPnGsuf7WAVvK7fZjIenqI9LVfp6vtjcXqPF0pd&#10;X42PDyACjuEvDGd8RoeCmXZuIONFq2Ca3iccVTDjwX58d9Y7BQkvZJHL/w8UvwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA7m7mZJwIAADUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQClIC+A3wAAAAgBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1819" style="position:absolute;margin-left:88.8pt;margin-top:5.55pt;width:30pt;height:29.25pt;z-index:251852800;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVQLiQNAIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/ye6mCW1X3VRVShBS&#10;gUqFA0y83qyF1zZjJ5tyGM6A+OUSORJjb5om8IfYD8vjGb9582a8V9fbTrONRK+sqXgxyjmTRtha&#10;mVXFP39avLrgzAcwNWhrZMUfpefXs5cvrnpXyrFtra4lMgIxvuxdxdsQXJllXrSyAz+yThpyNhY7&#10;CGTiKqsRekLvdDbO89dZb7F2aIX0nk5vByefJfymkSJ8bBovA9MVJ24hrZjWZVyz2RWUKwTXKrGn&#10;Af/AogNlKOkB6hYCsDWqv6A6JdB624SRsF1mm0YJmWqgaor8j2oeWnAy1ULieHeQyf8/WPFhc49M&#10;1dS7S2qVgY6atPu++7n7sfvFxlGf3vmSwh7cPcYKvbuz4otnxs5bMCt5g2j7VkJNrIoYn51ciIan&#10;q2zZv7c1gcM62CTVtsEuApIIbJs68njoiNwGJujw7KLIc+qbINfZeTE5n6YMUD5ddujDW2k7FjcV&#10;l1or56NmUMLmzofIB8qnqMTfalUvlNbJwNVyrpFtgOZjkb59An8cpg3ro0L5NE/QJ05/jEFsI+Eh&#10;7UkY2rWp6RzKKNab/T6A0sOeaGqzVy8KNggftsvt0J6LCBrVXNr6kfREOwwzPT7atBa/cdbTIFfc&#10;f10DSs70O0M9uSwmkzj5yZhMz8dk4LFneewBIwiq4iIgZ4MxD8N7WTtUq5ZyFUkDY2+ok41KEj/z&#10;2ldA45qU3z+t+B6O7RT1/AOY/QYAAP//AwBQSwMEFAAGAAgAAAAhABTs2aPgAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2iG6UZpOY4hyQhPdhuCWNaataJyqybby7/FO&#10;cPOzn56/ly1G24kjDr51pCCeRCCQKmdaqhVsN883cxA+aDK6c4QKftDDIr+8yHRq3Ine8FiGWnAI&#10;+VQraELoUyl91aDVfuJ6JL59ucHqwHKopRn0icNtJ6dRlEirW+IPje5x1WD1XR6sguJxtX563ax3&#10;HwXFy6Ld3b2/lJ9KXV+NywcQAcfwZ4YzPqNDzkx7dyDjRcd6NkvYykMcg2DD9Pa82CtI7hOQeSb/&#10;N8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANVAuJA0AgAASAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABTs2aPgAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1819">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                                                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="202"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13826"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="701"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1778" type="#_x0000_t34" style="position:absolute;margin-left:350.65pt;margin-top:55.15pt;width:46.65pt;height:.05pt;rotation:270;z-index:251810816;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+Ai3jcQIAAJkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1uEzEU3iNxB8v7ZDJpkrajTio0k7Ap&#10;UKmFvTP2ZCw8tmW7mUQIqXCBHoErsGHBj3qGyY149qQpgQ1CZOE828+fv/f5e3N2vq4FWjFjuZIp&#10;jvsDjJgsFOVymeLX1/PeCUbWEUmJUJKleMMsPp8+fXLW6IQNVaUEZQYBiLRJo1NcOaeTKLJFxWpi&#10;+0ozCZulMjVxMDXLiBrSAHotouFgMIkaZag2qmDWwmrebeJpwC9LVrhXZWmZQyLFwM2F0YRx4cdo&#10;ekaSpSG64sWOBvkHFjXhEi7dQ+XEEXRj+B9QNS+Msqp0/ULVkSpLXrBQA1QTD36r5qoimoVaQByr&#10;9zLZ/wdbvFxdGsRpiicgjyQ1vFH7aXu7vWt/tJ+3d2j7ob2HYftxe9t+ab+339r79iuKj71yjbYJ&#10;AGTy0vjai7W80heqeGuRVFlF5JKFCq43GlBjfyI6OOInVsP9i+aFopBDbpwKMq5LU6NScP3GH/Tg&#10;IBVah3fb7N+NrR0qusUCVsfx0XE8DteQxCP4c9pY95ypGvkgxdYZwpeVy5SUYA5lOnSyurDO83s8&#10;4A9LNedCBI8IiZoUn46H40DHKsGp3/Rp1iwXmTBoRbzLwm/H4iDNM8iJrbo8CpHPIolRN5KGqGKE&#10;znaxI1xAjFxQzxkOegqGPYuaUYwEg4bzUUdbSA8FikAhu6gz4LvTwensZHYy6o2Gk1lvNMjz3rN5&#10;NupN5vHxOD/KsyyP3/ui4lFScUqZ9HU9NEM8+juz7dqys/G+HfYCRofoQWkg+/AfSAdzeD90zloo&#10;urk0vjrvE/B/SN71qm+wX+ch6/GLMv0JAAD//wMAUEsDBBQABgAIAAAAIQDXNnvu2gAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BboMwDIbvk/oOkSfttoa2Umkpoaom7bDjgAcIxCVoxEEkLWxP&#10;P087bEf7//T7c35e3CDuOIXek4LNOgGB1HrTU6egrl6fDyBC1GT04AkVfGKAc7F6yHVm/EzveC9j&#10;J7iEQqYV2BjHTMrQWnQ6rP2IxNnVT05HHqdOmknPXO4GuU2SvXS6J75g9YgvFtuP8uYUyMbS9HWt&#10;6v2cvI31XJq0ckapp8flcgIRcYl/MPzoszoU7NT4G5kgBgXpbndklIN0C4KB30Wj4HjYgCxy+f+D&#10;4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB+Ai3jcQIAAJkEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDXNnvu2gAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAMsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" adj="10788,-124848000,-202734">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1779" type="#_x0000_t34" style="position:absolute;margin-left:366.95pt;margin-top:55.4pt;width:41.45pt;height:.05pt;rotation:90;flip:x;z-index:251811840;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEJRP6bQIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu4jiC5aCQ7G7S&#10;NkDSA9AiZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDinbTdpNUdQLekjOvJk3fKPJxaYWaM204Uqm&#10;ODoJMWKyUJTLZYrf3MwHY4yMJZISoSRL8ZYZfDF9+mTSNgkbqkoJyjQCEGmStklxZW2TBIEpKlYT&#10;c6IaJuGyVLomFrZ6GVBNWkCvRTAMw1HQKk0brQpmDJzm/SWeevyyZIV9XZaGWSRSDLVZv2q/Ltwa&#10;TCckWWrSVLzYl0H+oYqacAlJj1A5sQStNP8DquaFVkaV9qRQdaDKkhfMcwA2Ufgbm+uKNMxzgeaY&#10;5tgm8/9gi1frK404TfEowkiSGt6o+7S73d11P7rPuzu0+9Ddw7L7uLvtvnTfu2/dffcVRWPXubYx&#10;CQBk8ko77sVGXjeXqnhrkFRZReSSeQY32wZQIxcRPApxG9NA/kX7UlHwISurfBs3pa4dJDQIbfxr&#10;bY+vxTYWFf1hAadxfBbG/iEDkhziGm3sC6Zq5IwUG6sJX1Y2U1KCJJSOfBayvjTWVUWSQ4BLKtWc&#10;C+GVISRqU3x+Ojz1AUYJTt2lczN6uciERmvitOV/niLcPHRzyDkxVe9HwepFp9VKUp+kYoTO9rYl&#10;XICNrO+Z1Ry6KBh2VdSMYiQYjJmz+rKFdJVAR4DI3upl9+48PJ+NZ+N4EA9Hs0Ec5vng+TyLB6N5&#10;dHaaP8uzLI/eO1JRnFScUiYdr8MIRPHfSWw/jL14j0NwbGDwGN13Goo9/PuivSScCno9LRTdXmnH&#10;zqkDVO+d9xPqxurh3nv9+o5MfwIAAP//AwBQSwMEFAAGAAgAAAAhAG0E1R/bAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sXcQGLU0nxMaJE4MDR68JbSFxSpJt5e0x4jCO&#10;tn99/v56NXknDjamIZCG+awAYakNZqBOw+vL49UtiJSRDLpAVsO3TbBqzs9qrEw40rM9bHMnGEKp&#10;Qg19zmMlZWp76zHNwmiJb+8hesw8xk6aiEeGeydVUSylx4H4Q4+jfeht+7ndew1l6zcqvz05/Fp/&#10;rOM8FwupNlpfXkz3dyCynfIpDL/6rA4NO+3CnkwSTsPNorzmqAZVKhAc+FvsmF4uQTa1/N+g+QEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEJRP6bQIAAI8EAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBtBNUf2wAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" adj="10787,105926400,-234786">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1777" type="#_x0000_t34" style="position:absolute;margin-left:36pt;margin-top:55.3pt;width:48.5pt;height:.05pt;rotation:270;z-index:251809792;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZpnbXaAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUm27CZC5KCQ7G7S&#10;NkDS7mmSsohSJEEylo2iQNoL5Ai9Qjdd9IOcQb5RScpxknZTFPWCHpIzj29m3ujkdNNwsKbaMCly&#10;mAxjCKjAkjCxyuGby8XgCAJjkSCIS0FzuKUGns6ePjlpVUZHspacUA0ciDBZq3JYW6uyKDK4pg0y&#10;Q6mocJeV1A2ybqtXEdGodegNj0ZxPI1aqYnSElNj3GnZX8JZwK8qiu3rqjLUAp5Dx82GVYd16ddo&#10;doKylUaqZnhPA/0DiwYx4R49QJXIInCl2R9QDcNaGlnZIZZNJKuKYRpycNkk8W/ZXNRI0ZCLK45R&#10;hzKZ/weLX63PNWAkh9MRBAI1rkfd59317qb72X3Z3YDdx+7WLbtPu+vua/ej+97ddt9AMvWVa5XJ&#10;HEAhzrXPHW/EhTqT+J0BQhY1EisaMrjcKoea+IjoUYjfGOXeX7YvJXE+6MrKUMZNpRtQcabe+kAP&#10;7koFNqFv20Pf6MYC3B9idzoZj9M4tDRCmUfwcUob+4LKBngjh8ZqxFa1LaQQThxS9+hofWas53cf&#10;4IOFXDDOg0a4AG0OjyejSaBjJGfEX3o3o1fLgmuwRl5l4ReSdTcP3bS8EiSA1RSR+d62iHFnAxuq&#10;ZDVzdeMU+tcaSiDg1A2Wt3p6XPgXXeaO8N7qhfb+OD6eH82P0kE6ms4HaVyWg+eLIh1MF8mzSTku&#10;i6JMPnjySZrVjBAqPP870Sfp34lqP369XA+yPxQqeoweKurI3v0H0kEEvu+9gpaSbM+1z87rwek8&#10;OO9n0g/Sw33wuv9yzH4BAAD//wMAUEsDBBQABgAIAAAAIQAcKsDv3gAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8MwDIXvSPyHyEhc0JbSQTVK0wkBgxOaVsY9a0xbrXGqJtvaf4/LBW5+9tPz&#10;97LVYFtxwt43jhTcziMQSKUzDVUKdp/r2RKED5qMbh2hghE9rPLLi0ynxp1pi6ciVIJDyKdaQR1C&#10;l0rpyxqt9nPXIfHt2/VWB5Z9JU2vzxxuWxlHUSKtbog/1LrD5xrLQ3G0Cl6Kzf3662Y3xGP5/lG8&#10;LQ8bGl+Vur4anh5BBBzCnxkmfEaHnJn27kjGi5Z1HN2xVcHiIQExGX4X+2lYJCDzTP6vkP8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWaZ212gCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHCrA794AAAAKAQAADwAAAAAAAAAAAAAAAADC&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;" adj=",-125323200,-58387">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 76" o:spid="_x0000_s1197" type="#_x0000_t32" style="position:absolute;margin-left:423.7pt;margin-top:24.75pt;width:23.05pt;height:0;rotation:90;z-index:251693056;visibility:visible" adj="-493942,-1,-493942" strokeweight="1pt">
+                <v:shape id="_x0000_s1780" type="#_x0000_t34" style="position:absolute;margin-left:217.5pt;margin-top:53.6pt;width:45.05pt;height:.05pt;rotation:270;z-index:251812864;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh0jkfaAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUn+1REiB4Vkd5O2&#10;BpJ2T5OURZQiCZKxbBQF0l4gR+gVuumiH+QM8o1KUo6TtJuiqBf0kJx5fDPzRqdn25qDDdWGSZHB&#10;pB9DQAWWhIl1Bt9cLnpTCIxFgiAuBc3gjhp4Nnv65LRRKR3ISnJCNXAgwqSNymBlrUqjyOCK1sj0&#10;paLCXZZS18i6rV5HRKPGodc8GsTxJGqkJkpLTI1xp0V3CWcBvywptq/L0lALeAYdNxtWHdaVX6PZ&#10;KUrXGqmK4QMN9A8sasSEe/QIVSCLwJVmf0DVDGtpZGn7WNaRLEuGacjBZZPEv2VzUSFFQy6uOEYd&#10;y2T+Hyx+tVlqwEgGJ0MIBKpdj9rP++v9Tfuz/bK/AfuP7a1b9p/21+3X9kf7vb1tv4HB1FeuUSZ1&#10;ALlYap873ooLdS7xOwOEzCsk1jRkcLlTDjXxEdGjEL8xyr2/al5K4nzQlZWhjNtS16DkTL31gR7c&#10;lQpsQ992x77RrQW4O8TudJwM42loaYRSj+DjlDb2BZU18EYGjdWIrSubSyGcOKTu0NHm3FjP7z7A&#10;Bwu5YJwHjXABmgyejAfjQMdIzoi/9G5Gr1c512CDvMrCLyTrbh66aXklSACrKCLzg20R484GNlTJ&#10;aubqxin0r9WUQMCpGyxvdfS48C+6zB3hg9UJ7f1JfDKfzqej3mgwmfdGcVH0ni/yUW+ySJ6Ni2GR&#10;50XywZNPRmnFCKHC878TfTL6O1Edxq+T61H2x0JFj9FDRR3Zu/9AOojA971T0EqS3VL77LwenM6D&#10;82Em/SA93Aev+y/H7BcAAAD//wMAUEsDBBQABgAIAAAAIQD/YQzy3gAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8JAEIXvJvyHzZh4MbKlUVNqt4SA6IkQC96X7tg2dGeb7gLtv3eMBz3Oe1/e&#10;vJctBtuKC/a+caRgNo1AIJXONFQpOOw3DwkIHzQZ3TpCBSN6WOSTm0ynxl3pAy9FqASHkE+1gjqE&#10;LpXSlzVa7aeuQ2Lvy/VWBz77SppeXznctjKOomdpdUP8odYdrmosT8XZKlgXu6fN5/1hiMfyfVu8&#10;Jacdja9K3d0OyxcQAYfwB8NPfa4OOXc6ujMZL1oFj0nEW4KCeB6DYOBXODI5Y0fmmfw/If8GAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIdI5H2gCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/2EM8t4AAAAKAQAADwAAAAAAAAAAAAAAAADC&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;" adj="10788,-123832800,-149066">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="Овал 92" o:spid="_x0000_s1200" style="position:absolute;margin-left:459.25pt;margin-top:31.55pt;width:30pt;height:30pt;z-index:251696128;visibility:visible;v-text-anchor:middle"/>
+                <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1776" type="#_x0000_t130" style="position:absolute;margin-left:456.2pt;margin-top:2.6pt;width:88.05pt;height:29.25pt;z-index:251808768;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2ok7edAIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFS2zAQvXem/6DRHRyHBIgHh2FC6XSG&#10;AjO0H6DIsq2pLLkrJQ49lQOnnvonHMqlLXyD80ddySGEtqdOfdBotdq3u+9pfXC4qBSZC7DS6JTG&#10;2z1KhOYmk7pI6ft3J1v7lFjHdMaU0SKlV8LSw/HLFwdNnYi+KY3KBBAE0TZp6pSWztVJFFleiorZ&#10;bVMLjc7cQMUcmlBEGbAG0SsV9Xu93agxkNVguLAWT487Jx0H/DwX3J3nuRWOqJRibS6sENapX6Px&#10;AUsKYHUp+aoM9g9VVExqTLqGOmaOkRnIP6AqycFYk7ttbqrI5LnkIvSA3cS937q5LFktQi9Ijq3X&#10;NNn/B8vP5hdAZIbajXYp0axCkdqv7Y/2of2+tbxe3rR37c/2NiHL6/ZhebP83N6293h2394vv7R3&#10;pP0WDjoj3vGENrVNEPeyvgBPia1PDf9giTaTkulCHAGYphQswzZifz96FuANi6Fk2rw1GVbDZs4E&#10;bhc5VB4QWSOLIOHVWkKxcITjYRzH+/2dISUcfTt78WBvGFKw5DG6ButeC1MRv0lprkyDdYE710pq&#10;cekMsMKTzhI2P7XO18eSx6DQj1EyO5FKBQOK6UQBmTN8YCfhW+Wzm9eUJk1KR8P+MCA/89lNiF74&#10;/gZRSYeTomSV0v31JZZ4Il/pLLxjx6Tq9liy0itmPZmdKG4xXay09hk801OTXSHXYLrJwEnGTWng&#10;EyUNTkVK7ccZA0GJeqNRr1E8GPgxCsZguNdHAzY9000P0xyhUsodUNIZE9cN36wGWZSYKw6EaHOE&#10;Kucy0P1U16oDfPtBhdWc+uHatMOtp7/J+BcAAAD//wMAUEsDBBQABgAIAAAAIQAxINLp4gAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsKuokamkIcapSCXa82qoSOzeeJhHx&#10;OLWdNPw97gqWo3t075l8OeqWDWhdY0hAPI2AIZVGNVQJ2G2f71JgzktSsjWEAn7QwbK4vsplpsyZ&#10;PnHY+IqFEnKZFFB732Wcu7JGLd3UdEghOxqrpQ+nrbiy8hzKdcuTKLrnWjYUFmrZ4brG8nvTawGT&#10;1am3r5Ov4354i9enp4/9u3YvQtzejKtHYB5H/wfDRT+oQxGcDqYn5Vgr4CFOZgENwXwB7AJEaToH&#10;dhCwmCXAi5z/f6H4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHaiTt50AgAAlQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADEg0uniAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAzgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1776">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>АРМ РШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
+            <w:r w:rsidRPr="00624E02">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1206" style="position:absolute;margin-left:413.55pt;margin-top:32.95pt;width:33pt;height:30pt;z-index:251702272;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1206">
+                <v:shape id="AutoShape 22" o:spid="_x0000_s1781" type="#_x0000_t130" style="position:absolute;margin-left:334.4pt;margin-top:2.6pt;width:75pt;height:29.25pt;z-index:251813888;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwaxkDNAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv1DAMfkfiP0R5Z70rd2yr1pumjSEk&#10;YJMGP8CXpm1EGgcnd73x63HS2+0GPCH6EMWx/dn+bPficjdYsdUUDLpazk9mUminsDGuq+W3r7dv&#10;zqQIEVwDFp2u5aMO8nL1+tXF6CtdYo+20SQYxIVq9LXsY/RVUQTV6wHCCXrtWNkiDRBZpK5oCEZG&#10;H2xRzmbvihGp8YRKh8CvN5NSrjJ+22oV79o26ChsLTm3mE/K5zqdxeoCqo7A90bt04B/yGIA4zjo&#10;AeoGIogNmT+gBqMIA7bxROFQYNsapXMNXM189ls1Dz14nWthcoI/0BT+H6z6sr0nYRru3flCCgcD&#10;N+lqEzHHFmWZGBp9qNjwwd9TqjH4T6i+B+HwugfX6SsiHHsNDec1T/bFC4ckBHYV6/EzNgwPDJ/J&#10;2rU0JECmQexyTx4PPdG7KBQ/ni/L5Yw7p1j19nS+OF3mCFA9OXsK8YPGQaRLLVuLI6dF8c5Z4/RD&#10;RIIukQgVbD+FmNKD6skpl4PWNLfG2ixQt762JLbAA3Obv328cGxmnRin3DLyC104hpjl728Qg4k8&#10;+dYMtTw7GEGVeHzvmjyXEYyd7pyydXtiE5dTT+Juvcu9KzPtieg1No9MNeE06byZfOmRfkox8pTX&#10;MvzYAGkp7EfH7TqfLxZpLbKwWJ6WLNCxZn2sAacYqpYqkhSTcB2nZdp4Ml3PseaZEIdphlqT6X7O&#10;a18Bz3Luwn7v0rIcy9nq+e+w+gUAAP//AwBQSwMEFAAGAAgAAAAhAEN0+ZDhAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC4TSwuo60rTaUyCGwO2aRK3rPHaiibpkrQrb493&#10;gqP9f/r9OV+MumUDOt9YIyCeRsDQlFY1phKw277cpcB8kEbJ1hoU8IMeFsX1VS4zZc/mE4dNqBiV&#10;GJ9JAXUIXca5L2vU0k9th4ayo3VaBhpdxZWTZyrXLb+PooRr2Ri6UMsOVzWW35teC5gsT717m3wd&#10;98M6Xp2eP/bv2r8KcXszLp+ABRzDHwwXfVKHgpwOtjfKs1ZAkswfCaVg/gCMgDS+LA4CZrMUeJHz&#10;/x8UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDwaxkDNAIAAGUEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBDdPmQ4QAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#AutoShape 22">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1775" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:2.6pt;width:74.25pt;height:28.5pt;z-index:251807744;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDtXkjcQIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuEzEQvSPxD5bv7SYhaZtVN1XVUoRU&#10;aKXCBzhe766F117GTjblRA89ceJPeqAXoP0G548Ye9M0BU6IPVgej/087z3P7h8sakXmAqw0OqP9&#10;7R4lQnOTS11m9P27k609SqxjOmfKaJHRS2HpweT5s/22ScXAVEblAgiCaJu2TUYr55o0SSyvRM3s&#10;tmmExmRhoGYOQyiTHFiL6LVKBr3eTtIayBswXFiLq8ddkk4iflEI7s6KwgpHVEaxNhdHiOM0jMlk&#10;n6UlsKaSfFUG+4cqaiY1XrqGOmaOkRnIP6BqycFYU7htburEFIXkInJANv3eb2wuKtaIyAXFsc1a&#10;Jvv/YPnb+TkQmaN34xElmtVokv/qf/h7/31rebW89rf+p79JyfLK3y+vl5/9jb/DtTt/t/zib4n/&#10;Fhe6YC/o2TY2RdiL5hyCIrY5NfyDJdocVUyX4hDAtJVgObLoh/3JkwMhsHiUTNs3Jsdi2MyZKO2i&#10;gDoAomhkER28XDsoFo5wXBwPB+Nd5MEx9WIHKUWHE5Y+HG7AulfC1CRMMloo02JZ4M60klpcOAOs&#10;DJKzlM1PrQvlsfThUKRjlMxPpFIxgHJ6pIDMGT6vk/hFRsh6c5vSpMXaRoNRRH6Ss5sQvfj9DaKW&#10;DvtEyTqje+tNLA06vtR5fMWOSdXNsWSlV8IGLTtP3GK6iE4PoihB6KnJL1FqMF1fYB/jpDLwiZIW&#10;eyKj9uOMgaBEvdZo17g/HIYmisFwtItABDYz080M0xyhMsodUNIFR65rvVkDsqzwrn4URJtDNLmQ&#10;Ue7HulYM8OVHF1ZdGlprM467Hv8lk18AAAD//wMAUEsDBBQABgAIAAAAIQCwhVWj4QAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6HzZh4IbClGMHaKUESvYkKhsTb0h3axu5s6W5L&#10;/fcuJz1NXt7Le9+ky8HUoqfWVZYRppMIBHFudcUFwufuebwA4bxirWrLhPBDDpbZ9VWqEm3P/EH9&#10;1hcilLBLFELpfZNI6fKSjHIT2xAH72hbo3yQbSF1q86h3NQyjqJ7aVTFYaFUDa1Lyr+3nUEYrU5d&#10;+zr6Ou77zXR9enrfvxn3gnh7M6weQXga/F8YLvgBHbLAdLAdaydqhLtZIPcIcRTuxX+IZyAOCPP5&#10;AmSWyv8PZL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQ7V5I3ECAACTBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsIVVo+EAAAAIAQAADwAA&#10;AAAAAAAAAAAAAADLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1775">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ИС ПЭП</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Rectangle 25" o:spid="_x0000_s1784" style="position:absolute;margin-left:205.45pt;margin-top:1.75pt;width:56.8pt;height:29.35pt;z-index:251816960;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXt7OzKwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0zRpu91GTVerLkVI&#10;C6xY+ADHcRILxzZjt0n5esZOW8pFPCDyYHni8cmZc2ayvhs6RQ4CnDS6oOlkSonQ3FRSNwX9/Gn3&#10;6pYS55mumDJaFPQoHL3bvHyx7m0uMtMaVQkgCKJd3tuCtt7bPEkcb0XH3MRYofGwNtAxjyE0SQWs&#10;R/ROJdl0epP0BioLhgvn8O3DeEg3Eb+uBfcf6toJT1RBkZuPK8S1DGuyWbO8AWZbyU802D+w6JjU&#10;+NEL1APzjOxB/gbVSQ7GmdpPuOkSU9eSi1gDVpNOf6nmuWVWxFpQHGcvMrn/B8vfH56AyAq9W80o&#10;0axDkz6ibEw3SpBsERTqrcsx8dk+QajR2UfDvziizbbFNHEPYPpWsAp5pSE/+elCCBxeJWX/zlQI&#10;z/beRLGGGroAiDKQIXpyvHgiBk84vlxm6ewGneN4NFtmy3lklLD8fNmC82+E6UjYFBSQewRnh0fn&#10;AxmWn1MieaNktZNKxQCacquAHBi2xy4+kT/WeJ2mNOkLulqgGn+HmMbnTxCd9NjnSnYFvb0ksTyo&#10;9lpXsQs9k2rcI2WlTzIG5UYH/FAO0aksO5tSmuqIwoIZ+xrnEDetgW+U9NjTBXVf9wwEJeqtRnNW&#10;6XwehiAG88UywwCuT8rrE6Y5QhWUe6BkDLZ+HJ29Bdm0+K00CqLNPVpayyh3sHvkdaoAOze6cJqy&#10;MBrXccz68S/YfAcAAP//AwBQSwMEFAAGAAgAAAAhAHIYCCXhAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJC6IJa22aSt1pwqBEGIH2nHZLWtMU9EkVZN15e0JJzhZlj/9/v58&#10;N5ueTTT6zlmEZCGAkW2c6myL8HF4vt8A80FaJXtnCeGbPOyK66tcZspdbEVTHVoWQ6zPJIIOYcg4&#10;940mI/3CDWTj7dONRoa4ji1Xo7zEcNPzVIg1N7Kz8YOWAz1qar7qs0E4ur17KgW9DPrwGqa7snp7&#10;ryvE25u5fAAWaA5/MPzqR3UootPJna3yrEdYJmIbUYQ0jTMCq3S5AnZC2CRr4EXO/zcofgAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAXt7OzKwIAAFMEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQByGAgl4QAAAAkBAAAPAAAAAAAAAAAAAAAAAIUE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#Rectangle 25">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  Портал</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 24" o:spid="_x0000_s1783" type="#_x0000_t34" style="position:absolute;margin-left:416.15pt;margin-top:7.8pt;width:26.25pt;height:.05pt;rotation:180;z-index:251815936;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoYEp+XAIAAKcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0T20nbpoYdYrCTnbp&#10;1gLtfoAiybE2fUFS4wTD/vsoxU3b7TIM80GRROqR75HM9c1BSbTnzguja1xc5BhxTQ0Telfjr0+b&#10;yQIjH4hmRBrNa3zkHt+sPn64HmzFp6Y3knGHAET7arA17kOwVZZ52nNF/IWxXIOxM06RAEe3y5gj&#10;A6ArmU3zfJ4NxjHrDOXew217MuJVwu86TsN913kekKwx5BbS6tK6jWu2uibVzhHbCzqmQf4hC0WE&#10;hqBnqJYEgp6d+ANKCeqMN124oEZlpusE5YkDsCny39g89sTyxAXE8fYsk/9/sPTL/sEhwaB2yylG&#10;migo0u1zMCk2mpZRocH6Chwb/eAiR3rQj/bO0O8eadP0RO948n46WnhcxBfZuyfx4C3E2Q6fDQMf&#10;AgGSXIfOKeQMlKXIF3n80jXogg6pSMdzkfghIAqXM/iuLjGiYJrPLlM0UkWgmJt1PnziRqG4qfGW&#10;69AYraEPjJslbLK/8yGVio10CftWYNQpCZXfE4nK5TKfjbijd/aKHJ9qsxFSpt6RGg2Q/fRqTN0b&#10;KVi0Rj/vdttGOgSowOPEL6oDlrduSgQYAilUjUcREnTPCVtrlvaBCAl7FJLGwQlQXXIcYyvOMJIc&#10;xi/uTvBSx/Ag2cg1ipfa8ccyX64X60U5Kafz9aTM23Zyu2nKyXxTXF22s7Zp2uJnFKooq14wxnUk&#10;8zIaRfl3rTcO6ampz8Nxli17j54UgRRfflPSqYVi15z6b2vY8cFFdrGbYBqS8zi5cdzenpPX6//L&#10;6hcAAAD//wMAUEsDBBQABgAIAAAAIQC/M2rQ2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUhcEHXa8hOFOFWFVMQJ0ZYHcOIljojXke2m5u1ZTnCb1Yxmvq032Y1ixhAHTwqW&#10;iwIEUufNQL2Cj+PutgQRkyajR0+o4BsjbJrLi1pXxp9pj/Mh9YJLKFZagU1pqqSMnUWn48JPSOx9&#10;+uB04jP00gR95nI3ylVRPEinB+IFqyd8tth9HU5Owfssj7R9zX0b3uR93t3Yl2XaK3V9lbdPIBLm&#10;9BeGX3xGh4aZWn8iE8WooFyv1hxV8AiC7bK8409aFiCbWv6nb34AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA6GBKflwCAACnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAvzNq0NsAAAAFAQAADwAAAAAAAAAAAAAAAAC2BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAL4FAAAAAA==&#10;" adj="10779" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 23" o:spid="_x0000_s1782" type="#_x0000_t32" style="position:absolute;margin-left:416.15pt;margin-top:20.05pt;width:26.25pt;height:0;z-index:251814912;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAf3nNjNAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2yAQvlfqOyDuie3Eu0msOKuVnfSy&#10;7Uba7QMQwDYqBgQkTlT13TuQn+62l6oqBzwwf9/MfHj5cOwlOnDrhFYlzsYpRlxRzYRqS/z1dTOa&#10;Y+Q8UYxIrXiJT9zhh9XHD8vBFHyiOy0ZtwiCKFcMpsSd96ZIEkc73hM31oYrUDba9sTD0bYJs2SA&#10;6L1MJml6nwzaMmM15c7BbX1W4lWM3zSc+uemcdwjWWLA5uNu474Le7JakqK1xHSCXmCQf0DRE6Eg&#10;6S1UTTxBeyv+CNULarXTjR9T3Se6aQTlsQaoJkt/q+alI4bHWqA5ztza5P5fWPrlsLVIMJjdYoaR&#10;Ij0M6XHvdcyNJtPQocG4AgwrtbWhRnpUL+ZJ028OKV11RLU8Wr+eDDhnwSN55xIOzkCe3fBZM7Ah&#10;kCC269jYPoSERqBjnMrpNhV+9IjC5RTW7A4jelUlpLj6Gev8J657FIQSO2+JaDtfaaVg9NpmMQs5&#10;PDkfUJHi6hCSKr0RUkYGSIUGgD6ZpWn0cFoKFrTBztl2V0mLDiSQKK5YI2jemlm9VyxG6zhh64vs&#10;iZAgIx+b462AdkmOQ7qeM4wkh3cTpDM+qUJGKB0QX6Qzj74v0sV6vp7no3xyvx7laV2PHjdVPrrf&#10;ZLO7elpXVZ39COCzvOgEY1wF/FdOZ/nfcebyus5svLH61qnkffTYUgB7/UbQcfZh3Gfi7DQ7bW2o&#10;LtAAaByNL08uvJO352j168ew+gkAAP//AwBQSwMEFAAGAAgAAAAhAKbcYsDcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6IpeuqqSpNJ4pUxJUNcc4a05Y1TpWkW3l7jDjA&#10;0fan399f7hY7ijP6MDhSsF4lIJBaZwbqFLwdmvscRIiajB4doYIvDLCrrq9KXRh3oVc872MnOIRC&#10;oRX0MU6FlKHt0eqwchMS3z6ctzry6DtpvL5wuB1lmiRbafVA/KHXEz712J72s1Vw52z9GZrTcz1n&#10;bePr7fsLdqlStzfL4wOIiEv8g+FHn9WhYqejm8kEMSrIN+mGUQVZsgbBQJ5n3OX4u5BVKf83qL4B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAH95zYzQCAABgBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAptxiwNwAAAAJAQAADwAAAAAAAAAAAAAA&#10;AACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14492" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="453"/>
+        <w:gridCol w:w="13586"/>
+        <w:gridCol w:w="453"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="453" w:type="dxa"/>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14039" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Rectangle 15" o:spid="_x0000_s1774" style="position:absolute;left:0;text-align:left;margin-left:6.25pt;margin-top:13.75pt;width:33.15pt;height:49.7pt;z-index:251806720;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUG6XHhgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z31ZO4mtdVZ7aapK&#10;23bVbT+AAI5RMVAgcVar/nsHnKRJ24eqqh8wA8NwzswZrq53vURbbp3QqsHZRYoRV1QzodYN/vJ5&#10;OZlj5DxRjEiteIOfucPXi9evrgZT81x3WjJuEQRRrh5MgzvvTZ0kjna8J+5CG65gs9W2Jx5Mu06Y&#10;JQNE72WSp+k0GbRlxmrKnYPV+3ETL2L8tuXUf2xbxz2SDQZsPo42jqswJosrUq8tMZ2gexjkH1D0&#10;RCi49BjqnniCNlb8FqoX1GqnW39BdZ/othWURw7AJkt/YfPUEcMjF0iOM8c0uf8Xln7YPlokWIPL&#10;CiNFeqjRJ8gaUWvJUVaGBA3G1eD3ZB5toOjMg6ZfHVL6rgM3fmOtHjpOGMDKgn9ydiAYDo6i1fBe&#10;MwhPNl7HXO1a24eAkAW0iyV5PpaE7zyisFhURXoJhaOwVU5n0yqWLCH14bCxzr/lukdh0mAL2GNw&#10;sn1wPoAh9cElgtdSsKWQMhp2vbqTFm0JqGMZv4gfOJ66SRWclQ7HxojjCmCEO8JeQBur/VJleZHe&#10;5tVkOZ3PJsWyKCfVLJ1P0qy6raYp0Llffg8As6LuBGNcPQjFD8rLir+r7L4HRs1E7aGhwVWZl5H7&#10;GXp3SjKN359I9sJDI0rRN3h+dCJ1qOsbxYA2qT0Rcpwn5/BjliEHh3/MSlRBKPwoIL9b7aLO8suD&#10;plaaPYMurIa6QYnhFYFJGPMZmAM0ZYPdtw2xHCP5ToG8qqwoQhdHoyhnORj2dGd1ukMU7TT0usdo&#10;nN75sfM3xop1B5dlMV1K34AkWxHlEuQ6AtsLGRov8to/EqGzT+3o9fMpW/wAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDD3HYV3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNK&#10;1E2IUyFEc4IDBSGOTrzEEfE6it028PUsJ3qcndHsm3I7+0EccYp9IA3LRQYCqQ22p07D2+vuZgMi&#10;JkPWDIFQwzdG2FaXF6UpbDjRCx73qRNcQrEwGlxKYyFlbB16ExdhRGLvM0zeJJZTJ+1kTlzuB7nK&#10;srX0pif+4MyIDw7br/3Ba2jeH7vnH5vvalXXeXSzUk8fSuvrq/n+DkTCOf2H4Q+f0aFipiYcyEYx&#10;sOYlScNK3YJgW214SMPn5ToHWZXynL/6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABQb&#10;pceGAgAAEgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMPcdhXcAAAABwEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" stroked="f">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#Rectangle 15">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                        <w:pPr>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Запрос</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1815" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:9.55pt;margin-top:17.55pt;width:24.7pt;height:.05pt;rotation:-90;z-index:251848704;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfENErlAIAANgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0maLuuipQglLTcD&#10;Jm08gBs7jcGxI9trWiGkwQvsEXgFbrjgR3uG9I04drPC4AYhcuH45/jL933nnJw92TQCrZk2XMkM&#10;R0chRkyWinK5yvCrq8VoipGxRFIilGQZ3jKDn8wePzrr2pSNVa0EZRoBiDRp12a4trZNg8CUNWuI&#10;OVItk3BYKd0QC0u9CqgmHaA3IhiHYRJ0StNWq5IZA7vF/hDPPH5VsdK+rCrDLBIZBm7Wj9qPSzcG&#10;szOSrjRpa14ONMg/sGgIl/DRA1RBLEHXmv8B1fBSK6Mqe1SqJlBVxUvmNYCaKPxNzWVNWua1gDmm&#10;Pdhk/h9s+WJ9oRGnGR6HMUaSNJCk/uPuZnfbf+8/7W7R7n1/B8Puw+6m/9x/67/2d/0XlMTOuq41&#10;KSDk8kI78eVGXrbnqnxjkFR5TeSKeQlX2xZQI3cjeHDFLUwLBJbdc0Uhhlxb5X3cVLpBWkG+ogTy&#10;DI/fBsPQxmdve8ge21hUwmYcxckp5LiEoyQ+9l8jqQNy3Fpt7DOmGuQmGV4yaXMlJRSI0rHHJutz&#10;Y30O6eADoa8jjKpGQEmsiUDHnodTQdIhGmb3yO6qVAsuhC8qIVEH7McnA3WjBKfu1MUZvVrmQiNA&#10;BR3+Gfg+CHPQBTH1Po7CzEWRtOEWukbwJsPTw2WS1ozQuaQ+xBIuYI6s995qDtkQDDtODaMYCQb9&#10;6mZ7OUI6XLBy8MCZ6uv37Wl4Op/Op5PRZJzMR5OwKEZPF/lklCyik+MiLvK8iN45A6NJWnNKmXQi&#10;73spmvxdrQ5dve+CQzcd7AweovsMAMX7tyftS8tV074ul4puL7RT56oM2scHD63u+vPXtY/6+UOa&#10;/QAAAP//AwBQSwMEFAAGAAgAAAAhAJ7/JefaAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8Fq&#10;wzAQRO+F/oPYQG+NbEPq4FoOIdBrwGlproq1tU2klbHk2O3Xd3NqT8Mww+zbcrc4K244ht6TgnSd&#10;gEBqvOmpVfDx/va8BRGiJqOtJ1TwjQF21eNDqQvjZ6rxdoqt4BEKhVbQxTgUUoamQ6fD2g9InH35&#10;0enIdmylGfXM487KLElepNM98YVOD3josLmeJqeg3nzi8Xw+uOln2x59fU1nTK1ST6tl/woi4hL/&#10;ynDHZ3SomOniJzJBWPZ5yk0Fecp6z/MMxIU1SzYgq1L+f6D6BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAB8Q0SuUAgAA2AQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJ7/JefaAAAACAEAAA8AAAAAAAAAAAAAAAAA7gQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                                  </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2D70">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="552450" cy="361950"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:docPr id="3" name="Рисунок 6"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 6"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="552450" cy="361950"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1772" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:243.65pt;width:15.75pt;height:11.25pt;z-index:251804672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" coordsize="200025,142875" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzwipxvwMAACQKAAAOAAAAZHJzL2Uyb0RvYy54bWysVl2O2zYQfi+QOxB6DNDVj23Za6w3yN8G&#10;BdIkwLoHoCnKEiqJKklb3jwl6GMC5Ag5RFug2CR7BvlGHZKSTK2h7SKIHgRS8+kj55vhDM8e7fIM&#10;bSkXKSsWjn/iOYgWhEVpsV44vy0vfp45SEhcRDhjBV04V1Q4j84f/HRWlXMasIRlEeUISAoxr8qF&#10;k0hZzl1XkITmWJywkhZgjBnPsYQpX7sRxxWw55kbeF7oVoxHJWeECgFfnxmjc67545gS+TqOBZUo&#10;WziwN6nfXL9X6u2en+H5muMySUmzDfwdu8hxWsCiHdUzLDHa8PSIKk8JZ4LF8oSw3GVxnBKqfQBv&#10;fO+WN5cJLqn2BcQRZSeT+HG05NX2DUdptHAmEKkC5xCj+vP+3f5T/bW+2f9Z/1Xf1F/2H+tv9b/1&#10;Ndq/RzD/W8++wqy+BqgCfan/gY/f9h9q+Gw+3MBwdqoUrkoxh4UuyzdcaSTKl4z8LsDg9ixqIgCD&#10;VtWvLIKN4I1kWtVdzHP1J+iFdjp4V13w6E4iAh8hG7xg4iACJn8czKYTtbSL5+3PZCPkC8o0Ed6+&#10;FNLEPoKRjlzUuL+EPInzDNLgoYs8VKGGuYG3KL+HStBhTciCjiuwUP40DPxgkHBkQT00RDi2UGZj&#10;g4QgRudHMJr5o0HS0EZqHQdJpxbUuDzICgnVrT+s46mF+h9C/56RuV9ofDs2HgrBb3hPJqOwqQpd&#10;EP1+aO5C2uG5m9OOzt1IOzp3I+3gHCHhKKzbZMdJm/9kVzQHAEYIq7K9BGXUiSiZUKdNnQc4U0u/&#10;OU+AU1YLPurBQVYFHw3Cxz04KKbg7Wk9Zp/04CCGgk8H2cMeHHJQwXUZAgGO2ac9uMowhfd7zpof&#10;G5k49JTb3YQ7CLrJyuRNiaVSVysIQ1QdalPSlSZlzdmWLpnGyVtlDVY8WLPCRpkqorep2xdAWwDZ&#10;rFLyhL7twWeno9Bo3HS7Ui/Wlkvw1vfCUPsLIb9t03Wj1bpH3y569MuhEFpb66ONyvcGHvmZMUFN&#10;cVdi6yrfqa6CZVV6wbI0ukizTOks+Hr1NONoi+E6cKGfxrceLCtU0Pxg6nk6O3rGHoeqGQAye+nB&#10;ONsUkW4ZCcXR82YscZqZsdam6YCq6ZkuuWLRFTRAzsxFBS5WMEgYf+ugCi4pC0f8scGcOij7pYBb&#10;wKk/HoOWUk/Gk2kAE25bVrYFFwSoFg6RkK9m8lSau9Cm5Ok6gbV87XDBHkPrjVPVInWPNvtqJnAV&#10;0ZI31yZ117HnGnW43J3/BwAA//8DAFBLAwQUAAYACAAAACEABqTmFeIAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwW7CMBBE75X6D9ZW6q3YIRRCiIOqoqrtgQMUiatJ3CSqvY5sQ8Lfdzm1x9E+&#10;zbwt1qM17KJ96BxKSCYCmMbK1R02Eg5fb08ZsBAV1so41BKuOsC6vL8rVF67AXf6so8NoxIMuZLQ&#10;xtjnnIeq1VaFies10u3beasiRd/w2quByq3hUyHm3KoOaaFVvX5tdfWzP1sJz5vt5kNcP0367o+4&#10;nQ6HbueFlI8P48sKWNRj/IPhpk/qUJLTyZ2xDsxQThfLhFgJs2yRArshs0TMgZ1oQCwz4GXB/39R&#10;/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzwipxvwMAACQKAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAGpOYV4gAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAABkGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKAcAAAAA&#10;" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00624E02">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1773" style="position:absolute;left:0;text-align:left;margin-left:586.15pt;margin-top:211.8pt;width:64.3pt;height:32.6pt;z-index:251805696;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwXTTA8wQAAKARAAAOAAAAZHJzL2Uyb0RvYy54bWy0WF1vpDYUfa/U/2DxWKk7wMDAjDJZrbKb&#10;qlLajZSp+uyAZ0ALmNqeTNJf32ODGZNdSNpmE2nMx+H43nPMtc3F+8e6Ig9MyJI3Wy9453uENRnP&#10;y+aw9f7YXf+cekQq2uS04g3bek9Meu8vf/zh4tRuWMgLXuVMEJA0cnNqt16hVLtZLGRWsJrKd7xl&#10;DW7uuaipwqk4LHJBT2Cvq0Xo+6vFiYu8FTxjUuLqx+6md2n493uWqc/7vWSKVFsPsSnzK8zvvf5d&#10;XF7QzUHQtiizPgz6H6Koadmg04HqI1WUHEX5FVVdZoJLvlfvMl4v+H5fZszkgGwC/1k2dwVtmckF&#10;4sh2kEm+HW32+8OtIGW+9eLEIw2t4dENU4oJLc2plRsg7tpboZOT7Q3PvkjS8E95qW552SiEEuA5&#10;flXQ5sA+CMFPBaO5uQyCxYhBn0hwkfvTbzxHT/SouJHtcS9q3QMEIY/GnafBHfaoSIaLabBaBfAw&#10;w60oiPzQuLegG/twdpTqF8YNEX24kaozN8eRsSbv89uBZF9X8PmnBfHJiYTByrdDYQAhLQdUfBsU&#10;OqDQj5I0naJbOkifTNBFDijy13EST9HFDnKSbuWA5ung/ZBsEIeRP8mJ93lAznOuHeTSj9JpTu3q&#10;QDovY+Da8gKra860za4xLxC69kwTutbMaxm4BvkEgxAareJ4uerr0nkwugbNI12D5pGuQbNIvGln&#10;f+aRrj3zyLE7M7mHrkPznK5BMcycentC16M1Xv+pFzJ0HQqSeIbSdShIl0nicqJKHWwdooUtTdlj&#10;09cmHBEU0K23w5jQxarlUhdCXapQ7naBHhAgAU7fdeDJCA5RNXw5CU9HcOil4fEkfD2CQwwNT6bg&#10;GCdu7BiJGr6ehAcjuK4CGo9XfCLZMBw/0GcbTKaLoeMGFPT5BqOEO1l7IwRWDHqtsAuBxWphp4cK&#10;1gs7PRKwYtiFJnsYRJX20dDjkJy2XjeNkGI4wswljnpl9PmLns00tuYPbMfNU0ob3Idkp7Lz7apx&#10;YT015LFIe9+2raE743AUpr2QFmPbDtt3/Wrg856zikvWOaXF+N9KpFHSDbDQX1qDJvXw4yXKF/Rw&#10;wDY92/aSDFBUVjsWLcS2vSJDCP8C+o0A3liZNO3Gbeivw97RKV2SSI9XI8uAtTnatsv1jEyS586O&#10;kUP3rwae47RM30mRZeBbR19UxMHaqGz7TJEllnGzb45V5PXAc5y2z++kSBR0BQpF7UVFHKyNyrbP&#10;FMHizSxJwGoRtu2QVpHXA89xWqY3ViTWPehXIQ6il8rJ8DI4WBuWbZ9JEqeYIbrqZxG27ZDn/l+P&#10;PEdqub4SBRYMU4+euZw9j+RVmV+XVaVLsRSH+6tKkAeK2eza/PXhjmBVo2eudYyyYZ6apNBr026T&#10;hF5HFHWJ3SKpyhpbtAFEN3ob+KnJIRHdKFpW3bEZQfoSM5vzfgblR1DcFfmJ5KXErBv4SbLCsi8v&#10;MfWGScdKaHXAN4ZMCczIXP1ZqsJskO3UOso49fV/n/FAb9ZQTs9me6p3pN1W957nT9idglxz6s8a&#10;OCi4+NsjJ3wi2HryryMVzCPVrw12uOsgigBT5iSKEyx/iHDv3Lt3aJOBauspDys9fXilcIZHjq0o&#10;D4XO2ljQ8A/YFe9LvXs18XVR9Sf4DGCS6D9Z6O8M7rlBnT+sXP4DAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWddfJ4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftNhLaDUJpiqZJ&#10;SOy2se3ALbShqUicqgnQvf3MaRx/+9Pvz+Vq9I6dzRC7gAqmEwHMYB2aDlsF31/rJwksJo2NdgGN&#10;gl8TYVXd35W6aMIFP815m1pGJRgLrcCm1Becx9oar+Mk9AZpdwiD14ni0PJm0Bcq945nQsy41x3S&#10;Bat782ZNfdyevAI86p/5+qN2YpN29kVudovQvyv1+DC+LoElM6Z/GK76pA4VOe3DCZvIHOXpPMuJ&#10;VfCc5TNgVyQXYgFsTyMpJfCq5LdfVH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcF00&#10;wPMEAACgEQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;1nXXyeEAAAANAQAADwAAAAAAAAAAAAAAAABNBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAFsIAAAAAA==&#10;" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;7742219,0;15484400,0;15484400,2921141;15484400,5842282;7742219,5842282;0,5842282;0,2921141" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="453" w:type="dxa"/>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14039" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0001296D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13749" w:type="dxa"/>
+        <w:tblInd w:w="534" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3085"/>
+        <w:gridCol w:w="10664"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Oval 64" o:spid="_x0000_s1785" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:20.85pt;width:25.25pt;height:23pt;z-index:251817984;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiP5otJAIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k72QpGSVTVWlBCEV&#10;WqnwAY7Xm7XweszYyaZ8PWNvGlLgCeEHy+MZH885M7O8PvaGHRR6DbbmxSTnTFkJjba7mn/9snnz&#10;jjMfhG2EAatq/qQ8v169frUcXKVK6MA0ChmBWF8NruZdCK7KMi871Qs/AacsOVvAXgQycZc1KAZC&#10;701W5vk8GwAbhyCV93R7Ozr5KuG3rZLhvm29CszUnHILace0b+OerZai2qFwnZanNMQ/ZNELbenT&#10;M9StCILtUf8B1WuJ4KENEwl9Bm2rpUociE2R/8bmsRNOJS4kjndnmfz/g5WfDw/IdFPz2ZwzK3qq&#10;0f1BGDafRm0G5ysKeXQPGNl5dwfym2cW1p2wO3WDCEOnREMZFTE+e/EgGp6esu3wCRpCFvsASaZj&#10;i30EJAHYMVXj6VwNdQxM0uXbMp9fzTiT5CoXZZGnamWien7s0IcPCnoWDzVXxmjno16iEoc7H2I+&#10;onqOSvmD0c1GG5MM3G3XBhmxrfkmrUSBaF6GGcuGmi9m5Swhv/D5S4g8rb9BIOxtkzotavX+dA5C&#10;m/FMWRp7Ei/qNeoejttjqkx5LsUWmieSE2HsY5o7OnSAPzgbqIdr7r/vBSrOzEdLJVkU02ls+mRM&#10;Z1clGXjp2V56hJUEVXMZkLPRWIdxVPYO9a6jv4qkgYUbKmSrk8KxyGNeJwbUqUn401TFUbi0U9Sv&#10;2V/9BAAA//8DAFBLAwQUAAYACAAAACEARqu9ruAAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;T0vDQBTE74LfYXmCN7tJG8wf81JUqlKxiFU8b5PXJJh9G7KbNv32bk96HGaY+U2+nHQnDjTY1jBC&#10;OAtAEJemarlG+Pp8uklAWKe4Up1hQjiRhWVxeZGrrDJH/qDD1tXCl7DNFELjXJ9JacuGtLIz0xN7&#10;b28GrZyXQy2rQR19ue7kPAhupVYt+4VG9fTYUPmzHTXC8/tLKhfjQ7Dn9SbZfL+tTq+LFeL11XR/&#10;B8LR5P7CcMb36FB4pp0ZubKiQ0jD1CcRojAGcfajeQRih5DEMcgil/8PFL8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAYj+aLSQCAABDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEARqu9ruAAAAAIAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;">
+                  <v:textbox style="mso-next-textbox:#Oval 64">
+                    <w:txbxContent>
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сообщение начальное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 68" o:spid="_x0000_s1194" type="#_x0000_t34" style="position:absolute;margin-left:256.25pt;margin-top:17.8pt;width:27.45pt;height:.05pt;rotation:90;z-index:251689984;visibility:visible" adj="10780,-157377600,-284734" strokeweight="1pt">
-[...23 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1204">
+                <v:oval id="Oval 71" o:spid="_x0000_s1792" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:1.6pt;width:25.25pt;height:22.2pt;z-index:251825152;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByPhMuJQIAAEQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu61R02nqKEIa&#10;26TBD3AcJ7FwfObsNi2/novTlg54QuTB8uXOn7/vO9/ydt8ZtlPoNdiCZ5OUM2UlVNo2Bf/6ZfPu&#10;hjMfhK2EAasKflCe367evln2LldTaMFUChmBWJ/3ruBtCC5PEi9b1Qk/AacsJWvATgQKsUkqFD2h&#10;dyaZpulV0gNWDkEq7+nv/Zjkq4hf10qGp7r2KjBTcOIW4opxLYc1WS1F3qBwrZZHGuIfWHRCW7r0&#10;DHUvgmBb1H9AdVoieKjDREKXQF1rqaIGUpOlv6l5aYVTUQuZ493ZJv//YOXj7hmZrgo+n3NmRUc9&#10;etoJw66zwZve+ZxKXtwzDuq8ewD5zTML61bYRt0hQt8qURGjWJ+8OjAEno6ysv8MFSGLbYBo077G&#10;bgAkA9g+duNw7obaBybp5/tpenVNpCSlpjfZYha7lYj8dNihDx8VdGzYFFwZo50f/BK52D34QPyp&#10;+lQV+YPR1UYbEwNsyrVBRmoLvonfIJmO+MsyY1lP6hbpPI3Qr5L+EiON398wELa2ik9tMOvDcR+E&#10;NuOe7jSWrj4ZNhof9uU+tmY6P/WihOpAfiKMD5kGjzYt4A/OenrEBffftwIVZ+aTpZ4sshm5xkIM&#10;ZvPrKQV4mSkvM8JKgiq4DMjZGKzDOCtbh7pp6a4semDhjjpZ62jxQHrkdVRATzXaeByrYRYu41j1&#10;a/hXPwEAAP//AwBQSwMEFAAGAAgAAAAhAKWr3KzfAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;jk1Pg0AURfcm/ofJM3FnBxD7gTyaWiOuTCO1RndTeAKReUOYaYv/3ulKlzf35tyTLkfdiSMNtjWM&#10;EE4CEMSlqVquEd62TzdzENYprlRnmBB+yMIyu7xIVVKZE7/SsXC18BC2iUJonOsTKW3ZkFZ2Ynpi&#10;332ZQSvn41DLalAnD9edjIJgKrVq2T80qqd1Q+V3cdAI+cN68/iy3ew+cg5Xebu7e38uPhGvr8bV&#10;PQhHo/sbw1nfq0PmnfbmwJUVHcIiXPglwm0E4lzHUQxijxDPpiCzVP73z34BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAcj4TLiUCAABEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEApavcrN8AAAAHAQAADwAAAAAAAAAAAAAAAAB/BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#Oval 71">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00413698" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00413698">
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...65 lines deleted...]
-            <w:r w:rsidR="009E1FEC">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                                                                                                       </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сообщение завершающее</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...20 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14283" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="center" w:pos="4677"/>
-                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="2127"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
-[...4 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 8">
+                <v:oval id="Oval 65" o:spid="_x0000_s1786" style="position:absolute;left:0;text-align:left;margin-left:45.95pt;margin-top:2.35pt;width:25.25pt;height:23pt;z-index:251819008;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyXJ15HAIAADAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xouzRqulp1KUJa&#10;2JUWPsB1nMbC8Zix23T5esZOt3SBJ0QeLE9mfHzOmfHy+tgbdlDoNdiaF5OcM2UlNNruav71y+bN&#10;O858ELYRBqyq+ZPy/Hr1+tVycJUqoQPTKGQEYn01uJp3Ibgqy7zsVC/8BJyylGwBexEoxF3WoBgI&#10;vTdZmefzbABsHIJU3tPf2zHJVwm/bZUM923rVWCm5sQtpBXTuo1rtlqKaofCdVqeaIh/YNELbenS&#10;M9StCILtUf8B1WuJ4KENEwl9Bm2rpUoaSE2R/6bmsRNOJS1kjndnm/z/g5WfDw/IdFPz2ZQzK3rq&#10;0f1BGDafRW8G5ysqeXQPGNV5dwfym2cW1p2wO3WDCEOnREOMilifvTgQA09H2Xb4BA0hi32AZNOx&#10;xT4CkgHsmLrxdO6GOgYm6efbMp9fzTiTlCoXZZGnbmWiej7s0IcPCnoWNzVXxmjno1+iEoc7HyIf&#10;UT1XJf5gdLPRxqQAd9u1QUZqa75JX5JAMi/LjGVDzRezcpaQX+T8JUSevr9BIOxtkyYtevX+tA9C&#10;m3FPLI09mRf9Gn3fQvNE3iGMQ0uPjDYd4A/OBhrYmvvve4GKM/PRkv+LYjqNE56C6eyqpAAvM9vL&#10;jLCSoGouA3I2Buswvou9Q73r6K4iCbZwQ11rdbIzdnTkdaJLY5lcPj2hOPeXcar69dBXPwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIV5U+zfAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwkAURfcm&#10;/sPkmbiTGaAKrX0lalCjkRDQuB7aR9vYedN0plD+3mGly5t7c+5JF4NpxIE6V1tGGI8UCOLcFjWX&#10;CF+fzzdzEM5rLnRjmRBO5GCRXV6kOinskTd02PpSBAi7RCNU3reJlC6vyGg3si1x6Pa2M9qH2JWy&#10;6PQxwE0jJ0rdSaNrDg+Vbumpovxn2xuEl/VrLKf9o9rz22q++v5Ynt6nS8Trq+HhHoSnwf+N4awf&#10;1CELTjvbc+FEgxCP47BEiGYgznU0iUDsEG7VDGSWyv/+2S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAslydeRwCAAAwBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAhXlT7N8AAAAHAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Простые события завершающие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 66" o:spid="_x0000_s1787" type="#_x0000_t130" style="position:absolute;left:0;text-align:left;margin-left:24.2pt;margin-top:8.1pt;width:69.5pt;height:17.65pt;z-index:251820032;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQ9LgPNgIAAGQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r068OEuNOkXRrsOA&#10;bi3Q7QMYWbaFyaJHKXG6rx8lp1m67TTMB0EUyUfykfTF5b63YqfJG3SVnJ/NpNBOYW1cW8mvX27f&#10;rKTwAVwNFp2u5JP28nL9+tXFOJQ6xw5trUkwiPPlOFSyC2Eos8yrTvfgz3DQjpUNUg+BRWqzmmBk&#10;9N5m+Wy2zEakeiBU2nt+vZmUcp3wm0arcN80XgdhK8m5hXRSOjfxzNYXULYEQ2fUIQ34hyx6MI6D&#10;HqFuIIDYkvkDqjeK0GMTzhT2GTaNUTrVwNXMZ79V89jBoFMtTI4fjjT5/werPu8eSJi6ksVbKRz0&#10;3KOrbcAUWiyXkaBx8CXbPQ4PFEv0wx2qb144vO7AtfqKCMdOQ81pzaN99sIhCp5dxWb8hDXDA8Mn&#10;rvYN9RGQWRD71JKnY0v0PgjFj6tVviy4cYpVeb6YF0WKAOWz80A+fNDYi3ipZGNx5LQo3DtrnH4M&#10;SNBGDqGE3Z0PMT0on51SOWhNfWusTQK1m2tLYgc8L7fpO8Tzp2bWibGS50VeJOQXOn8KMUvf3yB6&#10;E3jwrem5xqMRlJHH965OYxnA2OnOKVt3IDZyOfUk7Df71Lr82KYN1k9MNeE06LyYfOmQfkgx8pBX&#10;0n/fAmkp7EfH7TqfLxZxK5KwKN7lLNCpZnOqAacYqpIqkBSTcB2mXdoOZNqOY80TIQ7jDDUm0R0H&#10;YMrrUAGPcurCYe3irpzKyerXz2H9EwAA//8DAFBLAwQUAAYACAAAACEA5XSOO+AAAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrqpGpLFOJUpRLcoFBQJW5uvE0i4nUaO2n4&#10;e7YnOO7MaPZNthptIwbsfO1IQTyNQCAVztRUKvj8eLpLQPigyejGESr4QQ+r/Poq06lxZ3rHYRdK&#10;wSXkU62gCqFNpfRFhVb7qWuR2Du6zurAZ1dK0+kzl9tGzqJoKa2uiT9UusVNhcX3rrcKJutT371M&#10;vo774TXenB7f9lvrn5W6vRnXDyACjuEvDBd8RoecmQ6uJ+NFo2CezDnJ+nIG4uIn9ywcFCziBcg8&#10;k/8H5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkPS4DzYCAABkBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5XSOO+AAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;">
+                  <v:textbox style="mso-next-textbox:#AutoShape 66">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
-[...79 lines deleted...]
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ИС ПЭП</w:t>
+                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информационная система портала электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1214" type="#_x0000_t130" style="position:absolute;margin-left:436.75pt;margin-top:1.8pt;width:88.05pt;height:29.25pt;z-index:251709440;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 13">
+                <v:shape id="AutoShape 68" o:spid="_x0000_s1789" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:24.2pt;margin-top:24.95pt;width:81.35pt;height:29.6pt;z-index:251822080;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHcfgTLAIAAFUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/082GpE1X2VRVSxFS&#10;gUqFD5jY3qyFb4ydbMrXM/amIQWeEPtgeTzjMzPnjHd5tbeG7RRG7V3L67MJZ8oJL7XbtPzrl7s3&#10;C85iAifBeKda/qQiv1q9frUcQqOmvvdGKmQE4mIzhJb3KYWmqqLolYV45oNy5Ow8Wkhk4qaSCAOh&#10;W1NNJ5PzavAoA3qhYqTT29HJVwW/65RIn7suqsRMy6m2VFYs6zqv1WoJzQYh9FocyoB/qMKCdpT0&#10;CHULCdgW9R9QVgv00XfpTHhb+a7TQpUeqJt68ls3jz0EVXohcmI40hT/H6z4tHtApmXL5zVnDixp&#10;dL1NvqRm54tM0BBiQ3GP4QFzizHce/EtMudvenAbdY3oh16BpLLqHF+9uJCNSFfZevjoJcEDwReu&#10;9h3aDEgssH2R5OkoidonJuhwtrg4X5Bwglxv6/piMS8ZoHm+HDCm98pbljctlxqsd7Lgw+4+plwP&#10;NM9RpX5vtLzTxhQDN+sbg2wHNCB35TskiKdhxrGh5Zfz6bwgv/DFU4hJ+f4GYXWiSTfatnxxDIIm&#10;E/fOyTKHCbQZ91SycQcmM3mjCGm/3hetpkdd1l4+Ebfox8mml0ib3uMPzgaa6pbH71tAxZn54Eif&#10;y3o2y8+gGLP5xZQMPPWsTz3gBEG1XCTkbDRu0vh4tgH1pqdcdSHE+Tw0nS50Z8XHug4d0OwWFQ7v&#10;LD+OU7tE/fobrH4CAAD//wMAUEsDBBQABgAIAAAAIQB6ANuK3QAAAAcBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7BTsMwEETvSPyDtUjcqFMKaRuyqRBQEIceaDlwdOMlMY3XwXbb8Pe4JziOZvTmlYvB&#10;duJAPhjHCONRBoK4dtpwg/C+WV7NQISoWKvOMSH8UIBFdX5WqkK7I7/RYR0bkSAcCoXQxtgXUoa6&#10;JavCyPXEqft03qqYom+k9uqY4LaT11mWS6sMp4dW9fTQUr1b7y2CMmbl/epF7z74deK+nx+flpsv&#10;xMuL4f4ORKQh/o3hpJ/UoUpOW7dnHUSHMB/P0xJhOgFxqvPZFMQW4Ta/AVmV8r9/9QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDHcfgTLAIAAFUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB6ANuK3QAAAAcBAAAPAAAAAAAAAAAAAAAAAIYEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#AutoShape 68">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ӨЭҮШ АЖО</w:t>
+                          <w:t xml:space="preserve">    </w:t>
                         </w:r>
-                      </w:p>
-[...2 lines deleted...]
-                          <w:jc w:val="both"/>
+                        <w:r w:rsidRPr="00AB0BD9">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                        </w:pPr>
+                          <w:t>Условие</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Прямая со стрелкой 17" o:spid="_x0000_s1216" type="#_x0000_t32" style="position:absolute;margin-left:357.25pt;margin-top:39.4pt;width:19.35pt;height:0;rotation:270;z-index:251711488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-488763,-1,-488763">
-[...24 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1222">
+                <v:rect id="Rectangle 67" o:spid="_x0000_s1788" style="position:absolute;left:0;text-align:left;margin-left:36.35pt;margin-top:4.75pt;width:48pt;height:20.2pt;z-index:251821056;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXKMPLLAIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06RR091GTVerLkVI&#10;C6xY+ADHcRIL3xi7TZevZ+x0Sxd4QuTB8mTGJ2fOGWd9c9SKHAR4aU1N57OcEmG4baXpa/r1y+7N&#10;NSU+MNMyZY2o6ZPw9Gbz+tV6dJUo7GBVK4AgiPHV6Go6hOCqLPN8EJr5mXXCYLKzoFnAEPqsBTYi&#10;ulZZkefLbLTQOrBceI9v76Yk3ST8rhM8fOo6LwJRNUVuIa2Q1iau2WbNqh6YGyQ/0WD/wEIzafCj&#10;Z6g7FhjZg/wDSksO1tsuzLjVme06yUXqAbuZ57918zgwJ1IvKI53Z5n8/4PlHw8PQGRb07KgxDCN&#10;Hn1G1ZjplSDLqyjQ6HyFdY/uAWKL3t1b/s0TY7cDlolbADsOgrVIax7rsxcHYuDxKGnGD7ZFeLYP&#10;Nml17EBHQFSBHJMlT2dLxDEQji+X+WqZo3EcU0W5LBfJsoxVz4cd+PBOWE3ipqaA3BM4O9z7EMmw&#10;6rkkkbdKtjupVAqgb7YKyIHhdOzSk/hjj5dlypCxpquyKBPyi5y/hMjT8zcILQOOuZK6ptfnIlZF&#10;1d6aNg1hYFJNe6SszEnGqNzkQDg2x2RUcTalse0TCgt2Gmu8hrgZLPygZMSRrqn/vmcgKFHvDZqz&#10;mi9QPhJSsCivCgzgMtNcZpjhCFVTHoCSKdiG6ebsHch+wG/NkyDG3qKlnUxyR7snXqcOcHCTC6dL&#10;Fm/GZZyqfv0KNj8BAAD//wMAUEsDBBQABgAIAAAAIQBMXW7J3QAAAAcBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7BTsMwEETvSPyDtUhcEHWooG1CNlWEQAjBgaRcuLnxEkfE6yh20/D3uCc4jmb05uXb&#10;2fZiotF3jhFuFgkI4sbpjluEj93T9QaED4q16h0Twg952BbnZ7nKtDtyRVMdWhEh7DOFYEIYMil9&#10;Y8gqv3ADcey+3GhViHFspR7VMcJtL5dJspJWdRwfjBrowVDzXR8swqd7c49lQs+D2b2E6aqsXt/r&#10;CvHyYi7vQQSaw98YTvpRHYrotHcH1l70COvlOi4R0jsQp3q1iXmPcJumIItc/vcvfgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAXKMPLLAIAAFIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBMXW7J3QAAAAcBAAAPAAAAAAAAAAAAAAAAAIYEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#Rectangle 67">
                     <w:txbxContent>
-                      <w:p w:rsidR="00CD2D50" w:rsidRPr="00D91F7C" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00D91F7C">
+                        <w:r>
                           <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  Портал</w:t>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00AB0BD9">
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Процесс  </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                      <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Процесс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="574"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Условие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="574"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1221" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.6pt;width:26.25pt;height:.05pt;rotation:180;z-index:251716608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10779,-102600000,-418423" strokeweight="1pt">
+                <v:shape id="AutoShape 69" o:spid="_x0000_s1790" type="#_x0000_t32" style="position:absolute;margin-left:45.95pt;margin-top:15.8pt;width:47.75pt;height:0;z-index:251823104;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4Uir7PgIAAHcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuO2yAU3VfqPyD2Gdupk0msOKORnXQz&#10;bSPN9AMIYBsVAwISJ6r6773gJJ1pN1VVL/DF93kOB68eTr1ER26d0KrE2V2KEVdUM6HaEn992U4W&#10;GDlPFCNSK17iM3f4Yf3+3WowBZ/qTkvGLYIiyhWDKXHnvSmSxNGO98TdacMVOBtte+Jha9uEWTJA&#10;9V4m0zSdJ4O2zFhNuXPwtR6deB3rNw2n/kvTOO6RLDHM5uNq47oPa7JekaK1xHSCXsYg/zBFT4SC&#10;prdSNfEEHaz4o1QvqNVON/6O6j7RTSMojxgATZb+hua5I4ZHLECOMzea3P8rSz8fdxYJVuIZ0KNI&#10;D2f0ePA6tkbzZSBoMK6AuErtbIBIT+rZPGn6zSGlq46olsfol7OB5CxkJG9SwsYZaLMfPmkGMQQa&#10;RLZOje1DSeABneKhnG+Hwk8eUfg4T+f5dIYRvboSUlzzjHX+I9c9CkaJnbdEtJ2vtFJw8tpmsQs5&#10;PjkfpiLFNSE0VXorpIwCkAoNMPr0Pk1jhtNSsOANcc62+0padCRBQ/GJGMHzOiyUronrxjgG1igu&#10;qw+KxS4dJ2xzsT0REmzkI2neCqBRchzG6DnDSHK4TsEa55YqTAKUAJKLNcrr+zJdbhabRT7Jp/PN&#10;JE/revK4rfLJfJvdz+oPdVXV2Y8AKsuLTjDGVcB1lXqW/52ULpduFOlN7DcGk7fVI9Uw7PUdh46a&#10;CDIYBbXX7LyzAV2QB6g7Bl9uYrg+r/cx6tf/Yv0TAAD//wMAUEsDBBQABgAIAAAAIQAnyFuB4AAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0HaytxQdQJVKUJcaoKwQWKEAk/4ubG&#10;2yRqvI5spw1vjysOcNyd0cw32WrUHTugda0hAfEsAoZUGdVSLeCtfLhcAnNekpKdIRTwjQ5W+eQs&#10;k6kyR3rFQ+FrFkLIpVJA432fcu6qBrV0M9MjBW1nrJY+nLbmyspjCNcdv4qiBdeypdDQyB7vGqz2&#10;xaBDyeZ5ff/4WdiX+cX7U2mGpPz48kKcT8f1LTCPo/8zwwk/oEMemLZmIOVYJyCJk+AUcB0vgJ30&#10;5c0c2Pb3wfOM/x+Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4Uir7PgIAAHcEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAnyFuB4AAAAAgB&#10;AAAPAAAAAAAAAAAAAAAAAJgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Поток сообщений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
+        <w:trPr>
+          <w:trHeight w:val="574"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="AutoShape 70" o:spid="_x0000_s1791" type="#_x0000_t32" style="position:absolute;margin-left:51.4pt;margin-top:16.45pt;width:32.95pt;height:0;z-index:251824128;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxqlR+NQIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6p7YzN02NOkVhJ7t0&#10;W4B2D6BIcixMFgVJjRMMe/dRys/a7TIM80GmzL+PH0nf3e8HTXbSeQWmpsVVTok0HIQy25p+fV5N&#10;5pT4wIxgGoys6UF6er94/+5utJWcQg9aSEcwiPHVaGvah2CrLPO8lwPzV2ClQWUHbmABr26bCcdG&#10;jD7obJrns2wEJ6wDLr3Hr+1RSRcpftdJHr50nZeB6JoitpBOl85NPLPFHau2jtle8RMM9g8oBqYM&#10;Jr2Eallg5MWpP0INijvw0IUrDkMGXae4TDVgNUX+WzVPPbMy1YLkeHuhyf+/sPzzbu2IEjUtbykx&#10;bMAePbwESKnJTSJotL5Cu8asXSyR782TfQT+zRMDTc/MVibr54NF5yJSmr1xiRdvMc1m/AQCbRgm&#10;SGztOzfEkMgD2aemHC5NkftAOH4si3k5u6aEn1UZq85+1vnwUcJAolBTHxxT2z40YAx2HlyRsrDd&#10;ow8RFavODjGpgZXSOg2ANmRE6NObPE8eHrQSURvtvNtuGu3IjsUZSk+qETWvzRy8GJGi9ZKJ5UkO&#10;TGmUSUjkBKeQLi1pTDdIQYmWuDZROuLTJmbE0hHxSTqO0ffb/HY5X87LSTmdLSdl3raTh1VTTmar&#10;4ua6/dA2TVv8iOCLsuqVENJE/OeRLsq/G5nTch2H8TLUF6ayt9ETpQj2/E6gU+9ju+MO+moD4rB2&#10;sbp4wylOxqeNi2vy+p6sfv0XFj8BAAD//wMAUEsDBBQABgAIAAAAIQClTEYW2wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOsQUCghTkWQgri2oJ7deElC43VkO234e7bi&#10;AMfZGc28LdazHcQRfegdKbhdJiCQGmd6ahV8vNeLFYgQNRk9OEIF3xhgXV5eFDo37kQbPG5jK7iE&#10;Qq4VdDGOuZSh6dDqsHQjEnufzlsdWfpWGq9PXG4HmSZJJq3uiRc6PeJLh81hO1kFN85WX6E+vFbT&#10;fVP7Ktu9YZsqdX01Pz+BiDjHvzCc8RkdSmbau4lMEAPrJGX0qOAufQRxDmSrBxD734MsC/n/g/IH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8apUfjUCAABfBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApUxGFtsAAAAJAQAADwAAAAAAAAAAAAAA&#10;AACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00D82E4B">
-[...23 lines deleted...]
-            <w:r w:rsidR="009E1FEC">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10664" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:tab/>
-[...11 lines deleted...]
-              </w:pict>
+            </w:pPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Поток управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...42 lines deleted...]
-      <w:tr w:rsidR="009E1FEC" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
         <w:trPr>
-          <w:trHeight w:val="640"/>
+          <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13842" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="center" w:pos="4677"/>
-                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="2127"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D82E4B">
-[...35 lines deleted...]
-            <w:r w:rsidR="009E1FEC">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="585470" cy="323215"/>
-[...1 lines deleted...]
-                  <wp:docPr id="3" name="Рисунок 3"/>
+                  <wp:extent cx="457200" cy="361950"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:docPr id="4" name="Рисунок 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPr id="0" name="Picture 7"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:blip r:embed="rId11"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="585470" cy="323215"/>
+                            <a:ext cx="457200" cy="361950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-          </w:p>
-[...207 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="00FD14E3" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD14E3">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ба</w:t>
-[...13 lines deleted...]
-              <w:t>тапқы хабарлама</w:t>
+              <w:t>Электронный документ, представляемый конечному получателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
-[...311 lines deleted...]
-      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:noProof/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...40 lines deleted...]
-              </w:pict>
+            <w:r w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ШЭП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D5CD8">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шарт</w:t>
+              <w:t>Шлюз электронного правительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidTr="004B43BA">
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:noProof/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-              </w:pict>
+            <w:r w:rsidRPr="00AB0BD9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АРМ РШЭП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10664" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="009D5CD8" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="0001296D" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
-              <w:rPr>
-[...237 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D91F7C">
-              <w:rPr>
+            <w:r w:rsidRPr="0001296D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ӨЭҮШ АЖО</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">лектрондық үкіметі шлюзінің автоматтандырылған жұмыс орны </w:t>
+              <w:t>Автоматизированное рабочее место регионального шлюза электронного правительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1260"/>
-[...49 lines deleted...]
-          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af2"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="14567" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7054"/>
-        <w:gridCol w:w="7938"/>
+        <w:gridCol w:w="7666"/>
+        <w:gridCol w:w="6901"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E1FEC" w:rsidRPr="00E67FB9" w:rsidTr="003647A9">
+      <w:tr w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidTr="007D419D">
         <w:trPr>
           <w:trHeight w:val="1299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7054" w:type="dxa"/>
+            <w:tcW w:w="7666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="00926A8B" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00EB2DDB" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
               <w:pStyle w:val="af"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="720"/>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...37 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="6901" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="af"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="720"/>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE1CD7">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Негізгі орта, жалпы орта білім беру ұйымдарында </w:t>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00E752EA" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="af"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="720"/>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE1CD7">
-[...21 lines deleted...]
-              <w:t>уға рұқсат беру» мемлекеттік көрсетілетін қызмет регламентіне</w:t>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к регламенту оказания государственной услуги </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E1FEC" w:rsidRPr="004B03A0" w:rsidRDefault="009E1FEC" w:rsidP="003647A9">
+          <w:p w:rsidR="00DA2D70" w:rsidRPr="00EB2DDB" w:rsidRDefault="00DA2D70" w:rsidP="007D419D">
             <w:pPr>
+              <w:pStyle w:val="af"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="720"/>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE1CD7">
-[...5 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00E752EA">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>«Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E1FEC" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-      <w:pPr>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B661F0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0BD9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...24 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 298" o:spid="_x0000_s1244" style="position:absolute;left:0;text-align:left;margin-left:532.85pt;margin-top:10.05pt;width:161.25pt;height:41pt;z-index:251740160;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkM+f89QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0naJm2jpdO0MYQ0&#10;YGIgnl3baQyOHWy36fj1XNtpVliFAC0PVnyvfe738fnFvpVox40VWlU4O0sx4opqJtSmwp8/3bxa&#10;YGQdUYxIrXiFH7jFF6uXL877ruQT3WjJuEEAomzZdxVunOvKJLG04S2xZ7rjCpS1Ni1xsDWbhBnS&#10;A3ork0maFkmvDeuMptxakF5HJV4F/Lrm1H2oa8sdkhUG31xYTVjXfk1W56TcGNI1gg5ukP/woiVC&#10;gdER6po4grZGPIFqBTXa6tqdUd0muq4F5SEGiCZLf4vmviEdD7FAcmw3psk+Hyx9v7szSLAKz6YY&#10;KdJCjS63TgfTaLJc+Az1nS3h4H13Z3yMtrvV9JtFSl81RG34pTG6bzhh4Ffmzye/XPAbC1fRun+n&#10;GeATwA/J2tem9YCQBrQPNXkYa8L3DlEQZtN8NstzjCjopkU2zfJggpSH252x7g3XLfI/FTZ6q9hH&#10;KHwwQXa31oXCsCE6wr5iVLcSyrwjEmVFUcwHxOFwQsoD5lBSdiOkREa7L8I1ITXez6C0B3yLOg0J&#10;iOLQv/xKGgQ2IGJKuXJZuCG3LaQhyosUPm+clCCGTo3i2aOYyK4hUZqn2fIQ+4gPyYams9GV6EEe&#10;bnvJeOrPXmT+wgk3ggjgR5gTxoa7/2DtGWMOoQ/5l0IhaMYK5yF7MOuWEsmhsWNLhtEMdQzZVqgH&#10;zWQOcQfftRSjcoz3OdNmjy20wgHrSdFWeHGUfD9DrxUL/eCIkPEfopTKO8kDnw3x6i1A3DesR0z4&#10;tp8spjCssAFymy7SIl3OMSJyA6xMncEnm/cvA40N9aRLT7fH6FdoliOXAyl4Hoh84vbrfeCdIuB4&#10;klhr9gA0AWPmx8i/KvDTaPMDox4YusL2+5YYjpF8q2DSltls5ik9bGb5fAIbc6xZH2uIogA1JCNu&#10;rlx8CLadEZsGbMUBVdoTYC3cgcmiXwOtAQ/HMYhvhif643049fiyrX4CAAD//wMAUEsDBBQABgAI&#10;AAAAIQCW8sT53wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1G6gKYQ4&#10;FaAyAUNbBtjc+EhC7XOwnTb997gTjE/36d33ysVoDdujD50jCdOJAIZUO91RI+F983x1CyxERVoZ&#10;RyjhiAEW1flZqQrtDrTC/To2LJVQKJSENsa+4DzULVoVJq5HSrcv562KKfqGa68OqdwangmRc6s6&#10;Sh9a1eNTi/VuPVgJy/jd+PD58dK97Y5mOcxWP/PXRykvL8aHe2ARx/gHw0k/qUOVnLZuIB2YSVnc&#10;3M0SK+E6A3YCsjxLY7YScjEFXpX8/4TqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQz&#10;5/z1AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJbyxPnfAAAACgEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 298" o:spid="_x0000_s1856" style="position:absolute;left:0;text-align:left;margin-left:532.85pt;margin-top:10.05pt;width:161.25pt;height:41pt;z-index:251890688;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkM+f89QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0naJm2jpdO0MYQ0&#10;YGIgnl3baQyOHWy36fj1XNtpVliFAC0PVnyvfe738fnFvpVox40VWlU4O0sx4opqJtSmwp8/3bxa&#10;YGQdUYxIrXiFH7jFF6uXL877ruQT3WjJuEEAomzZdxVunOvKJLG04S2xZ7rjCpS1Ni1xsDWbhBnS&#10;A3ork0maFkmvDeuMptxakF5HJV4F/Lrm1H2oa8sdkhUG31xYTVjXfk1W56TcGNI1gg5ukP/woiVC&#10;gdER6po4grZGPIFqBTXa6tqdUd0muq4F5SEGiCZLf4vmviEdD7FAcmw3psk+Hyx9v7szSLAKz6YY&#10;KdJCjS63TgfTaLJc+Az1nS3h4H13Z3yMtrvV9JtFSl81RG34pTG6bzhh4Ffmzye/XPAbC1fRun+n&#10;GeATwA/J2tem9YCQBrQPNXkYa8L3DlEQZtN8NstzjCjopkU2zfJggpSH252x7g3XLfI/FTZ6q9hH&#10;KHwwQXa31oXCsCE6wr5iVLcSyrwjEmVFUcwHxOFwQsoD5lBSdiOkREa7L8I1ITXez6C0B3yLOg0J&#10;iOLQv/xKGgQ2IGJKuXJZuCG3LaQhyosUPm+clCCGTo3i2aOYyK4hUZqn2fIQ+4gPyYams9GV6EEe&#10;bnvJeOrPXmT+wgk3ggjgR5gTxoa7/2DtGWMOoQ/5l0IhaMYK5yF7MOuWEsmhsWNLhtEMdQzZVqgH&#10;zWQOcQfftRSjcoz3OdNmjy20wgHrSdFWeHGUfD9DrxUL/eCIkPEfopTKO8kDnw3x6i1A3DesR0z4&#10;tp8spjCssAFymy7SIl3OMSJyA6xMncEnm/cvA40N9aRLT7fH6FdoliOXAyl4Hoh84vbrfeCdIuB4&#10;klhr9gA0AWPmx8i/KvDTaPMDox4YusL2+5YYjpF8q2DSltls5ik9bGb5fAIbc6xZH2uIogA1JCNu&#10;rlx8CLadEZsGbMUBVdoTYC3cgcmiXwOtAQ/HMYhvhif643049fiyrX4CAAD//wMAUEsDBBQABgAI&#10;AAAAIQCW8sT53wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1G6gKYQ4&#10;FaAyAUNbBtjc+EhC7XOwnTb997gTjE/36d33ysVoDdujD50jCdOJAIZUO91RI+F983x1CyxERVoZ&#10;RyjhiAEW1flZqQrtDrTC/To2LJVQKJSENsa+4DzULVoVJq5HSrcv562KKfqGa68OqdwangmRc6s6&#10;Sh9a1eNTi/VuPVgJy/jd+PD58dK97Y5mOcxWP/PXRykvL8aHe2ARx/gHw0k/qUOVnLZuIB2YSVnc&#10;3M0SK+E6A3YCsjxLY7YScjEFXpX8/4TqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQz&#10;5/z1AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJbyxPnfAAAACgEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 298">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:color w:val="000000"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0059175A">
+                  <w:r w:rsidRPr="00074FA4">
                     <w:rPr>
-                      <w:sz w:val="22"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:color w:val="000000"/>
                     </w:rPr>
-                    <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+                    <w:t xml:space="preserve">Сотрудник канцелярии услугодателя </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00074FA4" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00D82E4B">
+      <w:r w:rsidRPr="00624E02">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 258" o:spid="_x0000_s1230" style="position:absolute;left:0;text-align:left;margin-left:352.1pt;margin-top:10.35pt;width:165pt;height:33.9pt;z-index:251725824;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawDPH+AIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0napl9aOk0bQ0gD&#10;Jgbi2bWdxuDYxnabbr+eazvNClQI0PIQxdf2ued+nZxf7FuJdtw6oVWFi7McI66oZkJtKvz5082r&#10;OUbOE8WI1IpX+IE7fLF6+eK8M0s+0o2WjFsEIMotO1PhxnuzzDJHG94Sd6YNV7BZa9sSD0u7yZgl&#10;HaC3Mhvl+TTrtGXGasqdA+t12sSriF/XnPoPde24R7LCwM3Ht43vdXhnq3Oy3FhiGkF7GuQ/WLRE&#10;KHA6QF0TT9DWit+gWkGtdrr2Z1S3ma5rQXmMAaIp8l+iuW+I4TEWSI4zQ5rc88HS97s7iwSr8GSG&#10;kSIt1Ohy63V0jUblPGSoM24JB+/NnQ0xOnOr6TeHlL5qiNrwS2t113DCgFcRzmc/XQgLB1fRunun&#10;GeATwI/J2te2DYCQBrSPNXkYasL3HlEwFuPxYl5C6SjsjWejoohFy8jycNtY599w3aLwUWGrt4p9&#10;hMJHF2R363wsDOujI+wrRnUrocw7IlExnU5nkTRZ9ocB+4DZl5TdCCmR1f6L8E1MTeAZN90B3yGj&#10;IQHJHPuXX0mLwAdETClXvog35LaFNCT7NIcn9SCYoVOTefJkJtI0JFnLvFiUPdMBH5INTecSlcSg&#10;jLeDZTj1ZxZFuHCCxiHRA8wJZ/3df/D2jDHH0Pv8S6EQNGOFy5g9aBhHieTQ2Kkl42jGOgauUqEO&#10;dkYziDty11IMm0O8z5k2d+yhFR5UT4q2wvOj5IcZeq1Y1CRPhEzfEKVUgSSPetbHq7cAcd+wDjER&#10;2n40hznBsABxG8/zab6AeSZyA6pMvcUnm/cvA00NFVkdd+np9hh4xWY5ohxFIehA0hO/X++j7pTT&#10;0NNBJNaaPYBMwJiFMQp/FfhotH3EqAOFrrD7viWWYyTfKpi0RTGZBEmPi0k5G8HCHu+sj3eIogDV&#10;JyMtrnz6EWyNFZsGfKUBVToIYC38QckSr17WQIfTGKR/RhD643U89fRnW/0AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAmLScS3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1C5S&#10;ShriVIDKBAwtDLC58ZGE2ucQO2367zkmmO5O7+nd98rV5J044BC7QBrmMwUCqQ62o0bD2+vjVQ4i&#10;JkPWuECo4YQRVtX5WWkKG460wcM2NYJDKBZGQ5tSX0gZ6xa9ibPQI7H2GQZvEp9DI+1gjhzunbxW&#10;aiG96Yg/tKbHhxbr/Xb0Gtbpqxnix/tT97I/ufWYbb5vnu+1vryY7m5BJJzSnxl+8RkdKmbahZFs&#10;FE5DtswztrLAg/VcLXnZaVioOciqlP8LVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;WsAzx/gCAAAhBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJi0nEt4AAAAIAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 258" o:spid="_x0000_s1838" style="position:absolute;left:0;text-align:left;margin-left:352.1pt;margin-top:10.35pt;width:165pt;height:33.9pt;z-index:251872256;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawDPH+AIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v0zAUfUfiP1h+Z0napl9aOk0bQ0gD&#10;Jgbi2bWdxuDYxnabbr+eazvNClQI0PIQxdf2ued+nZxf7FuJdtw6oVWFi7McI66oZkJtKvz5082r&#10;OUbOE8WI1IpX+IE7fLF6+eK8M0s+0o2WjFsEIMotO1PhxnuzzDJHG94Sd6YNV7BZa9sSD0u7yZgl&#10;HaC3Mhvl+TTrtGXGasqdA+t12sSriF/XnPoPde24R7LCwM3Ht43vdXhnq3Oy3FhiGkF7GuQ/WLRE&#10;KHA6QF0TT9DWit+gWkGtdrr2Z1S3ma5rQXmMAaIp8l+iuW+I4TEWSI4zQ5rc88HS97s7iwSr8GSG&#10;kSIt1Ohy63V0jUblPGSoM24JB+/NnQ0xOnOr6TeHlL5qiNrwS2t113DCgFcRzmc/XQgLB1fRunun&#10;GeATwI/J2te2DYCQBrSPNXkYasL3HlEwFuPxYl5C6SjsjWejoohFy8jycNtY599w3aLwUWGrt4p9&#10;hMJHF2R363wsDOujI+wrRnUrocw7IlExnU5nkTRZ9ocB+4DZl5TdCCmR1f6L8E1MTeAZN90B3yGj&#10;IQHJHPuXX0mLwAdETClXvog35LaFNCT7NIcn9SCYoVOTefJkJtI0JFnLvFiUPdMBH5INTecSlcSg&#10;jLeDZTj1ZxZFuHCCxiHRA8wJZ/3df/D2jDHH0Pv8S6EQNGOFy5g9aBhHieTQ2Kkl42jGOgauUqEO&#10;dkYziDty11IMm0O8z5k2d+yhFR5UT4q2wvOj5IcZeq1Y1CRPhEzfEKVUgSSPetbHq7cAcd+wDjER&#10;2n40hznBsABxG8/zab6AeSZyA6pMvcUnm/cvA00NFVkdd+np9hh4xWY5ohxFIehA0hO/X++j7pTT&#10;0NNBJNaaPYBMwJiFMQp/FfhotH3EqAOFrrD7viWWYyTfKpi0RTGZBEmPi0k5G8HCHu+sj3eIogDV&#10;JyMtrnz6EWyNFZsGfKUBVToIYC38QckSr17WQIfTGKR/RhD643U89fRnW/0AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAmLScS3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhs1C5S&#10;ShriVIDKBAwtDLC58ZGE2ucQO2367zkmmO5O7+nd98rV5J044BC7QBrmMwUCqQ62o0bD2+vjVQ4i&#10;JkPWuECo4YQRVtX5WWkKG460wcM2NYJDKBZGQ5tSX0gZ6xa9ibPQI7H2GQZvEp9DI+1gjhzunbxW&#10;aiG96Yg/tKbHhxbr/Xb0Gtbpqxnix/tT97I/ufWYbb5vnu+1vryY7m5BJJzSnxl+8RkdKmbahZFs&#10;FE5DtswztrLAg/VcLXnZaVioOciqlP8LVD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;WsAzx/gCAAAhBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJi0nEt4AAAAIAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 258">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="000000"/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00CD49D3">
+                  <w:r w:rsidRPr="00074FA4">
                     <w:rPr>
                       <w:color w:val="000000"/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00210D2E" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC"/>
+                <w:p w:rsidR="007D419D" w:rsidRPr="00210D2E" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00D82E4B">
+      <w:r w:rsidRPr="00624E02">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 253" o:spid="_x0000_s1227" style="position:absolute;left:0;text-align:left;margin-left:28.3pt;margin-top:8.8pt;width:110.5pt;height:35.15pt;z-index:251722752;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBGwDa9wIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu1DAQfUfiHyy/0yR731WzVdVShMSl&#10;oiCevbazMTh2sL3Nlq9nPM6mC6wQoOYhimfsM2cuPjm/2Dea3EvnlTUlLc5ySqThViizLemnjzcv&#10;FpT4wIxg2hpZ0gfp6cX6+bPzrl3Jka2tFtIRADF+1bUlrUNoV1nmeS0b5s9sKw04K+saFmDptplw&#10;rAP0RmejPJ9lnXWidZZL78F6nZx0jfhVJXl4X1VeBqJLCtwCvh2+N/Gdrc/ZautYWyve02D/waJh&#10;ykDQAeqaBUZ2Tv0G1SjurLdVOOO2yWxVKS4xB8imyH/J5q5mrcRcoDi+Hcrknw6Wv7u/dUSJkk6g&#10;U4Y10KPLXbAYmoym41ihrvUr2HjX3rqYo2/fWP7VE2Ovama28tI529WSCeBVxP3ZTwfiwsNRsune&#10;WgH4DPCxWPvKNREQykD22JOHoSdyHwgHY1Hk88kEWsfBN55PlyNsWsZWh9Ot8+GVtA2JHyV1dmfE&#10;B2g8hmD3b3zAxog+Oya+UFI1Gtp8zzQpZrPZHEmzVb8ZsA+YfUvFjdKaOBs+q1BjaSJPdPoDviet&#10;hQIkM86vvNKOQAzImHNpQoEn9K6BMiT7LIcnzSCYYVKTefJoZrqtWbJO82I57ZkO+FBsGDqfqCQG&#10;UzwdLcOuP7Mo4oETNA6FHmBOBOvP/kO0J8wZU+/rr5UhMIwlnWL1YGA8Z1rCYKeRxKuJfYxctSEd&#10;eEZzyBu5W60G55DvU5bNH0doVADV06op6eKo+PEOvTQCNSkwpdM3ZKlNJClRz/p87Q4g7mrREaHi&#10;2I8W4yXcYKFA3MaLfJYv55QwvQVV5sHRk8P7l4mmgUJWx1N6ejwGXjgsR5RRFKIOJD0J+80edWeG&#10;/YkisbHiAWQCrlm8RvGvAh+1dd8p6UChS+q/7ZiTlOjXBm7askBdCLiYTOcgDMQdezbHHmY4QPXF&#10;SIurkH4Eu9apbQ2x0gU1NgpgpcJByRKvXtZAh9M1SP+MKPTHa9z1+Gdb/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALSp3UveAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNioQ0JT&#10;CHEqQGUChhYG2Nz4kYTazyF22vTf85hgPN3p7rtyOTkr9jiEzpOCy1kCAqn2pqNGwdvr48U1iBA1&#10;GW09oYIjBlhWpyelLow/0Br3m9gILqFQaAVtjH0hZahbdDrMfI/E3qcfnI4sh0aaQR+43FmZJkku&#10;ne6IF1rd40OL9W4zOgWr+NUM4eP9qXvZHe1qnK+/F8/3Sp2fTXe3ICJO8S8Mv/iMDhUzbf1IJgjL&#10;enGTclRBdgWC/Wye5SC2CvI0B1mV8v+B6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBB&#10;GwDa9wIAACEHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC0qd1L3gAAAAgBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 253" o:spid="_x0000_s1835" style="position:absolute;left:0;text-align:left;margin-left:28.3pt;margin-top:8.8pt;width:110.5pt;height:35.15pt;z-index:251869184;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBGwDa9wIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu1DAQfUfiHyy/0yR731WzVdVShMSl&#10;oiCevbazMTh2sL3Nlq9nPM6mC6wQoOYhimfsM2cuPjm/2Dea3EvnlTUlLc5ySqThViizLemnjzcv&#10;FpT4wIxg2hpZ0gfp6cX6+bPzrl3Jka2tFtIRADF+1bUlrUNoV1nmeS0b5s9sKw04K+saFmDptplw&#10;rAP0RmejPJ9lnXWidZZL78F6nZx0jfhVJXl4X1VeBqJLCtwCvh2+N/Gdrc/ZautYWyve02D/waJh&#10;ykDQAeqaBUZ2Tv0G1SjurLdVOOO2yWxVKS4xB8imyH/J5q5mrcRcoDi+Hcrknw6Wv7u/dUSJkk6g&#10;U4Y10KPLXbAYmoym41ihrvUr2HjX3rqYo2/fWP7VE2Ovama28tI529WSCeBVxP3ZTwfiwsNRsune&#10;WgH4DPCxWPvKNREQykD22JOHoSdyHwgHY1Hk88kEWsfBN55PlyNsWsZWh9Ot8+GVtA2JHyV1dmfE&#10;B2g8hmD3b3zAxog+Oya+UFI1Gtp8zzQpZrPZHEmzVb8ZsA+YfUvFjdKaOBs+q1BjaSJPdPoDviet&#10;hQIkM86vvNKOQAzImHNpQoEn9K6BMiT7LIcnzSCYYVKTefJoZrqtWbJO82I57ZkO+FBsGDqfqCQG&#10;UzwdLcOuP7Mo4oETNA6FHmBOBOvP/kO0J8wZU+/rr5UhMIwlnWL1YGA8Z1rCYKeRxKuJfYxctSEd&#10;eEZzyBu5W60G55DvU5bNH0doVADV06op6eKo+PEOvTQCNSkwpdM3ZKlNJClRz/p87Q4g7mrREaHi&#10;2I8W4yXcYKFA3MaLfJYv55QwvQVV5sHRk8P7l4mmgUJWx1N6ejwGXjgsR5RRFKIOJD0J+80edWeG&#10;/YkisbHiAWQCrlm8RvGvAh+1dd8p6UChS+q/7ZiTlOjXBm7askBdCLiYTOcgDMQdezbHHmY4QPXF&#10;SIurkH4Eu9apbQ2x0gU1NgpgpcJByRKvXtZAh9M1SP+MKPTHa9z1+Gdb/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALSp3UveAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNioQ0JT&#10;CHEqQGUChhYG2Nz4kYTazyF22vTf85hgPN3p7rtyOTkr9jiEzpOCy1kCAqn2pqNGwdvr48U1iBA1&#10;GW09oYIjBlhWpyelLow/0Br3m9gILqFQaAVtjH0hZahbdDrMfI/E3qcfnI4sh0aaQR+43FmZJkku&#10;ne6IF1rd40OL9W4zOgWr+NUM4eP9qXvZHe1qnK+/F8/3Sp2fTXe3ICJO8S8Mv/iMDhUzbf1IJgjL&#10;enGTclRBdgWC/Wye5SC2CvI0B1mV8v+B6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBB&#10;GwDa9wIAACEHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC0qd1L3gAAAAgBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 253">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:color w:val="000000"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0059175A">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00074FA4">
                     <w:rPr>
-                      <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:color w:val="000000"/>
                     </w:rPr>
-                    <w:t>Көрсетілетін қызметті алушы</w:t>
+                    <w:t>Услугополучатель</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00D82E4B">
+      <w:r w:rsidRPr="00624E02">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 255" o:spid="_x0000_s1228" style="position:absolute;left:0;text-align:left;margin-left:150.35pt;margin-top:8.8pt;width:177.75pt;height:35.45pt;z-index:251723776;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4toQB+QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z2m6pjctnaaNISQu&#10;EwPx7NpOY3DsYLtNx6/n+DjNClQI0PIQxcf2d75z+3JxuW802UnnlTUlzc9GlEjDrVBmU9JPH29f&#10;zCnxgRnBtDWypA/S08vV82cXXbuUY1tbLaQjAGL8smtLWofQLrPM81o2zJ/ZVhrYrKxrWICl22TC&#10;sQ7QG52NR6Np1lknWme59B6sN2mTrhC/qiQP76vKy0B0SYFbwLfD9zq+s9UFW24ca2vFexrsP1g0&#10;TBlwOkDdsMDI1qnfoBrFnfW2CmfcNpmtKsUlxgDR5KNformvWSsxFkiOb4c0+aeD5e92d44oUdLJ&#10;lBLDGqjR1TZYdE3GRREz1LV+CQfv2zsXY/TtG8u/emLsdc3MRl45Z7taMgG88ng+++lCXHi4Stbd&#10;WysAnwE+JmtfuSYCQhrIHmvyMNRE7gPhYMzHs8lkUlDCYe98VizGWLSMLQ+3W+fDK2kbEj9K6uzW&#10;iA9QeHTBdm98wMKIPjomvlBSNRrKvGOa5NPpdIak2bI/DNgHzL6k4lZpTZwNn1WoMTWRJ276A74n&#10;rYUEJDP2r7zWjoAPiJhzaUKON/S2gTQk+3QET+pBMEOnJvPk0cx0W7NkLUb5AssB/AZ8SDY0nU9U&#10;EoMCb0fLcOrPLPJ44QSNQ6IHmBPO+rv/4O0JY8bQ+/xrZQg0Y0kLzB7MuudMS2js1JI4mljHyFUb&#10;0mFvQdzI3Wo1bA7xPmXa/LGHRgVQPa2aks6Pkh9n6KURqEmBKZ2+IUptIkmJetbHa7cAcV+LjggV&#10;2348P1+A1goF4nY+H01HixklTG9AlXlw9GTz/mWgqaGQ1XGXnm6PgRc2yxFlFIWoA0lPwn69R90p&#10;cPqiSKyteACZgDGLYxT/KvBRW/edkg4UuqT+25Y5SYl+bWDSFvlkEiUdF5NiBsJA3PHO+niHGQ5Q&#10;fTLS4jqkH8G2dWpTg680oMZGAaxUOChZ4tXLGuhwGoP0z4hCf7zGU49/ttUPAAAA//8DAFBLAwQU&#10;AAYACAAAACEA8wMVzd4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPvU7DQBCEeyTe4bRIdORs&#10;kINjvI4AhQooEihCd7EX2+R+zN05cd6epYJyNKOZb8rlZLQ4kA+9swjpLAFBtnZNb1uE97enqxxE&#10;iMo2SjtLCCcKsKzOz0pVNO5o13TYxFZwiQ2FQuhiHAopQ92RUWHmBrLsfTpvVGTpW9l4deRyo+V1&#10;ksylUb3lhU4N9NhRvd+MBmEVv1ofPrbP/ev+pFdjtv6+fXlAvLyY7u9ARJriXxh+8RkdKmbaudE2&#10;QWiEmzxLOYqwAMF2lmf8ZIcwT1KQVSn/81c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APi2hAH5AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPMDFc3eAAAABwEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 255" o:spid="_x0000_s1836" style="position:absolute;left:0;text-align:left;margin-left:150.35pt;margin-top:8.8pt;width:177.75pt;height:35.45pt;z-index:251870208;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4toQB+QIAACEHAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z2m6pjctnaaNISQu&#10;EwPx7NpOY3DsYLtNx6/n+DjNClQI0PIQxcf2d75z+3JxuW802UnnlTUlzc9GlEjDrVBmU9JPH29f&#10;zCnxgRnBtDWypA/S08vV82cXXbuUY1tbLaQjAGL8smtLWofQLrPM81o2zJ/ZVhrYrKxrWICl22TC&#10;sQ7QG52NR6Np1lknWme59B6sN2mTrhC/qiQP76vKy0B0SYFbwLfD9zq+s9UFW24ca2vFexrsP1g0&#10;TBlwOkDdsMDI1qnfoBrFnfW2CmfcNpmtKsUlxgDR5KNformvWSsxFkiOb4c0+aeD5e92d44oUdLJ&#10;lBLDGqjR1TZYdE3GRREz1LV+CQfv2zsXY/TtG8u/emLsdc3MRl45Z7taMgG88ng+++lCXHi4Stbd&#10;WysAnwE+JmtfuSYCQhrIHmvyMNRE7gPhYMzHs8lkUlDCYe98VizGWLSMLQ+3W+fDK2kbEj9K6uzW&#10;iA9QeHTBdm98wMKIPjomvlBSNRrKvGOa5NPpdIak2bI/DNgHzL6k4lZpTZwNn1WoMTWRJ276A74n&#10;rYUEJDP2r7zWjoAPiJhzaUKON/S2gTQk+3QET+pBMEOnJvPk0cx0W7NkLUb5AssB/AZ8SDY0nU9U&#10;EoMCb0fLcOrPLPJ44QSNQ6IHmBPO+rv/4O0JY8bQ+/xrZQg0Y0kLzB7MuudMS2js1JI4mljHyFUb&#10;0mFvQdzI3Wo1bA7xPmXa/LGHRgVQPa2aks6Pkh9n6KURqEmBKZ2+IUptIkmJetbHa7cAcV+LjggV&#10;2348P1+A1goF4nY+H01HixklTG9AlXlw9GTz/mWgqaGQ1XGXnm6PgRc2yxFlFIWoA0lPwn69R90p&#10;cPqiSKyteACZgDGLYxT/KvBRW/edkg4UuqT+25Y5SYl+bWDSFvlkEiUdF5NiBsJA3PHO+niHGQ5Q&#10;fTLS4jqkH8G2dWpTg680oMZGAaxUOChZ4tXLGuhwGoP0z4hCf7zGU49/ttUPAAAA//8DAFBLAwQU&#10;AAYACAAAACEA8wMVzd4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPvU7DQBCEeyTe4bRIdORs&#10;kINjvI4AhQooEihCd7EX2+R+zN05cd6epYJyNKOZb8rlZLQ4kA+9swjpLAFBtnZNb1uE97enqxxE&#10;iMo2SjtLCCcKsKzOz0pVNO5o13TYxFZwiQ2FQuhiHAopQ92RUWHmBrLsfTpvVGTpW9l4deRyo+V1&#10;ksylUb3lhU4N9NhRvd+MBmEVv1ofPrbP/ev+pFdjtv6+fXlAvLyY7u9ARJriXxh+8RkdKmbaudE2&#10;QWiEmzxLOYqwAMF2lmf8ZIcwT1KQVSn/81c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APi2hAH5AgAAIQcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPMDFc3eAAAABwEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill opacity="32895f" color2="#4f81bd" focus="50%" type="gradient"/>
             <v:stroke joinstyle="miter"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 255">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:color w:val="000000"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0059175A">
+                  <w:r w:rsidRPr="00074FA4">
                     <w:rPr>
-                      <w:sz w:val="22"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:color w:val="000000"/>
                     </w:rPr>
-                    <w:t>Мемлекеттік корпорация</w:t>
+                    <w:t>Государственная корпорация</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="00AB0BD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0BD9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D82E4B">
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r w:rsidRPr="00624E02">
         <w:rPr>
           <w:b/>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1225" style="position:absolute;margin-left:532.85pt;margin-top:21.45pt;width:166.5pt;height:320.65pt;z-index:251720704;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiZfQvqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRd13bR0mnaGEIa&#10;MDF4ANd2GoNjB9ttOq6QuASJZ+AZEBJsbLxC+kYc2+koTAIJkYvI58ff+fuO9/aXlUQLbqzQKsfp&#10;Vg8jrqhmQs1y/PzZ8b0xRtYRxYjUiuf4nFu8P7l7Z6+pM97XpZaMGwQgymZNnePSuTpLEktLXhG7&#10;pWuuwFhoUxEHopklzJAG0CuZ9Hu9YdJow2qjKbcWtEfRiCcBvyg4dU+KwnKHZI4hNxf+Jvyn/p9M&#10;9kg2M6QuBe3SIP+QRUWEgqA3UEfEETQ34hZUJajRVhdui+oq0UUhKA81QDVp77dqzkpS81ALNMfW&#10;N22y/w+WPl6cGiRYjrd3MVKkghm1H9uL1ZvV2/ZTe9l+bq/aq9W79itqv4PyQ/utvQ6m6/Zy9R6M&#10;X9oLlI58I5vaZoB3Vp8a3wpbn2j60iKlD0uiZvzAGN2UnDBIP/X+yS8XvGDhKpo2jzSDNMjc6dDT&#10;ZWEqDwjdQsswuvOb0fGlQxSU6XZ/POjDhCnYBqPddJSG4SYkW1+vjXUPuK6QP+TY6LliT4EgIQZZ&#10;nFgXBsi6LhD2AqOikkCHBZEoHQ6HoUpA7JzhtMYM9Wop2LGQMgiewPxQGgSXczydpSGMnFdQXNSl&#10;Pf9FBoIeeBr1nYrIuiRRA0SPjhAxbIYHhv6BtBlTKtRAJ/ojcP5bQoRSrtztpHbWoUh2K6c/R6+E&#10;g02Wosrx2IN0ZfiB31cs7JkjQsYzQEnVMcAPPZLHLafLwMXYac+IqWbnwAmj4+bCSwOHUpvXGDWw&#10;tTm2r+bEcIzkQwW82k0HA7/mQRjsjDwjzKZlumkhigJUjqkzGEXh0MXHYV4bMSshVmyR0gfAxkK4&#10;NW1jXl0FsJthGt074pd/Uw5eP1+7yQ8AAAD//wMAUEsDBBQABgAIAAAAIQA6Rajj4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI+9TsMwFIV3JN7Bukhs1K6BBIU4FSAhwYBaWjqwObGJI+zryHbb&#10;8PY4E2z36H46P/VqcpYcdYiDRwHLBQOisfNqwF7Ax+756g5ITBKVtB61gB8dYdWcn9WyUv6E7/q4&#10;TT3JJhgrKcCkNFaUxs5oJ+PCjxrz78sHJ1OWoacqyFM2d5Zyxgrq5IA5wchRPxndfW8PTsDG7DYv&#10;jzIwXuw/17zdL9/sqxXi8mJ6uAeS9JT+YJjr5+rQ5E6tP6CKxGbNbq+LzArgPG+YCV7MVyugLMsb&#10;oE1N/49ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCiZfQvqgIAADUFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA6Rajj4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAAAQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1833" style="position:absolute;margin-left:532.85pt;margin-top:21.45pt;width:166.5pt;height:320.65pt;z-index:251867136;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiZfQvqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRd13bR0mnaGEIa&#10;MDF4ANd2GoNjB9ttOq6QuASJZ+AZEBJsbLxC+kYc2+koTAIJkYvI58ff+fuO9/aXlUQLbqzQKsfp&#10;Vg8jrqhmQs1y/PzZ8b0xRtYRxYjUiuf4nFu8P7l7Z6+pM97XpZaMGwQgymZNnePSuTpLEktLXhG7&#10;pWuuwFhoUxEHopklzJAG0CuZ9Hu9YdJow2qjKbcWtEfRiCcBvyg4dU+KwnKHZI4hNxf+Jvyn/p9M&#10;9kg2M6QuBe3SIP+QRUWEgqA3UEfEETQ34hZUJajRVhdui+oq0UUhKA81QDVp77dqzkpS81ALNMfW&#10;N22y/w+WPl6cGiRYjrd3MVKkghm1H9uL1ZvV2/ZTe9l+bq/aq9W79itqv4PyQ/utvQ6m6/Zy9R6M&#10;X9oLlI58I5vaZoB3Vp8a3wpbn2j60iKlD0uiZvzAGN2UnDBIP/X+yS8XvGDhKpo2jzSDNMjc6dDT&#10;ZWEqDwjdQsswuvOb0fGlQxSU6XZ/POjDhCnYBqPddJSG4SYkW1+vjXUPuK6QP+TY6LliT4EgIQZZ&#10;nFgXBsi6LhD2AqOikkCHBZEoHQ6HoUpA7JzhtMYM9Wop2LGQMgiewPxQGgSXczydpSGMnFdQXNSl&#10;Pf9FBoIeeBr1nYrIuiRRA0SPjhAxbIYHhv6BtBlTKtRAJ/ojcP5bQoRSrtztpHbWoUh2K6c/R6+E&#10;g02Wosrx2IN0ZfiB31cs7JkjQsYzQEnVMcAPPZLHLafLwMXYac+IqWbnwAmj4+bCSwOHUpvXGDWw&#10;tTm2r+bEcIzkQwW82k0HA7/mQRjsjDwjzKZlumkhigJUjqkzGEXh0MXHYV4bMSshVmyR0gfAxkK4&#10;NW1jXl0FsJthGt074pd/Uw5eP1+7yQ8AAAD//wMAUEsDBBQABgAIAAAAIQA6Rajj4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI+9TsMwFIV3JN7Bukhs1K6BBIU4FSAhwYBaWjqwObGJI+zryHbb&#10;8PY4E2z36H46P/VqcpYcdYiDRwHLBQOisfNqwF7Ax+756g5ITBKVtB61gB8dYdWcn9WyUv6E7/q4&#10;TT3JJhgrKcCkNFaUxs5oJ+PCjxrz78sHJ1OWoacqyFM2d5Zyxgrq5IA5wchRPxndfW8PTsDG7DYv&#10;jzIwXuw/17zdL9/sqxXi8mJ6uAeS9JT+YJjr5+rQ5E6tP6CKxGbNbq+LzArgPG+YCV7MVyugLMsb&#10;oE1N/49ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCiZfQvqgIAADUFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA6Rajj4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAAAQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
             <v:fill opacity="13107f"/>
             <v:stroke joinstyle="miter"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1225">
+            <v:textbox style="mso-next-textbox:#_x0000_s1833">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00D82E4B">
+      <w:r w:rsidRPr="00624E02">
         <w:rPr>
           <w:b/>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1223" style="position:absolute;margin-left:352.1pt;margin-top:17.05pt;width:165pt;height:329.35pt;z-index:251718656;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAniZCqqwIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1u1DAQfkfiDpbfaTbb/SlRs1XVUoRU&#10;oKJwAK/tbAyObWzvZtsnJB5B4gycASFBS8sVsjdi7GTLQiWQEHmIPDOeb/6+8e7espJowa0TWuU4&#10;3ephxBXVTKhZjl88P7q3g5HzRDEiteI5PuMO703u3tmtTcb7utSScYsARLmsNjkuvTdZkjha8oq4&#10;LW24AmOhbUU8iHaWMEtqQK9k0u/1RkmtLTNWU+4caA9bI55E/KLg1D8tCsc9kjmG3Hz82/ifhn8y&#10;2SXZzBJTCtqlQf4hi4oIBUFvoA6JJ2huxS2oSlCrnS78FtVVootCUB5rgGrS3m/VnJbE8FgLNMeZ&#10;mza5/wdLnyxOLBIsx9tDjBSpYEbNx+Zi9Wb1tvnUXDafm6vmavWu+Yqa76D80HxrrqPpurlcvQfj&#10;l+YCpePQyNq4DPBOzYkNrXDmWNNXDil9UBI14/vW6rrkhEH6abif/OIQBAeuaFo/1gzSIHOvY0+X&#10;ha0CIHQLLePozm5Gx5ceUVCm/e3eaBsmTME2GPfTfn8YY5Bs7W6s8w+5rlA45NjquWLPgCAxBlkc&#10;Ox8HyLouEPYSo6KSQIcFkSgdjUaxyoRk3WU4rTFjvVoKdiSkjEIgMD+QFoFzjqezNIaR8wqKa3Vp&#10;L3wtA0EPPG31nYpIU5JWA0RvL0LEuBkBGPoH0mZMqVAdOjGGy39LiFDKlb+d1HAdimS3cvpz9Ep4&#10;2GQpqhzvBJCujDDwB4rFPfNEyPYMUFJ1DAhDb8njl9Nl5OI4OgdGTDU7A05Y3W4uvDRwKLU9x6iG&#10;rc2xez0nlmMkHyng1f10MAhrHoXBcNwHwW5appsWoihA5Zh6i1ErHPj2cZgbK2YlxGpbpPQ+sLEQ&#10;fk3bNq+uAtjNOI3uHQnLvynHWz9fu8kPAAAA//8DAFBLAwQUAAYACAAAACEAPCuJM+IAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNmrHommaxqkACQkG1NLSoZsTmzjCPkex&#10;24a3x0wwnU736b/vr9aTs+Ssx9B7FJDNGBCNrVc9dgI+9s93BZAQJSppPWoB3zrAur6+qmSp/AXf&#10;9XkXO5JCMJRSgIlxKCkNrdFOhpkfNKbbpx+djGkdO6pGeUnhzlLOWE6d7DF9MHLQT0a3X7uTE7A1&#10;++3LoxwZzw/HDW8O2Zt9tULc3kwPKyBRT/EPhl/9pA51cmr8CVUgVkCezRcJFXBfpJmAgi3nQBoB&#10;iyXnQOuK/q9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAniZCqqwIAADUFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA8K4kz4gAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1831" style="position:absolute;margin-left:352.1pt;margin-top:17.05pt;width:165pt;height:329.35pt;z-index:251865088;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAniZCqqwIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1u1DAQfkfiDpbfaTbb/SlRs1XVUoRU&#10;oKJwAK/tbAyObWzvZtsnJB5B4gycASFBS8sVsjdi7GTLQiWQEHmIPDOeb/6+8e7espJowa0TWuU4&#10;3ephxBXVTKhZjl88P7q3g5HzRDEiteI5PuMO703u3tmtTcb7utSScYsARLmsNjkuvTdZkjha8oq4&#10;LW24AmOhbUU8iHaWMEtqQK9k0u/1RkmtLTNWU+4caA9bI55E/KLg1D8tCsc9kjmG3Hz82/ifhn8y&#10;2SXZzBJTCtqlQf4hi4oIBUFvoA6JJ2huxS2oSlCrnS78FtVVootCUB5rgGrS3m/VnJbE8FgLNMeZ&#10;mza5/wdLnyxOLBIsx9tDjBSpYEbNx+Zi9Wb1tvnUXDafm6vmavWu+Yqa76D80HxrrqPpurlcvQfj&#10;l+YCpePQyNq4DPBOzYkNrXDmWNNXDil9UBI14/vW6rrkhEH6abif/OIQBAeuaFo/1gzSIHOvY0+X&#10;ha0CIHQLLePozm5Gx5ceUVCm/e3eaBsmTME2GPfTfn8YY5Bs7W6s8w+5rlA45NjquWLPgCAxBlkc&#10;Ox8HyLouEPYSo6KSQIcFkSgdjUaxyoRk3WU4rTFjvVoKdiSkjEIgMD+QFoFzjqezNIaR8wqKa3Vp&#10;L3wtA0EPPG31nYpIU5JWA0RvL0LEuBkBGPoH0mZMqVAdOjGGy39LiFDKlb+d1HAdimS3cvpz9Ep4&#10;2GQpqhzvBJCujDDwB4rFPfNEyPYMUFJ1DAhDb8njl9Nl5OI4OgdGTDU7A05Y3W4uvDRwKLU9x6iG&#10;rc2xez0nlmMkHyng1f10MAhrHoXBcNwHwW5appsWoihA5Zh6i1ErHPj2cZgbK2YlxGpbpPQ+sLEQ&#10;fk3bNq+uAtjNOI3uHQnLvynHWz9fu8kPAAAA//8DAFBLAwQUAAYACAAAACEAPCuJM+IAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNmrHommaxqkACQkG1NLSoZsTmzjCPkex&#10;24a3x0wwnU736b/vr9aTs+Ssx9B7FJDNGBCNrVc9dgI+9s93BZAQJSppPWoB3zrAur6+qmSp/AXf&#10;9XkXO5JCMJRSgIlxKCkNrdFOhpkfNKbbpx+djGkdO6pGeUnhzlLOWE6d7DF9MHLQT0a3X7uTE7A1&#10;++3LoxwZzw/HDW8O2Zt9tULc3kwPKyBRT/EPhl/9pA51cmr8CVUgVkCezRcJFXBfpJmAgi3nQBoB&#10;iyXnQOuK/q9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAniZCqqwIAADUFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA8K4kz4gAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" strokecolor="#243f60" strokeweight="1pt">
             <v:fill opacity="13107f"/>
             <v:stroke joinstyle="miter"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1223">
+            <v:textbox style="mso-next-textbox:#_x0000_s1831">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 289" o:spid="_x0000_s1240" style="position:absolute;margin-left:44.6pt;margin-top:21.45pt;width:79.75pt;height:102.95pt;z-index:251736064;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLd7L05wIAAOUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m63rV0mjaGkLhM&#10;DMSzazuNwbGD7TYdv57j4zQUqBBM60NkH9vfOd+5fL243Dea7KTzypqSFmc5JdJwK5TZlPTTx9sX&#10;c0p8YEYwbY0s6YP09HL1/NlF1y7lyNZWC+kIgBi/7NqS1iG0yyzzvJYN82e2lQYOK+saFmDrNplw&#10;rAP0RmejPJ9mnXWidZZL78F6kw7pCvGrSvLwvqq8DESXFGIL+HX4Xcdvtrpgy41jba14HwZ7RBQN&#10;UwacDlA3LDCydeoPqEZxZ72twhm3TWarSnGJHIBNkf/G5r5mrUQukBzfDmnyTwfL3+3uHFGipOMR&#10;JYY1UKOrbbDomozmi5ihrvVLuHjf3rnI0bdvLP/qibHXNTMbeeWc7WrJBMRVxPvZLw/ixsNTsu7e&#10;WgH4DPAxWfvKNREQ0kD2WJOHoSZyHwgH43wxKmYTSjgcLcZFPsOaZWx5eNw6H15J25C4KKmzWyM+&#10;QN3RA9u98QHrInpyTHyhpGo0VHnHNCmm0+kMY2bL/jJgHzD7iopbpTVxNnxWocbMxDDx0B/wPWkt&#10;8E9mbF95rR0BH0CYc2lCgS/0toEsJPs0h19qQTBDoybz+GCGSAYkyCp0l09Ok68J3ouW4dbf/RXx&#10;wQmHh5QOMCec9W//w9uj2CHJPqdaGQL9VdIJZgTG13OmJfRq6jKcNqxNjEob0sHJaAYMMUqr1XA4&#10;MHvKBPljD9h3qCZxEl4agevAlE5rIKZNjEuiKvUU7TZId1+LjggVu3c0P1+AYgoFEnU+z6f5YkYJ&#10;0xvQVh4cPdmD/8gtdQtGddxsp2s/xIWdcBQyjnac5qQKYb/eo3pMzw9CsbbiAYYdpiVOQ/xvgEVt&#10;3XdKOtDZkvpvW+YkJfq1gYFZFONxFGbcjCezEWzc8cn6+IQZDlAlDZAVXF6HJObb1qlNDZ7SlBkb&#10;RaxS4aBGKapemkBLU4cn3Y9ifbzHWz//nVY/AAAA//8DAFBLAwQUAAYACAAAACEA/CZkH98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrq1Ak0CnEqQELiwqEFxNWNlyTC&#10;XgfbbdK/xz3BcTRPs2/rzWwNO6IPgyMJq2UGDKl1eqBOwvvb800JLERFWhlHKOGEATbN5UWtKu0m&#10;2uJxFzuWRihUSkIf41hxHtoerQpLNyKl7st5q2KKvuPaqymNW8NFlt1xqwZKF3o14lOP7ffuYCW8&#10;+q14+ckeT2H9MXwupls0oVxIeX01P9wDizjHPxjO+kkdmuS0dwfSgZmUy0IkVEJerIAlIBfFGtj+&#10;3IgceFPz/y80vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLd7L05wIAAOUGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8JmQf3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:roundrect id="AutoShape 289" o:spid="_x0000_s1848" style="position:absolute;margin-left:44.6pt;margin-top:21.45pt;width:79.75pt;height:102.95pt;z-index:251882496;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLd7L05wIAAOUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m63rV0mjaGkLhM&#10;DMSzazuNwbGD7TYdv57j4zQUqBBM60NkH9vfOd+5fL243Dea7KTzypqSFmc5JdJwK5TZlPTTx9sX&#10;c0p8YEYwbY0s6YP09HL1/NlF1y7lyNZWC+kIgBi/7NqS1iG0yyzzvJYN82e2lQYOK+saFmDrNplw&#10;rAP0RmejPJ9mnXWidZZL78F6kw7pCvGrSvLwvqq8DESXFGIL+HX4Xcdvtrpgy41jba14HwZ7RBQN&#10;UwacDlA3LDCydeoPqEZxZ72twhm3TWarSnGJHIBNkf/G5r5mrUQukBzfDmnyTwfL3+3uHFGipOMR&#10;JYY1UKOrbbDomozmi5ihrvVLuHjf3rnI0bdvLP/qibHXNTMbeeWc7WrJBMRVxPvZLw/ixsNTsu7e&#10;WgH4DPAxWfvKNREQ0kD2WJOHoSZyHwgH43wxKmYTSjgcLcZFPsOaZWx5eNw6H15J25C4KKmzWyM+&#10;QN3RA9u98QHrInpyTHyhpGo0VHnHNCmm0+kMY2bL/jJgHzD7iopbpTVxNnxWocbMxDDx0B/wPWkt&#10;8E9mbF95rR0BH0CYc2lCgS/0toEsJPs0h19qQTBDoybz+GCGSAYkyCp0l09Ok68J3ouW4dbf/RXx&#10;wQmHh5QOMCec9W//w9uj2CHJPqdaGQL9VdIJZgTG13OmJfRq6jKcNqxNjEob0sHJaAYMMUqr1XA4&#10;MHvKBPljD9h3qCZxEl4agevAlE5rIKZNjEuiKvUU7TZId1+LjggVu3c0P1+AYgoFEnU+z6f5YkYJ&#10;0xvQVh4cPdmD/8gtdQtGddxsp2s/xIWdcBQyjnac5qQKYb/eo3pMzw9CsbbiAYYdpiVOQ/xvgEVt&#10;3XdKOtDZkvpvW+YkJfq1gYFZFONxFGbcjCezEWzc8cn6+IQZDlAlDZAVXF6HJObb1qlNDZ7SlBkb&#10;RaxS4aBGKapemkBLU4cn3Y9ifbzHWz//nVY/AAAA//8DAFBLAwQUAAYACAAAACEA/CZkH98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrq1Ak0CnEqQELiwqEFxNWNlyTC&#10;XgfbbdK/xz3BcTRPs2/rzWwNO6IPgyMJq2UGDKl1eqBOwvvb800JLERFWhlHKOGEATbN5UWtKu0m&#10;2uJxFzuWRihUSkIf41hxHtoerQpLNyKl7st5q2KKvuPaqymNW8NFlt1xqwZKF3o14lOP7ffuYCW8&#10;+q14+ckeT2H9MXwupls0oVxIeX01P9wDizjHPxjO+kkdmuS0dwfSgZmUy0IkVEJerIAlIBfFGtj+&#10;3IgceFPz/y80vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLd7L05wIAAOUGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8JmQf3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 289">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="002860D6" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AB0BD9">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
-[...6 lines deleted...]
-                    <w:t>Қажетті  құжаттарды және өтініш</w:t>
+                    <w:t>Подает необходимые документы и заявление</w:t>
                   </w:r>
-                  <w:r>
-[...22 lines deleted...]
-                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1226" style="position:absolute;margin-left:150.5pt;margin-top:17.05pt;width:184.35pt;height:329.35pt;z-index:251721728;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq7DIGqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRt12zV0mnaGEIa&#10;MDF4ANd2GoNjG9ttOq6QuASJZ+AZEBJsbLxC+kYcO+koTAIJkYvI58ff+fuO9/aXlUQLbp3QKsfp&#10;Vg8jrqhmQs1y/PzZ8b0djJwnihGpFc/xOXd4f3L3zl5txryvSy0ZtwhAlBvXJsel92acJI6WvCJu&#10;SxuuwFhoWxEPop0lzJIa0CuZ9Hu9UVJry4zVlDsH2qPWiCcRvyg49U+KwnGPZI4hNx//Nv6n4Z9M&#10;9sh4ZokpBe3SIP+QRUWEgqA3UEfEEzS34hZUJajVThd+i+oq0UUhKI81QDVp77dqzkpieKwFmuPM&#10;TZvc/4OljxenFgmW40GGkSIVzKj52Fys3qzeNp+ay+Zzc9Vcrd41X1HzHZQfmm/NdTRdN5er92D8&#10;0lygNAuNrI0bA96ZObWhFc6caPrSIaUPS6Jm/MBaXZecMEg/Df7JLxeC4OAqmtaPNIM0yNzr2NNl&#10;YasACN1Cyzi685vR8aVHFJTpYNAb9LcxomAbZrtplsbhJmS8vm6s8w+4rlA45NjquWJPgSAxBlmc&#10;OB8HyLouEPYCo6KSQIcFkSgdjUaxSkDsnOG0xoz1ainYsZAyCoHA/FBaBJdzPJ2lMYycV1Bcq0t7&#10;4WsZCHrgaavvVESakrQaIHrrCBHjZgRg6B9ImzGlQjV0op+B898SIpRy5W8ntb0ORca3cvpz9Ep4&#10;2GQpqhzvBJCujDDw+4rFPfNEyPYMUFJ1DAhDb8njl9Nl5GI2WPNpqtk5cMLqdnPhpYFDqe1rjGrY&#10;2hy7V3NiOUbyoQJe7abDYVjzKAy3sz4IdtMy3bQQRQEqx9RbjFrh0LePw9xYMSshVtsipQ+AjYXw&#10;a9q2eXUVwG7GaXTvSFj+TTl6/XztJj8AAAD//wMAUEsDBBQABgAIAAAAIQAT09RZ4QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqBNXTaqQSQVISLBAlJYu2DmxiSP8iGK3&#10;DX/PsILdjObozrn1ZnaWnfQUh+AR8kUGTPsuqMH3CO/7x5s1sJikV9IGrxG+dYRNc3lRy0qFs3/T&#10;p13qGYX4WEkEk9JYcR47o52MizBqT7fPMDmZaJ16riZ5pnBnuciygjs5ePpg5KgfjO6+dkeHsDX7&#10;7dO9nDJRHD5eRXvIX+yzRby+mu9ugSU9pz8YfvVJHRpyasPRq8gswrIsloQiiFwAI2C1XlGXFqEs&#10;aeBNzf9XaH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAquwyBqoCAAA1BQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE9PUWeEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" strokecolor="#243f60" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1834" style="position:absolute;margin-left:150.5pt;margin-top:17.05pt;width:184.35pt;height:329.35pt;z-index:251868160;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq7DIGqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRt12zV0mnaGEIa&#10;MDF4ANd2GoNjG9ttOq6QuASJZ+AZEBJsbLxC+kYcO+koTAIJkYvI58ff+fuO9/aXlUQLbp3QKsfp&#10;Vg8jrqhmQs1y/PzZ8b0djJwnihGpFc/xOXd4f3L3zl5txryvSy0ZtwhAlBvXJsel92acJI6WvCJu&#10;SxuuwFhoWxEPop0lzJIa0CuZ9Hu9UVJry4zVlDsH2qPWiCcRvyg49U+KwnGPZI4hNx//Nv6n4Z9M&#10;9sh4ZokpBe3SIP+QRUWEgqA3UEfEEzS34hZUJajVThd+i+oq0UUhKI81QDVp77dqzkpieKwFmuPM&#10;TZvc/4OljxenFgmW40GGkSIVzKj52Fys3qzeNp+ay+Zzc9Vcrd41X1HzHZQfmm/NdTRdN5er92D8&#10;0lygNAuNrI0bA96ZObWhFc6caPrSIaUPS6Jm/MBaXZecMEg/Df7JLxeC4OAqmtaPNIM0yNzr2NNl&#10;YasACN1Cyzi685vR8aVHFJTpYNAb9LcxomAbZrtplsbhJmS8vm6s8w+4rlA45NjquWJPgSAxBlmc&#10;OB8HyLouEPYCo6KSQIcFkSgdjUaxSkDsnOG0xoz1ainYsZAyCoHA/FBaBJdzPJ2lMYycV1Bcq0t7&#10;4WsZCHrgaavvVESakrQaIHrrCBHjZgRg6B9ImzGlQjV0op+B898SIpRy5W8ntb0ORca3cvpz9Ep4&#10;2GQpqhzvBJCujDDw+4rFPfNEyPYMUFJ1DAhDb8njl9Nl5GI2WPNpqtk5cMLqdnPhpYFDqe1rjGrY&#10;2hy7V3NiOUbyoQJe7abDYVjzKAy3sz4IdtMy3bQQRQEqx9RbjFrh0LePw9xYMSshVtsipQ+AjYXw&#10;a9q2eXUVwG7GaXTvSFj+TTl6/XztJj8AAAD//wMAUEsDBBQABgAIAAAAIQAT09RZ4QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqBNXTaqQSQVISLBAlJYu2DmxiSP8iGK3&#10;DX/PsILdjObozrn1ZnaWnfQUh+AR8kUGTPsuqMH3CO/7x5s1sJikV9IGrxG+dYRNc3lRy0qFs3/T&#10;p13qGYX4WEkEk9JYcR47o52MizBqT7fPMDmZaJ16riZ5pnBnuciygjs5ePpg5KgfjO6+dkeHsDX7&#10;7dO9nDJRHD5eRXvIX+yzRby+mu9ugSU9pz8YfvVJHRpyasPRq8gswrIsloQiiFwAI2C1XlGXFqEs&#10;aeBNzf9XaH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAquwyBqoCAAA1BQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE9PUWeEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" strokecolor="#243f60" strokeweight="1pt">
             <v:fill opacity="13107f"/>
             <v:stroke joinstyle="miter"/>
-            <v:textbox style="mso-next-textbox:#_x0000_s1226">
+            <v:textbox style="mso-next-textbox:#_x0000_s1834">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
-[...211 lines deleted...]
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0010226B" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="Скругленный прямоугольник 17" o:spid="_x0000_s1832" style="position:absolute;margin-left:28.3pt;margin-top:10.6pt;width:110.5pt;height:335.8pt;z-index:251866112;visibility:visible;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDq1NKuqgIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfszRd15Zo6TRtDCEN&#10;mBg8gGs7jcGxje023a6QuASJZ+AZEBJsbLxC+kYcO+koTAIJkYvI58ff+fuOd/eWlUQLbp3QKsfp&#10;Vg8jrqhmQs1y/OL50b0xRs4TxYjUiuf4jDu8N7l7Z7c2Ge/rUkvGLQIQ5bLa5Lj03mRJ4mjJK+K2&#10;tOEKjIW2FfEg2lnCLKkBvZJJv9cbJrW2zFhNuXOgPWyNeBLxi4JT/7QoHPdI5hhy8/Fv438a/slk&#10;l2QzS0wpaJcG+YcsKiIUBL2BOiSeoLkVt6AqQa12uvBbVFeJLgpBeawBqkl7v1VzWhLDYy3QHGdu&#10;2uT+Hyx9sjixSLAcD1KMFKlgRs3H5mL1ZvW2+dRcNp+bq+Zq9a75iprvoPzQfGuuo+m6uVy9B+OX&#10;5gKlo9DI2rgM8E7NiQ2tcOZY01cOKX1QEjXj+9bquuSEQfpp8E9+uRAEB1fRtH6sGaRB5l7Hni4L&#10;WwVA6BZaxtGd3YyOLz2ioEx7/e1hHyZMwTYYb48G23G4CcnW1411/iHXFQqHHFs9V+wZECTGIItj&#10;5+MAWdcFwl5iVFQS6LAgEqXD4TBWCYidM5zWmLFeLQU7ElJGIRCYH0iL4HKOp7M0hpHzCoprdWkv&#10;fC0DQQ88bfWdikhTklYDRG8dIWLcjAAM/QNpM6ZUqIZO9Efg/LeECKVc+dtJ7axDkexWTn+OXgkP&#10;myxFleNxAOnKCAN/oFjcM0+EbM8AJVXHgDD0ljx+OV1GLg7Haz5NNTsDTljdbi68NHAotT3HqIat&#10;zbF7PSeWYyQfKeDV/XQwCGsehcHOKDDCblqmmxaiKEDlmHqLUSsc+PZxmBsrZiXEaluk9D6wsRB+&#10;Tds2r64C2M04je4dCcu/KUevn6/d5AcAAAD//wMAUEsDBBQABgAIAAAAIQCVfqF84QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqB236iPEqQAJCRaopaWL7pzYxBF+RLbb&#10;hr9nWMFqdDVHd85U69FZctYx9cELKCYMiPZtUL3vBHzsn++WQFKWXkkbvBbwrROs6+urSpYqXPy7&#10;Pu9yR7DEp1IKMDkPJaWpNdrJNAmD9rj7DNHJjDF2VEV5wXJnKWdsTp3sPV4wctBPRrdfu5MTsDX7&#10;7cujjIzPD8cNbw7Fm321QtzejA/3QLIe8x8Mv/qoDjU6NeHkVSIW82LFERXAC5wITGdsBqQRsFhO&#10;GdC6ov9fqH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6tTSrqoCAAA1BQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlX6hfOEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" strokecolor="#243f60" strokeweight="1pt">
+            <v:fill opacity="13107f"/>
+            <v:stroke joinstyle="miter"/>
+            <v:textbox style="mso-next-textbox:#Скругленный прямоугольник 17">
+              <w:txbxContent>
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="007D419D" w:rsidRPr="0010226B" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="0059175A" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D82E4B">
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r w:rsidRPr="00624E02">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 299" o:spid="_x0000_s1245" style="position:absolute;margin-left:550.1pt;margin-top:13.55pt;width:122.25pt;height:177.25pt;z-index:251741184;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawNdrrgIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N007SNNl2tekFI&#10;C6xY+ADXdpqAYwfbbbog/p3xJC1deEEIXhJfj+ecOTM3t8dGkYO0rja6oMlVTInU3Iha7wr68cNm&#10;NKPEeaYFU0bLgj5JR28XL1/cdG0ux6YySkhLAES7vGsLWnnf5lHkeCUb5q5MKzVslsY2zMPU7iJh&#10;WQfojYrGcZxFnbGitYZL52B11W/SBeKXpeT+XVk66YkqKMTm8Wvxuw3faHHD8p1lbVXzIQz2F1E0&#10;rNbw6BlqxTwje1v/BtXU3BpnSn/FTROZsqy5RA7AJol/YfNYsVYiFxDHtWeZ3L+D5W8PD5bUoqDX&#10;Y0o0ayBHd3tv8Gkyns+DQl3rcjj42D7YwNG194Z/dkSbZcX0Tt5Za7pKMgFxJeF89OxCmDi4Srbd&#10;GyMAnwE+inUsbRMAQQZyxJw8nXMij55wWEziWZLGE0o47CWzLL3OMGsRy0/XW+v8K2kaEgYFtWav&#10;xXvIPL7BDvfOY2bEQI+JT5SUjYI8H5giSZZlU4ya5cNhwD5hhpvabGql0ClKkw7CmMeTGNGdUbUI&#10;u6hLMK1cKksAF2hyLrWf4Dm1b4B7vz6dxPFgPFgGe/bLJ1Zo/YACOoLWlw8gM4wjqL3WAsee1aof&#10;w3mlQyQg3sA6yIg+/DaP5+vZepaO0nG2HqXxajW62yzTUbZJppPV9Wq5XCXfQ7BJmle1EFIHXqea&#10;SNI/89xQnb2bz1XxjMWZ4P+RKXpOAFUEFU5/1AUNGjzZe9sft0esgWl6svvWiCewrDV9x4AOB4PK&#10;2K+UdNAtCuq+7JmVlKjXGmw/T9I0tBecpJPpGCb2cmd7ucM0B6iCekr64dL3LWnf2npXwUsJukab&#10;UIpl7U811Uc1FBh0BCQ1dK/Qci7neOpnj138AAAA//8DAFBLAwQUAAYACAAAACEApIUJ4uEAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPSU/DMBSE70j8B+shcaN2FkoU4lQsqnpAAnWR4OjGJonw&#10;ptht3X/P6wluM3qf5s00i2Q0OaopjM5yyGYMiLKdk6PtOey2y7sKSIjCSqGdVRzOKsCivb5qRC3d&#10;ya7VcRN7giE21ILDEKOvKQ3doIwIM+eVxdu3m4yIaKeeykmcMNxomjM2p0aMFj8MwquXQXU/m4Ph&#10;kO5f1+/PD+dV+ohvX/6z0sXKLzm/vUlPj0CiSvEPhkt9rA4tdtq7g5WBaPRsXmbIoqpKIBciL0pU&#10;ew5FljOgbUP/j2h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrA12uuAgAAqwUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKSFCeLhAAAADAEA&#10;AA8AAAAAAAAAAAAAAAAACAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+          <v:roundrect id="AutoShape 299" o:spid="_x0000_s1857" style="position:absolute;margin-left:550.1pt;margin-top:13.55pt;width:122.25pt;height:177.25pt;z-index:251891712;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBawNdrrgIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N007SNNl2tekFI&#10;C6xY+ADXdpqAYwfbbbog/p3xJC1deEEIXhJfj+ecOTM3t8dGkYO0rja6oMlVTInU3Iha7wr68cNm&#10;NKPEeaYFU0bLgj5JR28XL1/cdG0ux6YySkhLAES7vGsLWnnf5lHkeCUb5q5MKzVslsY2zMPU7iJh&#10;WQfojYrGcZxFnbGitYZL52B11W/SBeKXpeT+XVk66YkqKMTm8Wvxuw3faHHD8p1lbVXzIQz2F1E0&#10;rNbw6BlqxTwje1v/BtXU3BpnSn/FTROZsqy5RA7AJol/YfNYsVYiFxDHtWeZ3L+D5W8PD5bUoqDX&#10;Y0o0ayBHd3tv8Gkyns+DQl3rcjj42D7YwNG194Z/dkSbZcX0Tt5Za7pKMgFxJeF89OxCmDi4Srbd&#10;GyMAnwE+inUsbRMAQQZyxJw8nXMij55wWEziWZLGE0o47CWzLL3OMGsRy0/XW+v8K2kaEgYFtWav&#10;xXvIPL7BDvfOY2bEQI+JT5SUjYI8H5giSZZlU4ya5cNhwD5hhpvabGql0ClKkw7CmMeTGNGdUbUI&#10;u6hLMK1cKksAF2hyLrWf4Dm1b4B7vz6dxPFgPFgGe/bLJ1Zo/YACOoLWlw8gM4wjqL3WAsee1aof&#10;w3mlQyQg3sA6yIg+/DaP5+vZepaO0nG2HqXxajW62yzTUbZJppPV9Wq5XCXfQ7BJmle1EFIHXqea&#10;SNI/89xQnb2bz1XxjMWZ4P+RKXpOAFUEFU5/1AUNGjzZe9sft0esgWl6svvWiCewrDV9x4AOB4PK&#10;2K+UdNAtCuq+7JmVlKjXGmw/T9I0tBecpJPpGCb2cmd7ucM0B6iCekr64dL3LWnf2npXwUsJukab&#10;UIpl7U811Uc1FBh0BCQ1dK/Qci7neOpnj138AAAA//8DAFBLAwQUAAYACAAAACEApIUJ4uEAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPSU/DMBSE70j8B+shcaN2FkoU4lQsqnpAAnWR4OjGJonw&#10;ptht3X/P6wluM3qf5s00i2Q0OaopjM5yyGYMiLKdk6PtOey2y7sKSIjCSqGdVRzOKsCivb5qRC3d&#10;ya7VcRN7giE21ILDEKOvKQ3doIwIM+eVxdu3m4yIaKeeykmcMNxomjM2p0aMFj8MwquXQXU/m4Ph&#10;kO5f1+/PD+dV+ohvX/6z0sXKLzm/vUlPj0CiSvEPhkt9rA4tdtq7g5WBaPRsXmbIoqpKIBciL0pU&#10;ew5FljOgbUP/j2h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrA12uuAgAAqwUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKSFCeLhAAAADAEA&#10;AA8AAAAAAAAAAAAAAAAACAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
             <v:textbox style="mso-next-textbox:#AutoShape 299">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00CD49D3" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B26B67">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Осуществляет прием и регистрацию полученных документов, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">оформляет </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AB0BD9">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">приказ, </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">регистрирует и </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AB0BD9">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>выдает услугополучателю</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">выписку из приказа о разрешении на обучение </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AB0BD9">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="007D419D" w:rsidRPr="004B03A0" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="15"/>
                       <w:szCs w:val="15"/>
-                      <w:lang w:val="kk-KZ"/>
-[...118 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 256" o:spid="_x0000_s1229" style="position:absolute;margin-left:170.6pt;margin-top:18.3pt;width:140pt;height:67pt;z-index:251724800;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+nKO/rAIAAKoFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0SdpGS6epaRHS&#10;gInBD3BtpzE4drDdpgPx37l20tLBC0Lwkvjz+J5zz703t8dWogM3VmhV4uQqxogrqplQuxJ//LCZ&#10;zDGyjihGpFa8xE/c4tvlyxc3fVfwqW60ZNwgAFG26LsSN851RRRZ2vCW2CvdcQWbtTYtcTA1u4gZ&#10;0gN6K6NpHOdRrw3rjKbcWlithk28DPh1zal7V9eWOyRLDLG58DXhu/XfaHlDip0hXSPoGAb5iyha&#10;IhQ8eoaqiCNob8RvUK2gRltduyuq20jXtaA8cAA2SfwLm8eGdDxwAXFsd5bJ/jtY+vbwYJBgJb4G&#10;eRRpIUd3e6fD02ia5V6hvrMFHHzsHoznaLt7TT9bpPSqIWrH74zRfcMJg7gSfz56dsFPLFxF2/6N&#10;ZoBPAD+IdaxN6wFBBnQMOXk654QfHaKwmCTZdZJDbBT25tk8m4akRaQ43e6Mda+4bpEflNjovWLv&#10;IfHhCXK4ty4kho3sCPuEUd1KSPOBSJTkeT4LQZNiPAzYJ0x/U+mNkDIYRSrUQ0iLOIsDutVSML8b&#10;ZPGe5StpEOACS0q5clk4J/ctUB/WZ1kcj76DZXDnsHxiFZzvUUBGkPrygcAsxOHFXisWxo4IOYzh&#10;vFQ+EtBuZO1VDDb8togX6/l6nk7Sab6epHFVTe42q3SSb5JZVl1Xq1WVfPfBJmnRCMa48rxOJZGk&#10;f2a5sTgHM5+L4hmLM8H/I1P0nEBQEVQ4/YMuwZ/ekoO13XF7DCUwO7t9q9kTONbooWFAg4NBo81X&#10;jHpoFiW2X/bEcIzkawWuXyRp6rtLmKTZDDyKzOXO9nKHKApQJXYYDcOVGzrSvjNi18BLSXCN0r4S&#10;a+FOJTVENdYXNIRAamxevuNczsOpny12+QMAAP//AwBQSwMEFAAGAAgAAAAhALXEbkviAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyok5a0JsSpeKjqohKoBQmWbmySCHsc&#10;xW7r/j3DCpajObr33GqZnGVHM4beo4R8kgEz2HjdYyvh/W11I4CFqFAr69FIOJsAy/ryolKl9ifc&#10;muMutoxCMJRKQhfjUHIems44FSZ+MEi/Lz86FekcW65HdaJwZ/k0y+bcqR6poVODeepM8707OAmp&#10;eN6+PC7O6/QaN5/Dh7Cz9bCS8voqPdwDiybFPxh+9UkdanLa+wPqwKyEmVhMCZVwW9wBI6CYC9qy&#10;J1LkOfC64v8n1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfpyjv6wCAACqBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtcRuS+IAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAGBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
-            <v:textbox style="mso-next-textbox:#AutoShape 256">
+          <v:line id="_x0000_s1844" style="position:absolute;z-index:251878400;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="532.85pt,22.05pt" to="556.9pt,22.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgQX/nKgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1uEzEU3iNxB8t7MpOmQTDKpIuWsqkg&#10;onAA12MnFh7bsk1msgPWSDkCV+gCpEoFzjBzI549P6GAhEBsLI/f9733vs/PszipS4m2zDqhVY6n&#10;kxQjpqguhFrn+NXL8wePMHKeqIJIrViOd8zhk+X9e4vKZOxIb7QsmEWQRLmsMjneeG+yJHF0w0ri&#10;JtowBUGubUk8fNp1UlhSQfZSJkdp+jCptC2M1ZQ5B6dnXRAvY37OGfXPOXfMI5lj6M3H1cb1KqzJ&#10;ckGytSVmI2jfBvmHLkoiFBQdU50RT9AbK35JVQpqtdPcT6guE825oCxqADXT9Cc1lxtiWNQC5jgz&#10;2uT+X1r6bLuySBQ5ns0wUqSEO2o+tm/bffOluW73qH3XfGs+N5+am+Zrc9O+h/1t+wH2Idjc9sd7&#10;NH08C2ZWxmWQ81StbLCD1urSXGj62kEsuRMMH850sJrbMsDBD1THy9mNl8NqjygcztL58WyOER1C&#10;CckGnrHOP2W6RGGTYylUsI1kZHvhfKhMsgESjqVCVY6P5scpjAQtDah3ah0ZTktRnAspAy5OITuV&#10;Fm0JzI+vp0EiJLuD8kTIJ6pAfmfAPGKtrnqYVL3oTmdU7HeSdT28YByMB2XTrnIY+UMxQilTfigo&#10;FaADjUNrIzH9M7HHByqLz+FvyCMjVtbKj+RSKG1/V/3gEe/wgwOd7mDBlS52KzvMA8x1tLR/g+Hh&#10;/Pgd6Yc/xfI7AAAA//8DAFBLAwQUAAYACAAAACEAn+ojz98AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPPU/DMBCGdyT+g3VILIg6SSGlIU6FkBASZSiBgdGNTRJhny3bTcO/5xADbPfx6L3n6s1s&#10;DZt0iKNDAfkiA6axc2rEXsDb68PlDbCYJCppHGoBXzrCpjk9qWWl3BFf9NSmnlEIxkoKGFLyFeex&#10;G7SVceG8Rtp9uGBlojb0XAV5pHBreJFlJbdyRLowSK/vB919tgcrYMLHdXuVX7w/ebMNO75Sz36n&#10;hDg/m+9ugSU9pz8YfvRJHRpy2rsDqsiMgOtyXRAqYFksgRFQ5isq9r8D3tT8/wfNNwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAgQX/nKgIAAHEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCf6iPP3wAAAAkBAAAPAAAAAAAAAAAAAAAAAIQEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1843" style="position:absolute;flip:y;z-index:251877376;visibility:visible;mso-wrap-distance-left:3.17494mm;mso-wrap-distance-right:3.17494mm;mso-height-relative:margin" from="532.85pt,6.9pt" to="532.85pt,22.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDj4pd7JAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZDcpoLDKpodW5VJB&#10;RIG767UTC//JNtnNDTgj5RF4hR5AqlTgGXbfiLE32bSFC4iLZc/PN/N9M7uz40ZJtGbOC6NLPB7l&#10;GDFNTSX0ssRvXp89mmLkA9EVkUazEm+Yx8fzhw9mtS3YxKyMrJhDAKJ9UdsSr0KwRZZ5umKK+JGx&#10;TIOTG6dIgKdbZpUjNaArmU3y/GlWG1dZZyjzHqynvRPPEz7njIaXnHsWkCwx9BbS6dJ5Gc9sPiPF&#10;0hG7EnTXBvmHLhQRGooOUKckEPTeid+glKDOeMPDiBqVGc4FZYkDsBnn99hcrIhliQuI4+0gk/9/&#10;sPTFeuGQqEp8BJPSRMGM2i/dh27bfm+vui3qPrY/22/t1/a6/dFed5/gftN9hnt0tjc78xaNp8+i&#10;mLX1BWCe6IWLctBGX9hzQ9958GV3nPHhbR/WcKcQl8K+hR1KOoIyqElj2gxjYk1AtDdSsI6PJvk0&#10;TTAjRUSIBa3z4TkzCsVLiaXQUUBSkPW5D7GHQ0g0S43qEk+ePM5hOaiyoIPXy5ThjRTVmZAyxqV9&#10;ZCfSoTWBTQrNOJIFsFtR8JJ6x7InliiGjWR9qVeMg9JAoKd4D5NQynTY40oN0TGNQwdDYt53Fj+O&#10;QzN3E3fxMZWl/f+b5CEjVTY6DMlKaOP+VP0gBe/j9wr0vKMEl6baLNx+AWCRk3K7jy5+KbffKf3w&#10;a5j/AgAA//8DAFBLAwQUAAYACAAAACEAXX5p9d4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2Qkbixdp41Rmk4IUbhNYiAhbmlj2rLGiZqs63h6jDjA0f4//f6cbybbixGH0DlS&#10;MJ8lIJBqZzpqFLy+lFdrECFqMrp3hApOGGBTnJ/lOjPuSM847mIjuIRCphW0MfpMylC3aHWYOY/E&#10;2YcbrI48Do00gz5yue1lmiQraXVHfKHVHu9brPe7g1Xg36pPvS/L9Yjvzenp4Xrrvx63Sl1eTHe3&#10;ICJO8Q+GH31Wh4KdKncgE0SvYLm6SRnlYL4EwcDvolKwSBcgi1z+/6D4BgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOPil3skAgAAYgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAF1+afXeAAAACQEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" strokeweight="2pt">
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1842" style="position:absolute;flip:y;z-index:251876352;visibility:visible;mso-width-relative:margin;mso-height-relative:margin" from="111.2pt,6.9pt" to="532.85pt,6.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXNY18OwIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Z5OwgWWjDauKQC+0&#10;i7Tb3o3tEKv+km0IqOp/79gButteqqocjD2eeX5v/JyHx6OS6MCdF0bXuLjJMeKaGib0rsZfXlaj&#10;GUY+EM2INJrX+MQ9fpy/f/fQ24qPTWck4w4BiPZVb2vchWCrLPO044r4G2O5hs3WOEUCLN0uY470&#10;gK5kNs7zadYbx6wzlHsP0WbYxPOE37achqe29TwgWWPgFtLo0riNYzZ/INXOEdsJeqZB/oGFIkLD&#10;oVeohgSC9k78AaUEdcabNtxQozLTtoLypAHUFPlvap47YnnSAs3x9tom//9g6efDxiHBanxbYqSJ&#10;gjtaC81RcV/E5vTWV5Cz0BsX5dGjfrZrQ795pM2iI3rHE8mXk4XCVJG9KYkLb+GIbf/JMMgh+2BS&#10;p46tU6iVwn6NhREcuoGO6WpO16vhx4AoBIvJZDy5m2BEL3sZqSJELLTOh4/cKBQnNZbAPwGSw9oH&#10;EAGpl5SYrs1KSJluXmrU13g8KfM8VXgjBYu7MS+ZkC+kQwcC9gnHgabcK5AyxIo8/gYXQRy8NsRT&#10;CI69QiQSb9CVCOB8KVSNZ69QOk7YUrPELhAhhzlASR05QT9A03k2OOz7fX6/nC1n5agcT5ejMm+a&#10;0YfVohxNV8XdpLltFoum+BHlFWXVCca4jgovbi/Kv3PT+d0NPr36/drL7C160gtkL/+JdLJGdMPg&#10;q61hp42L9xNdAgZPyefHGF/Q63XK+vXJmP8EAAD//wMAUEsDBBQABgAIAAAAIQDvuuwY3QAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI6xTsMwFEV3JP7BekgsqHVIIUCIUxVEpS4MtAywufFrksZ+&#10;jmw3CX+PYYHx6l6de4rlZDQb0PnWkoDreQIMqbKqpVrA+249uwfmgyQltSUU8IUeluX5WSFzZUd6&#10;w2EbahYh5HMpoAmhzzn3VYNG+rntkWJ3sM7IEKOruXJyjHCjeZokGTeypfjQyB6fG6y67ckI2Bw1&#10;f/p8Pb5cfVg/HNa+W42uE+LyYlo9Ags4hb8x/OhHdSij096eSHmmBSzSm7s4FZAtgMX+NntIge1/&#10;My8L/t+//AYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAXNY18OwIAAHoEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvuuwY3QAAAAcBAAAPAAAA&#10;AAAAAAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="2pt">
+            <v:stroke joinstyle="miter"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00624E02">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="AutoShape 280" o:spid="_x0000_s1846" style="position:absolute;margin-left:380.6pt;margin-top:18.3pt;width:118.6pt;height:143.8pt;z-index:251880448;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAT7EOqsAIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/dxOX9BZtulr1gpAW&#10;WLHwAa7tNAHHDrbbdBfx74wnbenCC0Lwktge+/icM+O5vjk0muyV87U1BWVXKSXKCCtrsy3op4/r&#10;wZQSH7iRXFujCvqoPL2Zv3xx3bW5GtrKaqkcARDj864taBVCmyeJF5VquL+yrTIQLK1reICp2ybS&#10;8Q7QG50M03ScdNbJ1lmhvIfVZR+kc8QvSyXC+7L0KhBdUOAW8Ovwu4nfZH7N863jbVWLIw3+Fywa&#10;Xhu49Ay15IGTnat/g2pq4ay3ZbgStklsWdZCoQZQw9Jf1DxUvFWoBczx7dkm/+9gxbv9vSO1LOgQ&#10;7DG8gRzd7oLFq8lwig51rc9h40N776JG395Z8cUTYxcVN1t165ztKsUl8GLR0eTZgTjxcJRsurdW&#10;Aj4HfDTrULomAoIN5IA5eTznRB0CEbDI2JSxFLgJiLFZNhpnyCnh+el463x4rWxD4qCgzu6M/ACZ&#10;xzv4/s4HzIw8yuPyMyVloyHPe64JG4/HE2TN8+NmwD5hxpPGrmutsVK0IV2kkY5SRPdW1zJG0ZdY&#10;tGqhHQFckCmEMmGE+/SuAe39+mSUgp4ebtdAefbLJ1VY+hEFfASvLy9AZXgwur0yEseB17ofw35t&#10;IhMw76g62oh1+G2WzlbT1TQbZMPxapCly+Xgdr3IBuM1m4yWr5aLxZJ9j2RZlle1lMpEXac3wbI/&#10;q7nj6+yr+fwqnqk4C/w/NiXPBaCL4MLpj75ggcaajH3C5+GwOeAbmMxiXuLSxspHKFln+44BHQ4G&#10;lXVPlHTQLQrqv+64U5ToNwbKfsYyKEsScJKNJvExucvI5jLCjQCoggZK+uEi9C1p17p6W8FNDKvG&#10;2PgUyzoAKaTcszpOoCOgqGP3ii3nco67fvbY+Q8AAAD//wMAUEsDBBQABgAIAAAAIQBwWAGF4gAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqNOatiHEqXio6qISqA8Jlm5s&#10;kgh7HMVu6/49wwqWM3N059xykZxlJzOEzqOE8SgDZrD2usNGwn63vMuBhahQK+vRSLiYAIvq+qpU&#10;hfZn3JjTNjaMQjAUSkIbY19wHurWOBVGvjdIty8/OBVpHBquB3WmcGf5JMtm3KkO6UOrevPSmvp7&#10;e3QS0vR18/Y8v6zSe1x/9h+5Fat+KeXtTXp6BBZNin8w/OqTOlTkdPBH1IFZCbPxXBAqYZJPgRGQ&#10;Z4IWBwlC3D8Ar0r+v0L1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABPsQ6qwAgAAqwUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHBYAYXiAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAACgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAZBgAA&#10;AAA=&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#AutoShape 280">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
+                </w:p>
+                <w:p w:rsidR="007D419D" w:rsidRPr="00210D2E" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00AB0BD9">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Услугополучатель</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00AB0BD9">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> осуществляет регистрацию (авторизацию) на портале посредством ИИН</w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Көрсетілетін қызметті алушының мәліметінің болуын тексеру </w:t>
+                    <w:t xml:space="preserve"> и пароля</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="00AB0BD9" w:rsidRDefault="00D82E4B" w:rsidP="004B43BA">
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1237" style="position:absolute;flip:y;z-index:251732992;visibility:visible;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-right:3.17497mm;mso-width-relative:margin" from="124.35pt,11.4pt" to="170.6pt,11.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDT1zhTSgIAAJgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Z5PQQCEirCoCvdAW&#10;abe9e22HWPWXbC8BVf3vHTvALu2lqsrBjMczz2/Gb7K4PyqJDtx5YXSNi7scI66pYULva/z1cTOa&#10;YeQD0YxIo3mNT9zj++XbN4veVnxsOiMZdwhAtK96W+MuBFtlmacdV8TfGcs1HLbGKRJg6/YZc6QH&#10;dCWzcZ5Ps944Zp2h3HvwNsMhXib8tuU0fGlbzwOSNQZuIa0urU9xzZYLUu0dsZ2gZxrkH1goIjRc&#10;eoVqSCDo2Yk/oJSgznjThjtqVGbaVlCeaoBqivy3ah46YnmqBZrj7bVN/v/B0s+HnUOC1Xg8x0gT&#10;BW+0FZqjYj6LzemtryBmpXculkeP+sFuDf3ukTarjug9TyQfTxYSi5iR3aTEjbdwxVP/yTCIIc/B&#10;pE4dW6dQK4X9FhMjOHQDHdPTnK5Pw48BUXCO89m8mGBEL0cZqSJCzLPOh4/cKBSNGkugn/DIYetD&#10;ZPQSEsO12Qgp08NLjXrAnpR5njK8kYLF0xiXNMhX0qEDAfWE48BSPiuoZPAVefwNIgI/SG3wJxdc&#10;e4VIJG7QlQggfClUjWevUDpO2FqzxC4QIcFGITWXOGd6HPkqzjCSHOYtWkOBUkfK0C0o+WwN+vsx&#10;z+fr2XpWjsrxdD0q86YZfdisytF0U7yfNO+a1aopfsbqi7LqBGNcxwZcZqEo/05r56kcVHydhmur&#10;s1v01A4ge/lPpJNwolYG1T0Zdtq5WF3UEMg/BZ9HNc7X632KevmgLH8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQCZx8j/2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsQwEIbvgu8QRvAiu4ldWaU2&#10;XURwPYlYZc9pM7bFZFKatFvf3hEP7nFmfr75/mK3eCdmHGMfSMP1WoFAaoLtqdXw8f60ugMRkyFr&#10;XCDU8I0RduX5WWFyG470hnOVWsEQirnR0KU05FLGpkNv4joMSHz7DKM3icexlXY0R4Z7JzOlttKb&#10;nvhDZwZ87LD5qiavYUPudagnet5Pvb+qXqq9m9VB68uL5eEeRMIl/YfhV5/VoWSnOkxko3DM2N5u&#10;OKohy7gCB26UykDUfwtZFvK0QfkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA09c4U0oC&#10;AACYBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmcfI&#10;/9sAAAAJAQAADwAAAAAAAAAAAAAAAACkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" strokeweight="2pt">
-[...187 lines deleted...]
-            <v:textbox>
+          <v:roundrect id="AutoShape 256" o:spid="_x0000_s1837" style="position:absolute;margin-left:170.6pt;margin-top:18.3pt;width:140pt;height:67pt;z-index:251871232;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+nKO/rAIAAKoFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VF1v0zAUfUfiP1h+75J0SdpGS6epaRHS&#10;gInBD3BtpzE4drDdpgPx37l20tLBC0Lwkvjz+J5zz703t8dWogM3VmhV4uQqxogrqplQuxJ//LCZ&#10;zDGyjihGpFa8xE/c4tvlyxc3fVfwqW60ZNwgAFG26LsSN851RRRZ2vCW2CvdcQWbtTYtcTA1u4gZ&#10;0gN6K6NpHOdRrw3rjKbcWlithk28DPh1zal7V9eWOyRLDLG58DXhu/XfaHlDip0hXSPoGAb5iyha&#10;IhQ8eoaqiCNob8RvUK2gRltduyuq20jXtaA8cAA2SfwLm8eGdDxwAXFsd5bJ/jtY+vbwYJBgJb4G&#10;eRRpIUd3e6fD02ia5V6hvrMFHHzsHoznaLt7TT9bpPSqIWrH74zRfcMJg7gSfz56dsFPLFxF2/6N&#10;ZoBPAD+IdaxN6wFBBnQMOXk654QfHaKwmCTZdZJDbBT25tk8m4akRaQ43e6Mda+4bpEflNjovWLv&#10;IfHhCXK4ty4kho3sCPuEUd1KSPOBSJTkeT4LQZNiPAzYJ0x/U+mNkDIYRSrUQ0iLOIsDutVSML8b&#10;ZPGe5StpEOACS0q5clk4J/ctUB/WZ1kcj76DZXDnsHxiFZzvUUBGkPrygcAsxOHFXisWxo4IOYzh&#10;vFQ+EtBuZO1VDDb8togX6/l6nk7Sab6epHFVTe42q3SSb5JZVl1Xq1WVfPfBJmnRCMa48rxOJZGk&#10;f2a5sTgHM5+L4hmLM8H/I1P0nEBQEVQ4/YMuwZ/ekoO13XF7DCUwO7t9q9kTONbooWFAg4NBo81X&#10;jHpoFiW2X/bEcIzkawWuXyRp6rtLmKTZDDyKzOXO9nKHKApQJXYYDcOVGzrSvjNi18BLSXCN0r4S&#10;a+FOJTVENdYXNIRAamxevuNczsOpny12+QMAAP//AwBQSwMEFAAGAAgAAAAhALXEbkviAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyok5a0JsSpeKjqohKoBQmWbmySCHsc&#10;xW7r/j3DCpajObr33GqZnGVHM4beo4R8kgEz2HjdYyvh/W11I4CFqFAr69FIOJsAy/ryolKl9ifc&#10;muMutoxCMJRKQhfjUHIems44FSZ+MEi/Lz86FekcW65HdaJwZ/k0y+bcqR6poVODeepM8707OAmp&#10;eN6+PC7O6/QaN5/Dh7Cz9bCS8voqPdwDiybFPxh+9UkdanLa+wPqwKyEmVhMCZVwW9wBI6CYC9qy&#10;J1LkOfC64v8n1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfpyjv6wCAACqBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtcRuS+IAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAGBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#AutoShape 256">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="006D3344" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="006D3344">
                     <w:rPr>
-                      <w:sz w:val="22"/>
-[...1 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Көрсетілетін қызметті алушының мәліметтерінің жоқтығына байланысты,  </w:t>
-[...17 lines deleted...]
-                    <w:t>көрсеткіштерді алу мүмкіндігінің жоқтығы туралы хабарламаны қалыптастыру</w:t>
+                    <w:t>Проверка наличия данных услугополучателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="009E1FEC" w:rsidRPr="00455B69">
-[...59 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="Прямая соединительная линия 195" o:spid="_x0000_s1231" style="position:absolute;flip:y;z-index:251726848;visibility:visible;mso-wrap-distance-left:3.17494mm;mso-wrap-distance-right:3.17494mm;mso-height-relative:margin" from="617.1pt,0" to="617.1pt,70.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0jFuTHwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1u1DAU3iNxB8t7JslAKxpNpotWZVPB&#10;iAJ717FnLBzbss0kswPWSHMErtAFSJUKnCG5Ec9OJtMpKxAby34/n9/3vWfPTptKojWzTmhV4GyS&#10;YsQU1aVQywK/fXPx5DlGzhNVEqkVK/CGOXw6f/xoVpucTfVKy5JZBCDK5bUp8Mp7kyeJoytWETfR&#10;hilwcm0r4uFol0lpSQ3olUymaXqc1NqWxmrKnAPree/E84jPOaP+FeeOeSQLDLX5uNq4Xoc1mc9I&#10;vrTErAQdyiD/UEVFhIJLR6hz4gn6YMUfUJWgVjvN/YTqKtGcC8oiB2CTpQ/YXK2IYZELiOPMKJP7&#10;f7D05XphkSgLPJ1ipEgFPWq/dh+7bfujvem2qPvU/mq/t9/a2/Zne9t9hv1d9wX2wdneDeYtyk6O&#10;gpi1cTlgnqmFDXLQRl2ZS03fO/AlB85wcKYPa7itEJfCvIMZijqCMqiJbdqMbWKNR7Q3UrBm0/Tp&#10;yXFsYULyABFuNNb5F0xXKGwKLIUKCpKcrC+dD0XsQ4JZKlQD96NnaRrDnJaivBBSBmecQnYmLVoT&#10;mB/fZIEiINyLgpNUA7eeTiTmN5L1+K8ZB32h7J7YA0xCKVN+hysVRIc0DhWMiUNl4UnsizlMHOJD&#10;KotT/zfJY0a8WSs/JldCadvrcnj7Xgrex+8U6HkHCa51uVnYXdthfKNyw1ML7+P+OabvP4T5bwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsmnQqTSdEKJwm8RAQtzcxrRljVM1Wdfx68m0A9z87Kfn72XryXZipMG3jjXMZwoE&#10;ceVMy7WG97fiZgXCB2SDnWPScCQP6/zyIsPUuAO/0rgNtYgh7FPU0ITQp1L6qiGLfuZ64nj7coPF&#10;EOVQSzPgIYbbTi6UupMWW44fGuzpsaFqt91bDf1H+Y27oliN9FkfX56STf/zvNH6+mp6uAcRaAp/&#10;ZjjhR3TII1Pp9my86KKeL28je4hTsgRxcpw3pYaFShTIPJP/S+S/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADSMW5MfAgAAWAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" strokeweight="2pt">
-            <o:lock v:ext="edit" shapetype="f"/>
+          <v:line id="_x0000_s1845" style="position:absolute;flip:y;z-index:251879424;visibility:visible;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-right:3.17497mm;mso-width-relative:margin" from="124.35pt,11.4pt" to="170.6pt,11.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDT1zhTSgIAAJgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Z5PQQCEirCoCvdAW&#10;abe9e22HWPWXbC8BVf3vHTvALu2lqsrBjMczz2/Gb7K4PyqJDtx5YXSNi7scI66pYULva/z1cTOa&#10;YeQD0YxIo3mNT9zj++XbN4veVnxsOiMZdwhAtK96W+MuBFtlmacdV8TfGcs1HLbGKRJg6/YZc6QH&#10;dCWzcZ5Ps944Zp2h3HvwNsMhXib8tuU0fGlbzwOSNQZuIa0urU9xzZYLUu0dsZ2gZxrkH1goIjRc&#10;eoVqSCDo2Yk/oJSgznjThjtqVGbaVlCeaoBqivy3ah46YnmqBZrj7bVN/v/B0s+HnUOC1Xg8x0gT&#10;BW+0FZqjYj6LzemtryBmpXculkeP+sFuDf3ukTarjug9TyQfTxYSi5iR3aTEjbdwxVP/yTCIIc/B&#10;pE4dW6dQK4X9FhMjOHQDHdPTnK5Pw48BUXCO89m8mGBEL0cZqSJCzLPOh4/cKBSNGkugn/DIYetD&#10;ZPQSEsO12Qgp08NLjXrAnpR5njK8kYLF0xiXNMhX0qEDAfWE48BSPiuoZPAVefwNIgI/SG3wJxdc&#10;e4VIJG7QlQggfClUjWevUDpO2FqzxC4QIcFGITWXOGd6HPkqzjCSHOYtWkOBUkfK0C0o+WwN+vsx&#10;z+fr2XpWjsrxdD0q86YZfdisytF0U7yfNO+a1aopfsbqi7LqBGNcxwZcZqEo/05r56kcVHydhmur&#10;s1v01A4ge/lPpJNwolYG1T0Zdtq5WF3UEMg/BZ9HNc7X632KevmgLH8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQCZx8j/2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsQwEIbvgu8QRvAiu4ldWaU2&#10;XURwPYlYZc9pM7bFZFKatFvf3hEP7nFmfr75/mK3eCdmHGMfSMP1WoFAaoLtqdXw8f60ugMRkyFr&#10;XCDU8I0RduX5WWFyG470hnOVWsEQirnR0KU05FLGpkNv4joMSHz7DKM3icexlXY0R4Z7JzOlttKb&#10;nvhDZwZ87LD5qiavYUPudagnet5Pvb+qXqq9m9VB68uL5eEeRMIl/YfhV5/VoWSnOkxko3DM2N5u&#10;OKohy7gCB26UykDUfwtZFvK0QfkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA09c4U0oC&#10;AACYBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmcfI&#10;/9sAAAAJAQAADwAAAAAAAAAAAAAAAACkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open" joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00D82E4B">
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1243" style="position:absolute;flip:x;z-index:251739136;visibility:visible;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-width-relative:margin" from="98.75pt,-.05pt" to="98.75pt,20.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgSuWBJwIAAHIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE2Xn1XUdA+7LJcV&#10;VCw8gNexWwv/yTZNegPOSH0EXoEDSCst8AzJGzF20pQFJATiYtkz883M93ns+UmjJNow54XRJc4n&#10;U4yYpqYSelXily/O7x1j5APRFZFGsxJvmccni7t35rUt2MysjayYQ5BE+6K2JV6HYIss83TNFPET&#10;Y5kGJzdOkQBHt8oqR2rIrmQ2m04fZrVxlXWGMu/BetY78SLl55zR8IxzzwKSJYbeQlpdWq/imi3m&#10;pFg5YteCDm2Qf+hCEaGh6JjqjASCXjvxSyolqDPe8DChRmWGc0FZ4gBs8ulPbC7XxLLEBcTxdpTJ&#10;/7+09Olm6ZCoSjw7wkgTBXfUfujedLv2S/ux26Hubfut/dx+aq/br+119w72N9172EdnezOYdwgu&#10;I4pZW19AzlO9dFEO2uhLe2HoKw++7JYzHrztwxruVAwHPVCTLmc7Xg5rAqK9kYI1z49nR49SrYwU&#10;e6B1PjxhRqG4KbEUOupGCrK58CGWJsU+JJqlRjUwfnAfmkZUWaDv9SohvJGiOhdSxrg0huxUOrQh&#10;MEChySNHSHYrKhAhH+sKha0F9Yhzph7CpB5Y90QT5bCVrO/hOeOgPFDL+8px5g/FCKVMh31BqSE6&#10;wji0NgKnfwYO8RHK0nv4G/CISJWNDiNYCW3c76ofNOJ9/F6BnneU4MpU26XbDwQMdpJ0eITx5fx4&#10;TvDDV7H4DgAA//8DAFBLAwQUAAYACAAAACEAL1s83uAAAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVIbFBrNwmPhjgVQkJIwKKkLFi68ZBExGPLdtPw9xixgOXMHN05t9rMZmQT&#10;+jBYkrBaCmBIrdUDdRLedg+LG2AhKtJqtIQSvjDApj49qVSp7ZFecWpix1IIhVJJ6GN0Jeeh7dGo&#10;sLQOKd0+rDcqptF3XHt1TOFm5JkQV9yogdKHXjm877H9bA5GwkSP66ZYXbw/ufHZb/m1fnFbLeX5&#10;2Xx3CyziHP9g+NFP6lAnp709kA5slJCLdZZQCUWRA0vA72IvIcvFJfC64v8r1N8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAYErlgScCAAByBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAL1s83uAAAAAKAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" strokeweight="2pt">
+          <v:line id="Прямая соединительная линия 200" o:spid="_x0000_s1841" style="position:absolute;z-index:251875328;visibility:visible;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-bottom:-3e-5mm;mso-width-relative:margin" from="499.2pt,6.95pt" to="550.1pt,6.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiybP3JgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNEmhCEVN97DLcllB&#10;xcIDeB2ntfCfbNOkN+CM1EfgFTiAtNICz5C8EWPnpywgIRAXy/bMNzPfN2MvTxop0I5Zx7UqcDZL&#10;MWKK6pKrTYFfvji/9wgj54kqidCKFXjPHD5Z3b2zrE3O5nqrRcksgiDK5bUp8NZ7kyeJo1smiZtp&#10;wxQYK20l8XC0m6S0pIboUiTzNH2Y1NqWxmrKnIPbs96IVzF+VTHqn1WVYx6JAkNtPq42rldhTVZL&#10;km8sMVtOhzLIP1QhCVeQdAp1RjxBry3/JZTk1GqnKz+jWia6qjhlkQOwydKf2FxuiWGRC4jjzCST&#10;+39h6dPd2iJeFngOnVJEQo/aD92b7tB+aT92B9S9bb+1n9tP7XX7tb3u3sH+pnsP+2Bsb4brA4Jm&#10;BDFr43KIearWNshBG3VpLjR95cCW3DKGgzO9W1NZGdxBD9TE5uyn5rDGIwqX97N0kS0woqMpIfmI&#10;M9b5J0xLFDYFFlwF2UhOdhfOh8wkH13CtVCoBsKLB1AzotIAe6c2EeG04OU5FyL4xSlkp8KiHYH5&#10;8U0WKEKwW16ecPFYlcjvDYhHrNX14CbUQLrnGRn7vWB9Dc9ZBcIDs6zPHEb+mIxQypQfEwoF3gFW&#10;QWkTMP0zcPAPUBafw9+AJ0TMrJWfwJIrbX+X/ahR1fuPCvS8gwRXutyv7TgPMNdR0uENhofz4znC&#10;jz/F6jsAAAD//wMAUEsDBBQABgAIAAAAIQAA+yV83wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8QwEIXvgv8hjOBF3KRLXbU2XUQQQfewVg8es83YFpNJSLLd+u/N4kFv82Yeb75Xr2dr2IQh&#10;jo4kFAsBDKlzeqRewvvb4+UNsJgUaWUcoYRvjLBuTk9qVWl3oFec2tSzHEKxUhKGlHzFeewGtCou&#10;nEfKt08XrEpZhp7roA453Bq+FGLFrRopfxiUx4cBu692byVM9HTblsXFx7M3L2HLr/XGb7WU52fz&#10;/R2whHP6M8MRP6NDk5l2bk86MpO1KK6W2SuhLApgR4dYlXna/W54U/P/HZofAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACLJs/cmAgAAcQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAAD7JXzfAAAACwEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" strokeweight="2pt">
             <v:stroke endarrow="open"/>
             <o:lock v:ext="edit" shapetype="f"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00D82E4B">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:line id="_x0000_s1242" style="position:absolute;flip:y;z-index:251738112;visibility:visible;mso-width-relative:margin;mso-height-relative:margin" from="98.75pt,-.05pt" to="176.05pt,-.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggHRWOgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8hyQ0LGxEWFUEetm2&#10;K+22d2M7xKq/ZBsCqvrfO3aALu2lqsrB2OPx83szz1k8HJVEB+68MLrGxTjHiGtqmNC7Gn952Yzm&#10;GPlANCPSaF7jE/f4Yfn2zaK3FZ+YzkjGHQIQ7ave1rgLwVZZ5mnHFfFjY7mGzdY4RQIs3S5jjvSA&#10;rmQ2yfO7rDeOWWco9x6izbCJlwm/bTkNn9vW84BkjYFbSKNL4zaO2XJBqp0jthP0TIP8AwtFhIZL&#10;r1ANCQTtnfgDSgnqjDdtGFOjMtO2gvKkAdQU+W9qnjtiedICxfH2Wib//2Dpp8OTQ4LVuCwx0kRB&#10;jx6F5qi4L2JxeusryFnpJxfl0aN+to+GfvNIm1VH9I4nki8nCwfTiezmSFx4C1ds+4+GQQ7ZB5Mq&#10;dWydQq0U9ms8GMGhGuiYWnO6toYfA6IQnM5m8yk0kF62MlJFhHjOOh8+cKNQnNRYAv2ERw6PPoAG&#10;SL2kxHRtNkLK1HipUV/jybTM83TCGylY3I15yYN8JR06EHBPOA4s5V6BkiFW5PE3mAjiYLUhnkJw&#10;7RUikbhBVyKA8aVQNZ6/Quk4YWvNErtAhBzmACV15ATlAE3n2WCw7/f5/Xq+npejcnK3HpV504ze&#10;b1bl6G5TzKbNu2a1aoofUV5RVp1gjOuo8GL2ovw7M52f3WDTq92vtcxu0ZNeIHv5T6STM6IZBltt&#10;DTs9udifaBLwd0o+v8X4gF6vU9avL8byJwAAAP//AwBQSwMEFAAGAAgAAAAhAO+6fiHeAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj7FOwzAQhnck3sE6JBbU2rQRKiFOVRCVWBhaGGBz42uSxj5H&#10;tpuEt8eIAcb779N/3xXryRo2oA+tIwm3cwEMqXK6pVrC+9t2tgIWoiKtjCOU8IUB1uXlRaFy7Uba&#10;4bCPNUslFHIloYmxzzkPVYNWhbnrkdLu6LxVMY2+5tqrMZVbwxdC3HGrWkoXGtXjU4NVtz9bCS8n&#10;wx8/X0/PNx8uDMdt6Daj76S8vpo2D8AiTvEPhh/9pA5lcjq4M+nAjISluF8kVEKWLYElIBMiBYff&#10;gJcF//9B+Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCggHRWOgIAAHkEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvun4h3gAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="2pt">
+          <v:line id="_x0000_s1847" style="position:absolute;z-index:251881472;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="310.6pt,-.05pt" to="380.6pt,-.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBCCRIJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZJOUVtUqmx5ayqWC&#10;iMIDuF47sfCfbJPd3IAzUh+BV+BQpEoFnmH3jRh7f0IBCYG4WLZnvpn5vhl7cVIribbMeWF0gWeT&#10;KUZMU1MKvS7wq5fnj44x8oHokkijWYF3zOOT5cMHi8rmbG42RpbMIQiifV7ZAm9CsHmWebphiviJ&#10;sUyDkRunSICjW2elIxVEVzKbT6dHWWVcaZ2hzHu4PeuMeJnic85oeM65ZwHJAkNtIa0urVdxzZYL&#10;kq8dsRtB+zLIP1ShiNCQdAx1RgJBb5z4JZQS1BlveJhQozLDuaAscQA2s+lPbC43xLLEBcTxdpTJ&#10;/7+w9Nl25ZAoCzw/wkgTBT1qPrZv2+vmS/OpvUbtu+Zb87m5aW6br81t+x72d+0H2Edjc9dfXyNo&#10;RhSzsj6HmKd65aIctNaX9sLQ1x5s2T1jPHjbudXcqegOeqA6NWc3NofVAVG4PJgfHB9CC+lgykg+&#10;4Kzz4SkzCsVNgaXQUTaSk+2FDzEzyQeXeC01qoDw4WOoGVFlgb3X64TwRoryXEgZ/dIUslPp0JbA&#10;/IR6FilCsHtegQj5RJco7CyIR5wzVe8mdU+645kYh51kXQ0vGAfhgdmsyxxHfp+MUMp0GBJKDd4R&#10;xqG0ETj9M7D3j1CWnsPfgEdEymx0GMFKaON+l32vEe/8BwU63lGCK1PuVm6YB5jrJGn/BuPD+fGc&#10;4PufYvkdAAD//wMAUEsDBBQABgAIAAAAIQBdLHa62wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7BSsQwFEX3gv8QnuBGnKSDjrU2HUQQQV2MnVm4zDTPtpi8hCTTqX9vdKPLw73ce+r1bA2bMMTR&#10;kYRiIYAhdU6P1EvYbR8vS2AxKdLKOEIJXxhh3Zye1KrS7khvOLWpZ3mEYqUkDCn5ivPYDWhVXDiP&#10;lLMPF6xKGUPPdVDHPG4NXwqx4laNlB8G5fFhwO6zPVgJEz3dtlfFxfuzNy9hw2/0q99oKc/P5vs7&#10;YAnn9FeGH/2sDk122rsD6ciMhFKIIlclLFfAcl5eF5n3v8ybmv/3b74BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAwQgkSCYCAABxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAXSx2utsAAAAHAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70">
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1862" type="#_x0000_t32" style="position:absolute;margin-left:129.15pt;margin-top:11.7pt;width:51.95pt;height:34.25pt;flip:y;z-index:251896832" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1860" type="#_x0000_t32" style="position:absolute;margin-left:82.1pt;margin-top:1.7pt;width:20.25pt;height:19.7pt;z-index:251894784" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1864" type="#_x0000_t32" style="position:absolute;margin-left:111.2pt;margin-top:1.7pt;width:0;height:14.85pt;z-index:251898880" o:connectortype="straight" strokeweight="2.25pt"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1859" type="#_x0000_t4" style="position:absolute;margin-left:93.4pt;margin-top:11.55pt;width:45.5pt;height:35.25pt;rotation:1113990fd;z-index:251893760" fillcolor="#8db3e2 [1311]" strokecolor="#00729a" strokeweight=".25pt">
+            <v:shadow color="#868686"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70">
+        <w:t xml:space="preserve">                                                             ДА                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1863" type="#_x0000_t32" style="position:absolute;margin-left:138.8pt;margin-top:10.35pt;width:241.8pt;height:0;z-index:251897856" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1861" type="#_x0000_t32" style="position:absolute;margin-left:124.35pt;margin-top:15.2pt;width:46.25pt;height:37.7pt;z-index:251895808" o:connectortype="straight" strokeweight="2.25pt">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70">
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1858" style="position:absolute;margin-left:170.6pt;margin-top:14.85pt;width:140pt;height:96pt;z-index:251892736" arcsize="10923f" strokecolor="#00729a" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#_x0000_s1858">
+              <w:txbxContent>
+                <w:p w:rsidR="007D419D" w:rsidRPr="00074FA4" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00074FA4">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Формирование сообщения о невозможности получения данных в связи с отсутствием данных услугополучателя</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70">
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00685C71" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00624E02">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1851" style="position:absolute;flip:x;z-index:251885568;visibility:visible;mso-wrap-distance-left:3.17497mm;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:3.17497mm;mso-wrap-distance-bottom:-3e-5mm;mso-width-relative:margin" from="93.3pt,19pt" to="93.3pt,39.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgSuWBJwIAAHIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE2Xn1XUdA+7LJcV&#10;VCw8gNexWwv/yTZNegPOSH0EXoEDSCst8AzJGzF20pQFJATiYtkz883M93ns+UmjJNow54XRJc4n&#10;U4yYpqYSelXily/O7x1j5APRFZFGsxJvmccni7t35rUt2MysjayYQ5BE+6K2JV6HYIss83TNFPET&#10;Y5kGJzdOkQBHt8oqR2rIrmQ2m04fZrVxlXWGMu/BetY78SLl55zR8IxzzwKSJYbeQlpdWq/imi3m&#10;pFg5YteCDm2Qf+hCEaGh6JjqjASCXjvxSyolqDPe8DChRmWGc0FZ4gBs8ulPbC7XxLLEBcTxdpTJ&#10;/7+09Olm6ZCoSjw7wkgTBXfUfujedLv2S/ux26Hubfut/dx+aq/br+119w72N9172EdnezOYdwgu&#10;I4pZW19AzlO9dFEO2uhLe2HoKw++7JYzHrztwxruVAwHPVCTLmc7Xg5rAqK9kYI1z49nR49SrYwU&#10;e6B1PjxhRqG4KbEUOupGCrK58CGWJsU+JJqlRjUwfnAfmkZUWaDv9SohvJGiOhdSxrg0huxUOrQh&#10;MEChySNHSHYrKhAhH+sKha0F9Yhzph7CpB5Y90QT5bCVrO/hOeOgPFDL+8px5g/FCKVMh31BqSE6&#10;wji0NgKnfwYO8RHK0nv4G/CISJWNDiNYCW3c76ofNOJ9/F6BnneU4MpU26XbDwQMdpJ0eITx5fx4&#10;TvDDV7H4DgAA//8DAFBLAwQUAAYACAAAACEAL1s83uAAAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVIbFBrNwmPhjgVQkJIwKKkLFi68ZBExGPLdtPw9xixgOXMHN05t9rMZmQT&#10;+jBYkrBaCmBIrdUDdRLedg+LG2AhKtJqtIQSvjDApj49qVSp7ZFecWpix1IIhVJJ6GN0Jeeh7dGo&#10;sLQOKd0+rDcqptF3XHt1TOFm5JkQV9yogdKHXjm877H9bA5GwkSP66ZYXbw/ufHZb/m1fnFbLeX5&#10;2Xx3CyziHP9g+NFP6lAnp709kA5slJCLdZZQCUWRA0vA72IvIcvFJfC64v8r1N8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAYErlgScCAAByBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAL1s83uAAAAAKAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00624E02">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1850" style="position:absolute;flip:y;z-index:251884544;visibility:visible;mso-width-relative:margin;mso-height-relative:margin" from="93.4pt,19pt" to="170.7pt,19pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggHRWOgIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8hyQ0LGxEWFUEetm2&#10;K+22d2M7xKq/ZBsCqvrfO3aALu2lqsrB2OPx83szz1k8HJVEB+68MLrGxTjHiGtqmNC7Gn952Yzm&#10;GPlANCPSaF7jE/f4Yfn2zaK3FZ+YzkjGHQIQ7ave1rgLwVZZ5mnHFfFjY7mGzdY4RQIs3S5jjvSA&#10;rmQ2yfO7rDeOWWco9x6izbCJlwm/bTkNn9vW84BkjYFbSKNL4zaO2XJBqp0jthP0TIP8AwtFhIZL&#10;r1ANCQTtnfgDSgnqjDdtGFOjMtO2gvKkAdQU+W9qnjtiedICxfH2Wib//2Dpp8OTQ4LVuCwx0kRB&#10;jx6F5qi4L2JxeusryFnpJxfl0aN+to+GfvNIm1VH9I4nki8nCwfTiezmSFx4C1ds+4+GQQ7ZB5Mq&#10;dWydQq0U9ms8GMGhGuiYWnO6toYfA6IQnM5m8yk0kF62MlJFhHjOOh8+cKNQnNRYAv2ERw6PPoAG&#10;SL2kxHRtNkLK1HipUV/jybTM83TCGylY3I15yYN8JR06EHBPOA4s5V6BkiFW5PE3mAjiYLUhnkJw&#10;7RUikbhBVyKA8aVQNZ6/Quk4YWvNErtAhBzmACV15ATlAE3n2WCw7/f5/Xq+npejcnK3HpV504ze&#10;b1bl6G5TzKbNu2a1aoofUV5RVp1gjOuo8GL2ovw7M52f3WDTq92vtcxu0ZNeIHv5T6STM6IZBltt&#10;DTs9udifaBLwd0o+v8X4gF6vU9avL8byJwAAAP//AwBQSwMEFAAGAAgAAAAhAO+6fiHeAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj7FOwzAQhnck3sE6JBbU2rQRKiFOVRCVWBhaGGBz42uSxj5H&#10;tpuEt8eIAcb779N/3xXryRo2oA+tIwm3cwEMqXK6pVrC+9t2tgIWoiKtjCOU8IUB1uXlRaFy7Uba&#10;4bCPNUslFHIloYmxzzkPVYNWhbnrkdLu6LxVMY2+5tqrMZVbwxdC3HGrWkoXGtXjU4NVtz9bCS8n&#10;wx8/X0/PNx8uDMdt6Daj76S8vpo2D8AiTvEPhh/9pA5lcjq4M+nAjISluF8kVEKWLYElIBMiBYff&#10;gJcF//9B+Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCggHRWOgIAAHkEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvun4h3gAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" strokeweight="2pt">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00624E02">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="AutoShape 291" o:spid="_x0000_s1241" style="position:absolute;margin-left:36.55pt;margin-top:16.05pt;width:96.9pt;height:87.45pt;z-index:251737088;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyQkIn5wIAAOYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m6Nr1o6TRtDCFx&#10;mRiIZ9d2EoNjB9ttOn49xydpKFAhmJYHyz7H/s79y8XlvtFkJ51X1hQ0O0spkYZboUxV0E8fb18s&#10;KPGBGcG0NbKgD9LTy/XzZxddu5ITW1stpCMAYvyqawtah9CuksTzWjbMn9lWGlCW1jUswNFViXCs&#10;A/RGJ5M0zZPOOtE6y6X3IL3plXSN+GUpeXhfll4GogsKvgVcHa6buCbrC7aqHGtrxQc32CO8aJgy&#10;YHSEumGBka1Tf0A1ijvrbRnOuG0SW5aKS4wBosnS36K5r1krMRZIjm/HNPmng+XvdneOKAG1g0oZ&#10;1kCNrrbBomkyWWYxQ13rV3Dxvr1zMUbfvrH8qyfGXtfMVPLKOdvVkgnwC+8nvzyIBw9PyaZ7awXg&#10;M8DHZO1L10RASAPZY00exprIfSAchPNZOptD5TiosiyfzpZYtIStDq9b58MraRsSNwV1dmvEByg8&#10;mmC7Nz5gYcQQHRNfKCkbDWXeMU2yPM/nMUhAHC7D7oA5lFTcKq2Js+GzCjWmJvqJSn/A96S1kIBe&#10;jP0rr7UjYAMi5lyakOELvW0gDb08T+HrexDE0Km9eHoQgycjEnpY+d5ob2uG96JkvPV3e1l8cMLg&#10;IaUjzAljw9v/sPao6CDk6pBTrQyBBivoDDMCXeA50zI261AxmFysTfRKG9KBZjKHCNFLq9WoHCN7&#10;ygT5YwvYd0gncRReGoH7wJTu9xCYNtEvibQ0tI3dBunua9ERoWL3ThbnSxhEoYCjzhdpni7nlDBd&#10;Abny4OjJHvzH2PpuQa+Om+107Ue/sBOOXMbZjuPc00LYb/ZIH4v8wBQbKx5g2mFa4jTEnwNsauu+&#10;U9IB0RbUf9syJynRrw0MzDKbTiMz42E6m0/g4I41m2MNMxygChogK7i9Dj2bb1unqhos9VNmbGSx&#10;UoU42ZGBeq+GA5Bp3+E98Ue2Pj7jrZ+/p/UPAAAA//8DAFBLAwQUAAYACAAAACEAieYGE98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbCpqY9q0CnEqQEJiw6IFxNaNhyTC&#10;j2C7Tfr3DKuyHN2jO+dWm8lZdsSY+uAV3M4FMPRNML1vFby/Pd+sgaWsvdE2eFRwwgSb+vKi0qUJ&#10;o9/icZdbRiU+lVpBl/NQcp6aDp1O8zCgp+wrRKcznbHlJuqRyp3lUoiCO917+tDpAZ86bL53B6fg&#10;NW7ly494PKXVR/85G5do03qm1PXV9HAPLOOUzzD86ZM61OS0DwdvErMKpCiWhCpYSJpAwJ1crIDt&#10;KZGFBF5X/P+E+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAyQkIn5wIAAOYGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ5gYT3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+          <v:line id="Прямая соединительная линия 195" o:spid="_x0000_s1839" style="position:absolute;flip:y;z-index:251873280;visibility:visible;mso-wrap-distance-left:3.17494mm;mso-wrap-distance-right:3.17494mm;mso-height-relative:margin" from="636.35pt,19pt" to="636.35pt,105.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0jFuTHwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1u1DAU3iNxB8t7JslAKxpNpotWZVPB&#10;iAJ717FnLBzbss0kswPWSHMErtAFSJUKnCG5Ec9OJtMpKxAby34/n9/3vWfPTptKojWzTmhV4GyS&#10;YsQU1aVQywK/fXPx5DlGzhNVEqkVK/CGOXw6f/xoVpucTfVKy5JZBCDK5bUp8Mp7kyeJoytWETfR&#10;hilwcm0r4uFol0lpSQ3olUymaXqc1NqWxmrKnAPree/E84jPOaP+FeeOeSQLDLX5uNq4Xoc1mc9I&#10;vrTErAQdyiD/UEVFhIJLR6hz4gn6YMUfUJWgVjvN/YTqKtGcC8oiB2CTpQ/YXK2IYZELiOPMKJP7&#10;f7D05XphkSgLPJ1ipEgFPWq/dh+7bfujvem2qPvU/mq/t9/a2/Zne9t9hv1d9wX2wdneDeYtyk6O&#10;gpi1cTlgnqmFDXLQRl2ZS03fO/AlB85wcKYPa7itEJfCvIMZijqCMqiJbdqMbWKNR7Q3UrBm0/Tp&#10;yXFsYULyABFuNNb5F0xXKGwKLIUKCpKcrC+dD0XsQ4JZKlQD96NnaRrDnJaivBBSBmecQnYmLVoT&#10;mB/fZIEiINyLgpNUA7eeTiTmN5L1+K8ZB32h7J7YA0xCKVN+hysVRIc0DhWMiUNl4UnsizlMHOJD&#10;KotT/zfJY0a8WSs/JldCadvrcnj7Xgrex+8U6HkHCa51uVnYXdthfKNyw1ML7+P+OabvP4T5bwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYsmnQqTSdEKJwm8RAQtzcxrRljVM1Wdfx68m0A9z87Kfn72XryXZipMG3jjXMZwoE&#10;ceVMy7WG97fiZgXCB2SDnWPScCQP6/zyIsPUuAO/0rgNtYgh7FPU0ITQp1L6qiGLfuZ64nj7coPF&#10;EOVQSzPgIYbbTi6UupMWW44fGuzpsaFqt91bDf1H+Y27oliN9FkfX56STf/zvNH6+mp6uAcRaAp/&#10;ZjjhR3TII1Pp9my86KKeL28je4hTsgRxcpw3pYaFShTIPJP/S+S/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADSMW5MfAgAAWAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPlxnozgAAAADAEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" strokeweight="2pt">
+            <o:lock v:ext="edit" shapetype="f"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00685C71">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       НЕТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="AutoShape 291" o:spid="_x0000_s1849" style="position:absolute;margin-left:36.55pt;margin-top:16.05pt;width:96.9pt;height:87.45pt;z-index:251883520;visibility:visible;mso-height-relative:margin" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyQkIn5wIAAOYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+Z0m6Nr1o6TRtDCFx&#10;mRiIZ9d2EoNjB9ttOn49xydpKFAhmJYHyz7H/s79y8XlvtFkJ51X1hQ0O0spkYZboUxV0E8fb18s&#10;KPGBGcG0NbKgD9LTy/XzZxddu5ITW1stpCMAYvyqawtah9CuksTzWjbMn9lWGlCW1jUswNFViXCs&#10;A/RGJ5M0zZPOOtE6y6X3IL3plXSN+GUpeXhfll4GogsKvgVcHa6buCbrC7aqHGtrxQc32CO8aJgy&#10;YHSEumGBka1Tf0A1ijvrbRnOuG0SW5aKS4wBosnS36K5r1krMRZIjm/HNPmng+XvdneOKAG1g0oZ&#10;1kCNrrbBomkyWWYxQ13rV3Dxvr1zMUbfvrH8qyfGXtfMVPLKOdvVkgnwC+8nvzyIBw9PyaZ7awXg&#10;M8DHZO1L10RASAPZY00exprIfSAchPNZOptD5TiosiyfzpZYtIStDq9b58MraRsSNwV1dmvEByg8&#10;mmC7Nz5gYcQQHRNfKCkbDWXeMU2yPM/nMUhAHC7D7oA5lFTcKq2Js+GzCjWmJvqJSn/A96S1kIBe&#10;jP0rr7UjYAMi5lyakOELvW0gDb08T+HrexDE0Km9eHoQgycjEnpY+d5ob2uG96JkvPV3e1l8cMLg&#10;IaUjzAljw9v/sPao6CDk6pBTrQyBBivoDDMCXeA50zI261AxmFysTfRKG9KBZjKHCNFLq9WoHCN7&#10;ygT5YwvYd0gncRReGoH7wJTu9xCYNtEvibQ0tI3dBunua9ERoWL3ThbnSxhEoYCjzhdpni7nlDBd&#10;Abny4OjJHvzH2PpuQa+Om+107Ue/sBOOXMbZjuPc00LYb/ZIH4v8wBQbKx5g2mFa4jTEnwNsauu+&#10;U9IB0RbUf9syJynRrw0MzDKbTiMz42E6m0/g4I41m2MNMxygChogK7i9Dj2bb1unqhos9VNmbGSx&#10;UoU42ZGBeq+GA5Bp3+E98Ue2Pj7jrZ+/p/UPAAAA//8DAFBLAwQUAAYACAAAACEAieYGE98AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbCpqY9q0CnEqQEJiw6IFxNaNhyTC&#10;j2C7Tfr3DKuyHN2jO+dWm8lZdsSY+uAV3M4FMPRNML1vFby/Pd+sgaWsvdE2eFRwwgSb+vKi0qUJ&#10;o9/icZdbRiU+lVpBl/NQcp6aDp1O8zCgp+wrRKcznbHlJuqRyp3lUoiCO917+tDpAZ86bL53B6fg&#10;NW7ly494PKXVR/85G5do03qm1PXV9HAPLOOUzzD86ZM61OS0DwdvErMKpCiWhCpYSJpAwJ1crIDt&#10;KZGFBF5X/P+E+hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAyQkIn5wIAAOYGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ5gYT3wAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
             <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
             <v:shadow on="t" color="#243f60" offset="1pt"/>
             <v:textbox style="mso-next-textbox:#AutoShape 291">
               <w:txbxContent>
-                <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="15"/>
                       <w:szCs w:val="15"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="0059175A" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+                <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0059175A">
+                  <w:r w:rsidRPr="00AB0BD9">
                     <w:rPr>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Мемлекеттік қызмет көрсету нәтижесі</w:t>
+                    <w:t>Результат оказания государственной услуги</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CD2D50" w:rsidRPr="00AB0BD9" w:rsidRDefault="00CD2D50" w:rsidP="009E1FEC">
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70"/>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70"/>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="AutoShape 265" o:spid="_x0000_s1840" type="#_x0000_t34" style="position:absolute;margin-left:133.45pt;margin-top:8.4pt;width:502.9pt;height:.05pt;rotation:180;z-index:251874304;visibility:visible;mso-width-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkZikLUQIAAKMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6p7YzN02NOkVhJ7t0&#10;W4F2H6BKcixMEg1JiRMM+/dRcpqu22UYloNCSeTTI/nom9uD0WQvnVdga1pc5JRIy0Eou63p16fN&#10;bEmJD8wKpsHKmh6lp7er9+9uxqGSc+hBC+kIglhfjUNN+xCGKss876Vh/gIGafGyA2dYwK3bZsKx&#10;EdGNzuZ5vshGcGJwwKX3eNpOl3SV8LtO8vCl67wMRNcUuYW0urQ+xzVb3bBq69jQK36iwf6BhWHK&#10;4qNnqJYFRnZO/QFlFHfgoQsXHEwGXae4TDlgNkX+WzaPPRtkygWL44dzmfz/g+Wf9w+OKIG9W1Bi&#10;mcEe3e0CpKfJfHEZKzQOvkLHxj64mCM/2MfhHvg3Tyw0PbNbmdyfjgNGFzEiexMSN37Ad57HTyDQ&#10;h+ELqVyHzhniANtS5Ms8/tIx1oUcUpOO5ybJQyAcD6+w7dfYSv5ylbEqwkRmg/PhowRDolFTHxxT&#10;2z40YC0qAVyR0Nn+3odI8jUgBlvYKK2TILQlY03nl+WJjwetRLyNfkmbstGO7BmqKhwmVL0zmNx0&#10;VkypTFg7gxKczpPe8NkzRCLxBt3BzooU2Esm1ic7MKXRJiGVmDkHI40UjRSUaImjF60pJ20jSywX&#10;ZnmyJil+v86v18v1spyV88V6VuZtO7vbNOVssSmuLtsPbdO0xY9YoqKseiWEtDHnl7Eoyr+T3WlA&#10;J0GfB+Nc3ewteqoAkn35T6STfKJiJu09gzg+uJhdVBJOQnI+TW0ctV/3yev127L6CQAA//8DAFBL&#10;AwQUAAYACAAAACEA7afgSd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82Y&#10;eJMtiEJqt0RNJIEbSALHpTu2DbuztbuU6q93Gg96mzfz8uZ72aJ3VnTYhtqTgvEoAYFUeFNTqWD3&#10;/nY3BxGiJqOtJ1TwhQEW+fVVplPjL7TBbhtLwSEUUq2girFJpQxFhU6HkW+Q+PbhW6cjy7aUptUX&#10;DndWTpLkUTpdE3+odIOvFRan7dkpWO6WL13xucdve+q79Xq/OjSzlVK3N/3zE4iIffwzw4DP6JAz&#10;09GfyQRhWSf3kyl7h2kGYnCMpw/c5vi7kXkm/3fIfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDkZikLUQIAAKMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDtp+BJ3wAAAAsBAAAPAAAAAAAAAAAAAAAAAKsEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;" adj=",-210297600,-30377" strokeweight="2pt">
+            <v:stroke endarrow="open"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14317"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="397"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00624E02">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1854" style="position:absolute;left:0;text-align:left;margin-left:8.45pt;margin-top:2.8pt;width:36pt;height:32.25pt;z-index:251888640;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBH3BE+1wIAANIGAAAOAAAAZHJzL2Uyb0RvYy54bWy0VVtv0zAUfkfiP1h+Z0m6XtZq6TRtDCEN&#10;mBiIZ9d2EoNjB9ttWn49x8dpKTBxmaAPkX1sf+c7t6/nF9tWk410XllT0uIkp0QaboUydUnfv7t5&#10;dkaJD8wIpq2RJd1JTy+WT5+c991CjmxjtZCOAIjxi74raRNCt8gyzxvZMn9iO2ngsLKuZQG2rs6E&#10;Yz2gtzob5fk0660TnbNceg/W63RIl4hfVZKHN1XlZSC6pMAt4NfhdxW/2fKcLWrHukbxgQZ7BIuW&#10;KQNOD1DXLDCyduonqFZxZ72twgm3bWarSnGJMUA0Rf5DNPcN6yTGAsnx3SFN/t/B8tebO0eUgNqN&#10;KDGshRpdroNF16TIi5ihvvMLuHjf3bkYo+9uLf/kibFXDTO1vHTO9o1kAnjh/ey7B3Hj4SlZ9a+s&#10;AHwG+JisbeXaCAhpIFusye5QE7kNhINxPJlBnSnhcDTO55PZJDLK2GL/uHM+vJC2JXFRUmfXRryF&#10;uqMHtrn1AesihuCY+EhJ1Wqo8oZpUkyn09mAOFwG7D3mUFFxo7QmzoYPKjSYmUgTD/0e35POQvzJ&#10;jO0rr7Qj4AMC5lyaUOALvW4hC8k+zeGXWhDM0KjJPN6bgckBCWOufXKafE3wXrQcbv3aXxEfPOAQ&#10;Tb9xNrz9C2+Pig5Y1PucamUI9FdJJ5gRaALPmZaxV4eKweBibSIrbUgfu3gGESJLq9Xh8L8kyB97&#10;wL5DNYmT8NwIXAemdFpDYNpEXhJVaWgbuw7S3TeiJ0LF7h2dnc5BMYUCiTo9y6f5fEYJ0zVoKw+O&#10;PtiDfxhb6hZkddxsD9f+wAvb7ogyjnac5qQKKyt2MNkwGrH14x8BLBrrvlDSg6iW1H9eMycp0S8N&#10;TMe8GI+jCuMGJxtCOj5ZHZ8wwwGqpAFSgMurkJR73TlVN+ApjZSxUbEqFaIwRLVJrIYNCGeanSTy&#10;UZmP93jr21/R8isAAAD//wMAUEsDBBQABgAIAAAAIQA/Xrby2wAAAAYBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7BTsMwEETvSPyDtUhcqtZupaYhxKkACYkLhxZQr268JBHxOthuk/49ywmOTzOaeeV2&#10;cr04Y4idJw3LhQKBVHvbUaPh/e15noOIyZA1vSfUcMEI2+r6qjSF9SPt8LxPjeARioXR0KY0FFLG&#10;ukVn4sIPSJx9+uBMYgyNtMGMPO56uVIqk850xA+tGfCpxfprf3IaXsNu9fKtHi9x89EdZuMa+5jP&#10;tL69mR7uQSSc0l8ZfvVZHSp2OvoT2Sh65uyOmxrWGQiO85zxqGGjliCrUv7Xr34AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAR9wRPtcCAADSBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAP1628tsAAAAGAQAADwAAAAAAAAAAAAAAAAAxBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADkGAAAAAA==&#10;" fillcolor="#95b3d7" strokecolor="#4f81bd" strokeweight="1pt">
+            <v:fill color2="#4f81bd" focus="50%" type="gradient"/>
+            <v:shadow on="t" color="#243f60" offset="1pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- начало или завершение оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1852" style="position:absolute;margin-left:11.45pt;margin-top:4.4pt;width:32.25pt;height:26.95pt;z-index:251886592;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDilQRBrQIAAKgFAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNuO0zAQfUfiHyy/d5N001u06WrVtAhp&#10;gRULH+DaThNw7GC7TRfEvzOepKULLwjBS+Lr8ZwzZ+bm9tgocpDW1UbnNLmKKZGaG1HrXU4/ftiM&#10;5pQ4z7RgymiZ0yfp6O3y5Yubrs3k2FRGCWkJgGiXdW1OK+/bLIocr2TD3JVppYbN0tiGeZjaXSQs&#10;6wC9UdE4jqdRZ6xoreHSOVgt+k26RPyylNy/K0snPVE5hdg8fi1+t+EbLW9YtrOsrWo+hMH+IoqG&#10;1RoePUMVzDOyt/VvUE3NrXGm9FfcNJEpy5pL5ABskvgXNo8VayVyAXFce5bJ/TtY/vbwYEktIHcJ&#10;JZo1kKP3oBrTOyXJbBIE6lqXwbnH9sEGiq69N/yzI9qsKjgm76w1XSWZgLCScD56diFMHFwl2+6N&#10;EQDP9t6gVsfSNgEQVCBHTMnTOSXy6AmHxTReTCAKwmHrOh2PpxhRxLLT5dY6/0qahoRBTq3ZaxEI&#10;4AvscO88pkUM3Jj4REnZKEjygSmSTKfTGcbMsuEwYJ8ww01tNrVSaBOlSQcUF/EkRnRnVC3CLqoS&#10;HCtXyhLABZKcS+0neE7tG2Der88mcTy4DpbBm/0yLsHL6PuAAirC7PIBZIZxBK3XWuDYs1r1Yziv&#10;dIgEpBtYBxHRhN8W8WI9X8/TUTqerkdpXBSju80qHU03yWxSXBerVZF8D8EmaVbVQkgdeJ0KIkn/&#10;zHBDafZWPpfEMxZngv9Hpug5AVQRVDj9URe0Z3Bk72x/3B6xABaYhGDXrRFPYFhr+nYB7Q0GlbFf&#10;KemgVeTUfdkzKylRrzWYfpGkaegtOEknszFM7OXO9nKHaQ5QOfWU9MOV7/vRvrX1roKXEnSNNndQ&#10;KGXtTxXVRzWUF7QDJDW0rtBvLud46meDXf4AAAD//wMAUEsDBBQABgAIAAAAIQAc1k+63gAAAAYB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqEOAJoRsKn5U9YAEakGCoxsvSYS9&#10;tmK3Td8ec4LjaEYz39SLyRqxpzEMjhEuZxkI4tbpgTuE97flRQkiRMVaGceEcKQAi+b0pFaVdgde&#10;034TO5FKOFQKoY/RV1KGtierwsx54uR9udGqmOTYST2qQyq3RuZZNpdWDZwWeuXpsaf2e7OzCNPN&#10;0/rloTiuptf4/Ok/SnO18kvE87Pp/g5EpCn+heEXP6FDk5i2bsc6CIOQ57cpiVCmA8kui2sQW4R5&#10;XoBsavkfv/kBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4pUEQa0CAACoBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHNZPut4AAAAGAQAADwAA&#10;AAAAAAAAAAAAAAAHBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" fillcolor="#31849b" strokecolor="#31849b" strokeweight="1.5pt">
+            <v:textbox style="mso-next-textbox:#_x0000_s1852">
+              <w:txbxContent>
+                <w:p w:rsidR="007D419D" w:rsidRPr="00AB0BD9" w:rsidRDefault="007D419D" w:rsidP="00DA2D70">
                   <w:pPr>
-                    <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:color w:val="FFFFFF"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="707" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- наименование процедуры (действия) услугополучателя и (или) СФЕ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="AutoShape 265" o:spid="_x0000_s1232" type="#_x0000_t32" style="position:absolute;margin-left:133.45pt;margin-top:12.8pt;width:483.65pt;height:0;rotation:180;z-index:251727872;visibility:visible;mso-width-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkZikLUQIAAKMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6p7YzN02NOkVhJ7t0&#10;W4F2H6BKcixMEg1JiRMM+/dRcpqu22UYloNCSeTTI/nom9uD0WQvnVdga1pc5JRIy0Eou63p16fN&#10;bEmJD8wKpsHKmh6lp7er9+9uxqGSc+hBC+kIglhfjUNN+xCGKss876Vh/gIGafGyA2dYwK3bZsKx&#10;EdGNzuZ5vshGcGJwwKX3eNpOl3SV8LtO8vCl67wMRNcUuYW0urQ+xzVb3bBq69jQK36iwf6BhWHK&#10;4qNnqJYFRnZO/QFlFHfgoQsXHEwGXae4TDlgNkX+WzaPPRtkygWL44dzmfz/g+Wf9w+OKIG9W1Bi&#10;mcEe3e0CpKfJfHEZKzQOvkLHxj64mCM/2MfhHvg3Tyw0PbNbmdyfjgNGFzEiexMSN37Ad57HTyDQ&#10;h+ELqVyHzhniANtS5Ms8/tIx1oUcUpOO5ybJQyAcD6+w7dfYSv5ylbEqwkRmg/PhowRDolFTHxxT&#10;2z40YC0qAVyR0Nn+3odI8jUgBlvYKK2TILQlY03nl+WJjwetRLyNfkmbstGO7BmqKhwmVL0zmNx0&#10;VkypTFg7gxKczpPe8NkzRCLxBt3BzooU2Esm1ic7MKXRJiGVmDkHI40UjRSUaImjF60pJ20jSywX&#10;ZnmyJil+v86v18v1spyV88V6VuZtO7vbNOVssSmuLtsPbdO0xY9YoqKseiWEtDHnl7Eoyr+T3WlA&#10;J0GfB+Nc3ewteqoAkn35T6STfKJiJu09gzg+uJhdVBJOQnI+TW0ctV/3yev127L6CQAA//8DAFBL&#10;AwQUAAYACAAAACEA7afgSd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82Y&#10;eJMtiEJqt0RNJIEbSALHpTu2DbuztbuU6q93Gg96mzfz8uZ72aJ3VnTYhtqTgvEoAYFUeFNTqWD3&#10;/nY3BxGiJqOtJ1TwhQEW+fVVplPjL7TBbhtLwSEUUq2girFJpQxFhU6HkW+Q+PbhW6cjy7aUptUX&#10;DndWTpLkUTpdE3+odIOvFRan7dkpWO6WL13xucdve+q79Xq/OjSzlVK3N/3zE4iIffwzw4DP6JAz&#10;09GfyQRhWSf3kyl7h2kGYnCMpw/c5vi7kXkm/3fIfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDkZikLUQIAAKMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDtp+BJ3wAAAAsBAAAPAAAAAAAAAAAAAAAAAKsEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;" adj="-30726,-1,-30726" strokeweight="2pt">
-[...1 lines deleted...]
-          </v:shape>
+          <v:shape id="_x0000_s1853" type="#_x0000_t4" style="position:absolute;margin-left:11.45pt;margin-top:8.25pt;width:28.5pt;height:29.8pt;z-index:251887616;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXu9XUnQIAADkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/t0m6SdtETVe7W4qQ&#10;Flhp4QNc22ksfAm223RB/Dtjpy0tvCDES+KZsWfOHJ/x4vagJNpz64TRNc7GKUZcU8OE3tb486f1&#10;aI6R80QzIo3mNX7hDt8uX79a9F3FJ6Y1knGLIIl2Vd/VuPW+q5LE0ZYr4sam4xqCjbGKeDDtNmGW&#10;9JBdyWSSptOkN5Z11lDuHHhXQxAvY/6m4dR/bBrHPZI1Bmw+fm38bsI3WS5ItbWkawU9wiD/gEIR&#10;oaHoOdWKeIJ2VvyRSglqjTONH1OjEtM0gvLYA3STpb9189ySjsdegBzXnWly/y8t/bB/skgwuDug&#10;RxMFd3S38yaWRvMiENR3roJ9z92TDS267tHQLw5p89ASveV31pq+5YQBrCzsT64OBMPBUbTp3xsG&#10;6Qmkj1wdGqtCQmABHeKVvJyvhB88ouC8mWZlAcgohG5m83warywh1elwZ51/y41CYVFjJogymsX8&#10;ZP/ofMBDqtOuiN9IwdZCymgEofEHadGegEQIpVz7m3hc7hQAHvyzIk2PYgE3SGpwn8BEuYYssZi7&#10;LCB1KKNNKDhgGTzQIKALsdBqlMr3Mpvk6f2kHK2n89koX+fFqJyl81GalfflNM3LfLX+EbBledUK&#10;xrh+FJqfZJvlfyeL4wANgovCRX2Ny2JSxLav0Du73ZzJAQqOLACjV9uU8DDFUqgaz8+bSBVE8UYz&#10;aJtUngg5rJNr+JEy4OD0j6xECQXVDOrbGPYCCrIGbhjEAO8NLFpjv2HUw+zW2H3dEcsxku80qLDM&#10;8jwMezTyYjYBw15GNpcRoimkqrHHaFg++OGB2HVWbFuolEVitAmD0YgoqaDqARXgDgbMZ+zg+JaE&#10;B+DSjrt+vXjLnwAAAP//AwBQSwMEFAAGAAgAAAAhAKLoAdDdAAAABwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjsFOwzAQRO9I/IO1SNyo06CmbYhTIaQicUIEOPTmxksciNdR7LZJv57lVE6r2RnNvGIz&#10;uk4ccQitJwXzWQICqfampUbBx/v2bgUiRE1Gd55QwYQBNuX1VaFz40/0hscqNoJLKORagY2xz6UM&#10;tUWnw8z3SOx9+cHpyHJopBn0ictdJ9MkyaTTLfGC1T0+Wax/qoNTsPt83VbP9y+TW5yX3+eWxuAm&#10;q9Ttzfj4ACLiGC9h+MNndCiZae8PZILoFKTpmpP8zxYg2F+uWe/5ZnOQZSH/85e/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhANe71dSdAgAAOQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKLoAdDdAAAABwEAAA8AAAAAAAAAAAAAAAAA9wQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#76923c" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1FEC" w:rsidRPr="00455B69" w:rsidRDefault="009E1FEC" w:rsidP="004B43BA">
-[...90 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D82E4B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- вариант выбора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9" w:rsidRDefault="00DA2D70" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA2D70" w:rsidRDefault="00624E02" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1418"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1211" style="position:absolute;left:0;text-align:left;margin-left:8.45pt;margin-top:2.8pt;width:36pt;height:32.25pt;z-index:251706368;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvi6PQ1gIAANEGAAAOAAAAZHJzL2Uyb0RvYy54bWy0VVtv0zAUfkfiP1h+Z0m6XtZq6TRtDCEN&#10;mBiIZ9d2EoNjB9ttWn49x8dpKTBxmaAPkX1sf+c7t6/nF9tWk410XllT0uIkp0QaboUydUnfv7t5&#10;dkaJD8wIpq2RJd1JTy+WT5+c991CjmxjtZCOAIjxi74raRNCt8gyzxvZMn9iO2ngsLKuZQG2rs6E&#10;Yz2gtzob5fk0660TnbNceg/W63RIl4hfVZKHN1XlZSC6pMAt4NfhdxW/2fKcLWrHukbxgQZ7BIuW&#10;KQNOD1DXLDCyduonqFZxZ72twgm3bWarSnGJMUA0Rf5DNPcN6yTGAsnx3SFN/t/B8tebO0eUKOmI&#10;EsNaKNHlOlj0TIq8iAnqO7+Ae/fdnYsh+u7W8k+eGHvVMFPLS+ds30gmgBbez757EDcenpJV/8oK&#10;wGeAj7naVq6NgJAFssWS7A4lkdtAOBjHkxmUmRIOR+N8PplNIqOMLfaPO+fDC2lbEhcldXZtxFso&#10;O3pgm1sfsCxiCI6Jj5RUrYYib5gmxXQ6nQ2Iw2XA3mMOBRU3SmvibPigQoOZiTTx0O/xPeksxJ/M&#10;2L3ySjsCPiBgzqUJBb7Q6xaykOzTHH6pA8EMfZrM470ZmByQMObaJ6fJ1wTvRcvh1q/9FfHBAw7R&#10;9Btnw9u/8Pao6IBFvc+pVoZAf5V0ghmBJvCcaQmtmroMhw1rE1lpQ3o4Gc0gQmRptToc/pcE+WMP&#10;2HcoJnESnhuB68CUTmsITJvIS6IoDW1j10G6+0b0RKjYvaOz0zkIplCgUKdn+TSfzyhhugZp5cHR&#10;B3vwD2NL3YKsjpvt4dofeGHbHVHG0Y7TnFRhZcUOJhtGI7Z+/B+ARWPdF0p60NSS+s9r5iQl+qWB&#10;6ZgX43EUYdzgZENIxyer4xNmOECVNEAKcHkVknCvO6fqBjylkTI2KlalQhSGqDaJ1bAB3UyzkzQ+&#10;CvPxHm99+ydafgUAAP//AwBQSwMEFAAGAAgAAAAhAD9etvLbAAAABgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjsFOwzAQRO9I/IO1SFyq1m6lpiHEqQAJiQuHFlCvbrwkEfE62G6T/j3LCY5PM5p55XZy&#10;vThjiJ0nDcuFAoFUe9tRo+H97Xmeg4jJkDW9J9RwwQjb6vqqNIX1I+3wvE+N4BGKhdHQpjQUUsa6&#10;RWfiwg9InH364ExiDI20wYw87nq5UiqTznTED60Z8KnF+mt/chpew2718q0eL3Hz0R1m4xr7mM+0&#10;vr2ZHu5BJJzSXxl+9VkdKnY6+hPZKHrm7I6bGtYZCI7znPGoYaOWIKtS/tevfgAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvi6PQ1gIAANEGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQA/Xrby2wAAAAYBAAAPAAAAAAAAAAAAAAAAADAFAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAOAYAAAAA&#10;" fillcolor="#95b3d7 [1940]" strokecolor="#4f81bd [3204]" strokeweight="1pt">
-[...277 lines deleted...]
-          <v:line id="_x0000_s1212" style="position:absolute;left:0;text-align:left;z-index:251707392;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="17.9pt,6.75pt" to="49.65pt,6.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+Zt8ZJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70p0wA6iVzixmGDYj&#10;iBg4gMdtJxb+yTbpZAeskXIErsACpJEGOEP3jSi7P2EACYHYWG7Xe1X1nss9P9kqiTbMeWF0iaeT&#10;HCOmqamEXpX45Yvze48w8oHoikijWYl3zOOTxd0789oWbGbWRlbMIUiifVHbEq9DsEWWebpmiviJ&#10;sUxDkBunSIBPt8oqR2rIrmQ2y/MHWW1cZZ2hzHs4PeuCeJHyc85oeMa5ZwHJEkNvIa0urVdxzRZz&#10;UqwcsWtB+zbIP3ShiNBQdEx1RgJBr534JZUS1BlveJhQozLDuaAsaQA10/wnNZdrYlnSAuZ4O9rk&#10;/19a+nSzdEhUJZ49xEgTBXfUfGjftPvmS/Ox3aP2bfOt+dx8aq6br811+w72N+172Mdgc9Mf7xFc&#10;RjSztr6AnKd66aIddKsv7YWhrzzEslvB+OFtB9typyIc/EDbdDm78XLYNiAKh0f5/dnsGCM6hDJS&#10;DDzrfHjCjEJxU2IpdLSNFGRz4UOsTIoBEo+lRjUIPj6CnhFVFtR7vUoMb6SozoWUEZemkJ1KhzYE&#10;5idsp1EiJLuFCkTIx7pCYWfBPOKcqXuY1L3oTmdSHHaSdT08ZxyMB2XTrnIc+UMxQinTYSgoNaAj&#10;jUNrIzH/M7HHRypLz+FvyCMjVTY6jGQltHG/q37wiHf4wYFOd7TgylS7pRvmAeY6Wdq/wfhwfvxO&#10;9MOfYvEdAAD//wMAUEsDBBQABgAIAAAAIQBvEpT32wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7NSsQwFIX3gu8QruBGnHSso7Y2HUQQwXExVhcuM821LSY3ocl06tt7xYUuzw/nfNV6dlZMOMbB&#10;k4LlIgOB1HozUKfg7fXh/AZETJqMtp5QwRdGWNfHR5UujT/QC05N6gSPUCy1gj6lUEoZ2x6djgsf&#10;kDj78KPTieXYSTPqA487Ky+y7Eo6PRA/9DrgfY/tZ7N3CiZ6LJrL5dn7U7CbcSuvzXPYGqVOT+a7&#10;WxAJ5/RXhh98RoeamXZ+TyYKqyBfMXliP1+B4LwochC7Xy3rSv7nr78BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAvmbfGSYCAABxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbxKU99sAAAAHAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight="2pt">
+          <v:line id="_x0000_s1855" style="position:absolute;left:0;text-align:left;z-index:251889664;visibility:visible;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-bottom:-6e-5mm;mso-width-relative:margin" from="17.9pt,6.75pt" to="49.65pt,6.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+Zt8ZJgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuOEzEQ3SNxB8t70p0wA6iVzixmGDYj&#10;iBg4gMdtJxb+yTbpZAeskXIErsACpJEGOEP3jSi7P2EACYHYWG7Xe1X1nss9P9kqiTbMeWF0iaeT&#10;HCOmqamEXpX45Yvze48w8oHoikijWYl3zOOTxd0789oWbGbWRlbMIUiifVHbEq9DsEWWebpmiviJ&#10;sUxDkBunSIBPt8oqR2rIrmQ2y/MHWW1cZZ2hzHs4PeuCeJHyc85oeMa5ZwHJEkNvIa0urVdxzRZz&#10;UqwcsWtB+zbIP3ShiNBQdEx1RgJBr534JZUS1BlveJhQozLDuaAsaQA10/wnNZdrYlnSAuZ4O9rk&#10;/19a+nSzdEhUJZ49xEgTBXfUfGjftPvmS/Ox3aP2bfOt+dx8aq6br811+w72N+172Mdgc9Mf7xFc&#10;RjSztr6AnKd66aIddKsv7YWhrzzEslvB+OFtB9typyIc/EDbdDm78XLYNiAKh0f5/dnsGCM6hDJS&#10;DDzrfHjCjEJxU2IpdLSNFGRz4UOsTIoBEo+lRjUIPj6CnhFVFtR7vUoMb6SozoWUEZemkJ1KhzYE&#10;5idsp1EiJLuFCkTIx7pCYWfBPOKcqXuY1L3oTmdSHHaSdT08ZxyMB2XTrnIc+UMxQinTYSgoNaAj&#10;jUNrIzH/M7HHRypLz+FvyCMjVTY6jGQltHG/q37wiHf4wYFOd7TgylS7pRvmAeY6Wdq/wfhwfvxO&#10;9MOfYvEdAAD//wMAUEsDBBQABgAIAAAAIQBvEpT32wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI7NSsQwFIX3gu8QruBGnHSso7Y2HUQQwXExVhcuM821LSY3ocl06tt7xYUuzw/nfNV6dlZMOMbB&#10;k4LlIgOB1HozUKfg7fXh/AZETJqMtp5QwRdGWNfHR5UujT/QC05N6gSPUCy1gj6lUEoZ2x6djgsf&#10;kDj78KPTieXYSTPqA487Ky+y7Eo6PRA/9DrgfY/tZ7N3CiZ6LJrL5dn7U7CbcSuvzXPYGqVOT+a7&#10;WxAJ5/RXhh98RoeamXZ+TyYKqyBfMXliP1+B4LwochC7Xy3rSv7nr78BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAvmbfGSYCAABxBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbxKU99sAAAAHAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokeweight="2pt">
             <v:stroke endarrow="open"/>
             <o:lock v:ext="edit" shapetype="f"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="009E1FEC" w:rsidRPr="00DE1CD7">
-[...17 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:r w:rsidR="00DA2D70" w:rsidRPr="00AB0BD9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- переход к следующей процедуре (действию).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00263348" w:rsidRDefault="00263348" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1418"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00263348" w:rsidRDefault="00263348" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1418"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00263348" w:rsidRDefault="00263348" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1418"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00263348" w:rsidRDefault="00263348" w:rsidP="00DA2D70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1418"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00315824" w:rsidRDefault="00315824" w:rsidP="00263348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00315824" w:rsidSect="00263348">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1418" w:right="1361" w:bottom="851" w:left="1077" w:header="510" w:footer="1247" w:gutter="0"/>
-[...2 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="2"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
+    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
+    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-    <w:panose1 w:val="020B0602030504020204"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D" w:rsidP="00FD58DF">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
+    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00781E48" w:rsidRDefault="00781E48" w:rsidP="002666DE">
+    <w:p w:rsidR="009E1495" w:rsidRDefault="009E1495" w:rsidP="00C65456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00CD2D50" w:rsidRDefault="00CD2D50">
+  <w:p w:rsidR="007D419D" w:rsidRDefault="00624E02" w:rsidP="00FE03F8">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="007D419D">
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="007D419D" w:rsidRDefault="007D419D">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="38103157"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="007D419D" w:rsidRDefault="00624E02">
+        <w:pPr>
+          <w:pStyle w:val="a6"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="007D419D" w:rsidRPr="002C5CFC" w:rsidRDefault="007D419D" w:rsidP="00FE03F8">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="007D419D" w:rsidRPr="00263348" w:rsidRDefault="007D419D" w:rsidP="00263348">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
@@ -10394,951 +9696,2672 @@
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0DAC2919"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="03C95A14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBD299EC"/>
+    <w:lvl w:ilvl="0" w:tplc="D37CCE96">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1680" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3120" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3840" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5280" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6000" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6720" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="404434D5"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="13A01894"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85A461D2"/>
-    <w:lvl w:ilvl="0" w:tplc="C988DA9E">
+    <w:tmpl w:val="36E8D7DC"/>
+    <w:lvl w:ilvl="0" w:tplc="DE74A3D2">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2490" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1B35090E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1320" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2760" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4200" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4920" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5640" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6360" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7080" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="4C193109"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="21A1646B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2230E6C2"/>
-    <w:lvl w:ilvl="0" w:tplc="16AE656A">
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1744" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="252C4DBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BB0F3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0CEAE69A">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="26401C22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="106413B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F27660C6">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="2B952648"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78FCE6D2"/>
+    <w:lvl w:ilvl="0" w:tplc="FF46E256">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2066" w:hanging="1215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="2E355839"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6522BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7260" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="32A648F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29005934"/>
+    <w:lvl w:ilvl="0" w:tplc="ED7649BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1155" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1755" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2475" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3195" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3915" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4635" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5355" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6075" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6795" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="33BD136D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F2703A6A"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="3C75180C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF0C7DBC"/>
+    <w:lvl w:ilvl="0" w:tplc="B2BEC6B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2060" w:hanging="1350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="42713622"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8AAD1B0"/>
+    <w:lvl w:ilvl="0" w:tplc="749AD362">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="67531AC5"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="6376747E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D916E2FC"/>
-    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
+    <w:tmpl w:val="125EFBE8"/>
+    <w:lvl w:ilvl="0" w:tplc="81784636">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1378" w:hanging="810"/>
-[...3 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1480" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2920" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3640" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4360" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5080" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5800" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6520" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="68D21240"/>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="70BD4F30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4B2AEC28"/>
-[...1 lines deleted...]
-      <w:start w:val="37"/>
+    <w:tmpl w:val="B0DA2EA4"/>
+    <w:lvl w:ilvl="0" w:tplc="C58625CE">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="960" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1680" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3120" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3840" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5280" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6000" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6720" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="785358BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CADABFB4"/>
+    <w:lvl w:ilvl="0" w:tplc="097E6B2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="7EE62060"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5A40C3E"/>
+    <w:lvl w:ilvl="0" w:tplc="3DE6234C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1174" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="60"/>
+  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="100"/>
+  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0081050F"/>
-[...228 lines deleted...]
-    <w:rsid w:val="00FE7527"/>
+    <w:rsidRoot w:val="00804637"/>
+    <w:rsid w:val="000024DB"/>
+    <w:rsid w:val="00002C4E"/>
+    <w:rsid w:val="00003E91"/>
+    <w:rsid w:val="00006AFC"/>
+    <w:rsid w:val="00013986"/>
+    <w:rsid w:val="00022339"/>
+    <w:rsid w:val="00026F6C"/>
+    <w:rsid w:val="00030FE0"/>
+    <w:rsid w:val="0007227E"/>
+    <w:rsid w:val="00093D98"/>
+    <w:rsid w:val="000A3EEC"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="000B2670"/>
+    <w:rsid w:val="000C427D"/>
+    <w:rsid w:val="000D526F"/>
+    <w:rsid w:val="000E3292"/>
+    <w:rsid w:val="000E4E62"/>
+    <w:rsid w:val="000E50A8"/>
+    <w:rsid w:val="000F0DA6"/>
+    <w:rsid w:val="000F60B9"/>
+    <w:rsid w:val="0010226B"/>
+    <w:rsid w:val="0010287C"/>
+    <w:rsid w:val="00105033"/>
+    <w:rsid w:val="00107D96"/>
+    <w:rsid w:val="001104E6"/>
+    <w:rsid w:val="00112232"/>
+    <w:rsid w:val="00125364"/>
+    <w:rsid w:val="00130E5B"/>
+    <w:rsid w:val="00132D30"/>
+    <w:rsid w:val="0013343B"/>
+    <w:rsid w:val="00136038"/>
+    <w:rsid w:val="00144ECD"/>
+    <w:rsid w:val="001460D6"/>
+    <w:rsid w:val="001517F4"/>
+    <w:rsid w:val="00161689"/>
+    <w:rsid w:val="00170627"/>
+    <w:rsid w:val="00171439"/>
+    <w:rsid w:val="001810DA"/>
+    <w:rsid w:val="00183149"/>
+    <w:rsid w:val="0019700D"/>
+    <w:rsid w:val="001A1970"/>
+    <w:rsid w:val="001A51F0"/>
+    <w:rsid w:val="001A5E30"/>
+    <w:rsid w:val="001A7B14"/>
+    <w:rsid w:val="001C0DCC"/>
+    <w:rsid w:val="001C5A38"/>
+    <w:rsid w:val="001C5F40"/>
+    <w:rsid w:val="001C65F7"/>
+    <w:rsid w:val="001D20FA"/>
+    <w:rsid w:val="001E466B"/>
+    <w:rsid w:val="001E775D"/>
+    <w:rsid w:val="00201562"/>
+    <w:rsid w:val="002022F8"/>
+    <w:rsid w:val="00203CC3"/>
+    <w:rsid w:val="0020486F"/>
+    <w:rsid w:val="002119B7"/>
+    <w:rsid w:val="0021305F"/>
+    <w:rsid w:val="00225DF7"/>
+    <w:rsid w:val="00235877"/>
+    <w:rsid w:val="00243656"/>
+    <w:rsid w:val="002471C7"/>
+    <w:rsid w:val="00247D85"/>
+    <w:rsid w:val="00253A77"/>
+    <w:rsid w:val="00263348"/>
+    <w:rsid w:val="00266A71"/>
+    <w:rsid w:val="00270BDC"/>
+    <w:rsid w:val="002715D7"/>
+    <w:rsid w:val="00281DBD"/>
+    <w:rsid w:val="0029435B"/>
+    <w:rsid w:val="002951CB"/>
+    <w:rsid w:val="002A4556"/>
+    <w:rsid w:val="002B00B4"/>
+    <w:rsid w:val="002C2205"/>
+    <w:rsid w:val="002E1548"/>
+    <w:rsid w:val="003075BB"/>
+    <w:rsid w:val="00315824"/>
+    <w:rsid w:val="00316E3D"/>
+    <w:rsid w:val="0031701F"/>
+    <w:rsid w:val="00321B0F"/>
+    <w:rsid w:val="00321C1D"/>
+    <w:rsid w:val="00323463"/>
+    <w:rsid w:val="00326FC9"/>
+    <w:rsid w:val="00336061"/>
+    <w:rsid w:val="003451D0"/>
+    <w:rsid w:val="00350385"/>
+    <w:rsid w:val="003531B4"/>
+    <w:rsid w:val="00353CA1"/>
+    <w:rsid w:val="00362BB5"/>
+    <w:rsid w:val="00371B12"/>
+    <w:rsid w:val="00376187"/>
+    <w:rsid w:val="003767D2"/>
+    <w:rsid w:val="003767F0"/>
+    <w:rsid w:val="003850CD"/>
+    <w:rsid w:val="00385401"/>
+    <w:rsid w:val="003867E1"/>
+    <w:rsid w:val="003878B2"/>
+    <w:rsid w:val="003934E4"/>
+    <w:rsid w:val="00396EC1"/>
+    <w:rsid w:val="003A2543"/>
+    <w:rsid w:val="003B0075"/>
+    <w:rsid w:val="003B0E67"/>
+    <w:rsid w:val="003B5F42"/>
+    <w:rsid w:val="003C73A4"/>
+    <w:rsid w:val="003C7B57"/>
+    <w:rsid w:val="003D47AD"/>
+    <w:rsid w:val="00413698"/>
+    <w:rsid w:val="00414BF7"/>
+    <w:rsid w:val="0042793C"/>
+    <w:rsid w:val="004350FA"/>
+    <w:rsid w:val="004372C1"/>
+    <w:rsid w:val="004461AD"/>
+    <w:rsid w:val="00451EB4"/>
+    <w:rsid w:val="00454F3D"/>
+    <w:rsid w:val="00463A00"/>
+    <w:rsid w:val="004655F6"/>
+    <w:rsid w:val="00466D5B"/>
+    <w:rsid w:val="00467B57"/>
+    <w:rsid w:val="00474C92"/>
+    <w:rsid w:val="00476701"/>
+    <w:rsid w:val="0048484A"/>
+    <w:rsid w:val="00484BC8"/>
+    <w:rsid w:val="0049323B"/>
+    <w:rsid w:val="004A373B"/>
+    <w:rsid w:val="004B35CD"/>
+    <w:rsid w:val="004B39DE"/>
+    <w:rsid w:val="004B4234"/>
+    <w:rsid w:val="004B4316"/>
+    <w:rsid w:val="004C51B8"/>
+    <w:rsid w:val="004D4577"/>
+    <w:rsid w:val="004F7C13"/>
+    <w:rsid w:val="00502ADF"/>
+    <w:rsid w:val="00513A34"/>
+    <w:rsid w:val="00534E16"/>
+    <w:rsid w:val="00543425"/>
+    <w:rsid w:val="00544E7C"/>
+    <w:rsid w:val="00546CB1"/>
+    <w:rsid w:val="005512BC"/>
+    <w:rsid w:val="00555A4B"/>
+    <w:rsid w:val="00556824"/>
+    <w:rsid w:val="0056527E"/>
+    <w:rsid w:val="00566DE4"/>
+    <w:rsid w:val="00575045"/>
+    <w:rsid w:val="00580D98"/>
+    <w:rsid w:val="005902F4"/>
+    <w:rsid w:val="00597451"/>
+    <w:rsid w:val="005A74A0"/>
+    <w:rsid w:val="005B05E9"/>
+    <w:rsid w:val="005D58E3"/>
+    <w:rsid w:val="005E0AB4"/>
+    <w:rsid w:val="005E47A6"/>
+    <w:rsid w:val="005F130C"/>
+    <w:rsid w:val="005F5AB3"/>
+    <w:rsid w:val="006003A3"/>
+    <w:rsid w:val="00614317"/>
+    <w:rsid w:val="00617363"/>
+    <w:rsid w:val="006232B5"/>
+    <w:rsid w:val="0062358E"/>
+    <w:rsid w:val="00624E02"/>
+    <w:rsid w:val="00632179"/>
+    <w:rsid w:val="0063749B"/>
+    <w:rsid w:val="00645D65"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rsid w:val="00652B79"/>
+    <w:rsid w:val="00653736"/>
+    <w:rsid w:val="00662351"/>
+    <w:rsid w:val="00663833"/>
+    <w:rsid w:val="006676BB"/>
+    <w:rsid w:val="006707DC"/>
+    <w:rsid w:val="00684150"/>
+    <w:rsid w:val="006958E4"/>
+    <w:rsid w:val="006960B8"/>
+    <w:rsid w:val="006A20A6"/>
+    <w:rsid w:val="006A5796"/>
+    <w:rsid w:val="006B039D"/>
+    <w:rsid w:val="006B5D6D"/>
+    <w:rsid w:val="006B6AE9"/>
+    <w:rsid w:val="006C5973"/>
+    <w:rsid w:val="006D01E8"/>
+    <w:rsid w:val="006E25ED"/>
+    <w:rsid w:val="006E49C0"/>
+    <w:rsid w:val="006E6EA8"/>
+    <w:rsid w:val="00707E1D"/>
+    <w:rsid w:val="00727A29"/>
+    <w:rsid w:val="00731CFA"/>
+    <w:rsid w:val="007477B8"/>
+    <w:rsid w:val="00753981"/>
+    <w:rsid w:val="00757178"/>
+    <w:rsid w:val="00757CCD"/>
+    <w:rsid w:val="00761D2E"/>
+    <w:rsid w:val="00762F37"/>
+    <w:rsid w:val="00770236"/>
+    <w:rsid w:val="007825B2"/>
+    <w:rsid w:val="00787CC7"/>
+    <w:rsid w:val="007933CC"/>
+    <w:rsid w:val="007A2A84"/>
+    <w:rsid w:val="007A7285"/>
+    <w:rsid w:val="007C60D9"/>
+    <w:rsid w:val="007D419D"/>
+    <w:rsid w:val="007D7E10"/>
+    <w:rsid w:val="007E1DFE"/>
+    <w:rsid w:val="007E20FF"/>
+    <w:rsid w:val="007F2C90"/>
+    <w:rsid w:val="00802E4B"/>
+    <w:rsid w:val="00804637"/>
+    <w:rsid w:val="00812B0D"/>
+    <w:rsid w:val="00813652"/>
+    <w:rsid w:val="008144F7"/>
+    <w:rsid w:val="00816817"/>
+    <w:rsid w:val="008222FE"/>
+    <w:rsid w:val="00825309"/>
+    <w:rsid w:val="008265E5"/>
+    <w:rsid w:val="00826712"/>
+    <w:rsid w:val="0082698B"/>
+    <w:rsid w:val="00836364"/>
+    <w:rsid w:val="00843ADC"/>
+    <w:rsid w:val="0085366E"/>
+    <w:rsid w:val="00853BF2"/>
+    <w:rsid w:val="00856DF9"/>
+    <w:rsid w:val="00861C42"/>
+    <w:rsid w:val="00864A6A"/>
+    <w:rsid w:val="008740BC"/>
+    <w:rsid w:val="008757BF"/>
+    <w:rsid w:val="008816CC"/>
+    <w:rsid w:val="00887759"/>
+    <w:rsid w:val="0089142E"/>
+    <w:rsid w:val="0089170F"/>
+    <w:rsid w:val="00895736"/>
+    <w:rsid w:val="008A2FF8"/>
+    <w:rsid w:val="008B2AB4"/>
+    <w:rsid w:val="008B4F0A"/>
+    <w:rsid w:val="008B578E"/>
+    <w:rsid w:val="008B6755"/>
+    <w:rsid w:val="008C461F"/>
+    <w:rsid w:val="008D35E0"/>
+    <w:rsid w:val="008E0B0F"/>
+    <w:rsid w:val="008E7417"/>
+    <w:rsid w:val="008F1CA4"/>
+    <w:rsid w:val="009007C9"/>
+    <w:rsid w:val="00904267"/>
+    <w:rsid w:val="0090453D"/>
+    <w:rsid w:val="00910507"/>
+    <w:rsid w:val="009109CB"/>
+    <w:rsid w:val="009208C8"/>
+    <w:rsid w:val="00925F2A"/>
+    <w:rsid w:val="00927895"/>
+    <w:rsid w:val="00932002"/>
+    <w:rsid w:val="00935EDB"/>
+    <w:rsid w:val="0094370E"/>
+    <w:rsid w:val="00954C24"/>
+    <w:rsid w:val="00957FCD"/>
+    <w:rsid w:val="0096443B"/>
+    <w:rsid w:val="00971A39"/>
+    <w:rsid w:val="00971AE2"/>
+    <w:rsid w:val="00973F4E"/>
+    <w:rsid w:val="00974341"/>
+    <w:rsid w:val="00975CFC"/>
+    <w:rsid w:val="00980344"/>
+    <w:rsid w:val="009808E2"/>
+    <w:rsid w:val="00980A49"/>
+    <w:rsid w:val="009854AE"/>
+    <w:rsid w:val="00987868"/>
+    <w:rsid w:val="00990CD4"/>
+    <w:rsid w:val="009A0BDC"/>
+    <w:rsid w:val="009A4F5E"/>
+    <w:rsid w:val="009A59BD"/>
+    <w:rsid w:val="009B037A"/>
+    <w:rsid w:val="009B12C2"/>
+    <w:rsid w:val="009B6EC8"/>
+    <w:rsid w:val="009B71FD"/>
+    <w:rsid w:val="009C7033"/>
+    <w:rsid w:val="009D0CFF"/>
+    <w:rsid w:val="009D1FB4"/>
+    <w:rsid w:val="009D1FDC"/>
+    <w:rsid w:val="009E1495"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rsid w:val="009E7717"/>
+    <w:rsid w:val="009F2976"/>
+    <w:rsid w:val="009F5B6D"/>
+    <w:rsid w:val="009F61F1"/>
+    <w:rsid w:val="00A03FE8"/>
+    <w:rsid w:val="00A10DC1"/>
+    <w:rsid w:val="00A13AEB"/>
+    <w:rsid w:val="00A14455"/>
+    <w:rsid w:val="00A14BEB"/>
+    <w:rsid w:val="00A177E2"/>
+    <w:rsid w:val="00A36110"/>
+    <w:rsid w:val="00A3787D"/>
+    <w:rsid w:val="00A40DB9"/>
+    <w:rsid w:val="00A55ADC"/>
+    <w:rsid w:val="00A5699B"/>
+    <w:rsid w:val="00A61337"/>
+    <w:rsid w:val="00A67B9F"/>
+    <w:rsid w:val="00A70D36"/>
+    <w:rsid w:val="00A75CC5"/>
+    <w:rsid w:val="00A76266"/>
+    <w:rsid w:val="00A802B3"/>
+    <w:rsid w:val="00A821D1"/>
+    <w:rsid w:val="00A901E8"/>
+    <w:rsid w:val="00A917D1"/>
+    <w:rsid w:val="00A9357F"/>
+    <w:rsid w:val="00A93E1A"/>
+    <w:rsid w:val="00A97F8E"/>
+    <w:rsid w:val="00AA279F"/>
+    <w:rsid w:val="00AB4197"/>
+    <w:rsid w:val="00AB5868"/>
+    <w:rsid w:val="00AB638C"/>
+    <w:rsid w:val="00AC3C84"/>
+    <w:rsid w:val="00AC4A3F"/>
+    <w:rsid w:val="00AC66BE"/>
+    <w:rsid w:val="00AD0C0E"/>
+    <w:rsid w:val="00AD3787"/>
+    <w:rsid w:val="00AD69CA"/>
+    <w:rsid w:val="00AE3908"/>
+    <w:rsid w:val="00AE494F"/>
+    <w:rsid w:val="00AF105E"/>
+    <w:rsid w:val="00B01C15"/>
+    <w:rsid w:val="00B078B7"/>
+    <w:rsid w:val="00B10B90"/>
+    <w:rsid w:val="00B15390"/>
+    <w:rsid w:val="00B211DD"/>
+    <w:rsid w:val="00B21B61"/>
+    <w:rsid w:val="00B22A2F"/>
+    <w:rsid w:val="00B25C30"/>
+    <w:rsid w:val="00B30BE9"/>
+    <w:rsid w:val="00B320F2"/>
+    <w:rsid w:val="00B35CF6"/>
+    <w:rsid w:val="00B54B1F"/>
+    <w:rsid w:val="00B607C2"/>
+    <w:rsid w:val="00B62375"/>
+    <w:rsid w:val="00B70E42"/>
+    <w:rsid w:val="00B74EB4"/>
+    <w:rsid w:val="00B85F5E"/>
+    <w:rsid w:val="00BA0462"/>
+    <w:rsid w:val="00BA30B3"/>
+    <w:rsid w:val="00BA3FFE"/>
+    <w:rsid w:val="00BA65CC"/>
+    <w:rsid w:val="00BA7419"/>
+    <w:rsid w:val="00BB19B0"/>
+    <w:rsid w:val="00BB234D"/>
+    <w:rsid w:val="00BB2AA2"/>
+    <w:rsid w:val="00BB2FB4"/>
+    <w:rsid w:val="00BB3F7C"/>
+    <w:rsid w:val="00BB7F2A"/>
+    <w:rsid w:val="00BC0EE6"/>
+    <w:rsid w:val="00BC5457"/>
+    <w:rsid w:val="00BD3D17"/>
+    <w:rsid w:val="00BD4E7E"/>
+    <w:rsid w:val="00C018E2"/>
+    <w:rsid w:val="00C07EF5"/>
+    <w:rsid w:val="00C14899"/>
+    <w:rsid w:val="00C2756B"/>
+    <w:rsid w:val="00C32225"/>
+    <w:rsid w:val="00C46DAF"/>
+    <w:rsid w:val="00C65456"/>
+    <w:rsid w:val="00C6660C"/>
+    <w:rsid w:val="00C72D47"/>
+    <w:rsid w:val="00C849D4"/>
+    <w:rsid w:val="00C84A15"/>
+    <w:rsid w:val="00C963F6"/>
+    <w:rsid w:val="00CA1B05"/>
+    <w:rsid w:val="00CA229F"/>
+    <w:rsid w:val="00CA3D2D"/>
+    <w:rsid w:val="00CB00B9"/>
+    <w:rsid w:val="00CB087B"/>
+    <w:rsid w:val="00CB1D54"/>
+    <w:rsid w:val="00CB5EF3"/>
+    <w:rsid w:val="00CC060F"/>
+    <w:rsid w:val="00CC387E"/>
+    <w:rsid w:val="00CC3C49"/>
+    <w:rsid w:val="00CC4C82"/>
+    <w:rsid w:val="00CD39C1"/>
+    <w:rsid w:val="00CD533C"/>
+    <w:rsid w:val="00CE4D97"/>
+    <w:rsid w:val="00D007BF"/>
+    <w:rsid w:val="00D03194"/>
+    <w:rsid w:val="00D03F33"/>
+    <w:rsid w:val="00D11C87"/>
+    <w:rsid w:val="00D14E01"/>
+    <w:rsid w:val="00D17785"/>
+    <w:rsid w:val="00D20B3D"/>
+    <w:rsid w:val="00D232FD"/>
+    <w:rsid w:val="00D41893"/>
+    <w:rsid w:val="00D44259"/>
+    <w:rsid w:val="00D44403"/>
+    <w:rsid w:val="00D618E0"/>
+    <w:rsid w:val="00D647E3"/>
+    <w:rsid w:val="00D73A5C"/>
+    <w:rsid w:val="00D818FE"/>
+    <w:rsid w:val="00D83FD4"/>
+    <w:rsid w:val="00D90C92"/>
+    <w:rsid w:val="00D91CBC"/>
+    <w:rsid w:val="00D94C96"/>
+    <w:rsid w:val="00DA2D70"/>
+    <w:rsid w:val="00DA2F09"/>
+    <w:rsid w:val="00DA7FA5"/>
+    <w:rsid w:val="00DB1C67"/>
+    <w:rsid w:val="00DC6F96"/>
+    <w:rsid w:val="00DD173B"/>
+    <w:rsid w:val="00DD29C9"/>
+    <w:rsid w:val="00DD5678"/>
+    <w:rsid w:val="00DE24BB"/>
+    <w:rsid w:val="00DF2DE7"/>
+    <w:rsid w:val="00E0407C"/>
+    <w:rsid w:val="00E10237"/>
+    <w:rsid w:val="00E13568"/>
+    <w:rsid w:val="00E1725B"/>
+    <w:rsid w:val="00E1789E"/>
+    <w:rsid w:val="00E21264"/>
+    <w:rsid w:val="00E22AAA"/>
+    <w:rsid w:val="00E27FE5"/>
+    <w:rsid w:val="00E37BD5"/>
+    <w:rsid w:val="00E40EC0"/>
+    <w:rsid w:val="00E47B67"/>
+    <w:rsid w:val="00E7487A"/>
+    <w:rsid w:val="00E9048C"/>
+    <w:rsid w:val="00E93930"/>
+    <w:rsid w:val="00E950C5"/>
+    <w:rsid w:val="00E96353"/>
+    <w:rsid w:val="00EB2DDB"/>
+    <w:rsid w:val="00EB5B7D"/>
+    <w:rsid w:val="00EB7B28"/>
+    <w:rsid w:val="00ED071E"/>
+    <w:rsid w:val="00ED2158"/>
+    <w:rsid w:val="00EE4BFE"/>
+    <w:rsid w:val="00EE58ED"/>
+    <w:rsid w:val="00EF652A"/>
+    <w:rsid w:val="00EF7A5A"/>
+    <w:rsid w:val="00F044C2"/>
+    <w:rsid w:val="00F13D34"/>
+    <w:rsid w:val="00F1403B"/>
+    <w:rsid w:val="00F24810"/>
+    <w:rsid w:val="00F33CA2"/>
+    <w:rsid w:val="00F34892"/>
+    <w:rsid w:val="00F350FF"/>
+    <w:rsid w:val="00F55A12"/>
+    <w:rsid w:val="00F57798"/>
+    <w:rsid w:val="00F66E5B"/>
+    <w:rsid w:val="00F76B41"/>
+    <w:rsid w:val="00F85889"/>
+    <w:rsid w:val="00F96924"/>
+    <w:rsid w:val="00FA0E24"/>
+    <w:rsid w:val="00FA6966"/>
+    <w:rsid w:val="00FB4B35"/>
+    <w:rsid w:val="00FB5F7B"/>
+    <w:rsid w:val="00FB63D1"/>
+    <w:rsid w:val="00FC3FD8"/>
+    <w:rsid w:val="00FC79C3"/>
+    <w:rsid w:val="00FD58DF"/>
+    <w:rsid w:val="00FE03F8"/>
+    <w:rsid w:val="00FF572E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="22530"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule98" type="connector" idref="#_x0000_s1190"/>
-[...31 lines deleted...]
-        <o:r id="V:Rule193" type="connector" idref="#Прямая со стрелкой 17"/>
+        <o:r id="V:Rule107" type="connector" idref="#_x0000_s1779"/>
+        <o:r id="V:Rule111" type="connector" idref="#AutoShape 233"/>
+        <o:r id="V:Rule112" type="connector" idref="#_x0000_s1806"/>
+        <o:r id="V:Rule115" type="connector" idref="#AutoShape 70"/>
+        <o:r id="V:Rule116" type="connector" idref="#Прямая со стрелкой 53"/>
+        <o:r id="V:Rule118" type="connector" idref="#_x0000_s1861"/>
+        <o:r id="V:Rule119" type="connector" idref="#AutoShape 69"/>
+        <o:r id="V:Rule121" type="connector" idref="#AutoShape 23"/>
+        <o:r id="V:Rule126" type="connector" idref="#AutoShape 236"/>
+        <o:r id="V:Rule127" type="connector" idref="#AutoShape 234"/>
+        <o:r id="V:Rule129" type="connector" idref="#_x0000_s1802"/>
+        <o:r id="V:Rule130" type="connector" idref="#AutoShape 237"/>
+        <o:r id="V:Rule131" type="connector" idref="#_x0000_s1777"/>
+        <o:r id="V:Rule139" type="connector" idref="#_x0000_s1808"/>
+        <o:r id="V:Rule140" type="connector" idref="#_x0000_s1862"/>
+        <o:r id="V:Rule141" type="connector" idref="#Прямая со стрелкой 76"/>
+        <o:r id="V:Rule142" type="connector" idref="#_x0000_s1801"/>
+        <o:r id="V:Rule145" type="connector" idref="#_x0000_s1809"/>
+        <o:r id="V:Rule146" type="connector" idref="#_x0000_s1803"/>
+        <o:r id="V:Rule148" type="connector" idref="#_x0000_s1818"/>
+        <o:r id="V:Rule149" type="connector" idref="#_x0000_s1815"/>
+        <o:r id="V:Rule150" type="connector" idref="#_x0000_s1807"/>
+        <o:r id="V:Rule152" type="connector" idref="#_x0000_s1864"/>
+        <o:r id="V:Rule155" type="connector" idref="#_x0000_s1863"/>
+        <o:r id="V:Rule165" type="connector" idref="#AutoShape 235"/>
+        <o:r id="V:Rule166" type="connector" idref="#_x0000_s1860"/>
+        <o:r id="V:Rule167" type="connector" idref="#_x0000_s1804"/>
+        <o:r id="V:Rule174" type="connector" idref="#_x0000_s1805"/>
+        <o:r id="V:Rule180" type="connector" idref="#AutoShape 265"/>
+        <o:r id="V:Rule183" type="connector" idref="#_x0000_s1780"/>
+        <o:r id="V:Rule185" type="connector" idref="#_x0000_s1778"/>
+        <o:r id="V:Rule192" type="connector" idref="#_x0000_s1811"/>
+        <o:r id="V:Rule194" type="connector" idref="#AutoShape 24"/>
+        <o:r id="V:Rule198" type="connector" idref="#Прямая со стрелкой 74"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -11410,678 +12433,492 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="000B0C93"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="000B0C93"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...31 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
-[...2 lines deleted...]
-    <w:rsid w:val="0081050F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...3 lines deleted...]
-    <w:rsid w:val="0081050F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="000B0C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...188 lines deleted...]
-  <w:style w:type="table" w:styleId="af2">
+  <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:cs="Calibri"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C65456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C65456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927895"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00647B3E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00647B3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00987868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00987868"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar1">
+    <w:name w:val="Body Text Char1"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00797FDC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00987868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="009D1FB4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="004B43BA"/>
+    <w:rsid w:val="00A36110"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:adjustRightInd/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
+    <w:rsid w:val="00A36110"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00A36110"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...19 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="006232B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="2007896298">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1760901702">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -12107,51 +12944,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -12279,88 +13116,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1933</Words>
-  <Characters>11022</Characters>
+  <Words>1915</Words>
+  <Characters>10920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>91</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Павлодар облысы јкімдігініѕ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>AlexSoft</Company>
+  <Company>Akimat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12930</CharactersWithSpaces>
+  <CharactersWithSpaces>12810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:title>Павлодар облысы јкімдігініѕ</dc:title>
+  <dc:creator>Computer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>