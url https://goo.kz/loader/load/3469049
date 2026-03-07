--- v0 (2026-03-06)
+++ v1 (2026-03-07)
@@ -1,18635 +1,22397 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:caps/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00EA1EAC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Послание </w:t>
+        <w:t xml:space="preserve">Қазақстан Республикасының Президенті Н. Назарбаевтың Қазақстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>П</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">резидента </w:t>
+        <w:t xml:space="preserve">алқына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">еспублики </w:t>
+        <w:t xml:space="preserve">олдауы. 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">азахстан </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">ылғы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Н</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Назарбаева народу </w:t>
+        <w:t xml:space="preserve"> қаңтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...8 lines deleted...]
-        <w:t>азахстана. 10 января 2018 г.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA1EAC">
-[...751 lines deleted...]
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Төртінші өнеркәсіптік революция жағдайындағы дамудың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа мүмкіндіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA1EAC">
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA1EAC">
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA1EAC">
-[...13 lines deleted...]
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құрметті қазақстандықтар!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...84 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бүгінде әлем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төртінші өнеркәсіптік революция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дәуі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іне, технологиялық, экономикалық және әлеуметтік салалардағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терең және қарқынды өзгерістер кезеңіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қадам басып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа технологиялық қалып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> біздің қалай жұмыс істейтінімізді, азаматтық құқықтарымызды қалай іске асыратынымызды, балаларымызды қалай тәрбиелейтінімізді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түбегейлі өзгертуде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...84 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз жаһандық өзгерістер мен сы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатерлерге дайын болу қажеттігін ескеріп, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Қазақстан-2050» даму стратегиясын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қабылдадық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алдымыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>озық дамыған отыз елдің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қатарына кіру мақсатын қойдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қты қадам – Ұлт жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жүзеге асырылуда. Оның 60 қадамы қазірдің өзінде орындалып қойды. Қалғандары, негізінен, ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ мерзімге арналған және жоспарлы түрде іске асырылуда.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өткен жылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстанның Үшінші жаңғыруы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бастау алды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Индустрияландыру </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарламасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> табысты іске асуда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Цифрлық Қазақстан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кешенді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарламасы қабылданды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дейінгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дамуының кешенді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стратегиялық жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біздің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зақ мерз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імді мақсаттарымыз өзгеріссіз қала береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қажетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарламалардың барлығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Жолдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңа әлемге, яғни </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төртінші өнеркәсіптік революция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әлеміне бейімделу мен жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ікке жету жолын табу үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не істеу қажеттігін айқындайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құрметті отандастар!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз әлем елдерінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сенімі мен құрметіне бөлені</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>брендке айналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тәуелсіз Қазақстанды құрдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2017 жылы біздің ел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҰҰ Қауіпсіздік Кеңесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тұрақты емес мүшесі болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң қаңтар айында оған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төрағалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> етудеміз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз дүниежүзілік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЭКСПО мамандандырылған көрмесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өткізу үшін әлемдік қоғамдастық таңдап алған ТМД және Шығыс Еуропа елдері арасындағы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші мемлекет болдық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстанда табысты жұмыс істеп келе жатқан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нарықтық экономика моделі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қалыптасты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2017 жылы еліміз әлемдік дағдарыстың қолайсыз салдарын еңсері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сенімді өсу жолына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қайта түсті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жыл қорытындысы бойынша ішкі жалпы өнімнің өсуі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4 процент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> болып, ал өнеркәсіптік өнімнің өсуі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7 проценттен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> асты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орайда, өнеркәсіптің жалпы көлемінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңдеуші сектордың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> үлесі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>40 проценттен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> асып түсті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстанның қолайлы дамуы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орта таптың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қалыптасуына мүмкінді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кедейшілік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13 есе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қысқарып, жұмыссыздық деңгейі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4,9 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дейін төмендеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еліміздің әлеуметтік-экономикалық табыстарының негізі – біздің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басты құндылықтарымыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ретінде қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беретін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтық бейбітшілік, ұлтаралық және конфессияаралық келісім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дегенмен, Қазақстанның жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сенімді тірек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> саналады, бірақ ол ертеңгі табыстарымыздың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кепілі емес екенін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жақсы сезінуіміз керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Көл-көсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұнайдың» дәуірі аяқталып келеді. Елімізге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамудың жаңа сапасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаһандық трендтер көрсеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырғандай, ол, бірінші кезекте, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төртінші өнеркәсіптік революция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>элементтерін кеңінен енгізуге негізделуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұның өзіндік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатерлері де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндіктері де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаңа әлем көшбасшыларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қатарына қосылу үшін Қазақстанда қажетті нәрсенің бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і бар екеніне сенімдімін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай міндеттерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> шешуге жұмылуымыз керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БІ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ІНШІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Индустрияландыру жаңа технологияларды енгізудің көшбасшысына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оның нәтижелері мұнай бағасы күрт төмендеген 2014-2015 жылдардағы дағдарыста негізгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұрақтандырушы факторлардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сол себепті жоғары еңбек өнімділігі бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта өңдеу секторына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарымыз өзгерген жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен қатар индустрияландыру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологиялық қалыптың барлық мүмкіндіктерін пайдалана отырып, мейлінше инновациялық сипатқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ие болуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...1205 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорындарымызды жаңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға және цифрландыруға бағытталған, өнімнің экспортқа шығуын көздейтін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа құралдарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлеп, сыннан өткізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұлар, бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші кезекте, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологиялардың трансфертін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ынталандыруға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еліміздің бірнеше өнеркәсіптік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіпорнын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрландыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жөніндегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пилоттық жобаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> іске асырып, бұл тәжірибені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңінен тарату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цифрлық және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа да инновациялық шешімдерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеушілердің өз экожүйесін дамытуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> аса маңызды мәселеге айналып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол біздің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Назарбаев</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t> Назарбаев Университеті, «Астана» халықаралық қаржы орталығы, IT-стартаптардың халықаралық технопаркі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сияқты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық орталықтардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төңірегінде қалыптасуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Университет, МФЦА </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>«Алатау» инновациялық технологиялар паркінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қызметін ұйымдастыруды түбегейлі қайта қарау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нақты сектордың жаңа технологияларға деген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұранысты ынталандыруы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>венчурлық қаржыландырудың жеке нарығының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қызметі инновациялық экожүйе жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктерінің негізгі факторлары болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл үшін тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұдан бөлек,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> IT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> инжинирингтік қызмет көрсетуді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дамыту ерекше маң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға ие болып отыр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Экономиканы цифрландыру табыс әкелгені</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс күшінің көптеп босап қалу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қаупін де тудырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Босайтын жұмыс күшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбекпен қамту үшін келісілген саясатты алдын ала тиянақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру жүйесін, коммуникация мен стандарттау салаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа индустрияландыру талаптарына бейімдеу қажет болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2018 жылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«цифрлық дәуі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өнеркәсібін қалыптастыруға арналған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>индустрияландырудың үшінші бесжылдығын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлеуге кірісу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЕКІНШІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Ресурстық әлеуетті одан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ХХІ ғасырда әлемнің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">табиғи </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға деген мұқтаждығы жалғасуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Олар болашақта жаһандық экономиканы және еліміздің экономикасын дамыту барысында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше маң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бірақ шикізат индустрияларын ұйымдастыру ісін, табиғи ресурстарды басқаруға қатысты ұстанымдарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыни тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыдан қайта пысықтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кешенді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологиялық платформаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> белсенді түрде енгізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіпорындардың энергия тиімділігі мен энергия үнемдеуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, сондай-ақ энергия өндірушілердің өз жұмыстарының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экологиялық тазалығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мен тиімділігіне қойылатын талаптарды арттыру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астанада өткен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЭКСПО-2017 көрмесі баламалы, «таза» энергия саласындағы дамудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қаншалықты қарқынды екенін көрсетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бүгінде әлем бойынша өнді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілетін электр энергиясының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төрттен бірі жаңартылатын энергия көздеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тиесілі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болжам бойынша, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2050 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қарай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бұл көрсеткіш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>80 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2030 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қарай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Қазақстандағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баламалы энергия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> үлесін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жеткізу міндетін қойдық.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бізде жалпы қуаттылығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>336 МВт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> болатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылатын энергия көздерінің 55 нысаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жұмыс істейді. Соларда 2017 жылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1,1 миллиард киловатт-сағат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «жасыл» энергия өндірілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Жасыл» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға инвестиция салу үшін бизнесті ынталандыру маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өңірлердің әкімдері </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғын және орта бизнес субъектілерін кеңінен тартып, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұрмыстық қаттықалдықтарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> заман талабына сай утилизациялау және қайта өңдеу үшін шаралар қабылдау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа да шаралар заңнамаға, соның ішінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Экологиялық кодекске</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өзгерістер енгізуді талап етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ІНШІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. «Ақылды технологиялар» – агроөнеркәсіп кешенін қарқынды дамыту мүмкіндігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аграрлық саясат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек өнімділігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түбегейлі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өңделген өнімнің экспортын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ұлғайтуға бағытталуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз егін егі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, дәнді дақылдарды өсіруді үйрендік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оны мақтан тұтамыз. Алайда, қазі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ол жеткіліксіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шикізатты қайта өңдеуді қамтамасыз еті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, әлемдік нарықтарға жоғары сапалы дайын өніммен шығуымыз қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселені шешуге барлық аграрлық кешеннің түбегейлі бет бұруы маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аграрлық ғылымды дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселесі басты назарда болуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ол е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң алдымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа технологияларды трансферттеумен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және оларды отандық жағдайға бейімдеумен айналысуы қажет.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осыған орай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аграрлық университеттердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өлін қайта қарау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Олар диплом бері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қана қоймай, ауыл шаруашылығы кешенінде нақты жұмыс істейтін немесе ғылыммен айналысатын мамандарды дайындауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл жоғары оқу орындарынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> оқу бағдарламаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңартып, агроөнеркәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кешеніндегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>озық білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үздік тәжірибені тарататын орталықтарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> айналу талап етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мысалы, егі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н егу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен астық жинаудың оңтайлы уақытын болжамдаудың, «ақылды суарудың», минералды тыңайтқыш себудің, зиянкестермен және арамшөппен күресудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интеллектуалды жүйелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өнімділікті бірнеше есе арттыруға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үргізушісі жоқ техника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> адами факторды азайтып, егіншіліктің өзіндік құнын айтарлықтай төмендетуге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаңа технологиялар мен бизнес-модельдерді енгізу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>агроөнеркәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кешенінің ғылымға негізделуін арттыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> шаруашылықтарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кооперациялау қажеттігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> күшейтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауыл шаруашылығы субъектілерінің кооператив тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде жұмыс істеуіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан-жақты қолдау көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекет бизнеспен бірлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, отандық өнімді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық нарыққа шығарудың стратегиялық жолын тауып,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ілгерілетуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауыл шаруашылығын қарқынды дамыту өнімнің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасы мен экологиялық тазалығын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сақтай отырып жүргізілуі қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл бүкіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әлемге танылатын «Қазақстанда жасалған» табиғи азы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түлік брендін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қалыптастырып, ілгерілетуге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сонымен қатар жерді барынша тиімді игеретіндерді ынталандырып, ал дұрыс пайдалана </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмайтындар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға шара қолдану керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тиімсіз субсидияларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ауыл шаруашылығы кешені субъектілеріне арналған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">банк несиелерін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арзандату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қайта бағыттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5 жыл ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> агроөнеркәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кешеніндегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек өнімділігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңделген ауыл шаруашылығыөнімінің экспортын,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тиісінше, кем дегенде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2,5 есеге арттыруды тапсырамын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТӨРТІНШІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Көлік-логистика инфрақұрылымының тиімділігін арттыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде Қазақстан арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірнеше трансконтиненталды коридор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл туралы кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айтылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы, Қазақстан арқылы өткен жүк транзиті 2017 жылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17 миллион тоннаға жуықтады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Транзиттен түсетін жыл сайынғы табысты 2020 жылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 миллиард </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>доллар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жеткізу міндеті тұр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл инфрақұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жұмсалған мемлекет қаражатын тез арада қайтаруға мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үк қозғалысын онлайн режімінде бақылап, олардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кедергісіз тасымалдануы үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және кедендік операцияларды жеңілдету мақсатымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сияқты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық технологиялардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ауқымды түрде енгізілуін қамтамасыз ету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заманауи шешімдер логистиканың барлық буынының өзара байланысын ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Үлкен деректерді»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Международный технопарк IT-</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(Big data) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану сапалы талдауды қамтамасыз етуге, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өсімнің резервін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>артық шығынды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> азайтуға жағдай туғызады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы мақсаттар үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Интеллектуалды көлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүйесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл жүйе көлік ағынын тиімді басқаруға және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инфрақұрылымды одан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қажеттігін анықтауға жол ашады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ішкі өңірлік қатынастарды жақсарту үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автожолдардың жергілікті желісін жөндеу мен қайта </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қаржы көлемін көбейту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осыған жыл сайын бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інетін бюджет қаражатының жалпы көлемін орташа мерзімдегі кезеңде 150 миллиард теңгеге жеткізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңірлердегі барлық әкімдіктердің белсенді қатысуын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қамтамасыз ету керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БЕСІНШІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа және коммуналдық секторға заманауи технологияларды енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жүзеге асырылып жатқан бағдарламалар арқасында Қазақстанда пайдалануға берілген тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғын үйлердің көлемі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылына 10 миллион шаршы метрден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> асты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғын үйді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көпшілікке қолжетімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> еткен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тұрғын үй жинақтау жүйесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тиімді жұмыс істеуде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баспанамен қамту көрсеткіші соңғы 10 жылда бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрғынға шаққанда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өсіп, бүгінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21,6 шаршы метрді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл көрсеткі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2030 жылы 30 шаршы метрге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дейін жеткізу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Осы міндетті орындау барысында құрылыс салудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа әдістерін, заманауи материалдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ондай-ақ ғимараттардың жобасы мен қала құрылысының жоспарын жасағанда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүлде басқа тәсілдерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ғимараттардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сапасына, экологиялық тазалығына және энергиялық тиімділігіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жоғары талап қою қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Салынатын және салынған үйлер мен инфрақұрылымдық нысандарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интеллектуалды басқару жүйелерімен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жабдықтау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғындарға қолайлы жағдай жасап, электр энергиясын, жылу мен суды тұтынуды қысқартып, табиғи монополистерді тиімді жұмысқа ынталандырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заңнамаға,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> соның ішінде табиғи монополиялар саласын реттейтін заңдарға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і өзгерістер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әкімдер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғын үй-коммуналдық инфрақұрылымын жетілдіру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мәселесін мемлекет-жекеменшік серіктестігі негізінде белсенді шешуі керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауылдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> елді мекендерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапалы ауызсумен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қамтамасыз ету үшін Ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імет бұл іске барлық қаражат көздерінен жыл сайын кем дегенде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>100 миллиард теңге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қарастыруы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АЛТЫНШЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Қаржы секторын «қайта жаңғырту».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Банктік портфельдерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «нашар» несиеден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> арылту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ісін аяқтау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол үшін банк иелері шығындарын мойындай отырып, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экономикалық жауапкершілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акционерлердің аффилирленген компаниялар мен жеке адамдардың пайдасы үшін банктерден қаржы шығаруы ауыр қылмыс болып саналуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық Банк мұндай істерге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрайлы қарамау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әйтпесе, мұндай мемлекеттік органның не керегі бар?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлттық Банк тарапынан қаржы институттарының қызметін қадағалау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатаң, уақтылы ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і нәтижелі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарапайым азаматтардың мүдделерін қорғауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> одан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кепілдік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке тұлғалардың банкроттығы туралы заң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қабылдауды тездету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен қатар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016 жылдың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтарына дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> халыққа берілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>валюталық ипотекалық займдар жөніндегі мәселені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Ұлттық Банкке толығымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешуді тапсырамын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сол күннен бастап аталған валюталық займдарды жеке тұлғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға беруге заң жүзінде тыйым салынған болатын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлттық Банк пен Үкімет экономика салаларындағы нақты тиімділікті есепке алатын ставкалармен бизнеске </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ мерзімді несиелендіруді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қамтамасыз ету мәселесін бірлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Инвестициялық ахуалдың одан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і жақсаруы және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қор нарығының дамуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> маңызды болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – жұмысын бастаған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Астана» халықаралық қаржы орталығының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> негізгі міндеттерінің бірі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол халықаралық озық тәжірибені пайдаланып, ағылшын құқығы мен заманауи қаржы технологияларын қолданатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңірлік хабқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айналуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Самұрық-Қазына» ұлттық әл-ауқат қоры» ұлттық компанияларының акцияларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>IPO-ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табысты түрде шығару қор нарығын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға септігін тигізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЖЕТІНШІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Адами капитал – жаңғыру негізі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...42 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім берудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...476 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ВТОРОЕ</w:t>
-[...2442 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа сапасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Big</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барлық жастағы азаматтарды қамтитын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ісінде өзіміздің озық жүйемізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> құруды жеделдету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру бағдарламаларының негізгі басымдығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгерістерге үнемі бейім болу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа білімді меңгеру қабілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дамыту болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2019 жылдың 1 қыркүйегіне қарай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі білім беру ісінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың ерте дамуы үшін өз бетінше </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу машығы мен әлеуметтік дағдысын дамытатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламалардың бірыңғай стандарттарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру саласында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EA1EAC">
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылған мазмұнға көшу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> басталды, ол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2021 жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> аяқталатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл – мүлде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа бағдарламалар, оқулықтар, стандарттар және кадрлар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтарды оқыту және олардың бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктілігін арттыру жолдарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қайта қарау керек болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іздің университеттеріндегі педагогикалық кафедралар мен факультеттерді дамыту қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім берудің барлық деңгейінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>математика және жаратылыстану ғылымдарын оқыту сапасын күшейту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл – жастарды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа технологиялық қалыпқа дайындаудың маңызды шарты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру мекемелерінің арасындағы бәсекелестікті арттырып, жеке капиталды тарту үшін қала мектептерінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жан басына қатысты қаржыландыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізілетін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біздегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың жүктемесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ТМД елдерінің ішінде ең жоғары болып отырғанын және Экономикалық ынтымақтастық және даму ұйымы елдеріне қарағанда орта есеппен үштен бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еседен көп екенін ескеріп, оны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төмендету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барлық өңірлердег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қушылар сарайларының базасында компьютерлерді, лабораторияларды және 3Д-принтерлерді қоса алғанда, барлық қажетті инфрақұрылымдары бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар технопарктері мен бизнес-инкубаторларының желісін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> құру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл жас ұрпақты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми-зерттеу саласына және өнді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істік-технологиялық ортаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ұтымды түрде кірістіруге көмектеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстандықтардың болашағы – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>data</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>қазақ, орыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>ағылшын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілдерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еркін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орыс тілді мектептер үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ тілін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> оқытудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа әдістемесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлені</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, енгізілуде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер біз қазақ тілі ғұмырлы болсын десек, оны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөнсіз терминологиямен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қиындатпай, қазіргі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заман</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға лайықтауымыз қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алайда, соңғы жылдары әлемде қалыптасқан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7 мың термин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қазақ тіліне аударылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұндай «жаңалықтар» кейде күлкіңді келтіреді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мысалы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«ғаламтор»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (Интернет), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«қолтырауын»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (крокодил), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«күйсандық»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (фортепиано) және тағы сол сияқтылар толып жатыр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осындай аудармаларды негіздеу тәсілдерін қайта қарастырып, терминология тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғысынан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ тілін халықаралық деңгейге жақындату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Латын әліпбиіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шу б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұл мәселені реттеуге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дейін білім берудің барлық деңгейінде латын әліпбиіне көшудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нақты кестесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жасау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орыс тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> болып қала береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016 жылдан бері жаңартылған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарлама бойынша орыс тілі қазақ мектептерінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-сыныптан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бастап оқытылып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2019 жылдан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-11-сыныптардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаратылыстану ғылымының жекелеген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндерін оқытуды ағылшын тіліне көшіру басталатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нәтижесінде, біздің барлық түлектеріміз елімізде және жаһандық әлемде өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүріп, жұмыс істеуі үшін қажетті деңгейде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> үш тілді меңгеретін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонда ғана нағыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> азаматтық қоғам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кез келген этникалық топтың өкі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і кез келген жұмысты таңдай алады, тіпті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президент болып сайлануға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да мүмкіндігі болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстандықтар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біртұтас ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> айналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқытудың мазмұндылығы заманауи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыдан қолдау көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> арқылы үйлесімді түрде толықтырылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цифрлық бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ресурстарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дамыту, кең жолақты Интернетке қосу және мектептерімізді видеоқұрылғылармен жабдықтау жұмыстарын жалғастыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмыс берушілерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тарту арқылы және халықаралық талаптар мен цифрлық дағдыларды ескере отырып, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">техникалық және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіптік білім беру бағдарламаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңарту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға тегін кәсіптік-техникалық білім беру»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жобасын жүзеге асыруды жалғастыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жастар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алғашқы мамандықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үкімет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұл міндетті орындауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...310 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орта мектеп пен колледждер және жоғары оқу орындары үзді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытушыларының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>видеосабақтары мен видеолекцияларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Интернетте орналастыру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл барлық қазақстандықтарға, оның ішінде шалғайдағы елді мекен тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғындарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>озық білім мен құзыреттілікке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қол жеткізуге жол ашады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ПЯТОЕ</w:t>
-[...844 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>Жоғары бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ШЕСТОЕ</w:t>
-[...760 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>СЕДЬМОЕ</w:t>
-[...33 lines deleted...]
-          <w:bCs/>
+        <w:t>ім беру ісінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жасанды интеллектпен және «үлкен деректермен» жұмыс істеу үшін ақпараттық технологиялар бойынша білім алған түлектер санын көбейту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осыған орай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...801 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> металлургия, мұнай-газ химиясы, агроөнеркәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>казахским, русским </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>английским</w:t>
-[...1509 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t xml:space="preserve"> кешені, био және IT-технологиялар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салаларын зерттеу ісінде басымдық беретін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары оқу орны ғылымын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дамыту керек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">металлургии, нефтегазохимии, АПК, </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қолданбалы ғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылыми-зерттеулерд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і ағылшын тіліне біртіндеп көшіруді жүзеге асыру талап етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жоғары оқу орындары шетелдердің жетекші университеттерімен, ғылыми орталықтарымен, і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і кәсіпорындарымен және трансұлттық корпорацияларымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлескен жобаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> белсенді түрде жүзеге асыруы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке сектордың бірлескен қаржыландыруға атсалысуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлық қолданбалы ғылыми-зерттеу әзірлемелері үшін міндетті талап болуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас ғалымдарымызға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ғылыми гранттар аясында квота бөлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды қолдаудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жүйелі саясатын жүргізуіміз керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру саласына өзінің инвестициялық жобалары мен экспорттық әлеуеті бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экономиканың жеке саласы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ретінде қарайтын кез келді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жоғары оқу орындарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> білім беру бағдарламаларын жасауға көбірек құқық бері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, олардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>академиялық еркіндігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> заңнамалық тұрғыдан бекіту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Оқытушылардың қайта даярлықтан өтуіне күш салып, жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу орындарына шетелдік менеджерлерді тартып, әлемдік университеттердің кампустарын ашу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлттың әлеуетін арттыру үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәдениетіміз бен идеологиямызды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> одан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і дамытуымыз керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Рухани жаңғырудың»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мән-маңызы да нақ осында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзінің тарихын, тілін, мәдениетін білетін, сондай-ақ заманына лайық, шет тілдерін меңгерген,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> озық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і жаһандық көзқарасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бар қазақстандық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біздің қоғамымыздың идеалына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> айналуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үздік денсаулық сақтау і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і және дені сау ұлт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Халықтың өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүру ұзақтығының өсуіне және медициналық технологиялардың дамуына байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық қызмет көрсетуге деген сұраныс көлемі арта түсетін болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазіргі денсаулық сақтау ісі қымбатқа түсетін стационарлық емге емес,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> негізінен аурудың алдын алуға бағытталуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA1EAC">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саламатты өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> насихаттай отырып, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдық денсаулықты басқару ісін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> күшейту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жастардың репродуктивті денсаулығын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қорғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға және нығайтуға ерекше назар аудару керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тиімділігі аз және мемлекет үшін шығыны кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диспансерлік ем қолданудан негізгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>созылмалы ауруларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> алыстан диагностика жасап, сондай-ақ осы саланы амбулаторлық емдеу арқылы басқаруға көшу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәжірибе әлемде бұрыннан бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оны батыл ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і белсенді түрде енгізу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онкологиялық аурулармен күресу үшін кешенді жоспар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қабылдап, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми онкологиялық орталық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> құру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Халықаралық озық тәжірибе негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауруды ерте диагностикалаудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатерлі ісікті емдеудің жоғары тиімділігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз етілуге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз кардиология, босандыру және өкпе ауруымен күресу кезінде атқарған істері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із сияқты жұмыстарды да жүргізуіміз керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласы халықтың, мемлекеттің және жұмыс берушінің ортақ жауапкершілігіне негізделген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міндетті әлеуметтік медициналық сақтандыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жүйесіне кезе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезеңімен көшетін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оны енгізудің қажеттілігі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ешқандай күмән туғызбайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алайда, Денсаулық сақтау министрлігі мен Еңбек және халықты әлеуметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорғау министрлігі іске асырмаған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындық жұмыстарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тыңғылықты жүргізу талап етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттің міндеттерін нақты белгілей отырып, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тегін медициналық көмектің кепілдік берілген көлемінің жаң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а модел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлеу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Халық мемлекет тарапынан кепілдік берілмеген қызметтерді Міндетті әлеуметтік медициналық сақтандыру жүйесінің қатысушысы ретінде немесе ерікті медициналық сақтандыру, сондай-ақ бірлесе төлеу арқылы ала алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелерді бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктіру, мобильдік цифрлық қосымшаларды қолдану, электрондық денсаулық паспортын енгізу, «қағаз қолданбайтын ауруханаға» көшу арқылы медициналық көмектің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолжетімділігі мен тиімділігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> арттыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Медицинада ауруларды диагностикалау мен емдеудің тиімділігін айтарлықтай арттыратын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>генетикалық талдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасанды интеллект</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> технологияларын енгізуге кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ісуіміз керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Медициналық кадрлармен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қамтамасыз ету және оларды сапалы даярлау маңызды мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>селе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде бізде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Назарбаев Университетінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бірегей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Медицина мектебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бар. Онда бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктірілген университет клиникасы жұмыс істейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл тәжірибе барлық медициналық жоғары оқу орындарына таратылуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа да шараларды іске асыру үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «Халық денсаулығы және денсаулық сақтау жүйесі туралы» кодекстің жаңа редакциясын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлеу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...560 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сапалы жұмыспен қамту және әлеуметтік қамсыздандырудың әділетті жүйесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Первоклассное здравоохранение и здоровая нация.</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>Еңбек нарығының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тиімділігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қамтамасыз еті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, әрбір адамның өз әлеуетін іске асыра алуы үшін жағдай жасаудың маңызы зор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барлық негізгі мамандық бойынша  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманауи стандарттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлеу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл стандарттарда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс берушілер мен бизнесмендер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбеккерлердің білімі, қабілеті мен құзыретінің қандай болуы қажеттігін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қты белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби стандарттардың талаптарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ескері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> білім берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әзірлеу қажет немесе қазіргі бағдарламаларды жаңарту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі жұмыспен қамтығандар мен жұмыссыздар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> экономикалық өсімнің резерві саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мен өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі жұмыспен қамтығандар мәселесін қарастыру жөнінде бірнеше рет талап қойғанмын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбек және халықты әлеуметтік қорғау министрлігі бұл іске жауапсыздық танытып, атү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қарап отырды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Адамдарды нәтижелі жұмысқа тарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> үшін көбірек мүмкіндік бері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, олардың жеке кәсібін бастауына немесе жаңа мамандық алып, жұмысқа орналасуына жағдай жасау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Атамекен» ұлттық кәсіпкерлер палатасының бизнесті үйрету жөніндегі жұмыстары қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олдау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға тұрарлық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нәтижелі жұмыспен қамтуды және жаппай кәсіпкерлікті дамыту </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарламасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> аясында оның құралдарын нығайта отырып, халықтың осы санаттарын кеңінен тарту қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі жұмыспен қамтығандарды тіркеу үдерісін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мейлінше </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеңілдетіп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, оларға мемлекет алдындағы міндеттерін адал атқару тиімді болатындай жағдай туғызу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстандықтардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа жұмыс орнын салыстырмалы түрде тезірек иеленуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, соның ішінде еліміздің басқа да елді мекендерінен жұмыс табуға мүмкіндігі болуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...107 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық еңбек биржасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кең ауқымда енгізу қажет. Онда бос жұмыс орындары мен жұмыс іздеушілер туралы барлық ақпарат жинақталуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Азаматтар үйлерінен шықпай-ақ кәсіби бағдарлы тест тапсырып, оқу курстары мен мемлекеттік қолдау шаралары туралы білі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзін қызықтыратын жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> таба алатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбек кітапшаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да электрондық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа көшірген жөн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электрондық еңбек биржасы туралы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 2018 жылғы 1 сәуірге дейін қабылдау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әлеуметтік саясат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> азаматтарды толыққанды экономикалық өмірге тарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> арқылы жүзеге асырылатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зейнетақы жүйесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> толықтай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> байланыстырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кім кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс істесе, сол көп зейнетақы алатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осыған орай, барша қазақстандықтар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өздерінің атқаратын жұмыстарын заң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> зор мән беруі керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әлеуметтік сақтандыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жүйесінде де еңбек өтілі мен өтемақы мөлшері арасындағы өзара байланыс күшейтілетін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз 2018 жылдан бастап халықтың әлеуметтік тұрғыдан аз қамтылған тобына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетудің жаңа тәртібіне көштік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оның шегі ең төменгі күнкө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс деңгейінің 40 процентінен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>50 процентіне дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көтерілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбекке қабілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> әлеуметтік тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыдан аз қамтылған азаматтар үшін берілетін қаржылай көмек олар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыспен қамту шараларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қатысқан жағдайда ғана қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбекке қабілетсіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік қолдау көрсету шаралары күшейтіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...47 lines deleted...]
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...177 lines deleted...]
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қымбатты қазақстандықтар!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA1EAC">
-[...356 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекет өзінің әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індеттемелерінің барлығын толықтай орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2016-2017 жылдары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зейнетақы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрдемақы үш рет көбейгенін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> еске салғым келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Базалық зейнетақы, жалпы алғанда, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>29 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ынтымақты зейнетақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>32 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, бала тууға байланысты жәрдемақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>37 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ал мүгедектер мен асыраушысынан айырылғандарға төленетін жәрдемақының ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайсысы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>43 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өсті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы қызметкерлердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалақысы 28 процентке дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, білім беру саласы қызметкерлерінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалақысы 29 процентке дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, әлеуметтік қорғау саласы қызметкерлерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалақысы 40 процентке дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, «Б» корпусындағы мемлекеттік қызметшілердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалақысы 30 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, стипендиялар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>25 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өсті.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дағдарыс заманы. Әйтсе де, әлемнің санаулы ғана елдері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жұмсайтын шығындарын осылай арттыра алды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикалық бюджеттің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлеуметтік салаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бөлінген шығыны 2018 жылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA1EAC">
-[...233 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4,1 триллион теңгеден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> асты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әлеуметтік төлемдерді, соның ішінде зейнетақыны өсіру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 миллионнан астам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қазақстандықтың табыстарын көбейтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 жылдың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтарынан бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ынтымақты зейнетақы 8 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> артты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мүгедектерге, асыраушысынан айырылғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне мүгедек балалар тәрбиелеп отырған отбасыларына арналған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жәрдемақылар 16 процентке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дейін өсті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2018 жылдың 1 шілдесінен бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>базалық зейнетақы еңбек өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> байланысты орташа алғанда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1,8 есе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көбейетін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұдан бөлек, 2018 жылдың 1 шілдесінен бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...1041 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке толған, бала кезінен бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...71 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>інші топтағы мүгедектерді бағып отырған ата-аналар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> үшін қосымша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік жәрдемақыны енгізуді тапсырамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ең төменгі күнкөріс деңгейінен кем емес мұндай жәрдемақыны шамамен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14 мың отбасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай сайын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2018 жылы осы мақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 миллиард теңгеге дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қаржы қажет болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалім </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртебесін арттыру мақсатымен білім берудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылған мазмұнына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көшкен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстаздардың лауазымдық жалақысын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 2018 жылдың 1 қаңтарынан бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30 процентке көбейтуді тапсырамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Жаңартылған мазмұн дегеніміз – халықаралық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарттар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға сай келетін және Назарбаев зияткерлік мектептерінде бейімделуден өткен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманауи оқу бағдарламалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...243 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұлар біздің балаларымызға қажетті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>функционалдық сауаттылық пен сыни тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыдан ойлау қабілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> дарытады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен қатар 2018 жылы категориялар арасындағы алшақтық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арттырып, мұғалімдер үшін біліктілік деңгейін ескеретін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> категориялардың жаңа кестесін енгізуді тапсырамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Категорияларды бүкіл әлемде қолданылып жүрген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ұлттық біліктілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> арқылы беру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогтарды өздерін ұдайы жетілдіруге ынталандыратын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нәтижесінде, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імдердің жалақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> біліктілігінің расталуына байланысты тұтастай алғанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 30 проценттен 50 процентке дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> өседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін биыл қосымша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>67 миллиард теңге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бөлу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СЕГІ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ІНШІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Тиімді мемлекеттік басқару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імшілендіру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде кәсіпкерлер мен тұрғындардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығындарын қысқартуға байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жұмыстарды жалғастыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осыған орай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бизнесті реттеуге қатысуды ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қарай азайтуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бағытталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> заң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қабылдауды жылдамдату керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> терезе»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қағидаты бойынша бизнеске мемлекеттік қолдау көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үдерістерін цифрландыруды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз ету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік органдардың ақпараттық жүйелерінің интеграциясы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қағидаты бойынша жекелеген мемлекеттік қызмет көрсетуден кешенді қызмет көрсетуге көшуге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен қатар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табиғи монополия субъектілері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсететін қызметтерінің сапасын арттыру жөніндегі жұмысты жалғастыру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Олар үшін және энергия өндірушілер үшін инвестициялық бағдарламаларын ескері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, негізделген тарифтерді белгілеу маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бизнес-климатты жақсарту үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> батыл і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қимыл талап етіледі, әсіресе өңірлік деңгейде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үкімет бизнесті көлеңкеден шығарып, оны қолдауға бағытталған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүйелі шаралардың жаңа пакетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дайындауға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағынышты ұйымдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> санын қысқарту есебінен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жекешелендіру жоспарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> кеңейте отырып, оны іске асыруды жеделдету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әкімшілік шығындарды азайту үшін  ведомствоға бағынышты нақты қажетті ұйымдарды мүмкіндігінше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктіру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Босаған қаражатты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызметшілердің факторлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балдық шкалаға негізделген жаңа еңбекақы жүйесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізуге бағыттау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталықтағы және өңірлердегі мемлекеттік қызметшілер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалақысының диспропорциясын қысқартады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, сондай-ақ жұмыстың сипаты мен тиімділігі ескерілетін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үкіметке Мемлекеттік қызмет істері агенттігімен бірлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 2018 жылы орталық және жергілікті мемлекеттік органдарда осы жүйені енгізудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пилоттық жобаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> іске асыруды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырамын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өңірлердегі мемлекеттік қызметтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиімділік әлеуетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> олардың экономикалық дербестігі мен жауапкершілігін арттыру арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мейлінше толық ашу керек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы алғанда, өңірлік саясат өңірлердің шығындарын теңестіруден </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке табыстарының өсімін ынталандыруға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағытталуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Атап айтқанда, бүгінде әлемдегі әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оныншы жұмыс орнын ашып отырған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сырттан келушілер туризмі мен ішкі туризм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> кез келген өңір үшін перспективалық табыс көздерінің бірі болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імет виза мәселелерін жеңілдетуді, инфрақұрылымды дамытуды және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туризм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> саласындағы кедергілерді алып тастауды қамтитын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешенді шаралар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қабылдауы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фискальды орталықсыздандыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> аясында шағын және орта бизнестен түсетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>корпоративті табыс салығын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өңірлік бюджеттерге беру </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әселесін шешу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2018 жылдың 1 қаңтарынан бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2 мыңнан астам адам тұратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-[...1008 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>родителей, осуществляющих уход за совершеннолетними инвалидами I группы с детства.</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:t>аудандық маңызы бар қалалар, ауылдар мен ауылдық округтерде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі басқарудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дербес бюджеті мен коммуналдық меншігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізу заң жүзінде белгіленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2020 жылдан бастап бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық елді мекендерде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Салықтық және салықтан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа да түсімдердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7 түрі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, сондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығындардың 19 бағыты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ауыл бюджетіне берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл жергілікті маңызы бар мәселелерді шешу үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">халықты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен қатар мемлекеттік органдар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нақты уақыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жедел жауап беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> режімінде азаматтардың ескертпелері мен ұсыныстарын есепке алу үшін заманауи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық технологияларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдануға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...153 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекет пен компаниялар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа технологияларды енгізе отырып, өз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық жүйелері мен құрылғыларының берік қорғалуын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қамтамасыз етуі керек.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бүгінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> киберқауіпсіздік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ұғымы тек ақпаратты ғана емес, сонымен қатар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өнді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істік және инфрақұрылымдық нысандарды басқару тетігін қорғау дегенді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> де білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Осы және өзге де шаралар Қазақстанның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлттық қауіпсіздік стратегиясында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ініс табуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТОҒЫЗЫНШЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Жемқорлықпен күрес және заңның үстемдігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жемқорлықтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алдын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға бағытталған күрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жалғаса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс істеліп жатыр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соңғы 3 жылда ғана жоғары лауазымды шенеуніктер мен мемлекеттік компаниялардың басшыларын қоса </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғанда, жемқорлық үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 2,5 мыңнан астам адам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сотталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қыт ішінде олардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17 миллиард теңге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көлемінде келтірген залалы өтелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік органдардағы процестерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, соның ішінде олардың халықпен және бизнеспен қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынасын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрландыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> маңызды болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Атап айтқанда, азаматтар өз өтініштерінің қалай қарастырылып жатқанын кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іп, дер кезінде сапалы жауап алуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сот және құқық қорғау жүйелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> институционалды тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыдан өзгерту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге асырылуда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қылмыстық процестегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтардың құқықтарын қорғау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ісін күшейтуді, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның әсіре қатаңдығын бәсеңдетуді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көздейтін нормалар енгізілді.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Адвокаттардың құқықтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа дейінгі сатыдағы сот бақылауының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> аясы кеңейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құқық қорғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органдарының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілеттігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілік шегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> айқындалды.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Азаматтардың конституциялық құқықтарына кепілдікті нығайту, құқық үстемдігін қамтамасыз ету, құқық қорғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметін ізгілендіру жұмыстарын жалғастыру қажет.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоғамдық тәртіпті сақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және қауіпсіздікті қамтамасыз ету саласында көшелерде және адам кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жиналатын қоғамдық орындарда бейнебақылау жүргізетін, азаматтарды анықтайтын және жол қозғалысын қадағалайтын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интеллектуалды жүйелерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> белсенді түрде енгізу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ОНЫНШЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. «Ақылды қалалар» «ақылды ұлт» үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2018 жыл – елордамыз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астананың 20 жылдығын атап өтетін мерейтойлы жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...151 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бас қаламыздың қалыптасуы және Еуразияның маңызды даму орталықтарының қатарына қосылуы – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баршамыздың ортақ мақтанышымыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...118 lines deleted...]
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заманауи технологиялар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жылдам өсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келе жатқан мегаполистің проблемаларын тиімді шешуге жол ашады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Смарт Сити» тұжырымдамасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мен қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қоныс аударатын адамдардың құзыреттерін дамыту негізінде қалалық ортаны басқаруды кешенді түрде енгізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әлемде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инвесторлар үшін қалалар бәсекеге түседі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> деген түсінік қалыптасты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Олар елді емес, жайлы өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүріп, жұмыс істейтін қаланы таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сондықтан, Астананың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірибесі негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Смарт Сити» «эталонды» стандартын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қалыптастырып, Қазақстан қалалары арасында озық практиканы таратуды және тәжірибе алмасу ісін бастау керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Ақылды қалалар» өңірлік дамудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, инновацияны таратудың және елі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іздің барлық аумағында тұрмыс сапасын арттырудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>локомотивтеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> айналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міне, алдымызда тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған 10 міндет осы. Бұлар – түсінікті ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і айқын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA1EAC">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00EA1EAC">
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қымбатты қазақстандықтар!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз саяси тұрақтылық пен қоғамдық келісімнің арқасында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экономикамызды, саясатымызды және санамызды жаңғыртуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Технологиялық және инфрақұрылымдық тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыдан дамудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа кезеңіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тың серпін берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституциялық реформа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> билік тармақтары арасындағы балансты  нақтылай түсті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттық сананы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жаңарту үдерісін бастадық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> базалық үш бағыт Қазақстан жаңғыруының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүйелі үш тұғыры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F5AA0" w:rsidRPr="002F5AA0" w:rsidRDefault="002F5AA0" w:rsidP="002F5AA0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біз жаңа заманға сай болу үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төртінші өнеркәсіптік революция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жағдайындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарихи өрлеу бастауында тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F5AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған біртұтас ұлт болуымыз керек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1EAC" w:rsidRPr="00EA1EAC" w:rsidRDefault="00EA1EAC" w:rsidP="00EA1EAC">
-[...3530 lines deleted...]
-    <w:sectPr w:rsidR="008E21B1" w:rsidRPr="00EA1EAC" w:rsidSect="00EA1EAC">
+    <w:p w:rsidR="008E21B1" w:rsidRDefault="002F5AA0"/>
+    <w:sectPr w:rsidR="008E21B1" w:rsidSect="002F5AA0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001E5958"/>
+    <w:rsidRoot w:val="00F8688B"/>
     <w:rsid w:val="000B46A0"/>
-    <w:rsid w:val="001E5958"/>
+    <w:rsid w:val="002F5AA0"/>
     <w:rsid w:val="009D0DC1"/>
-    <w:rsid w:val="00EA1EAC"/>
+    <w:rsid w:val="00F8688B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -18806,105 +22568,81 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1EAC"/>
+    <w:rsid w:val="002F5AA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA1EAC"/>
+    <w:rsid w:val="002F5AA0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA1EAC"/>
+    <w:rsid w:val="002F5AA0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...22 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -19059,287 +22797,113 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1EAC"/>
+    <w:rsid w:val="002F5AA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA1EAC"/>
+    <w:rsid w:val="002F5AA0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA1EAC"/>
+    <w:rsid w:val="002F5AA0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...22 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="668096410">
+    <w:div w:id="2019771383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1337925986">
+        <w:div w:id="271861818">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
-          <w:marBottom w:val="0"/>
+          <w:marBottom w:val="360"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="4" w:color="000000"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
-          <w:divsChild>
-[...148 lines deleted...]
-          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -19600,54 +23164,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>4795</Words>
-  <Characters>27333</Characters>
+  <Words>5035</Words>
+  <Characters>28705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>227</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>239</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32064</CharactersWithSpaces>
+  <CharactersWithSpaces>33673</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Manager-4</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>