--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,15276 +1,10145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DC1368" w:rsidRPr="00DC1368" w:rsidRDefault="00DC1368" w:rsidP="00DC1368">
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00DC1368" w:rsidRPr="00DC1368" w:rsidRDefault="00DC1368" w:rsidP="00DC1368">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Послание Президента Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н.Назарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Народу Казахстана. 5 октября 2018г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАЗАҚСТАНДЫҚТАРДЫҢ Ә</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>РОСТ БЛАГОСОСТОЯНИЯ КАЗАХСТАНЦЕВ: ПОВЫШЕНИЕ ДОХОДОВ И КАЧЕСТВА ЖИЗНИ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Л-АУ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve">Уважаемые </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАТЫНЫҢ ӨСУІ: ТАБЫС ПЕН ТҰРМЫС САПАСЫН АРТТЫРУ</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>казахстанцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Құрметті қазақстандықтар!</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DC1368" w:rsidRPr="00DC1368" w:rsidRDefault="00DC1368" w:rsidP="00DC1368">
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>За годы Независимости нами пр</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оделана большая работа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создав современное прогрессивное государство с динамично развивающейся экономикой, мы обеспечили мир и общественное согласие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Провели качественные и исторически значимые структурные, конституционные и политические реформы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Добились повышения международного авторитета Казахстана и усиления его геополитической роли в регионе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы зарекомендовали себя в качестве ответственного и востребованного международного партнера в решении региональных и глобальных проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан стал первым государством среди стран СНГ и Центральной Азии, который был выбран мировым сообществом для проведения международной выставки «ЭКСПО-2017».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы построили новую столицу – Астану, ставшую финансовым, деловым, инновационным и культурным центром евразийского региона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Численность населения страны превысила 18 миллионов человек, продолжительность жизни достигла 72,5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы сформировали прочные экономические основы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>За последние 20 лет в страну привлечены прямые иностранные инвестиции в объеме 300 миллиардов долларов США.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивается малый и средний бизнес, составляющий основу процветания экономики. В рейтинге ведения бизнеса Всемирного банка Казахстан поднялся на 36-е место среди 190 стран.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы всегда своевременно реагировали на внешние вызовы и были готовы к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В связи с этим я выдвигал необходимые программные инициативы по модернизации страны. Их реализация стала основным фактором успешного развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наша стратегическая цель – к 2050 году войти в число 30 развитых стран мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В 2014 году мы начали реализацию комплексной программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», направленной на модернизацию инфраструктуры страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Три года назад был обнародован План нации «100 конкретных шагов».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Затем мы приступили к Третьей модернизации страны. Ее главная задача – сформировать новую модель экономического роста, которая обеспечит глобальную конкурентоспособность Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Устойчивое развитие нашей страны вселяет большую надежду на дальнейшее повышение уровня жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы готовы к решению новых задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC1368">
-[...1066 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Құрметті отандастар!</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>Уважаемые соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Соңғы кездері әлемдік саяси және экономикалық трансформация үдерістері күшейе түсті.</w:t>
-[...494 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>В последнее время усиливаются процессы мировой политической и экономической трансформации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мир стремительно меняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рушатся казавшиеся незыблемыми устои системы глобальной безопасности и правила международной торговли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Новые технологии, роботизация и автоматизация усложняют требования к трудовым ресурсам и качеству человеческого капитала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выстраивается совершенно новая архитектура финансовых систем. При этом фондовые рынки надувают новый «мыльный пузырь», который может спровоцировать очередной финансовый кризис.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сегодня глобальные и локальные проблемы переплетаются. В этих условиях ответом на вызовы и залогом успешности государства становится развитие главного богатства – человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительству, каждому руководителю госоргана, госкомпании нужно изменить подходы в работе. Главным приоритетом должен стать рост благосостояния </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Именно по этому параметру я буду теперь оценивать персональную эффективность и соответствие занимаемым должностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>* * *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC1368" w:rsidRPr="00DC1368" w:rsidRDefault="00DC1368" w:rsidP="00DC1368">
-[...61 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Благополучие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зависит в первую очередь от стабильного роста доходов и качества жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>І. ХАЛЫҚ ТАБЫСЫНЫҢ ӨСУІ</w:t>
-[...505 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>I. РОСТ ДОХОДОВ НАСЕЛЕНИЯ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Доходы растут, когда человек трудолюбив, является профессионалом своего дела, получает достойную заработную плату или имеет возможность открывать и развивать собственное дело.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лишь совместными усилиями мы сможем создать Общество Всеобщего Труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-первых, поручаю Правительству с 1 января 2019 года повысить минимальную  зарплату в 1,5 раза – с 28 до 42 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это напрямую коснется 1 миллиона 300 тысяч человек, которые работают во всех отраслях на предприятиях различных форм собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Повышение охватит 275 тысяч работников бюджетных организаций, зарплаты которых вырастут в среднем на 35%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На эти цели из республиканского бюджета на 2019–2021 годы нужно выделять 96 миллиардов тенге ежегодно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом теперь минимальная зарплата не будет привязана к прожиточному минимуму. Новый размер минимальной заработной платы станет катализатором роста оплаты труда в целом в масштабах всей экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Надеюсь, данная инициатива будет поддержана крупными компаниями в части повышения зарплат низкооплачиваемым работникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-вторых, нужно формировать стабильные источники роста бизнеса, стимулировать частные инвестиции и способствовать свободе рынка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Именно бизнес создает новые рабочие места и обеспечивает большую часть </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доходами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БІ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ПЕРВОЕ. Еще в 2010 году мы запустили программу «Дорожная карта бизнеса-2020».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В рамках своих поездок в регионы я убедился в ее эффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Действие программы следует продлить до 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На ее реализацию необходимо предусмотреть дополнительно не менее 30 миллиардов тенге ежегодно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это позволит за 3 года дополнительно создать не менее 22 тысяч новых рабочих мест, обеспечит поступление 224 миллиардов тенге налогов и производство продукции на 3 триллиона тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ВТОРОЕ. Необходимо принять решительные меры по развитию конкуренции в экономике и наведению порядка в тарифах на услуги ЖКХ и естественных монополий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В сфере коммунальных услуг и регулирования естественных монополий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарифообразование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и расходование собранных с потребителей средств до сих пор не прозрачно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отсутствуют эффективный мониторинг и контроль инвестиционных обязательств монополистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительству нужно в трехмесячный срок рассмотреть данный вопрос и реформировать работу антимонопольного ведомства, значительно усилив функции по защите конкуренции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это важно, поскольку приводит к росту издержек для бизнеса, снижению реальных доходов людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ІНШІ. Біз 2010 жылдың өзінде «Бизнестің жол картасы – 2020» бағдарламасын іске қостық.</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">Бағдарламаның қолданылу мерзімін 2025 </w:t>
+        <w:t>ТРЕТЬЕ. Необходимо повысить защиту бизнеса от неправомерного административного давления и угроз уголовного преследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю с 1 января 2019 года поднять пороги применения уголовной ответственности по налоговым нарушениям до 50 тысяч МРП с увеличением штрафов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Также нужно реорганизовать Службу экономических расследований, передав ее функции в Комитет финансового мониторинга, основной задачей которого должна стать борьба с теневой экономикой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы должны идти к «безналичной экономике». Здесь следует опираться не только на репрессивные, но и стимулирующие инструменты, например, поощрять бизнес к использованию безналичного расчета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Завершение интеграции </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
-[...8 lines deleted...]
-        <w:t>жыл</w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>налоговых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...122 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и таможенных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>информсистем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повысит прозрачность администрирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительству необходимо принять действенные меры по сокращению теневого оборота в экономике как минимум на 40% за 3 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чтобы бизнес мог начать работу с чистого листа, поручаю с 1 января 2019 года приступить к проведению налоговой амнистии для МСБ, списав пени и штрафы при условии уплаты основной суммы налога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЕКІНШІ. Экономикада бәсекелестікті дамыту және тұ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve">ЧЕТВЕРТОЕ. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>Экспортоориентированная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ғын үй-коммуналдық шаруашылығы мен табиғи монополиялардың қызметі үшін белгіленетін тарифтер саласында тәртіп орнату мақсатымен батыл шаралар қабылдау керек. </w:t>
-[...49 lines deleted...]
-        <w:t>Монополистердің инвестициялық міндеттемелері</w:t>
+        <w:t xml:space="preserve"> индустриализация должна стать центральным элементом экономической политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительству необходимо сфокусироваться на поддержке экспортеров в обрабатывающем секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наша торговая политика должна перестать быть инертной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимо придать ей энергичный характер с целью эффективного продвижения наших товаров на региональных и мировых рынках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одновременно нужно </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
-[...8 lines deleted...]
-        <w:t>не ти</w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>помогать нашим предприятиям осваивать</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">Үкімет 3 ай мерзім ішінде осы мәселемен айналысып, бәсекелестікті қорғау функциясын елеулі түрде күшейте отырып, </w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> широкую номенклатуру товаров народного потребления, развивать так называемую «экономику простых вещей».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Это важно не только для реализации экспортного потенциала, но и  насыщения внутреннего рынка отечественными товарами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю Правительству направить дополнительно 500 миллиардов тенге на поддержку обрабатывающей промышленности и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>несырьевого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экспорта в течение следующих 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нацбанку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для решения задачи доступного кредитования приоритетных проектов поручаю предоставить долгосрочную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тенговую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ликвидность в размере не менее 600 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительству совместно с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нацбанком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нужно обеспечить строгий </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
-[...8 lines deleted...]
-        <w:t>монополия</w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...73 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целевым использованием данных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для реализации крупных, прорывных проектов следует рассмотреть вопрос создания Фонда прямых инвестиций в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>несырьевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор, который будет осуществлять свою деятельность на принципе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соинвестирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с иностранными инвесторами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Также необходимо усилить работу по развитию транспортно-логистического и других секторов услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Особое внимание следует уделить развитию въездного и внутреннего туризма для использования нашего богатого природного и культурного потенциала. Правительству следует в сжатые сроки принять отраслевую госпрограмму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ү</w:t>
+        <w:t>ПЯТОЕ. Нужно в полной мере реализовать потенциал агропромышленного комплекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основная задача – увеличить в 2,5 раза производительность труда и экспорт переработанной продукции сельского хозяйства к 2022 году</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все меры господдержки необходимо направить на масштабное привлечение </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>современных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>агротехнологий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в страну.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы должны использовать лучший опыт управления отраслью путем внедрения гибких и удобных стандартов и привлечения «седых голов» – авторитетных зарубежных специалистов в области сельского хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно выстроить систему массового обучения сельских предпринимателей новым навыкам ведения хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю Правительству в ближайшие 3 года на эти цели предусмотреть дополнительно не менее 100 миллиардов тенге ежегодно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ш</w:t>
+        <w:t>ШЕСТОЕ. Особое внимание следует уделять развитию инновационных и сервисных секторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прежде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>всего</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо обеспечить развитие таких направлений «экономики будущего», как альтернативная энергетика, новые материалы, биомедицина, большие данные, интернет вещей, искусственный интеллект, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Именно от них в будущем зависят место и роль страны в глобальном мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю Правительству совместно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Назарбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Университетом по каждому направлению разработать специальные программы с определением конкретных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Одним из них может стать создание на базе университета научно-исследовательского института по разработке технологий искусственного интеллекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ІНШІ. Бизнесті заңсыз әкімшілік қысымнан және қылмыстық қудалау қаупінен қорғауды арттыра түсу керек.</w:t>
-[...358 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve">СЕДЬМОЕ. Необходимо усилить роль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ТӨРТІНШІ. Экспортқа бағытталған индустрияландыру мәселесі экономикалық саясаттың негізгі элементі болуға </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>финсектора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тиіс</w:t>
+        <w:t xml:space="preserve"> в развитии реальной экономики и обеспечить долгосрочную макроэкономическую стабильность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рост цен, доступ к финансированию, устойчивость банков – вот, что сейчас больше всего интересует людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Нацбанку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместно с Правительством </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нужно</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наконец начать системно решать вопросы оздоровления финансового и реального секторов, проведения комплексной антиинфляционной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В складывающихся условиях критически важно наращивать кредитование экономики, особенно  обрабатывающего сектора и МСБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимо также повышать эффективность управления пенсионными активами и ресурсами системы соцстрахования, реально развивать альтернативные финансовые инструменты – рынок ценных бумаг, страхование и так далее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Важную роль в обеспечении бизнеса иностранными инвестициями, доступом к капиталу должен сыграть Международный финансовый центр «Астана». Мы специально создали отдельный суд, финансовый регулятор, биржу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всем госорганам и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нацкомпаниям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует активно использовать эту площадку и содействовать ее быстрому становлению и развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* * *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эффективная реализация перечисленных мер повысит доходы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за счет роста зарплат и создания новых рабочих мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данные процессы постоянно должны быть в центре внимания Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...555 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>II. ПОВЫШЕНИЕ КАЧЕСТВА ЖИЗНИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Второй составляющей благополучия является рост уровня жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вопросы качества и доступности образования, здравоохранения, жилья, комфортного и безопасного проживания касаются каждой казахстанской семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В связи с этим Правительство должно пересмотреть приоритеты бюджетных расходов с акцентом на социальном секторе, безопасности и инфраструктуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БЕСІНШІ. Агроөнеркәсі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ПЕРВОЕ. В течение 5 лет необходимо довести расходы на образование, науку и здравоохранение из всех источников до 10% от ВВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Финансирование нужно направить на реализацию намеченных реформ, которые обеспечат значительное повышение качества обслуживания населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>п</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ВТОРОЕ. Необходимо кардинально повысить качество дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основы мышления, умственные и творческие способности, новые навыки формируются в самом раннем детстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акценты в образовании смещаются в сторону модели 4К: развития креативности, критического мышления, коммуникабельности и умения работать в команде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этой сфере необходимо пересмотреть квалификационные требования, методы обучения, систему оплаты труда воспитателей и других работников детских садов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерству образования и науки совместно с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акиматами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в текущем году нужно разработать соответствующую «дорожную карту».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> кешенінің әлеуетін толық іске асыру керек.</w:t>
-[...260 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ТРЕТЬЕ. В сфере среднего образования основные подходы определены – на нынешнем этапе нужно сконцентрироваться на их исполнении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Система и методики обучения Назарбаев интеллектуальных школ должны стать единым стандартом для государственных школ. Это станет завершающим этапом в реформах школьного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Система оценки знаний должна основываться на международных стандартах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уже в средней школе важно проводить профессиональную диагностику и ориентацию детей на наиболее востребованные специальности. Это позволит выстроить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>индивидуальную траекторию обучения и сократить учебную нагрузку на ученика и учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учитывая важность детской безопасности, поручаю обеспечить оснащение всех школ и детских садов системами видеонаблюдения, усилить работу школьных психологов и реализовать другие последовательные меры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В целях повышения доступности образования поручаю Правительству предусмотреть в республиканском бюджете на 2019–2021 годы дополнительно 50 миллиардов тенге для регионов, испытывающих наибольший дефицит ученических мест и проблемы с трехсменными и аварийными школами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">АЛТЫНШЫ. Инновациялық және сервистік секторларды </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ЧЕТВЕРТОЕ. Считаю необходимым разработать и принять в следующем году Закон «О статусе педагога».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Он должен предусмотреть все стимулы для учителей и работников дошкольных организаций, сократить нагрузку, оградить от непредвиденных проверок и несвойственных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>дамыту</w:t>
+        <w:t>ПЯТОЕ. В высшем образовании будут повышены требования к качеству подготовки в учебных заведениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы увеличили количество грантов, теперь наступило время усиления ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Главный критерий оценки успешности вуза – это занятость выпускников после окончания учебы, их трудоустройство на высокооплачиваемую работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно проводить политику по укрупнению вузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На рынке должны остаться только те из них, которые обеспечивают высокое качество образования. Важно развивать партнерство с ведущими университетами мира, привлекая на работу, по опыту Назарбаев Университета, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лучших</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зарубежных топ-менеджеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Считаю необходимым на базе имеющейся образовательной инфраструктуры создать новый региональный вуз по примеру Назарбаев Университета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ға ерекше көңіл бөлген жөн.</w:t>
-[...25 lines deleted...]
-      </w:r>
+        <w:t>ШЕСТОЕ. Качество медицинских услуг является важнейшим компонентом социального самочувствия населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В первую очередь нужно повысить доступность первичной медико-санитарной помощи, особенно на селе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для стимулирования работников ПМСП поручаю с 1 января 2019 года поэтапно повысить заработную плату на 20% участковым медработникам, внедрившим новые подходы управления заболеваниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для этого в следующем году будет выделено 5 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С 1 января 2019 года все поликлиники и больницы должны перейти на безбумажное, цифровое ведение медицинской документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это позволит к 2020 году сформировать электронные паспорта здоровья для всего населения, устранить очереди, бюрократию, повысить качество услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
-[...8 lines deleted...]
-        <w:t>жа</w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Используя опыт уже созданных кардиологического и нейрохирургического кластеров, в 2019 году нужно приступить к строительству Национального научного онкологического центра в Астане.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">Еліміздің жаһандық әлемдегі орны мен </w:t>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
-[...8 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образом</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...122 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мы спасем многие человеческие жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЖЕТІНШІ. Нақты экономиканы өркендету үшін қаржы секторының </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>СЕДЬМОЕ. На региональном уровне необходимо найти резервы и повысить  доступность массового спорта и физкультуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Поручаю Правительству и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> построить не менее 100 физкультурно-оздоровительных комплексов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Также нужно эффективно использовать имеющиеся спортивные сооружения, особенно при школах, обустраивать дворы, парки, скверы для занятий физкультурой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve">ВОСЬМОЕ. Здоровье нации – главный приоритет государства. Это означает, что </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>өлін күшейтіп, ұзақ мерзімді макроэкономикалық тұрақтылықты қамтамасыз ету қажет.</w:t>
-[...471 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>казахстанцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>II. ТҰРМЫС САПАСЫН АРТТЫРУ</w:t>
-[...162 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve"> должны потреблять качественные продукты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сегодня отсутствует целостная политика по защите населения от некачественных и опасных для здоровья и жизни товаров и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю Правительству принять меры и упорядочить эту деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Со следующего года должен начать работу Комитет по контролю качества и безопасности товаров и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Его деятельность главным образом будет включать экспертизу продуктов питания, лекарственных средств, питьевой воды, детских товаров, медицинских услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для этого необходимо обеспечить современную лабораторную базу и сформировать штат квалифицированных специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом нужно институционально усиливать и активно использовать общественные организации по защите прав потребителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы всегда помогаем бизнесу, но человек, его права и здоровье важнее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государство в рамках снижения административных барьеров отказалось от многих проверок, разрешений и тому подобного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поэтому ответственность за качество и безопасность предлагаемых товаров и услуг ложится и на бизнес-сообщество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В целом, бизнес должен думать не только о прибыли, но и совместно с государством обеспечивать безопасность и комфорт для наших граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* * *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Качественные социальные услуги населению должны гармонично сопровождаться созданием широких возможностей для улучшения жилищных условий, комфортного и безопасного проживания в любом населенном пункте страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БІ</w:t>
+        <w:t>III. СОЗДАНИЕ КОМФОРТНОЙ СРЕДЫ ПРОЖИВАНИЯ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комфортность </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заключается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прежде всего в доступности жилья, красивом и безопасном дворе, удобном для проживания и работы населенном пункте и качественной инфраструктуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ПЕРВОЕ. Качественное и доступное жилье.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сегодня мы успешно реализуем программу «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», обеспечившую мощный импульс жилищному строительству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Запущена новая масштабная программа «7 - 20 - 25», которая повышает доступность жилищной ипотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проработать вопрос частичного субсидирования первоначальных взносов по льготной ипотеке из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выдача таких жилищных сертификатов повысит доступность ипотеки для квалифицированных педагогов, медиков, полицейских и других специалистов, необходимых региону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Также нужно увеличить в крупных городах строительство арендного жилья для социально уязвимых слоев населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Эти меры позволят более 250 тысячам семей улучшить свои жилищные условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>А с учетом строительства инженерной инфраструктуры для районов массовой застройки государство за 5 лет поможет 650 тысячам семей, или более 2 миллионам наших граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ІНШІ. 5 жыл ішінде білім, ғылым, денсаулық сақтау салаларына барлық көздерден жұмсалатын қаражатты ішкі жалпы өнімнің 10 пайызына дейін жеткізу қажет.  </w:t>
-[...24 lines deleted...]
-        <w:t>Қаржыландыруды халыққа қызмет көрсету сапасын елеулі түрде арттыруды қамтамасыз ететін тиі</w:t>
+        <w:t>ВТОРОЕ. Нужно обеспечить внедрение новых подходов к территориальному развитию страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На сегодня экономики ведущих стран в большей степени представлены глобальными городами или мегаполисами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Более 70% мирового ВВП создается в городах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>У нас исторически сложился свой уклад, преобладала аграрная экономика с моногородами и небольшими областными центрами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поэтому для 18-миллионной страны 3 города-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>миллионника</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 2 из которых стали таковыми в эпоху независимого Казахстана – это большое достижение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана и Алматы уже дают более 30% В</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
-[...8 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВП стр</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Однако инфраструктура городов не всегда соответствует  быстрорастущим потребностям предприятий и населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В последние годы по программе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» мы сформировали инфраструктуру республиканского значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С 2015 года построено и реконструировано 2400 км автодорог. Эта работа продолжается, и до 2020 года будет введено еще 4600 км дорог.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Теперь нужно системно развивать региональную и городскую инфраструктуру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для этого в текущем году увеличено финансирование: на дороги местного значения до 150 миллиардов тенге, сельского водоснабжения – до 100 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акимам нужно сконцентрироваться на решении наиболее острых проблем в регионах за счет данных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительству также необходимо системно подойти к этой задаче, сформировать перечень дополнительных инфраструктурных вопросов, оценить проекты и изыскать источники их финансирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Строительство новых школ, детсадов, больниц необходимо синхронизировать с планами по развитию населенных пунктов, а также создавать условия для привлечения в этот сектор частных инвесторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В то же время, необходимо постепенно переходить от модели «инфраструктура к людям» к модели «люди к инфраструктуре».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это будет стимулировать укрупнение населенных пунктов, повышать эффективность использования выделяемых средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждый регион и крупный город должны развиваться, опираясь на собственную модель устойчивого экономического роста и занятости с учетом имеющихся конкурентных преимуществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этой связи нужно разработать  систему региональных стандартов для различных населенных пунктов – от опорных сел до городов республиканского значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт должен включать конкретные показатели перечня и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>доступности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальных благ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, обеспеченности транспортной, культурно-спортивной, деловой, производственной, цифровой инфраструктурой и другое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нужно усилить работу по улучшению экологической обстановки, в том числе  по вредным выбросам, состоянию почв, земли, воздуха, утилизации отходов, а также развитию систем экологического мониторинга </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свободным онлайн-доступом к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Особое внимание должно быть уделено  созданию «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>безбарьерной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среды» для лиц с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю до 1 сентября 2019 года разработать Прогнозную схему территориально-пространственного развития страны до 2030 года, которая станет Новой картой управляемой урбанизации страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для реализации практических мер поручаю подготовить прагматичную Программу развития регионов до 2025 года с указанием конкретных мероприятий, проектов и объемов финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отмеченные аспекты регионального развития нужно учесть в госпрограммах «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» и «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сроки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализации которых также следует продлить до 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Первая программа должна сфокусироваться на развитии транспортной инфраструктуры. Вторая – на коммунальном и жилищном строительстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно придать этим программам «второе дыхание».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЕКІНШІ. Мектепке дейінгі бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ТРЕТЬЕ. Нужны глубокие и качественные преобразования в работе правоохранительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Безопасность является неотъемлемой частью качества жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сотрудники органов внутренних дел находятся на «переднем фронте» борьбы с преступностью и защищают от нее граждан, нередко рискуя своими жизнями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В то же время общество ожидает коренного улучшения работы правоохранительных органов, в первую очередь полиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю Правительству совместно с Администрацией Президента принять «Дорожную карту по модернизации органов внутренних дел».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Старт реформам должен быть дан уже с 1 января 2019 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ім беру сапасын түбегейлі жақсарту керек.</w:t>
-[...211 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>, нужно оптимизировать штатную численность МВД, избавить полицию от несвойственных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Высвобождающиеся средства следует направить на повышение зарплат полицейских, решение их жилищных и иных социальных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-вторых, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ш</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>необходимо утвердить новый стандарт полицейского и изменить систему карьерного продвижения, а также подготовки и отбора кадров через полицейские академии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все сотрудники должны пройти переаттестацию. Службу продолжат только лучшие из них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...316 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В-третьих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ТӨРТІНШІ. Келесі жылы «Педагог мәртебесі туралы» заңды әзірлеп, қабылдау қажет </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>, следует внедрить новые современные форматы работы с населением, кардинально изменить критерии оценки полиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно перевести работу полиции на сервисную модель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В сознании граждан должно укрепиться, что полицейский не карает, а помогает в трудной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При городских и районных органах внутренних дел необходимо создать комфортные условия для приема граждан по принципу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОНов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все города Казахстана необходимо обеспечить системами мониторинга общественной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ключевыми параметрами оценки работы полиции должны стать уровень доверия со стороны общества и чувство безопасности у населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>деп</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ЧЕТВЕРТОЕ. Дальнейшая модернизация судебной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>За последние годы сделано немало, но пока еще не решена главная задача – обеспечение высокого уровня доверия к судам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вместе с тем верховенство права – это ключевой фактор успеха наших реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...70 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БЕСІНШІ. Жоғары бі</w:t>
+        <w:t>, следует продолжить внедрение современных форматов работы судов и передовых электронных сервисов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ежегодно 4 миллиона наших граждан втянуто в судебные разбирательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сколько сил и сре</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств тр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атится!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Должны быть сокращены излишние судебные процедуры, которые приводят к необоснованным затратам времени и ресурсов. То, что раньше требовало личного присутствия, сейчас может осуществляться дистанционно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ім беру ісінде оқу орындарының маман дайындау сапасына қатысты талаптар күшейтіледі.</w:t>
-[...249 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>, нужно обеспечить качественное развитие и обновление кадров судебной системы, создать стимулы, чтобы судьями стремились стать лучшие юристы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В-третьих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>, необходима понятная и предсказуемая судебная практика, особенно при судебных спорах между бизнесом и госструктурами, а также исключение возможностей неправомерного влияния на судей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю Верховному Суду совместно с Правительством до конца года выработать соответствующий комплекс мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* * *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Важнейшую роль в реализации любых реформ будет играть компактный и эффективный госаппарат, который все свои действия должен рассматривать через призму повышения благополучия народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>өңіл-күйінің аса маңызды компоненті болып саналады. </w:t>
-[...358 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>IV. ГОСАППАРАТ, ОРИЕНТИРОВАННЫЙ НА ПОТРЕБНОСТИ ГРАЖДАН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как должен измениться государственный аппарат в условиях нового времени?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЖЕТІНШІ.  Өңірлі</w:t>
+        <w:t>ПЕРВОЕ. Кардинальное повышение эффективности деятельности государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Качество» должно стать новым стилем жизни государственного служащего, а самосовершенствование – его главным принципом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Госслужащие новой формации должны сократить дистанцию между государством и обществом. Это предусматривает постоянную обратную связь, живое обсуждение и разъяснение людям конкретных мер и результатов государственной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Академии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>госуправления</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместно </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Назарбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Университетом необходимо разработать программу «Руководитель новой формации» и спецкурсы переподготовки при назначении на руководящие должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Важно привлечь профессионалов из частного сектора, имеющих опыт работы в лучших зарубежных компаниях или получивших образование в ведущих университетах мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В текущем году в 4 госорганах мы внедрили новую модель оплаты труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все пилотные проекты показали хорошие результаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Повышена привлекательность госслужбы, что особенно актуально на региональном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>За счет оптимизации неэффективных затрат и сокращения руководящего состава заработные платы низшего и среднего звена сотрудников возросли в 2 – 2,5 раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отток кадров уменьшился в 2 раза. В 3 раза вырос приток высококвалифицированных специалистов из частного сектора, включая выпускников </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>топовых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В Агентстве по делам госслужбы конкурс в центральный аппарат вырос до 28 человек на место, а в региональных подразделениях – до 60 человек на место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На 1 вакантное место в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мангистауской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области теперь претендуют 16 человек, а в Министерстве юстиции – в среднем 13 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В Астане только за счет новых подходов по финансированию проектов, реализуемых в рамках ГЧП, удалось сэкономить более 30 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для перехода на новую модель оплаты труда я предоставил руководителям госорганов право осуществлять «бюджетно-кадровый маневр».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Они получили возможность направлять сэкономленные средства на повышение оплаты труда служащим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящее время многие госорганы хотят перейти на новую модель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Главное – они должны понимать, что это не просто механическое повышение зарплат, а прежде всего показатель повышения эффективности их работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю проконтролировать, чтобы рост затрат на оплату труда был компенсирован оптимизацией и экономией бюджетных расходов, в том числе расходов подведомственных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Здесь нельзя допустить формализма и уравниловки, для того чтобы не дискредитировать данный проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ВТОРОЕ. В это непростое время нужно добиваться максимальной отдачи от каждого выделяемого тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как показывают результаты проверок, в ряде случаев стоимость строительства завышается еще на этапе разработки проектной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Существуют проекты, которые не доводятся до конца или изначально не имеют перспектив.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если относиться к порученному делу ответственно, то можно высвободить сотни миллиардов тенге бюджетных средств и направить их на реальные нужды населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительству необходимо принять системные меры по оптимизации затрат и экономии средств, исключая неэффективные и несвоевременные расходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> деңгейдегі резервтерді тауып, бұқаралық спорт пен дене шынықтырудың қолжетімділігін арттыру қажет.</w:t>
-[...66 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ТРЕТЬЕ. Будет продолжена активная борьба с коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>З</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve">, следует добиваться снижения прямых контактов госслужащих с населением в рамках предоставляемых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ІНШІ. Ұлт саулығы – мемлекеттің басты басымдығы. Бұл – қазақстандықтар сапалы азы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қ-</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Одним из вопросов, волнующих людей, являются бюрократические процедуры в сфере земельных отношений и строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этой сфере нет прозрачности, полного доступа населения и бизнеса к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поручаю создать единую информационную базу данных о земельном фонде и объектах недвижимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В этом вопросе необходимо навести </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и отдать землю реальным инвесторам!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это только один пример.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нужно провести соответствующую работу и по всем остальным направлениям, которые вызывают критику людей и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бизнес-сообщества</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целом, в 2019 году 80%, а в 2020 году не менее 90% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должно быть переведено в электронный формат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для этого необходимо в ускоренном порядке обновить Закон «О государственных услугах».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...550 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>III. ӨМІ</w:t>
+        <w:t>, нужно проработать вопрос повышения персональной дисциплинарной ответственности первых руководителей при совершении коррупционных правонарушений их подчиненными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В то же время честно работающий сотрудник не должен бояться </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проверяющих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В-третьих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> СҮРУГЕ ЖАЙЛЫ ОРТА ҚАЛЫПТАСТЫРУ</w:t>
-[...64 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>, следует распространить опыт столицы по реализации антикоррупционной стратегии в рамках проектов «Регионы, свободные от коррупции».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БІ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>ЧЕТВЕРТОЕ. Нужно снизить формализм и бюрократию в работе Правительства и всех госорганов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В последнее время в разы выросло количество длительных заседаний и совещаний в Правительстве, госорганах, а также значительно увеличился документооборот.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бывают дни, когда Правительство проводит с участием </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и их заместителей до 7 совещаний в день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Когда им работать? Нужно положить конец такому положению дел и упорядочить этот вопрос.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимо предоставить свободу принятия решений министрам и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которые должны брать на себя конкретные обязательства и публично отчитываться за них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основой для этого должна стать разработанная карта показателей Стратегического плана развития страны до 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve">ПЯТОЕ. Для эффективного осуществления поставленных задач необходимо усилить механизм </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ІНШІ. Сапалы әрі қолжетімді тұрғын үй.</w:t>
-[...36 lines deleted...]
-        <w:t>р</w:t>
+        <w:t>контроля за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...295 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЕКІНШІ. Еліміздің аумақтық дамуына </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve"> проведением реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительство и госорганы должны до конца года разработать конкретные индикаторы и «дорожные карты» с охватом всех указанных вопросов развития, а также своевременно внести все необходимые для запуска реформ законопроекты в Парламент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В свою очередь Парламент должен качественно и оперативно их рассмотреть и принять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для мониторинга и оценки хода реализации реформ и основных стратегических документов поручаю создать в Администрации Президента Национальный офис модернизации с приданием ему необходимых полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помимо мониторинга </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>статпоказателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он обеспечит проведение регулярных опросов населения и бизнеса по актуальным для населения вопросам, как это практикуется в ОЭСР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Офис будет регулярно докладывать мне ситуацию по каждому направлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждый член Правительства, руководитель госоргана, руководитель госкомпании будет нести персональную ответственность за достижение поставленных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жа</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>V. ЭФФЕКТИВНАЯ ВНЕШНЯЯ ПОЛИТИКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обеспечения успешной модернизации Казахстана необходимо дальнейшее осуществление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внешней политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наш миролюбивый курс и четко определенные в этой сфере принципы полностью себя оправдывают.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отношения Казахстана с Российской Федерацией являются эталоном межгосударственных связей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Успешно функционирует Евразийский экономический союз, который состоялся как полноценное интеграционное объединение и активный участник мировых экономических отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Открыта новая страница взаимодействия в регионе Центральной Азии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поступательно развивается всестороннее стратегическое партнерство с Китайской Народной Республикой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Программа «Один пояс – один путь» придала новый импульс нашим отношениям с Китаем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В ходе моего январского официального визита в Вашингтон и переговоров с Президентом Дональдом Трампом достигнута договоренность о расширенном стратегическом партнерстве Казахстана и США в XXI веке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы продолжим динамичное сотрудничество с ЕС – нашим крупнейшим торговым и инвестиционным партнером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развиваются взаимовыгодные двусторонние отношения с государствами СНГ, Турцией, Ираном, странами Арабского Востока и Азии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Принятая на саммите в Актау Конвенция о правовом статусе Каспийского моря открывает новые возможности сотрудничества с прикаспийскими странами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан достойно завершает свою миссию в Совете Безопасности ООН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астанинский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс по Сирии стал практически единственным эффективно работающим форматом переговоров по мирному урегулированию и выходу этой страны из кризиса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вместе с тем в непростых современных условиях внешняя политика Республики Казахстан требует адаптации и продвижения национальных интересов на принципах прагматизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* * *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во все времена только твердая воля к успеху и сплоченность народа вершили судьбы стран.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лишь совместными усилиями мы сможем достичь великих высот.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ңа тәсілдер енгізуді қамтамасыз ету қажет.</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Бүгінде жетекші елдердің экономикасы, </w:t>
+        <w:t>VI. СОПРИЧАСТНОСТЬ КАЖДОГО КАЗАХСТАНЦА ПРОЦЕССАМ ПРЕОБРАЗОВАНИЙ В СТРАНЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен четко понимать суть проводимых реформ и их важность в деле процветания нашей Родины. Для их успешной реализации сегодня как никогда важна консолидация общества вокруг общих целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Программа «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» получила широкую поддержку и придала мощный импульс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>модернизационным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процессам в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данную инициативу следует не только продолжить, но и наполнить новым содержанием и направлениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комплексная поддержка молодежи и института семьи должна стать приоритетом государственной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимо создать широкую платформу социальных лифтов, которая будет включать полный комплекс мер поддержки всех категорий молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предлагаю объявить следующий год Годом молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы должны приступить к модернизации социальной среды сельских территорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Этому будет способствовать запуск специального проекта «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Ел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бесі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC1368">
-[...8 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC1368">
-[...773 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Посредством данного проекта нам предстоит заняться продвижением идеологии труда в регионах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимо создать детско-юношеские объединения «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сарбаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», по аналогии с бойскаутским движением, усилить роль военно-патриотического воспитания в школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Бұл стандарт әлеуметтік игіліктер мен көрсетілетін мемлекеттік қызметтердің тізімі мен қолжетімділігінің, көлік, мәдени-спорттық, іскерлік, өнді</w:t>
-[...382 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>В рамках новой инициативы «Познай свою землю» следует возродить массовый школьный туризм по регионам страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сегодня предложены беспрецедентные меры в основных сферах, определяющих социальное самочувствие населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Финансовый вес инициатив превышает 1,5 триллиона тенге, а совокупный эффект – еще больше, что обеспечит настоящий рывок в повышении уровня жизни населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это – самые надежные и выгодные инвестиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ү</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t xml:space="preserve">Дорогие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ш</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC1368">
+        <w:t>казахстанцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ІНШІ. Құқық қорғау органдарының жұмысына терең және сапалы өзгерістер қажет.</w:t>
-[...6151 lines deleted...]
-    <w:sectPr w:rsidR="008E21B1" w:rsidSect="00DC1368">
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Благополучие народа и вхождение Казахстана в число 30 развитых стран мира – долгосрочная цель нашего независимого государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы всегда адекватно отвечаем на вызовы времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это обеспечивается в первую очередь благодаря нашему единству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Богата та страна, где живут в согласии», – говорят у нас в народе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На современном этапе также стоят непростые задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для нас нет непреодолимых высот, если мы сохраним свое согласие и единство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В каждом своем послании я уделяю особое внимание улучшению социального положения и качества жизни народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Главная цель реализуемых сегодня государственных программ «7 - 20 - 25», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» и других – это улучшение качества жизни населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>У Казахстана еще много непокоренных вершин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Доверие народа поднимает наш дух и придает нам силы на этом пути.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02B89" w:rsidRPr="00C02B89" w:rsidRDefault="00C02B89" w:rsidP="00C02B89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02B89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нет ничего выше этой благородной цели!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E21B1" w:rsidRDefault="00C02B89"/>
+    <w:sectPr w:rsidR="008E21B1" w:rsidSect="00C02B89">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005224F9"/>
+    <w:rsidRoot w:val="003A60A0"/>
     <w:rsid w:val="000B46A0"/>
-    <w:rsid w:val="005224F9"/>
+    <w:rsid w:val="003A60A0"/>
     <w:rsid w:val="009D0DC1"/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -15447,96 +10316,107 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C02B89"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -15695,122 +10575,133 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C02B89"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DC1368"/>
+    <w:rsid w:val="00C02B89"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="689452390">
+    <w:div w:id="18746086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1740402360">
+        <w:div w:id="1073503509">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="360"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
             <w:bottom w:val="dotted" w:sz="6" w:space="4" w:color="000000"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -16081,54 +10972,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>5440</Words>
-  <Characters>31014</Characters>
+  <Words>5234</Words>
+  <Characters>29834</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>258</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>248</Lines>
+  <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36382</CharactersWithSpaces>
+  <CharactersWithSpaces>34999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Manager-4</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>